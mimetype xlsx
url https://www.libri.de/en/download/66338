--- v1 (2025-10-27)
+++ v2 (2025-12-19)
@@ -10,328 +10,364 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Novi Listen\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Novi Listen\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0E5F6307-5309-4558-8095-EC2558CF4BF5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A727D03B-49C9-4D1F-A8C2-64EFDDA250D1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-48" yWindow="-48" windowWidth="23136" windowHeight="12456" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
   </bookViews>
   <sheets>
     <sheet name="Novitäten Englisch" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Novitäten Englisch'!$A$1:$H$54</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Novitäten Englisch'!$4:$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="135" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="94">
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Libri-Nr.</t>
   </si>
   <si>
     <t>Author: Title</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Product Classification</t>
   </si>
   <si>
     <t>Product Classification Text</t>
   </si>
   <si>
     <t>First in</t>
   </si>
   <si>
     <t>RRP</t>
   </si>
   <si>
+    <t>Penguin Books Ltd (UK)</t>
+  </si>
+  <si>
+    <t>Random House LLC US</t>
+  </si>
+  <si>
+    <t>Bloomsbury UK</t>
+  </si>
+  <si>
+    <t>Harper Collins Publ. UK</t>
+  </si>
+  <si>
+    <t>Orion Publishing Group</t>
+  </si>
+  <si>
+    <t>Science Fiction/Fantasy</t>
+  </si>
+  <si>
+    <t>Fiction</t>
+  </si>
+  <si>
+    <t>Childrens Books/Fiction</t>
+  </si>
+  <si>
+    <t>Crime Stories</t>
+  </si>
+  <si>
+    <t>Pan Macmillan</t>
+  </si>
+  <si>
+    <t>Random House UK Ltd</t>
+  </si>
+  <si>
+    <t>Cartoons/Comics</t>
+  </si>
+  <si>
+    <t>Simon + Schuster UK</t>
+  </si>
+  <si>
+    <t>Hodder And Stoughton Ltd.</t>
+  </si>
+  <si>
+    <t>Simon + Schuster LLC</t>
+  </si>
+  <si>
+    <t>Sourcebooks LLC</t>
+  </si>
+  <si>
+    <t>Quercus Publishing Plc</t>
+  </si>
+  <si>
+    <t>Ise, K: Destroy All Humans Manga, Vol. 6</t>
+  </si>
+  <si>
+    <t>Hachette Children's  Book</t>
+  </si>
+  <si>
+    <t>Potter, A: So, I Met This Guy . . .</t>
+  </si>
+  <si>
+    <t>Titan Publ. Group Ltd.</t>
+  </si>
+  <si>
+    <t>Profile Books</t>
+  </si>
+  <si>
+    <t>Childrens Books/Non-fiction</t>
+  </si>
+  <si>
+    <t>Top 50 English newly published titles February 2026</t>
+  </si>
+  <si>
+    <t>Mishra, P: World After Gaza</t>
+  </si>
+  <si>
+    <t>Politics/Society/Labour</t>
+  </si>
+  <si>
+    <t>Karp, A: Technological Republic</t>
+  </si>
+  <si>
+    <t>Aciman, A: Stowaways</t>
+  </si>
+  <si>
+    <t>Faber And Faber Ltd.</t>
+  </si>
+  <si>
+    <t>Krogerus, M: Rules Book</t>
+  </si>
+  <si>
+    <t>Economics</t>
+  </si>
+  <si>
+    <t>Arena, B: Dance of Lies</t>
+  </si>
+  <si>
+    <t>Blake, A: Get Over It, April Evans</t>
+  </si>
+  <si>
     <t>Little, Brown Book Group</t>
   </si>
   <si>
-    <t>Penguin Books Ltd (UK)</t>
-[...107 lines deleted...]
-    <t>Prout, S: Dear Universe 365</t>
+    <t>Hazelwood, A: Two Can Play</t>
+  </si>
+  <si>
+    <t>McIntire, E: Wretched (Collector's Edition)</t>
+  </si>
+  <si>
+    <t>Ciccarelli, K: Rebel Witch</t>
+  </si>
+  <si>
+    <t>Gates, B: Source Code</t>
+  </si>
+  <si>
+    <t>Sanderson, B: Isles of the Emberdark</t>
+  </si>
+  <si>
+    <t>Wynn-Williams, S: Careless People</t>
+  </si>
+  <si>
+    <t>Backman, F: My Friends</t>
+  </si>
+  <si>
+    <t>Nesbo, J: Wolf Hour</t>
+  </si>
+  <si>
+    <t>Nicole, A: Wrath of the Fallen</t>
+  </si>
+  <si>
+    <t>Headline</t>
+  </si>
+  <si>
+    <t>Faye, S: Love in Exile</t>
+  </si>
+  <si>
+    <t>Social Sciences General</t>
+  </si>
+  <si>
+    <t>McCann, C: Twist</t>
+  </si>
+  <si>
+    <t>O'Leary, B: Swept Away</t>
+  </si>
+  <si>
+    <t>Stothers, G: Apparently, Sir Cameron Needs to Die/Deluxe Ed.</t>
+  </si>
+  <si>
+    <t>Ware, R: Woman in Suite 11</t>
+  </si>
+  <si>
+    <t>Qureshi, A: Baby Dragon Bookshop</t>
+  </si>
+  <si>
+    <t>Rovelli, C: There Are Places in the World</t>
+  </si>
+  <si>
+    <t>Lyrics/Poetry/Essays/Speeches</t>
+  </si>
+  <si>
+    <t>Pelicot, G: Hymn to Life</t>
+  </si>
+  <si>
+    <t>Letters/Diaries/Biographies</t>
+  </si>
+  <si>
+    <t>Leslie, I: John and Paul</t>
+  </si>
+  <si>
+    <t>Music</t>
+  </si>
+  <si>
+    <t>Kinsella, S: What Does it Feel Like?</t>
+  </si>
+  <si>
+    <t>Transworld Publ. Ltd UK</t>
+  </si>
+  <si>
+    <t>Kaner, H: Faithbreaker</t>
+  </si>
+  <si>
+    <t>Rowling, J: Pocket Potters: Professor Dumbledore</t>
+  </si>
+  <si>
+    <t>Childrens Books/Baby and Preschool/Fiction</t>
+  </si>
+  <si>
+    <t>Dinniman, M: Operation Bounce House</t>
+  </si>
+  <si>
+    <t>Tallent, G: Crux</t>
+  </si>
+  <si>
+    <t>Fawcett, H: Agnes Aubert's Mystical Cat Shelter</t>
+  </si>
+  <si>
+    <t>Chomsky, N: Myth of American Idealism</t>
+  </si>
+  <si>
+    <t>History</t>
+  </si>
+  <si>
+    <t>Borison, B: And Now, Back to You</t>
+  </si>
+  <si>
+    <t>Ikenami, S: Samurai Detectives: Volume 2</t>
+  </si>
+  <si>
+    <t>Oh, A: Floating World</t>
+  </si>
+  <si>
+    <t>Montell, A: Age of Magical Overthinking</t>
+  </si>
+  <si>
+    <t>Harari, Y: Unstoppable Us Volume 3</t>
+  </si>
+  <si>
+    <t>Sabit, P: Good People</t>
+  </si>
+  <si>
+    <t>Krasznahorkai, L: Baron Wenckheim's Homecoming</t>
+  </si>
+  <si>
+    <t>Norton &amp; Company</t>
+  </si>
+  <si>
+    <t>Kross, E: Shift</t>
   </si>
   <si>
     <t>Esoteric/Anthroposophy</t>
   </si>
   <si>
-    <t>Reid, A: Archive of Romance Deluxe Illustrated Edition</t>
-[...101 lines deleted...]
-    <t>Walker Books Ltd.</t>
+    <t>Mahloudji, S: Persians</t>
+  </si>
+  <si>
+    <t>Maniscalco, K: Throne of Nightmares</t>
+  </si>
+  <si>
+    <t>Jewell, I: Books &amp; Bewitchment</t>
+  </si>
+  <si>
+    <t>Darlington, L: Exes</t>
+  </si>
+  <si>
+    <t>Teckentrup, B: What If?</t>
+  </si>
+  <si>
+    <t>Steinbeck, M: Favorita</t>
+  </si>
+  <si>
+    <t>Unsworth, E: Slags</t>
+  </si>
+  <si>
+    <t>Yang, J: Lotus Shoes</t>
+  </si>
+  <si>
+    <t>Bates, L: New Age of Sexism</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1096,1270 +1132,1440 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D61CB4B-7791-4ED0-AE80-E77BE2D65B28}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5:H46"/>
+      <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="13.88671875" style="3" customWidth="1"/>
     <col min="2" max="2" width="11" style="3" customWidth="1"/>
     <col min="3" max="3" width="59.6640625" style="7" customWidth="1"/>
     <col min="4" max="4" width="22.6640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.33203125" style="3" customWidth="1"/>
     <col min="6" max="6" width="25.5546875" customWidth="1"/>
     <col min="7" max="7" width="11.44140625" style="12"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A1" s="17" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B1" s="17"/>
       <c r="C1" s="17"/>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A2" s="18"/>
       <c r="B2" s="18"/>
       <c r="C2" s="18"/>
       <c r="D2" s="18"/>
       <c r="E2" s="18"/>
     </row>
     <row r="4" spans="1:8" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A4" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F4" s="10" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>6</v>
       </c>
       <c r="H4" s="8" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="11">
-        <v>9781419785719</v>
+        <v>9781529978742</v>
       </c>
       <c r="B5">
-        <v>1406523</v>
+        <v>1853830</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="E5">
-        <v>12500</v>
+        <v>27430</v>
       </c>
       <c r="F5" t="s">
-        <v>16</v>
+        <v>33</v>
+      </c>
+      <c r="G5" s="12">
+        <v>46065</v>
       </c>
       <c r="H5" s="15">
-        <v>21.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A6" s="11">
-        <v>9781804943434</v>
+        <v>9781529945409</v>
       </c>
       <c r="B6">
-        <v>3139085</v>
+        <v>1853813</v>
       </c>
       <c r="C6" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E6">
-        <v>21200</v>
+        <v>27430</v>
       </c>
       <c r="F6" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="G6" s="12">
-        <v>45995</v>
+        <v>46072</v>
       </c>
       <c r="H6" s="15">
-        <v>13.5</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="11">
-        <v>9780008730284</v>
+        <v>9780571399925</v>
       </c>
       <c r="B7">
-        <v>3103435</v>
+        <v>1778870</v>
       </c>
       <c r="C7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D7" t="s">
         <v>36</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7">
-        <v>21200</v>
+        <v>11110</v>
       </c>
       <c r="F7" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G7" s="12">
-        <v>45547</v>
+        <v>46065</v>
       </c>
       <c r="H7" s="15">
-        <v>13</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="11">
-        <v>9781526674388</v>
+        <v>9781805225492</v>
       </c>
       <c r="B8">
-        <v>3145254</v>
+        <v>1772694</v>
       </c>
       <c r="C8" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="E8">
-        <v>11300</v>
+        <v>17850</v>
       </c>
       <c r="F8" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="G8" s="12">
-        <v>45995</v>
+        <v>46065</v>
       </c>
       <c r="H8" s="15">
-        <v>19.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A9" s="11">
-        <v>9781035070879</v>
+        <v>9781526681447</v>
       </c>
       <c r="B9">
-        <v>3145905</v>
+        <v>1765582</v>
       </c>
       <c r="C9" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="E9">
-        <v>11300</v>
+        <v>21300</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G9" s="12">
-        <v>46000</v>
+        <v>46163</v>
       </c>
       <c r="H9" s="15">
-        <v>20.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A10" s="11">
-        <v>9781399633239</v>
+        <v>9780349441375</v>
       </c>
       <c r="B10">
-        <v>3144158</v>
+        <v>1674838</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="E10">
-        <v>11300</v>
+        <v>21110</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="12">
-        <v>46000</v>
+        <v>46056</v>
       </c>
       <c r="H10" s="16">
-        <v>21.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A11" s="11">
-        <v>9781405982542</v>
+        <v>9781408737217</v>
       </c>
       <c r="B11">
-        <v>3174246</v>
+        <v>2021342</v>
       </c>
       <c r="C11" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="E11">
         <v>21110</v>
       </c>
       <c r="F11" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G11" s="12">
-        <v>45995</v>
+        <v>46063</v>
       </c>
       <c r="H11" s="15">
-        <v>13</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A12" s="11">
-        <v>9780241740033</v>
+        <v>9781464244667</v>
       </c>
       <c r="B12">
-        <v>3153211</v>
+        <v>2030967</v>
       </c>
       <c r="C12" t="s">
-        <v>65</v>
+        <v>43</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="E12">
-        <v>11300</v>
+        <v>11110</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" s="12">
-        <v>46009</v>
+        <v>46063</v>
       </c>
       <c r="H12" s="15">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A13" s="11">
-        <v>9781464260186</v>
+        <v>9780008650650</v>
       </c>
       <c r="B13">
-        <v>2016896</v>
+        <v>1543563</v>
       </c>
       <c r="C13" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>11</v>
       </c>
       <c r="E13">
-        <v>21110</v>
+        <v>21300</v>
       </c>
       <c r="F13" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G13" s="12">
-        <v>46000</v>
+        <v>45813</v>
       </c>
       <c r="H13" s="15">
-        <v>13</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A14" s="11">
-        <v>9780063426207</v>
+        <v>9781802068412</v>
       </c>
       <c r="B14">
-        <v>3149431</v>
+        <v>2073555</v>
       </c>
       <c r="C14" t="s">
         <v>45</v>
       </c>
       <c r="D14" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E14">
-        <v>14720</v>
+        <v>17850</v>
       </c>
       <c r="F14" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="G14" s="12">
-        <v>46021</v>
+        <v>46056</v>
       </c>
       <c r="H14" s="15">
-        <v>20.5</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A15" s="11">
-        <v>9780063462229</v>
+        <v>9781399634533</v>
       </c>
       <c r="B15">
-        <v>3149427</v>
+        <v>1850253</v>
       </c>
       <c r="C15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D15" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E15">
-        <v>12500</v>
+        <v>11300</v>
       </c>
       <c r="F15" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>46000</v>
+        <v>13</v>
       </c>
       <c r="H15" s="15">
-        <v>20.5</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A16" s="11">
-        <v>9780593953693</v>
+        <v>9781035065967</v>
       </c>
       <c r="B16">
-        <v>3176871</v>
+        <v>1864742</v>
       </c>
       <c r="C16" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E16">
-        <v>21110</v>
+        <v>27410</v>
       </c>
       <c r="F16" t="s">
-        <v>15</v>
+        <v>33</v>
+      </c>
+      <c r="G16" s="12">
+        <v>46079</v>
       </c>
       <c r="H16" s="15">
-        <v>18.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A17" s="11">
-        <v>9780349436746</v>
+        <v>9781398516434</v>
       </c>
       <c r="B17">
-        <v>3148525</v>
+        <v>1880047</v>
       </c>
       <c r="C17" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D17" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="E17">
-        <v>15340</v>
+        <v>21110</v>
       </c>
       <c r="F17" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="G17" s="12">
-        <v>46000</v>
+        <v>46065</v>
       </c>
       <c r="H17" s="15">
-        <v>14</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A18" s="11">
-        <v>9781464245770</v>
+        <v>9781529931600</v>
       </c>
       <c r="B18">
-        <v>3140581</v>
+        <v>1853872</v>
       </c>
       <c r="C18" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="D18" t="s">
-        <v>77</v>
+        <v>18</v>
       </c>
       <c r="E18">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="F18" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G18" s="12">
-        <v>46000</v>
+        <v>46065</v>
       </c>
       <c r="H18" s="15">
-        <v>11.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A19" s="11">
-        <v>9781035050758</v>
+        <v>9781035414598</v>
       </c>
       <c r="B19">
-        <v>3084589</v>
+        <v>3099426</v>
       </c>
       <c r="C19" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
       <c r="E19">
-        <v>11300</v>
+        <v>21300</v>
       </c>
       <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="H19" s="15">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A20" s="11">
-        <v>9781786587367</v>
+        <v>9781802061208</v>
       </c>
       <c r="B20">
-        <v>1662635</v>
+        <v>2001805</v>
       </c>
       <c r="C20" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="E20">
-        <v>11110</v>
+        <v>27100</v>
       </c>
       <c r="F20" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="G20" s="12">
-        <v>45992</v>
+        <v>46058</v>
       </c>
       <c r="H20" s="15">
-        <v>19</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A21" s="11">
-        <v>9781398504547</v>
+        <v>9781526656964</v>
       </c>
       <c r="B21">
-        <v>3148683</v>
+        <v>1765558</v>
       </c>
       <c r="C21" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="E21">
         <v>21110</v>
       </c>
       <c r="F21" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G21" s="12">
-        <v>46133</v>
+        <v>46079</v>
       </c>
       <c r="H21" s="15">
-        <v>13</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A22" s="11">
-        <v>9780063255968</v>
+        <v>9781529418316</v>
       </c>
       <c r="B22">
-        <v>3184120</v>
+        <v>1855212</v>
       </c>
       <c r="C22" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="D22" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="E22">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="F22" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G22" s="12">
-        <v>45993</v>
+        <v>46065</v>
       </c>
       <c r="H22" s="15">
-        <v>15</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A23" s="11">
-        <v>9780008601874</v>
+        <v>9781835413807</v>
       </c>
       <c r="B23">
-        <v>3184130</v>
+        <v>1765590</v>
       </c>
       <c r="C23" t="s">
-        <v>39</v>
+        <v>56</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E23">
         <v>21300</v>
       </c>
       <c r="F23" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G23" s="12">
-        <v>45757</v>
+        <v>46056</v>
       </c>
       <c r="H23" s="15">
-        <v>13</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A24" s="11">
-        <v>9781911746102</v>
+        <v>9781398526778</v>
       </c>
       <c r="B24">
-        <v>1817990</v>
+        <v>1880098</v>
       </c>
       <c r="C24" t="s">
-        <v>73</v>
+        <v>57</v>
       </c>
       <c r="D24" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E24">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="F24" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G24" s="12">
-        <v>45993</v>
+        <v>46093</v>
       </c>
       <c r="H24" s="15">
-        <v>14</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A25" s="11">
-        <v>9780063444904</v>
+        <v>9780008742966</v>
       </c>
       <c r="B25">
-        <v>3149328</v>
+        <v>1864823</v>
       </c>
       <c r="C25" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="D25" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E25">
-        <v>11300</v>
+        <v>21300</v>
       </c>
       <c r="F25" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G25" s="12">
-        <v>45993</v>
+        <v>45813</v>
       </c>
       <c r="H25" s="15">
-        <v>29.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A26" s="11">
-        <v>9780593816615</v>
+        <v>9780141993256</v>
       </c>
       <c r="B26">
-        <v>3176869</v>
+        <v>2165459</v>
       </c>
       <c r="C26" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="D26" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="E26">
-        <v>21110</v>
+        <v>21500</v>
       </c>
       <c r="F26" t="s">
-        <v>15</v>
+        <v>60</v>
+      </c>
+      <c r="G26" s="12">
+        <v>46079</v>
       </c>
       <c r="H26" s="15">
-        <v>18.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A27" s="11">
-        <v>9780008770846</v>
+        <v>9781847928979</v>
       </c>
       <c r="B27">
-        <v>3184131</v>
+        <v>3155604</v>
       </c>
       <c r="C27" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="E27">
-        <v>21110</v>
+        <v>11600</v>
       </c>
       <c r="F27" t="s">
-        <v>15</v>
+        <v>62</v>
       </c>
       <c r="G27" s="12">
-        <v>45757</v>
+        <v>46070</v>
       </c>
       <c r="H27" s="15">
-        <v>13</v>
+        <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A28" s="11">
-        <v>9780593723715</v>
+        <v>9780571376131</v>
       </c>
       <c r="B28">
-        <v>1860461</v>
+        <v>1779001</v>
       </c>
       <c r="C28" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="D28" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="E28">
-        <v>11110</v>
+        <v>25970</v>
       </c>
       <c r="F28" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
       <c r="G28" s="12">
-        <v>46021</v>
+        <v>46065</v>
       </c>
       <c r="H28" s="15">
-        <v>13.5</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A29" s="11">
-        <v>9781399755948</v>
+        <v>9781804999264</v>
       </c>
       <c r="B29">
-        <v>3185880</v>
+        <v>2082330</v>
       </c>
       <c r="C29" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="D29" t="s">
-        <v>25</v>
+        <v>66</v>
       </c>
       <c r="E29">
-        <v>11300</v>
+        <v>21110</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" s="12">
-        <v>46000</v>
+        <v>46065</v>
       </c>
       <c r="H29" s="15">
-        <v>43.5</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A30" s="11">
-        <v>9781529532661</v>
+        <v>9780008521608</v>
       </c>
       <c r="B30">
-        <v>3165410</v>
+        <v>1864840</v>
       </c>
       <c r="C30" t="s">
-        <v>80</v>
+        <v>67</v>
       </c>
       <c r="D30" t="s">
-        <v>81</v>
+        <v>11</v>
       </c>
       <c r="E30">
-        <v>12500</v>
+        <v>21300</v>
       </c>
       <c r="F30" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G30" s="12">
-        <v>45995</v>
+        <v>45827</v>
       </c>
       <c r="H30" s="15">
-        <v>21.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A31" s="11">
-        <v>9781464216909</v>
+        <v>9781974761852</v>
       </c>
       <c r="B31">
-        <v>1883836</v>
+        <v>2039316</v>
       </c>
       <c r="C31" t="s">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="D31" t="s">
-        <v>77</v>
+        <v>22</v>
       </c>
       <c r="E31">
-        <v>21300</v>
+        <v>21800</v>
       </c>
       <c r="F31" t="s">
-        <v>14</v>
+        <v>19</v>
+      </c>
+      <c r="G31" s="12">
+        <v>46035</v>
       </c>
       <c r="H31" s="15">
-        <v>19</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A32" s="11">
-        <v>9780593984369</v>
+        <v>9781526685186</v>
       </c>
       <c r="B32">
-        <v>3180750</v>
+        <v>1554611</v>
       </c>
       <c r="C32" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32">
-        <v>11800</v>
+        <v>12100</v>
       </c>
       <c r="F32" t="s">
-        <v>22</v>
+        <v>69</v>
+      </c>
+      <c r="G32" s="12">
+        <v>46077</v>
       </c>
       <c r="H32" s="16">
-        <v>28.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A33" s="11">
-        <v>9780356521336</v>
+        <v>9780241805053</v>
       </c>
       <c r="B33">
-        <v>3148502</v>
+        <v>1786725</v>
       </c>
       <c r="C33" t="s">
-        <v>51</v>
+        <v>70</v>
       </c>
       <c r="D33" t="s">
         <v>8</v>
       </c>
       <c r="E33">
-        <v>21300</v>
+        <v>11300</v>
       </c>
       <c r="F33" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G33" s="12">
-        <v>45993</v>
+        <v>46063</v>
       </c>
       <c r="H33" s="15">
-        <v>11.5</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A34" s="11">
-        <v>9780593953839</v>
+        <v>9780241767320</v>
       </c>
       <c r="B34">
-        <v>3183621</v>
+        <v>2001711</v>
       </c>
       <c r="C34" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="D34" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="E34">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="F34" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="G34" s="12">
+        <v>46058</v>
       </c>
       <c r="H34" s="15">
-        <v>18.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A35" s="11">
-        <v>9781471419713</v>
+        <v>9780356525778</v>
       </c>
       <c r="B35">
-        <v>1776630</v>
+        <v>1852957</v>
       </c>
       <c r="C35" t="s">
-        <v>49</v>
+        <v>72</v>
       </c>
       <c r="D35" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="E35">
-        <v>12500</v>
+        <v>11300</v>
       </c>
       <c r="F35" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G35" s="12">
-        <v>45995</v>
+        <v>46070</v>
       </c>
       <c r="H35" s="15">
         <v>21.5</v>
       </c>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A36" s="11">
-        <v>9780593954263</v>
+        <v>9781405967143</v>
       </c>
       <c r="B36">
-        <v>3183622</v>
+        <v>2001787</v>
       </c>
       <c r="C36" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D36" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="E36">
-        <v>11300</v>
+        <v>25590</v>
       </c>
       <c r="F36" t="s">
-        <v>14</v>
+        <v>74</v>
+      </c>
+      <c r="G36" s="12">
+        <v>46058</v>
       </c>
       <c r="H36" s="15">
-        <v>18.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A37" s="11">
-        <v>9781405962513</v>
+        <v>9781035073917</v>
       </c>
       <c r="B37">
-        <v>3174248</v>
+        <v>2016771</v>
       </c>
       <c r="C37" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E37">
-        <v>21200</v>
+        <v>21110</v>
       </c>
       <c r="F37" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G37" s="12">
-        <v>45995</v>
+        <v>46079</v>
       </c>
       <c r="H37" s="15">
-        <v>13</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="11">
-        <v>9780063306356</v>
+        <v>9781405975780</v>
       </c>
       <c r="B38">
-        <v>3149424</v>
+        <v>2001770</v>
       </c>
       <c r="C38" t="s">
-        <v>40</v>
+        <v>76</v>
       </c>
       <c r="D38" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E38">
-        <v>11200</v>
+        <v>21200</v>
       </c>
       <c r="F38" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G38" s="12">
-        <v>46000</v>
+        <v>46079</v>
       </c>
       <c r="H38" s="15">
-        <v>17.5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A39" s="11">
-        <v>9780008764937</v>
+        <v>9781399718776</v>
       </c>
       <c r="B39">
-        <v>2019969</v>
+        <v>1859757</v>
       </c>
       <c r="C39" t="s">
-        <v>38</v>
+        <v>77</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E39">
-        <v>11300</v>
+        <v>22500</v>
       </c>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G39" s="12">
-        <v>45995</v>
+        <v>46086</v>
       </c>
       <c r="H39" s="15">
-        <v>62</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A40" s="11">
-        <v>9781471418440</v>
+        <v>9780008701154</v>
       </c>
       <c r="B40">
-        <v>3149122</v>
+        <v>3134003</v>
       </c>
       <c r="C40" t="s">
-        <v>50</v>
+        <v>78</v>
       </c>
       <c r="D40" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="E40">
-        <v>22500</v>
+        <v>27410</v>
       </c>
       <c r="F40" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="G40" s="12">
-        <v>45993</v>
+        <v>45463</v>
       </c>
       <c r="H40" s="15">
-        <v>11.5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A41" s="11">
-        <v>9780811239707</v>
+        <v>9781529098877</v>
       </c>
       <c r="B41">
-        <v>2011498</v>
+        <v>3146054</v>
       </c>
       <c r="C41" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="D41" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="E41">
         <v>11110</v>
       </c>
       <c r="F41" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="G41" s="12">
+        <v>46051</v>
       </c>
       <c r="H41" s="15">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A42" s="11">
-        <v>9781035918058</v>
+        <v>9780241766989</v>
       </c>
       <c r="B42">
-        <v>3147640</v>
+        <v>2002570</v>
       </c>
       <c r="C42" t="s">
-        <v>33</v>
+        <v>79</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E42">
-        <v>21200</v>
+        <v>12860</v>
       </c>
       <c r="F42" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="G42" s="12">
-        <v>45995</v>
+        <v>46058</v>
       </c>
       <c r="H42" s="15">
-        <v>13</v>
+        <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A43" s="11">
-        <v>9781250400697</v>
+        <v>9780349019444</v>
       </c>
       <c r="B43">
-        <v>1209582</v>
+        <v>1852990</v>
       </c>
       <c r="C43" t="s">
-        <v>56</v>
+        <v>80</v>
       </c>
       <c r="D43" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="E43">
         <v>11110</v>
       </c>
       <c r="F43" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G43" s="12">
-        <v>46000</v>
+        <v>46056</v>
       </c>
       <c r="H43" s="15">
-        <v>19</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A44" s="11">
-        <v>9781668213704</v>
+        <v>9780811239707</v>
       </c>
       <c r="B44">
-        <v>3155959</v>
+        <v>2011498</v>
       </c>
       <c r="C44" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="D44" t="s">
-        <v>26</v>
+        <v>82</v>
       </c>
       <c r="E44">
-        <v>17420</v>
+        <v>11110</v>
       </c>
       <c r="F44" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>45993</v>
+        <v>14</v>
       </c>
       <c r="H44" s="15">
-        <v>18.5</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A45" s="11">
-        <v>9780063426702</v>
+        <v>9781785044618</v>
       </c>
       <c r="B45">
-        <v>3149408</v>
+        <v>2004326</v>
       </c>
       <c r="C45" t="s">
-        <v>41</v>
+        <v>83</v>
       </c>
       <c r="D45" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E45">
-        <v>16910</v>
+        <v>24710</v>
       </c>
       <c r="F45" t="s">
-        <v>42</v>
+        <v>84</v>
       </c>
       <c r="G45" s="12">
-        <v>45993</v>
+        <v>46058</v>
       </c>
       <c r="H45" s="15">
-        <v>29.5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A46" s="11">
-        <v>9781837584000</v>
+        <v>9780008589066</v>
       </c>
       <c r="B46">
-        <v>3126119</v>
+        <v>3166855</v>
       </c>
       <c r="C46" t="s">
-        <v>53</v>
+        <v>85</v>
       </c>
       <c r="D46" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="E46">
-        <v>13140</v>
+        <v>21110</v>
       </c>
       <c r="F46" t="s">
-        <v>55</v>
+        <v>14</v>
+      </c>
+      <c r="G46" s="12">
+        <v>45813</v>
       </c>
       <c r="H46" s="15">
-        <v>24</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A47" s="11"/>
-[...4 lines deleted...]
-      <c r="H47" s="15"/>
+      <c r="A47" s="11">
+        <v>9781399715751</v>
+      </c>
+      <c r="B47">
+        <v>3139545</v>
+      </c>
+      <c r="C47" t="s">
+        <v>86</v>
+      </c>
+      <c r="D47" t="s">
+        <v>21</v>
+      </c>
+      <c r="E47">
+        <v>11300</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="H47" s="15">
+        <v>19.5</v>
+      </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A48" s="11"/>
-[...4 lines deleted...]
-      <c r="H48" s="15"/>
+      <c r="A48" s="11">
+        <v>9780593726631</v>
+      </c>
+      <c r="B48">
+        <v>3151102</v>
+      </c>
+      <c r="C48" t="s">
+        <v>87</v>
+      </c>
+      <c r="D48" t="s">
+        <v>9</v>
+      </c>
+      <c r="E48">
+        <v>11300</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" s="12">
+        <v>46056</v>
+      </c>
+      <c r="H48" s="15">
+        <v>13.5</v>
+      </c>
     </row>
     <row r="49" spans="1:8" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A49" s="11"/>
-[...4 lines deleted...]
-      <c r="H49" s="15"/>
+      <c r="A49" s="11">
+        <v>9780241725610</v>
+      </c>
+      <c r="B49">
+        <v>2002617</v>
+      </c>
+      <c r="C49" t="s">
+        <v>88</v>
+      </c>
+      <c r="D49" t="s">
+        <v>8</v>
+      </c>
+      <c r="E49">
+        <v>11110</v>
+      </c>
+      <c r="F49" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" s="12">
+        <v>46065</v>
+      </c>
+      <c r="H49" s="15">
+        <v>19</v>
+      </c>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A50" s="11"/>
-[...4 lines deleted...]
-      <c r="H50" s="14"/>
+      <c r="A50" s="11">
+        <v>9781408359730</v>
+      </c>
+      <c r="B50">
+        <v>2005194</v>
+      </c>
+      <c r="C50" t="s">
+        <v>89</v>
+      </c>
+      <c r="D50" t="s">
+        <v>26</v>
+      </c>
+      <c r="E50">
+        <v>12100</v>
+      </c>
+      <c r="F50" t="s">
+        <v>69</v>
+      </c>
+      <c r="G50" s="12">
+        <v>46065</v>
+      </c>
+      <c r="H50" s="14">
+        <v>16.5</v>
+      </c>
     </row>
     <row r="51" spans="1:8" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A51" s="11"/>
-[...4 lines deleted...]
-      <c r="H51" s="14"/>
+      <c r="A51" s="11">
+        <v>9780571391585</v>
+      </c>
+      <c r="B51">
+        <v>1778900</v>
+      </c>
+      <c r="C51" t="s">
+        <v>90</v>
+      </c>
+      <c r="D51" t="s">
+        <v>36</v>
+      </c>
+      <c r="E51">
+        <v>11110</v>
+      </c>
+      <c r="F51" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" s="12">
+        <v>46065</v>
+      </c>
+      <c r="H51" s="14">
+        <v>19.5</v>
+      </c>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A52" s="11"/>
-[...4 lines deleted...]
-      <c r="H52" s="14"/>
+      <c r="A52" s="11">
+        <v>9780008347253</v>
+      </c>
+      <c r="B52">
+        <v>2073640</v>
+      </c>
+      <c r="C52" t="s">
+        <v>91</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52">
+        <v>21110</v>
+      </c>
+      <c r="F52" t="s">
+        <v>14</v>
+      </c>
+      <c r="G52" s="12">
+        <v>45813</v>
+      </c>
+      <c r="H52" s="14">
+        <v>12.5</v>
+      </c>
     </row>
     <row r="53" spans="1:8" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A53" s="11"/>
-[...4 lines deleted...]
-      <c r="H53" s="14"/>
+      <c r="A53" s="11">
+        <v>9781408730324</v>
+      </c>
+      <c r="B53">
+        <v>3144053</v>
+      </c>
+      <c r="C53" t="s">
+        <v>92</v>
+      </c>
+      <c r="D53" t="s">
+        <v>41</v>
+      </c>
+      <c r="E53">
+        <v>21110</v>
+      </c>
+      <c r="F53" t="s">
+        <v>14</v>
+      </c>
+      <c r="G53" s="12">
+        <v>46079</v>
+      </c>
+      <c r="H53" s="14">
+        <v>12.5</v>
+      </c>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A54" s="11"/>
-[...4 lines deleted...]
-      <c r="H54" s="14"/>
+      <c r="A54" s="11">
+        <v>9781471190513</v>
+      </c>
+      <c r="B54">
+        <v>1880136</v>
+      </c>
+      <c r="C54" t="s">
+        <v>93</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54">
+        <v>27440</v>
+      </c>
+      <c r="F54" t="s">
+        <v>33</v>
+      </c>
+      <c r="G54" s="12">
+        <v>46056</v>
+      </c>
+      <c r="H54" s="14">
+        <v>14.5</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="1.7716535433070868" bottom="1.3779527559055118" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="51" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Fett"&amp;12
 &amp;K243478Libri GmbH&amp;"-,Standard"&amp;11
 &amp;12Hamburg • Bad Hersfeld&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;10&amp;K243478Libri GmbH • Friedensallee 273 • 22763 Hamburg • AG Hamburg HRB 65430
 Geschäftsführung: Alyna Wnukowsky (Sprecherin), Ulrich Vollmer
 Aufsichtsratsvorsitzender: Dr. Markus Conrad&amp;R&amp;K243478&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="504620ad-4a5b-4e98-91c4-34164cb416e2" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c7883763-1633-4a33-844b-a4f27752bb33">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010007E2A28E331B1345B4C54C5E2471F1FA" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="23252ba61a2b42fee7d5f57213e57890">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c7883763-1633-4a33-844b-a4f27752bb33" xmlns:ns3="504620ad-4a5b-4e98-91c4-34164cb416e2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="548f94b230d87df06dce40b2da64a907" ns2:_="" ns3:_="">
     <xsd:import namespace="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <xsd:import namespace="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -2558,111 +2764,100 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC4D9CF9-E2A7-47E5-9512-037AD31ADBFF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="c9f90cda-9d81-4aea-911d-f949aaf4de02"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
+    <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{736EC6EA-E2D0-487E-AA90-847A1BE9530A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996B258D-5A6A-4734-BF2E-505977B0BDE3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...16 lines deleted...]
-    <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" enabled="0" method="" siteId="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>