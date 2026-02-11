--- v2 (2025-12-19)
+++ v3 (2026-02-11)
@@ -13,80 +13,80 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Novi Listen\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A727D03B-49C9-4D1F-A8C2-64EFDDA250D1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{245C5CC5-A52B-4BE2-A9CD-DDB9D3EC16BD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-48" yWindow="-48" windowWidth="23136" windowHeight="12456" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
   </bookViews>
   <sheets>
     <sheet name="Novitäten Englisch" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Novitäten Englisch'!$A$1:$H$54</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Novitäten Englisch'!$4:$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="90">
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Libri-Nr.</t>
   </si>
   <si>
     <t>Author: Title</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Product Classification</t>
   </si>
   <si>
     <t>Product Classification Text</t>
   </si>
   <si>
     <t>First in</t>
   </si>
   <si>
     <t>RRP</t>
   </si>
   <si>
@@ -119,255 +119,243 @@
   <si>
     <t>Pan Macmillan</t>
   </si>
   <si>
     <t>Random House UK Ltd</t>
   </si>
   <si>
     <t>Cartoons/Comics</t>
   </si>
   <si>
     <t>Simon + Schuster UK</t>
   </si>
   <si>
     <t>Hodder And Stoughton Ltd.</t>
   </si>
   <si>
     <t>Simon + Schuster LLC</t>
   </si>
   <si>
     <t>Sourcebooks LLC</t>
   </si>
   <si>
     <t>Quercus Publishing Plc</t>
   </si>
   <si>
-    <t>Ise, K: Destroy All Humans Manga, Vol. 6</t>
-[...10 lines deleted...]
-  <si>
     <t>Profile Books</t>
   </si>
   <si>
-    <t>Childrens Books/Non-fiction</t>
-[...7 lines deleted...]
-  <si>
     <t>Politics/Society/Labour</t>
   </si>
   <si>
-    <t>Karp, A: Technological Republic</t>
-[...4 lines deleted...]
-  <si>
     <t>Faber And Faber Ltd.</t>
   </si>
   <si>
-    <t>Krogerus, M: Rules Book</t>
-[...1 lines deleted...]
-  <si>
     <t>Economics</t>
   </si>
   <si>
-    <t>Arena, B: Dance of Lies</t>
-[...4 lines deleted...]
-  <si>
     <t>Little, Brown Book Group</t>
   </si>
   <si>
-    <t>Hazelwood, A: Two Can Play</t>
-[...70 lines deleted...]
-  <si>
     <t>Transworld Publ. Ltd UK</t>
   </si>
   <si>
-    <t>Kaner, H: Faithbreaker</t>
-[...77 lines deleted...]
-    <t>Bates, L: New Age of Sexism</t>
+    <t>Top 50 English newly published titles March 2026</t>
+  </si>
+  <si>
+    <t>Yarros, R: Onyx Storm</t>
+  </si>
+  <si>
+    <t>Allen, N: Game On</t>
+  </si>
+  <si>
+    <t>Jimenez, A: Night We Met</t>
+  </si>
+  <si>
+    <t>Pham, H: Just Friends</t>
+  </si>
+  <si>
+    <t>Tomforde, L: In Her Own League</t>
+  </si>
+  <si>
+    <t>Aster, A: Starside</t>
+  </si>
+  <si>
+    <t>Kent, R: Hunt the Villain</t>
+  </si>
+  <si>
+    <t>Szalay, D: Flesh</t>
+  </si>
+  <si>
+    <t>Child, L: Exit Strategy</t>
+  </si>
+  <si>
+    <t>McFadden, F: Want to Know a Secret?</t>
+  </si>
+  <si>
+    <t>Hyuuga, N: Apothecary Diaries 08 (Light Novel)</t>
+  </si>
+  <si>
+    <t>Penguin LLC  US</t>
+  </si>
+  <si>
+    <t>O'Sullivan, C: Her Hidden Fire</t>
+  </si>
+  <si>
+    <t>Hart, C: Blood &amp; Roses Volume 1</t>
+  </si>
+  <si>
+    <t>Aaronovitch, B: Stone and Sky</t>
+  </si>
+  <si>
+    <t>Johnson, J: Wind Weaver</t>
+  </si>
+  <si>
+    <t>Kang, H: We Do Not Part</t>
+  </si>
+  <si>
+    <t>Murata, S: Vanishing World</t>
+  </si>
+  <si>
+    <t>Granta Publications</t>
+  </si>
+  <si>
+    <t>Murphy, M: Thousand Perfect Lies</t>
+  </si>
+  <si>
+    <t>Yuzuki, A: Hooked</t>
+  </si>
+  <si>
+    <t>Crossan, S: Gone for Good</t>
+  </si>
+  <si>
+    <t>Knapp, F: Names</t>
+  </si>
+  <si>
+    <t>Uketsu: Strange Buildings</t>
+  </si>
+  <si>
+    <t>Pushkin Press</t>
+  </si>
+  <si>
+    <t>Zhao, A: Dragon and the Sun Lotus</t>
+  </si>
+  <si>
+    <t>Killmore, R: Death at Daffodil Inn</t>
+  </si>
+  <si>
+    <t>Hall, C: Broken Country</t>
+  </si>
+  <si>
+    <t>Biedermann, N: Lázár</t>
+  </si>
+  <si>
+    <t>Barnes, J: Glorious Rivals</t>
+  </si>
+  <si>
+    <t>Gurnah, A: Theft</t>
+  </si>
+  <si>
+    <t>Henderson, A: When I Was Death</t>
+  </si>
+  <si>
+    <t>Klein, E: Abundance</t>
+  </si>
+  <si>
+    <t>Lees, J: Whisperwicks: The Impossible Trials</t>
+  </si>
+  <si>
+    <t>Schneider, R: Metal Slinger</t>
+  </si>
+  <si>
+    <t>Reid, A: Innamorata</t>
+  </si>
+  <si>
+    <t>Hyuuga, N: Apothecary Diaries 15 (Manga)</t>
+  </si>
+  <si>
+    <t>Kawakami, M: Sisters in Yellow</t>
+  </si>
+  <si>
+    <t>Macfarlane, R: Is a River Alive?</t>
+  </si>
+  <si>
+    <t>Earth Sciences</t>
+  </si>
+  <si>
+    <t>Frankel, L: Nice Girls Don't Get the Corner Office</t>
+  </si>
+  <si>
+    <t>Hachette Book Group USA</t>
+  </si>
+  <si>
+    <t>Sveistrup, S: Hide And Seek</t>
+  </si>
+  <si>
+    <t>Mas, J: Psycho Beasts</t>
+  </si>
+  <si>
+    <t>Harper Collins Publ. USA</t>
+  </si>
+  <si>
+    <t>Airey, C: Confessions</t>
+  </si>
+  <si>
+    <t>Gude, E: ADHD Field Guide for Adults</t>
+  </si>
+  <si>
+    <t>Octopus Publishing Ltd.</t>
+  </si>
+  <si>
+    <t>Psychology</t>
+  </si>
+  <si>
+    <t>Wilkerson, C: Good Dirt</t>
+  </si>
+  <si>
+    <t>Aciman, A: Room on the Sea</t>
+  </si>
+  <si>
+    <t>El-Mohtar, A: Seasons of Glass and Iron: Stories</t>
+  </si>
+  <si>
+    <t>Bastone, C: No Matter What</t>
+  </si>
+  <si>
+    <t>Sheridan, M: Archer's Voice</t>
+  </si>
+  <si>
+    <t>Broadbent, C: Mother of Death and Dawn</t>
+  </si>
+  <si>
+    <t>Lanchester, J: Look What You Made Me Do</t>
+  </si>
+  <si>
+    <t>Richell, H: One Dark Night</t>
+  </si>
+  <si>
+    <t>Torenberg, L: Just Watch Me</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1132,1440 +1120,1446 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D61CB4B-7791-4ED0-AE80-E77BE2D65B28}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B5" sqref="B5"/>
+      <selection activeCell="K7" sqref="K7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.88671875" style="3" customWidth="1"/>
+    <col min="1" max="1" width="15.85546875" style="3" customWidth="1"/>
     <col min="2" max="2" width="11" style="3" customWidth="1"/>
-    <col min="3" max="3" width="59.6640625" style="7" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="7" width="11.44140625" style="12"/>
+    <col min="3" max="3" width="59.7109375" style="7" customWidth="1"/>
+    <col min="4" max="4" width="22.7109375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="14.28515625" style="3" customWidth="1"/>
+    <col min="6" max="6" width="25.5703125" customWidth="1"/>
+    <col min="7" max="7" width="11.42578125" style="12"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
+    <row r="1" spans="1:8" ht="26.25" x14ac:dyDescent="0.4">
       <c r="A1" s="17" t="s">
         <v>31</v>
       </c>
       <c r="B1" s="17"/>
       <c r="C1" s="17"/>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
     </row>
-    <row r="2" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A2" s="18"/>
       <c r="B2" s="18"/>
       <c r="C2" s="18"/>
       <c r="D2" s="18"/>
       <c r="E2" s="18"/>
     </row>
-    <row r="4" spans="1:8" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F4" s="10" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>6</v>
       </c>
       <c r="H4" s="8" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" s="11">
-        <v>9781529978742</v>
+        <v>9780349437095</v>
       </c>
       <c r="B5">
-        <v>1853830</v>
+        <v>1853295</v>
       </c>
       <c r="C5" t="s">
         <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="E5">
-        <v>27430</v>
+        <v>21300</v>
       </c>
       <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="12">
+        <v>46105</v>
+      </c>
+      <c r="H5" s="15">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A6" s="11">
+        <v>9781529442458</v>
+      </c>
+      <c r="B6">
+        <v>1855239</v>
+      </c>
+      <c r="C6" t="s">
         <v>33</v>
       </c>
-      <c r="G5" s="12">
-[...13 lines deleted...]
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>24</v>
+      </c>
+      <c r="E6">
+        <v>21110</v>
+      </c>
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" s="15">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="11">
+        <v>9780349442846</v>
+      </c>
+      <c r="B7">
+        <v>1853031</v>
+      </c>
+      <c r="C7" t="s">
         <v>34</v>
       </c>
-      <c r="D6" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="E7">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" s="12">
-        <v>46065</v>
+        <v>46105</v>
       </c>
       <c r="H7" s="15">
-        <v>16.5</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:8" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="11">
-        <v>9781805225492</v>
+        <v>9781668095188</v>
       </c>
       <c r="B8">
-        <v>1772694</v>
+        <v>2000268</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D8" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="E8">
-        <v>17850</v>
+        <v>11110</v>
       </c>
       <c r="F8" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="G8" s="12">
-        <v>46065</v>
+        <v>46084</v>
       </c>
       <c r="H8" s="15">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" s="11">
-        <v>9781526681447</v>
+        <v>9781399746441</v>
       </c>
       <c r="B9">
-        <v>1765582</v>
+        <v>1859501</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D9" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="E9">
-        <v>21300</v>
+        <v>21110</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G9" s="12">
-        <v>46163</v>
+        <v>46084</v>
       </c>
       <c r="H9" s="15">
         <v>13.5</v>
       </c>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" s="11">
-        <v>9780349441375</v>
+        <v>9781037202414</v>
       </c>
       <c r="B10">
-        <v>1674838</v>
+        <v>1879863</v>
       </c>
       <c r="C10" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D10" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="E10">
-        <v>21110</v>
+        <v>11300</v>
       </c>
       <c r="F10" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G10" s="12">
-        <v>46056</v>
+        <v>46112</v>
       </c>
       <c r="H10" s="16">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:8" x14ac:dyDescent="0.3">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" s="11">
-        <v>9781408737217</v>
+        <v>9781911746140</v>
       </c>
       <c r="B11">
-        <v>2021342</v>
+        <v>2004192</v>
       </c>
       <c r="C11" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D11" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="E11">
         <v>21110</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" s="12">
-        <v>46063</v>
+        <v>46105</v>
       </c>
       <c r="H11" s="15">
-        <v>11.5</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:8" x14ac:dyDescent="0.3">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" s="11">
-        <v>9781464244667</v>
+        <v>9781529932423</v>
       </c>
       <c r="B12">
-        <v>2030967</v>
+        <v>1853759</v>
       </c>
       <c r="C12" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D12" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E12">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" s="12">
-        <v>46063</v>
+        <v>46100</v>
       </c>
       <c r="H12" s="15">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:8" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" s="11">
-        <v>9780008650650</v>
+        <v>9781804993682</v>
       </c>
       <c r="B13">
-        <v>1543563</v>
+        <v>1854461</v>
       </c>
       <c r="C13" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E13">
-        <v>21300</v>
+        <v>21200</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G13" s="12">
-        <v>45813</v>
+        <v>46107</v>
       </c>
       <c r="H13" s="15">
         <v>13.5</v>
       </c>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" s="11">
-        <v>9781802068412</v>
+        <v>9781464268533</v>
       </c>
       <c r="B14">
-        <v>2073555</v>
+        <v>1851012</v>
       </c>
       <c r="C14" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E14">
-        <v>17850</v>
+        <v>21200</v>
       </c>
       <c r="F14" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="G14" s="12">
-        <v>46056</v>
+        <v>46084</v>
       </c>
       <c r="H14" s="15">
-        <v>16.5</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:8" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A15" s="11">
-        <v>9781399634533</v>
+        <v>9781646094233</v>
       </c>
       <c r="B15">
-        <v>1850253</v>
+        <v>2083870</v>
       </c>
       <c r="C15" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E15">
         <v>11300</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="H15" s="15">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:8" x14ac:dyDescent="0.3">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="11">
-        <v>9781035065967</v>
+        <v>9780241714812</v>
       </c>
       <c r="B16">
-        <v>1864742</v>
+        <v>2001698</v>
       </c>
       <c r="C16" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E16">
-        <v>27410</v>
+        <v>22500</v>
       </c>
       <c r="F16" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="G16" s="12">
-        <v>46079</v>
+        <v>46086</v>
       </c>
       <c r="H16" s="15">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="11">
-        <v>9781398516434</v>
+        <v>9781399754781</v>
       </c>
       <c r="B17">
-        <v>1880047</v>
+        <v>2005153</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E17">
         <v>21110</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" s="12">
-        <v>46065</v>
+        <v>46091</v>
       </c>
       <c r="H17" s="15">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" s="11">
-        <v>9781529931600</v>
+        <v>9781473226739</v>
       </c>
       <c r="B18">
-        <v>1853872</v>
+        <v>1850067</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E18">
-        <v>21200</v>
+        <v>21300</v>
       </c>
       <c r="F18" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G18" s="12">
-        <v>46065</v>
+        <v>46107</v>
       </c>
       <c r="H18" s="15">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:8" x14ac:dyDescent="0.3">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" s="11">
-        <v>9781035414598</v>
+        <v>9781405966184</v>
       </c>
       <c r="B19">
-        <v>3099426</v>
+        <v>1786393</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>51</v>
+        <v>8</v>
       </c>
       <c r="E19">
         <v>21300</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
+      <c r="G19" s="12">
+        <v>46093</v>
+      </c>
       <c r="H19" s="15">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="11">
-        <v>9781802061208</v>
+        <v>9780241997048</v>
       </c>
       <c r="B20">
-        <v>2001805</v>
+        <v>1786342</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
         <v>8</v>
       </c>
       <c r="E20">
-        <v>27100</v>
+        <v>21110</v>
       </c>
       <c r="F20" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="G20" s="12">
-        <v>46058</v>
+        <v>46086</v>
       </c>
       <c r="H20" s="15">
-        <v>16.5</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="11">
-        <v>9781526656964</v>
+        <v>9781803511191</v>
       </c>
       <c r="B21">
-        <v>1765558</v>
+        <v>1773445</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="E21">
         <v>21110</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" s="12">
-        <v>46079</v>
+        <v>46093</v>
       </c>
       <c r="H21" s="15">
         <v>13.5</v>
       </c>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="11">
-        <v>9781529418316</v>
+        <v>9781911753292</v>
       </c>
       <c r="B22">
-        <v>1855212</v>
+        <v>3030553</v>
       </c>
       <c r="C22" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D22" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="E22">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" s="12">
-        <v>46065</v>
+        <v>46107</v>
       </c>
       <c r="H22" s="15">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:8" x14ac:dyDescent="0.3">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" s="11">
-        <v>9781835413807</v>
+        <v>9780008753832</v>
       </c>
       <c r="B23">
-        <v>1765590</v>
+        <v>1838350</v>
       </c>
       <c r="C23" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="D23" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="E23">
-        <v>21300</v>
+        <v>11110</v>
       </c>
       <c r="F23" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G23" s="12">
-        <v>46056</v>
+        <v>45888</v>
       </c>
       <c r="H23" s="15">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:8" x14ac:dyDescent="0.3">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A24" s="11">
-        <v>9781398526778</v>
+        <v>9781398549029</v>
       </c>
       <c r="B24">
-        <v>1880098</v>
+        <v>2012767</v>
       </c>
       <c r="C24" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24">
-        <v>21200</v>
+        <v>22500</v>
       </c>
       <c r="F24" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G24" s="12">
-        <v>46093</v>
+        <v>46079</v>
       </c>
       <c r="H24" s="15">
         <v>13.5</v>
       </c>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A25" s="11">
-        <v>9780008742966</v>
+        <v>9781399624046</v>
       </c>
       <c r="B25">
-        <v>1864823</v>
+        <v>1850296</v>
       </c>
       <c r="C25" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E25">
-        <v>21300</v>
+        <v>21110</v>
       </c>
       <c r="F25" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>45813</v>
+        <v>14</v>
       </c>
       <c r="H25" s="15">
         <v>13.5</v>
       </c>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" s="11">
-        <v>9780141993256</v>
+        <v>9781805336297</v>
       </c>
       <c r="B26">
-        <v>2165459</v>
+        <v>1770390</v>
       </c>
       <c r="C26" t="s">
+        <v>55</v>
+      </c>
+      <c r="D26" t="s">
+        <v>56</v>
+      </c>
+      <c r="E26">
+        <v>11200</v>
+      </c>
+      <c r="F26" t="s">
+        <v>16</v>
+      </c>
+      <c r="G26" s="12">
+        <v>46093</v>
+      </c>
+      <c r="H26" s="15">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A27" s="11">
+        <v>9780593813881</v>
+      </c>
+      <c r="B27">
+        <v>1860534</v>
+      </c>
+      <c r="C27" t="s">
+        <v>57</v>
+      </c>
+      <c r="D27" t="s">
+        <v>9</v>
+      </c>
+      <c r="E27">
+        <v>12500</v>
+      </c>
+      <c r="F27" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27" s="12">
+        <v>46084</v>
+      </c>
+      <c r="H27" s="15">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A28" s="11">
+        <v>9781398550322</v>
+      </c>
+      <c r="B28">
+        <v>1880063</v>
+      </c>
+      <c r="C28" t="s">
+        <v>58</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28">
+        <v>21200</v>
+      </c>
+      <c r="F28" t="s">
+        <v>16</v>
+      </c>
+      <c r="G28" s="12">
+        <v>46107</v>
+      </c>
+      <c r="H28" s="15">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A29" s="11">
+        <v>9781399820431</v>
+      </c>
+      <c r="B29">
+        <v>1859528</v>
+      </c>
+      <c r="C29" t="s">
         <v>59</v>
       </c>
-      <c r="D26" t="s">
+      <c r="D29" t="s">
+        <v>21</v>
+      </c>
+      <c r="E29">
+        <v>21200</v>
+      </c>
+      <c r="F29" t="s">
+        <v>16</v>
+      </c>
+      <c r="G29" s="12">
+        <v>46093</v>
+      </c>
+      <c r="H29" s="15">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A30" s="11">
+        <v>9781529445343</v>
+      </c>
+      <c r="B30">
+        <v>2005267</v>
+      </c>
+      <c r="C30" t="s">
+        <v>60</v>
+      </c>
+      <c r="D30" t="s">
+        <v>24</v>
+      </c>
+      <c r="E30">
+        <v>11110</v>
+      </c>
+      <c r="F30" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" s="12">
+        <v>46107</v>
+      </c>
+      <c r="H30" s="15">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A31" s="11">
+        <v>9780241638729</v>
+      </c>
+      <c r="B31">
+        <v>1786423</v>
+      </c>
+      <c r="C31" t="s">
+        <v>61</v>
+      </c>
+      <c r="D31" t="s">
         <v>8</v>
       </c>
-      <c r="E26">
-[...28 lines deleted...]
-      <c r="F27" t="s">
+      <c r="E31">
+        <v>22500</v>
+      </c>
+      <c r="F31" t="s">
+        <v>15</v>
+      </c>
+      <c r="G31" s="12">
+        <v>46086</v>
+      </c>
+      <c r="H31" s="15">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A32" s="11">
+        <v>9781526680143</v>
+      </c>
+      <c r="B32">
+        <v>1765507</v>
+      </c>
+      <c r="C32" t="s">
         <v>62</v>
-      </c>
-[...119 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32">
-        <v>12100</v>
+        <v>21110</v>
       </c>
       <c r="F32" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="G32" s="12">
-        <v>46077</v>
+        <v>46093</v>
       </c>
       <c r="H32" s="16">
         <v>13.5</v>
       </c>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" s="11">
-        <v>9780241805053</v>
+        <v>9780241716274</v>
       </c>
       <c r="B33">
-        <v>1786725</v>
+        <v>1786431</v>
       </c>
       <c r="C33" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="D33" t="s">
         <v>8</v>
       </c>
       <c r="E33">
+        <v>22500</v>
+      </c>
+      <c r="F33" t="s">
+        <v>15</v>
+      </c>
+      <c r="G33" s="12">
+        <v>46093</v>
+      </c>
+      <c r="H33" s="15">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A34" s="11">
+        <v>9781805226062</v>
+      </c>
+      <c r="B34">
+        <v>1772686</v>
+      </c>
+      <c r="C34" t="s">
+        <v>64</v>
+      </c>
+      <c r="D34" t="s">
+        <v>25</v>
+      </c>
+      <c r="E34">
+        <v>27430</v>
+      </c>
+      <c r="F34" t="s">
+        <v>26</v>
+      </c>
+      <c r="G34" s="12">
+        <v>46093</v>
+      </c>
+      <c r="H34" s="15">
+        <v>15.5</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A35" s="11">
+        <v>9780241625088</v>
+      </c>
+      <c r="B35">
+        <v>1786792</v>
+      </c>
+      <c r="C35" t="s">
+        <v>65</v>
+      </c>
+      <c r="D35" t="s">
+        <v>8</v>
+      </c>
+      <c r="E35">
+        <v>22500</v>
+      </c>
+      <c r="F35" t="s">
+        <v>15</v>
+      </c>
+      <c r="G35" s="12">
+        <v>46107</v>
+      </c>
+      <c r="H35" s="15">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A36" s="11">
+        <v>9781399633994</v>
+      </c>
+      <c r="B36">
+        <v>1850105</v>
+      </c>
+      <c r="C36" t="s">
+        <v>66</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36">
+        <v>21300</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" s="12">
+        <v>46093</v>
+      </c>
+      <c r="H36" s="15">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A37" s="11">
+        <v>9781529910674</v>
+      </c>
+      <c r="B37">
+        <v>2004362</v>
+      </c>
+      <c r="C37" t="s">
+        <v>67</v>
+      </c>
+      <c r="D37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E37">
         <v>11300</v>
       </c>
-      <c r="F33" t="s">
+      <c r="F37" t="s">
         <v>13</v>
       </c>
-      <c r="G33" s="12">
-[...13 lines deleted...]
-      <c r="C34" t="s">
+      <c r="G37" s="12">
+        <v>46098</v>
+      </c>
+      <c r="H37" s="15">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A38" s="11">
+        <v>9781646094561</v>
+      </c>
+      <c r="B38">
+        <v>2087562</v>
+      </c>
+      <c r="C38" t="s">
+        <v>68</v>
+      </c>
+      <c r="D38" t="s">
+        <v>43</v>
+      </c>
+      <c r="E38">
+        <v>21800</v>
+      </c>
+      <c r="F38" t="s">
+        <v>19</v>
+      </c>
+      <c r="H38" s="15">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A39" s="11">
+        <v>9781035024148</v>
+      </c>
+      <c r="B39">
+        <v>1865269</v>
+      </c>
+      <c r="C39" t="s">
+        <v>69</v>
+      </c>
+      <c r="D39" t="s">
+        <v>17</v>
+      </c>
+      <c r="E39">
+        <v>11200</v>
+      </c>
+      <c r="F39" t="s">
+        <v>16</v>
+      </c>
+      <c r="G39" s="12">
+        <v>46100</v>
+      </c>
+      <c r="H39" s="15">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A40" s="11">
+        <v>9780241998212</v>
+      </c>
+      <c r="B40">
+        <v>1786407</v>
+      </c>
+      <c r="C40" t="s">
+        <v>70</v>
+      </c>
+      <c r="D40" t="s">
+        <v>8</v>
+      </c>
+      <c r="E40">
+        <v>26630</v>
+      </c>
+      <c r="F40" t="s">
         <v>71</v>
       </c>
-      <c r="D34" t="s">
-[...22 lines deleted...]
-      <c r="C35" t="s">
+      <c r="G40" s="12">
+        <v>46086</v>
+      </c>
+      <c r="H40" s="15">
+        <v>15.5</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A41" s="11">
+        <v>9781538780305</v>
+      </c>
+      <c r="B41">
+        <v>1896997</v>
+      </c>
+      <c r="C41" t="s">
         <v>72</v>
       </c>
-      <c r="D35" t="s">
-[...22 lines deleted...]
-      <c r="C36" t="s">
+      <c r="D41" t="s">
         <v>73</v>
       </c>
-      <c r="D36" t="s">
-[...5 lines deleted...]
-      <c r="F36" t="s">
+      <c r="E41">
+        <v>17810</v>
+      </c>
+      <c r="F41" t="s">
+        <v>28</v>
+      </c>
+      <c r="G41" s="12">
+        <v>46128</v>
+      </c>
+      <c r="H41" s="15">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A42" s="11">
+        <v>9780241720530</v>
+      </c>
+      <c r="B42">
+        <v>3143983</v>
+      </c>
+      <c r="C42" t="s">
         <v>74</v>
-      </c>
-[...145 lines deleted...]
-        <v>79</v>
       </c>
       <c r="D42" t="s">
         <v>8</v>
       </c>
       <c r="E42">
-        <v>12860</v>
+        <v>11200</v>
       </c>
       <c r="F42" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="G42" s="12">
-        <v>46058</v>
+        <v>46107</v>
       </c>
       <c r="H42" s="15">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:8" x14ac:dyDescent="0.3">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" s="11">
-        <v>9780349019444</v>
+        <v>9781335146328</v>
       </c>
       <c r="B43">
-        <v>1852990</v>
+        <v>1576283</v>
       </c>
       <c r="C43" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="D43" t="s">
-        <v>41</v>
+        <v>76</v>
       </c>
       <c r="E43">
-        <v>11110</v>
+        <v>11300</v>
       </c>
       <c r="F43" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G43" s="12">
-        <v>46056</v>
+        <v>46091</v>
       </c>
       <c r="H43" s="15">
-        <v>20.5</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:8" x14ac:dyDescent="0.3">
+        <v>18.5</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" s="11">
-        <v>9780811239707</v>
+        <v>9781405961530</v>
       </c>
       <c r="B44">
-        <v>2011498</v>
+        <v>1786369</v>
       </c>
       <c r="C44" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D44" t="s">
-        <v>82</v>
+        <v>8</v>
       </c>
       <c r="E44">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
+      <c r="G44" s="12">
+        <v>46086</v>
+      </c>
       <c r="H44" s="15">
-        <v>24.5</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:8" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" s="11">
-        <v>9781785044618</v>
+        <v>9781800962415</v>
       </c>
       <c r="B45">
-        <v>2004326</v>
+        <v>3183616</v>
       </c>
       <c r="C45" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="D45" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
       <c r="E45">
-        <v>24710</v>
+        <v>15310</v>
       </c>
       <c r="F45" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="G45" s="12">
-        <v>46058</v>
+        <v>46086</v>
       </c>
       <c r="H45" s="15">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:8" x14ac:dyDescent="0.3">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" s="11">
-        <v>9780008589066</v>
+        <v>9781405950107</v>
       </c>
       <c r="B46">
-        <v>3166855</v>
+        <v>1786377</v>
       </c>
       <c r="C46" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E46">
         <v>21110</v>
       </c>
       <c r="F46" t="s">
         <v>14</v>
       </c>
       <c r="G46" s="12">
-        <v>45813</v>
+        <v>46086</v>
       </c>
       <c r="H46" s="15">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:8" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" s="11">
-        <v>9781399715751</v>
+        <v>9780571385157</v>
       </c>
       <c r="B47">
-        <v>3139545</v>
+        <v>1778927</v>
       </c>
       <c r="C47" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="D47" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="E47">
-        <v>11300</v>
+        <v>21110</v>
       </c>
       <c r="F47" t="s">
-        <v>13</v>
+        <v>14</v>
+      </c>
+      <c r="G47" s="12">
+        <v>46107</v>
       </c>
       <c r="H47" s="15">
-        <v>19.5</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:8" x14ac:dyDescent="0.3">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" s="11">
-        <v>9780593726631</v>
+        <v>9781529443394</v>
       </c>
       <c r="B48">
-        <v>3151102</v>
+        <v>1855220</v>
       </c>
       <c r="C48" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D48" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="E48">
         <v>11300</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="12">
-        <v>46056</v>
+        <v>46105</v>
       </c>
       <c r="H48" s="15">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:8" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="11">
-        <v>9780241725610</v>
+        <v>9780593977675</v>
       </c>
       <c r="B49">
-        <v>2002617</v>
+        <v>2076677</v>
       </c>
       <c r="C49" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="D49" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E49">
         <v>11110</v>
       </c>
       <c r="F49" t="s">
         <v>14</v>
       </c>
       <c r="G49" s="12">
-        <v>46065</v>
+        <v>46084</v>
       </c>
       <c r="H49" s="15">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:8" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A50" s="11">
-        <v>9781408359730</v>
+        <v>9781538782033</v>
       </c>
       <c r="B50">
-        <v>2005194</v>
+        <v>2098204</v>
       </c>
       <c r="C50" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="D50" t="s">
-        <v>26</v>
+        <v>73</v>
       </c>
       <c r="E50">
-        <v>12100</v>
+        <v>21110</v>
       </c>
       <c r="F50" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>46065</v>
+        <v>14</v>
       </c>
       <c r="H50" s="14">
-        <v>16.5</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:8" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="11">
-        <v>9780571391585</v>
+        <v>9781035070909</v>
       </c>
       <c r="B51">
-        <v>1778900</v>
+        <v>1865218</v>
       </c>
       <c r="C51" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="D51" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="E51">
+        <v>11300</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" s="12">
+        <v>46107</v>
+      </c>
+      <c r="H51" s="14">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A52" s="11">
+        <v>9780571298679</v>
+      </c>
+      <c r="B52">
+        <v>1778897</v>
+      </c>
+      <c r="C52" t="s">
+        <v>87</v>
+      </c>
+      <c r="D52" t="s">
+        <v>27</v>
+      </c>
+      <c r="E52">
         <v>11110</v>
-      </c>
-[...24 lines deleted...]
-        <v>21110</v>
       </c>
       <c r="F52" t="s">
         <v>14</v>
       </c>
       <c r="G52" s="12">
-        <v>45813</v>
+        <v>46093</v>
       </c>
       <c r="H52" s="14">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:8" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="11">
-        <v>9781408730324</v>
+        <v>9781398528031</v>
       </c>
       <c r="B53">
-        <v>3144053</v>
+        <v>3175137</v>
       </c>
       <c r="C53" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D53" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="E53">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="F53" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G53" s="12">
-        <v>46079</v>
+        <v>46051</v>
       </c>
       <c r="H53" s="14">
         <v>12.5</v>
       </c>
     </row>
-    <row r="54" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A54" s="11">
-        <v>9781471190513</v>
+        <v>9781398557093</v>
       </c>
       <c r="B54">
-        <v>1880136</v>
+        <v>1776070</v>
       </c>
       <c r="C54" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54">
-        <v>27440</v>
+        <v>11110</v>
       </c>
       <c r="F54" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="G54" s="12">
-        <v>46056</v>
+        <v>46079</v>
       </c>
       <c r="H54" s="14">
-        <v>14.5</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="1.7716535433070868" bottom="1.3779527559055118" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="51" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Fett"&amp;12
 &amp;K243478Libri GmbH&amp;"-,Standard"&amp;11
 &amp;12Hamburg • Bad Hersfeld&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;10&amp;K243478Libri GmbH • Friedensallee 273 • 22763 Hamburg • AG Hamburg HRB 65430
 Geschäftsführung: Alyna Wnukowsky (Sprecherin), Ulrich Vollmer
 Aufsichtsratsvorsitzender: Dr. Markus Conrad&amp;R&amp;K243478&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="504620ad-4a5b-4e98-91c4-34164cb416e2" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c7883763-1633-4a33-844b-a4f27752bb33">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010007E2A28E331B1345B4C54C5E2471F1FA" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="23252ba61a2b42fee7d5f57213e57890">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c7883763-1633-4a33-844b-a4f27752bb33" xmlns:ns3="504620ad-4a5b-4e98-91c4-34164cb416e2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="548f94b230d87df06dce40b2da64a907" ns2:_="" ns3:_="">
     <xsd:import namespace="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <xsd:import namespace="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -2764,100 +2758,91 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC4D9CF9-E2A7-47E5-9512-037AD31ADBFF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="c9f90cda-9d81-4aea-911d-f949aaf4de02"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996B258D-5A6A-4734-BF2E-505977B0BDE3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{736EC6EA-E2D0-487E-AA90-847A1BE9530A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" enabled="0" method="" siteId="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>