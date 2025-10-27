--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -13,80 +13,80 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestseller\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{96C12DD4-5306-454E-9D26-90C907EB655A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8E419C17-3458-4519-8841-ADD64CC247BD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-48" yWindow="-48" windowWidth="23136" windowHeight="12456" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
   </bookViews>
   <sheets>
     <sheet name="Top100" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Top100'!$A$1:$I$104</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Top100'!$4:$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="310" uniqueCount="153">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="310" uniqueCount="144">
   <si>
     <t>Ranking</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Author: Title</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Product Classification</t>
   </si>
   <si>
     <t>Product Classification Text</t>
   </si>
   <si>
     <t>First in</t>
   </si>
   <si>
     <t>RRP</t>
   </si>
   <si>
@@ -104,447 +104,420 @@
   <si>
     <t>Penguin Books Ltd (UK)</t>
   </si>
   <si>
     <t>Harper Collins Publ. UK</t>
   </si>
   <si>
     <t>Huang, A: Twisted Love</t>
   </si>
   <si>
     <t>Little, Brown Book Group</t>
   </si>
   <si>
     <t>Crime Stories</t>
   </si>
   <si>
     <t>Bloomsbury UK</t>
   </si>
   <si>
     <t>Science Fiction/Fantasy</t>
   </si>
   <si>
     <t>Huang, A: Twisted Games</t>
   </si>
   <si>
+    <t>Haig, M: Midnight Library</t>
+  </si>
+  <si>
+    <t>Canongate Books Ltd.</t>
+  </si>
+  <si>
     <t>Yanagihara, H: Little Life</t>
   </si>
   <si>
     <t>Guidebooks/Self-help</t>
   </si>
   <si>
     <t>Hodder And Stoughton Ltd.</t>
   </si>
   <si>
+    <t>Huang, A: Twisted Hate</t>
+  </si>
+  <si>
+    <t>Huang, A: King of Wrath</t>
+  </si>
+  <si>
     <t>Economics</t>
   </si>
   <si>
     <t>Maas, S: Court of Thorns and Roses/Adult Ed.</t>
   </si>
   <si>
     <t>Alderton, D: Everything I Know About Love</t>
   </si>
   <si>
     <t>Letters/Diaries/Biographies</t>
   </si>
   <si>
+    <t>Maas, S: Court of Mist and Fury/Adult Ed.</t>
+  </si>
+  <si>
     <t>Penguin LLC  US</t>
   </si>
   <si>
     <t>Random House LLC US</t>
   </si>
   <si>
     <t>Garber, S: Once Upon a Broken Heart</t>
   </si>
   <si>
     <t>Yarros, R: Fourth Wing</t>
   </si>
   <si>
+    <t>Garber, S: Ballad of Never After</t>
+  </si>
+  <si>
     <t>Yarros, R: Iron Flame</t>
   </si>
   <si>
     <t>Roberts, L: Powerless</t>
   </si>
   <si>
     <t>Sourcebooks LLC</t>
   </si>
   <si>
     <t>McFadden, F: Housemaid</t>
   </si>
   <si>
+    <t>Painter, L: Better Than the Movies</t>
+  </si>
+  <si>
+    <t>Rooney, S: Normal People</t>
+  </si>
+  <si>
     <t>Faber And Faber Ltd.</t>
   </si>
   <si>
     <t>Simon + Schuster LLC</t>
   </si>
   <si>
     <t>Walsh, C: Binding 13</t>
   </si>
   <si>
     <t>Kishimi, I: Courage To Be Disliked</t>
   </si>
   <si>
     <t>Atlantic Books</t>
   </si>
   <si>
     <t>Random House UK Ltd</t>
   </si>
   <si>
     <t>McFadden, F: Boyfriend</t>
   </si>
   <si>
     <t>Kleinbaum, N: Dead Poets Society</t>
   </si>
   <si>
     <t>McFadden, F: Housemaid's Secret</t>
   </si>
   <si>
     <t>Harpman, J: I Who Have Never Known Men</t>
   </si>
   <si>
     <t>Walsh, C: Keeping 13</t>
   </si>
   <si>
     <t>Orwell, G: Nineteen Eighty-Four</t>
   </si>
   <si>
     <t>Walsh, C: Saving 6</t>
   </si>
   <si>
     <t>Orion Publishing Group</t>
   </si>
   <si>
     <t>Yarros, R: Onyx Storm</t>
   </si>
   <si>
+    <t>McFadden, F: Never Lie</t>
+  </si>
+  <si>
+    <t>Black, H: Cruel Prince</t>
+  </si>
+  <si>
+    <t>Tomforde, L: Mile High</t>
+  </si>
+  <si>
     <t>Hot Key Books</t>
   </si>
   <si>
     <t>Allen, N: Lights Out</t>
   </si>
   <si>
     <t>Quercus Publishing Plc</t>
   </si>
   <si>
     <t>Octopus Publishing Ltd.</t>
   </si>
   <si>
+    <t>Collins, S: Hunger Games: Sunrise on the Reaping</t>
+  </si>
+  <si>
     <t>Atwood, M: Handmaid's Tale</t>
   </si>
   <si>
+    <t>Kent, R: God of Malice</t>
+  </si>
+  <si>
+    <t>Scholastic Ltd.</t>
+  </si>
+  <si>
     <t>Huang, A: King of Envy</t>
   </si>
   <si>
+    <t>Roberts, L: Reckless</t>
+  </si>
+  <si>
+    <t>Walsh, C: Redeeming 6</t>
+  </si>
+  <si>
     <t>Psychology</t>
   </si>
   <si>
+    <t>Tomforde, L: Rewind It Back</t>
+  </si>
+  <si>
     <t>Rooney, S: Intermezzo</t>
   </si>
   <si>
+    <t>Hazelwood, A: Problematic Summer Romance</t>
+  </si>
+  <si>
     <t>Mochizuki, M: Full Moon Coffee Shop</t>
   </si>
   <si>
+    <t>Fortune, C: One Golden Summer</t>
+  </si>
+  <si>
     <t>Kolk, B: The Body Keeps the Score</t>
   </si>
   <si>
+    <t>Reid, T: Atmosphere</t>
+  </si>
+  <si>
+    <t>Allen, N: Caught Up</t>
+  </si>
+  <si>
+    <t>Anderson, G: Want</t>
+  </si>
+  <si>
     <t>Han, J: Summer I Turned Pretty</t>
   </si>
   <si>
     <t>Tomforde, L: Right Move</t>
   </si>
   <si>
+    <t>Jimenez, A: Just For The Summer</t>
+  </si>
+  <si>
     <t>Han, J: We'll Always Have Summer</t>
   </si>
   <si>
+    <t>Silver, E: Flawless</t>
+  </si>
+  <si>
     <t>Espach, A: Wedding People</t>
   </si>
   <si>
+    <t>Tomforde, L: Caught Up</t>
+  </si>
+  <si>
+    <t>Orwell, G: Animal Farm</t>
+  </si>
+  <si>
+    <t>Barnes, J: Naturals: Killer Instinct</t>
+  </si>
+  <si>
     <t>Hachette Children's  Book</t>
   </si>
   <si>
+    <t>Michaelides, A: Silent Patient</t>
+  </si>
+  <si>
+    <t>McFadden, F: Housemaid Is Watching</t>
+  </si>
+  <si>
+    <t>Tomforde, L: Play Along</t>
+  </si>
+  <si>
+    <t>Plath, S: Bell Jar</t>
+  </si>
+  <si>
     <t>García, H: Ikigai</t>
   </si>
   <si>
+    <t>Nowlin, L: If He Had Been with Me</t>
+  </si>
+  <si>
     <t>Jackson, H: Not Quite Dead Yet</t>
   </si>
   <si>
     <t>Carnegie, D: How to Win Friends</t>
   </si>
   <si>
+    <t>Barnes, J: The Naturals</t>
+  </si>
+  <si>
+    <t>Wouden, Y: Safekeep</t>
+  </si>
+  <si>
     <t>Han, J: It's Not Summer Without You</t>
   </si>
   <si>
     <t>Childrens Books/Baby and Preschool/Fiction</t>
   </si>
   <si>
+    <t>Maas, S: Court of Wings and Ruin</t>
+  </si>
+  <si>
     <t>Rowling, J: Harry Potter 1/Philosopher's Stone</t>
   </si>
   <si>
     <t>McFadden, F: Do Not Disturb</t>
   </si>
   <si>
+    <t>Garber, S: Caraval</t>
+  </si>
+  <si>
     <t>Macmillan USA</t>
   </si>
   <si>
+    <t>Huang, A: Twisted Lies</t>
+  </si>
+  <si>
     <t>Garber, S: Curse for True Love</t>
   </si>
   <si>
+    <t>Shafak, E: There are Rivers in the Sky</t>
+  </si>
+  <si>
     <t>Clear, J: Atomic Habits</t>
   </si>
   <si>
+    <t>Just the Best Top 100 • September 2025</t>
+  </si>
+  <si>
     <t>Asher, L: Love Arranged</t>
   </si>
   <si>
     <t>Maehrer, H: Accomplice to the Villain</t>
   </si>
   <si>
     <t>Transworld Publ. Ltd UK</t>
   </si>
   <si>
     <t>Erikson, T: Surrounded by Idiots Revised &amp; Expanded Edition</t>
   </si>
   <si>
+    <t>Kuang, R: Katabasis</t>
+  </si>
+  <si>
+    <t>Carle, E: The Very Hungry Caterpillar</t>
+  </si>
+  <si>
+    <t>Fitzgerald, B: Beautiful Evil</t>
+  </si>
+  <si>
     <t>Hill, N: Think and Grow Rich</t>
   </si>
   <si>
+    <t>Maas, S: Court of Silver Flames</t>
+  </si>
+  <si>
+    <t>Weaver, T: Artificial Wisdom</t>
+  </si>
+  <si>
     <t>Hazelwood, A: Love Hypothesis</t>
   </si>
   <si>
+    <t>Hawkins, P: Blue Hour</t>
+  </si>
+  <si>
+    <t>Mellors, C: Cleopatra and Frankenstein</t>
+  </si>
+  <si>
+    <t>Kiyosaki, R: Rich Dad Poor Dad/Ann. Ed.</t>
+  </si>
+  <si>
+    <t>Ingram Publisher Services</t>
+  </si>
+  <si>
     <t>Bradbury, R: Fahrenheit 451</t>
   </si>
   <si>
+    <t>Song, K: Dragon Wakes with Thunder</t>
+  </si>
+  <si>
     <t>McFadden, F: Surrogate Mother</t>
   </si>
   <si>
+    <t>Reid, A: Theory of Dreaming</t>
+  </si>
+  <si>
     <t>Harper Collins Publ. USA</t>
   </si>
   <si>
     <t>Lockhart, E: We Were Liars</t>
   </si>
   <si>
     <t>Dostoyevsky, F: White Nights</t>
   </si>
   <si>
     <t>Jackson, H: Good Girl's Guide to Murder</t>
   </si>
   <si>
+    <t>Hazelwood, A: Deep End</t>
+  </si>
+  <si>
     <t>Levitsky, S: How Democracies Die</t>
   </si>
   <si>
     <t>Politics/Society/Labour</t>
   </si>
   <si>
     <t>Mellors, C: Blue Sisters</t>
   </si>
   <si>
-    <t>Just the Best Top 100 • October 2025</t>
-[...185 lines deleted...]
-    <t>Moronova, K: Leave Me Behind (Deluxe Edition)</t>
+    <t>Han, J: Complete Summer I Turned Pretty Trilogy/3 Bde.</t>
+  </si>
+  <si>
+    <t>Gillig, R: Knight and the Moth</t>
+  </si>
+  <si>
+    <t>Hoover, C: Verity</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="3">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1683,3059 +1656,3039 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D61CB4B-7791-4ED0-AE80-E77BE2D65B28}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I104"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D17" sqref="D17"/>
+      <selection activeCell="E11" sqref="E11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="8.33203125" style="2" customWidth="1"/>
     <col min="2" max="2" width="14" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.88671875" style="2" customWidth="1"/>
     <col min="4" max="4" width="52.88671875" style="5" customWidth="1"/>
     <col min="5" max="5" width="24.44140625" style="11" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.6640625" style="2" customWidth="1"/>
     <col min="7" max="7" width="22" customWidth="1"/>
     <col min="8" max="8" width="10.109375" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="8.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="28.8" x14ac:dyDescent="0.55000000000000004">
       <c r="A1" s="12" t="s">
-        <v>90</v>
+        <v>113</v>
       </c>
       <c r="B1" s="13"/>
       <c r="C1" s="13"/>
       <c r="D1" s="13"/>
       <c r="E1" s="13"/>
       <c r="F1" s="13"/>
     </row>
     <row r="4" spans="1:9" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="7" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="7" t="s">
         <v>5</v>
       </c>
       <c r="H4" s="6" t="s">
         <v>6</v>
       </c>
       <c r="I4" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A5" s="2">
         <v>1</v>
       </c>
       <c r="B5" s="2">
-        <v>9780349441696</v>
+        <v>9780349438016</v>
       </c>
       <c r="C5">
-        <v>3154079</v>
+        <v>3136731</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="2">
         <v>21110</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H5" s="9">
-        <v>45901.830381944441</v>
+        <v>45890.709502314814</v>
       </c>
       <c r="I5" s="8">
         <v>13.5</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A6" s="2">
         <v>2</v>
       </c>
       <c r="B6" s="2">
-        <v>9781408723791</v>
+        <v>9781399622752</v>
       </c>
       <c r="C6">
-        <v>3144044</v>
+        <v>3123749</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="E6" s="11" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="F6" s="2">
-        <v>11200</v>
+        <v>21110</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="H6" s="9">
-        <v>45901.902997685182</v>
+        <v>45820.798414351855</v>
       </c>
       <c r="I6" s="8">
-        <v>25.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A7" s="2">
         <v>3</v>
       </c>
       <c r="B7" s="2">
-        <v>9780241743997</v>
+        <v>9780241753699</v>
       </c>
       <c r="C7">
-        <v>3143951</v>
+        <v>3143943</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>12</v>
       </c>
       <c r="F7" s="2">
         <v>11200</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="9">
-        <v>45912.788784722223</v>
+        <v>45861.841215277775</v>
       </c>
       <c r="I7" s="8">
         <v>21.5</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A8" s="2">
         <v>4</v>
       </c>
       <c r="B8" s="2">
-        <v>9780385546898</v>
+        <v>9781804993408</v>
       </c>
       <c r="C8">
-        <v>3140724</v>
+        <v>3138694</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>94</v>
+        <v>115</v>
       </c>
       <c r="E8" s="11" t="s">
-        <v>28</v>
+        <v>116</v>
       </c>
       <c r="F8" s="2">
-        <v>11110</v>
+        <v>21300</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="H8" s="9">
-        <v>45901.838854166665</v>
+        <v>45875.73170138889</v>
       </c>
       <c r="I8" s="8">
-        <v>31.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A9" s="2">
         <v>5</v>
       </c>
       <c r="B9" s="2">
-        <v>9780008728090</v>
+        <v>9781914240942</v>
       </c>
       <c r="C9">
-        <v>3124447</v>
+        <v>3102455</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>95</v>
+        <v>76</v>
       </c>
       <c r="E9" s="11" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="F9" s="2">
         <v>21110</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H9" s="9">
-        <v>45908.765231481484</v>
+        <v>45780.278113425928</v>
       </c>
       <c r="I9" s="8">
-        <v>13.5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A10" s="2">
         <v>6</v>
       </c>
       <c r="B10" s="2">
-        <v>9781399622752</v>
+        <v>9781408728512</v>
       </c>
       <c r="C10">
-        <v>3123749</v>
+        <v>2979423</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>63</v>
+        <v>40</v>
       </c>
       <c r="E10" s="11" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="F10" s="2">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="H10" s="9">
-        <v>45820.798414351855</v>
+        <v>45062.942291666666</v>
       </c>
       <c r="I10" s="8">
         <v>13.5</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A11" s="2">
         <v>7</v>
       </c>
       <c r="B11" s="2">
-        <v>9781665971072</v>
+        <v>9780349437057</v>
       </c>
       <c r="C11">
-        <v>3183767</v>
+        <v>2986283</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>96</v>
+        <v>37</v>
       </c>
       <c r="E11" s="11" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="F11" s="2">
-        <v>12500</v>
+        <v>21300</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H11" s="9">
-        <v>45889.81827546296</v>
+        <v>45607.809606481482</v>
       </c>
       <c r="I11" s="8">
-        <v>16.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A12" s="2">
         <v>8</v>
       </c>
       <c r="B12" s="2">
-        <v>9781787335745</v>
+        <v>9781416995593</v>
       </c>
       <c r="C12">
-        <v>3144643</v>
+        <v>9545158</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>97</v>
+        <v>85</v>
       </c>
       <c r="E12" s="11" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F12" s="2">
-        <v>11110</v>
+        <v>22500</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H12" s="9">
-        <v>45912.937372685185</v>
+        <v>41019.479629629626</v>
       </c>
       <c r="I12" s="8">
-        <v>21.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A13" s="2">
         <v>9</v>
       </c>
       <c r="B13" s="2">
-        <v>9781529442342</v>
+        <v>9780349437019</v>
       </c>
       <c r="C13">
-        <v>3139490</v>
+        <v>2941018</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>98</v>
+        <v>35</v>
       </c>
       <c r="E13" s="11" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="F13" s="2">
-        <v>11200</v>
+        <v>21300</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H13" s="9">
-        <v>45911.890763888892</v>
+        <v>45366.364340277774</v>
       </c>
       <c r="I13" s="8">
-        <v>32.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A14" s="2">
         <v>10</v>
       </c>
       <c r="B14" s="2">
-        <v>9781914240942</v>
+        <v>9781529380941</v>
       </c>
       <c r="C14">
-        <v>3102455</v>
+        <v>2790751</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="E14" s="11" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="F14" s="2">
-        <v>21110</v>
+        <v>21300</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="H14" s="9">
-        <v>45780.278113425928</v>
+        <v>44734.773680555554</v>
       </c>
       <c r="I14" s="8">
-        <v>14</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A15" s="2">
         <v>11</v>
       </c>
       <c r="B15" s="2">
-        <v>9780241731413</v>
+        <v>9781250420466</v>
       </c>
       <c r="C15">
-        <v>3148652</v>
+        <v>3170642</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>99</v>
+        <v>117</v>
       </c>
       <c r="E15" s="11" t="s">
-        <v>12</v>
+        <v>108</v>
       </c>
       <c r="F15" s="2">
-        <v>22500</v>
+        <v>24810</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="H15" s="9">
-        <v>45912.826932870368</v>
+        <v>45888.819212962961</v>
       </c>
       <c r="I15" s="8">
-        <v>14.5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A16" s="2">
         <v>12</v>
       </c>
       <c r="B16" s="2">
-        <v>9780857197689</v>
+        <v>9780349437071</v>
       </c>
       <c r="C16">
-        <v>2015155</v>
+        <v>3058758</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>100</v>
+        <v>57</v>
       </c>
       <c r="E16" s="11" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="F16" s="2">
-        <v>17810</v>
+        <v>21300</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="H16" s="9">
-        <v>44074.806956018518</v>
+        <v>45670.745937500003</v>
       </c>
       <c r="I16" s="8">
         <v>22.5</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A17" s="2">
         <v>13</v>
       </c>
       <c r="B17" s="2">
-        <v>9781408728512</v>
+        <v>9781529442397</v>
       </c>
       <c r="C17">
-        <v>2979423</v>
+        <v>3127296</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="E17" s="11" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="F17" s="2">
-        <v>21200</v>
+        <v>21110</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="H17" s="9">
-        <v>45062.942291666666</v>
+        <v>45526.898206018515</v>
       </c>
       <c r="I17" s="8">
-        <v>13.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A18" s="2">
         <v>14</v>
       </c>
       <c r="B18" s="2">
-        <v>9780349437019</v>
+        <v>9780008501877</v>
       </c>
       <c r="C18">
-        <v>2941018</v>
+        <v>3063058</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>30</v>
+        <v>118</v>
       </c>
       <c r="E18" s="11" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F18" s="2">
-        <v>21300</v>
+        <v>11300</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H18" s="9">
-        <v>45366.364340277774</v>
+        <v>45890.714837962965</v>
       </c>
       <c r="I18" s="8">
-        <v>14.5</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A19" s="2">
         <v>15</v>
       </c>
       <c r="B19" s="2">
-        <v>9781398548336</v>
+        <v>9780571365487</v>
       </c>
       <c r="C19">
-        <v>3144791</v>
+        <v>3107660</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="E19" s="11" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="F19" s="2">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="H19" s="9">
-        <v>45908.940104166664</v>
+        <v>45798.531365740739</v>
       </c>
       <c r="I19" s="8">
         <v>13.5</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A20" s="2">
         <v>16</v>
       </c>
       <c r="B20" s="2">
-        <v>9780241714348</v>
+        <v>9780349434278</v>
       </c>
       <c r="C20">
-        <v>3143950</v>
+        <v>2874834</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>103</v>
+        <v>14</v>
       </c>
       <c r="E20" s="11" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F20" s="2">
-        <v>11300</v>
+        <v>21110</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="H20" s="9">
-        <v>45912.733784722222</v>
+        <v>44697.397685185184</v>
       </c>
       <c r="I20" s="8">
-        <v>28.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A21" s="2">
         <v>17</v>
       </c>
       <c r="B21" s="2">
-        <v>9781464228605</v>
+        <v>9781529381009</v>
       </c>
       <c r="C21">
-        <v>3140584</v>
+        <v>2893943</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="E21" s="11" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="F21" s="2">
-        <v>21200</v>
+        <v>21300</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H21" s="9">
-        <v>45891.679351851853</v>
+        <v>45093.631631944445</v>
       </c>
       <c r="I21" s="8">
         <v>13.5</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A22" s="2">
         <v>18</v>
       </c>
       <c r="B22" s="2">
-        <v>9781452174792</v>
+        <v>9781526605399</v>
       </c>
       <c r="C22">
-        <v>2003618</v>
+        <v>2596569</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>104</v>
+        <v>28</v>
       </c>
       <c r="E22" s="11" t="s">
-        <v>105</v>
+        <v>17</v>
       </c>
       <c r="F22" s="2">
-        <v>84900</v>
+        <v>21300</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>106</v>
+        <v>18</v>
       </c>
       <c r="H22" s="9">
-        <v>43480.919039351851</v>
+        <v>44001.470266203702</v>
       </c>
       <c r="I22" s="8">
-        <v>14.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A23" s="2">
         <v>19</v>
       </c>
       <c r="B23" s="2">
-        <v>9780141978611</v>
+        <v>9780349434315</v>
       </c>
       <c r="C23">
-        <v>5851270</v>
+        <v>2874839</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="E23" s="11" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F23" s="2">
-        <v>15310</v>
+        <v>21110</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>56</v>
+        <v>9</v>
       </c>
       <c r="H23" s="9">
-        <v>42273.391122685185</v>
+        <v>44697.433483796296</v>
       </c>
       <c r="I23" s="8">
-        <v>17.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A24" s="2">
         <v>20</v>
       </c>
       <c r="B24" s="2">
-        <v>9781668211656</v>
+        <v>9780804172707</v>
       </c>
       <c r="C24">
-        <v>1674560</v>
+        <v>2389210</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>107</v>
+        <v>22</v>
       </c>
       <c r="E24" s="11" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F24" s="2">
-        <v>17430</v>
+        <v>11110</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>88</v>
+        <v>9</v>
       </c>
       <c r="H24" s="9">
-        <v>45918.621249999997</v>
+        <v>42387.337731481479</v>
       </c>
       <c r="I24" s="8">
-        <v>28</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A25" s="2">
         <v>21</v>
       </c>
       <c r="B25" s="2">
-        <v>9781529111798</v>
+        <v>9780349433844</v>
       </c>
       <c r="C25">
-        <v>1686445</v>
+        <v>3024358</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
       <c r="E25" s="11" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="F25" s="2">
         <v>21110</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H25" s="9">
-        <v>43622.480613425927</v>
+        <v>45371.8674537037</v>
       </c>
       <c r="I25" s="8">
-        <v>13.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A26" s="2">
         <v>22</v>
       </c>
       <c r="B26" s="2">
-        <v>9780349437071</v>
+        <v>9780349132600</v>
       </c>
       <c r="C26">
-        <v>3058758</v>
+        <v>2992625</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E26" s="11" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="2">
-        <v>21300</v>
+        <v>21200</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="H26" s="9">
-        <v>45670.745937500003</v>
+        <v>45133.959421296298</v>
       </c>
       <c r="I26" s="8">
-        <v>22.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A27" s="2">
         <v>23</v>
       </c>
       <c r="B27" s="2">
-        <v>9780349437057</v>
+        <v>9780349439259</v>
       </c>
       <c r="C27">
-        <v>2986283</v>
+        <v>2996891</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="E27" s="11" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="2">
-        <v>21300</v>
+        <v>21110</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="H27" s="9">
-        <v>45607.809606481482</v>
+        <v>45177.441087962965</v>
       </c>
       <c r="I27" s="8">
         <v>14.5</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A28" s="2">
         <v>24</v>
       </c>
       <c r="B28" s="2">
-        <v>9780241252086</v>
+        <v>9781399728546</v>
       </c>
       <c r="C28">
-        <v>3182077</v>
+        <v>2983255</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="E28" s="11" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="F28" s="2">
         <v>21110</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H28" s="9">
-        <v>45096.613240740742</v>
+        <v>45142.693611111114</v>
       </c>
       <c r="I28" s="8">
-        <v>7.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A29" s="2">
         <v>25</v>
       </c>
       <c r="B29" s="2">
-        <v>9781526686824</v>
+        <v>9781416995562</v>
       </c>
       <c r="C29">
-        <v>3145253</v>
+        <v>9540873</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="E29" s="11" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="F29" s="2">
-        <v>11300</v>
+        <v>22500</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H29" s="9">
-        <v>45898.777592592596</v>
+        <v>40645.375601851854</v>
       </c>
       <c r="I29" s="8">
-        <v>19.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A30" s="2">
         <v>26</v>
       </c>
       <c r="B30" s="2">
-        <v>9781464237157</v>
+        <v>9781529111798</v>
       </c>
       <c r="C30">
-        <v>3140595</v>
+        <v>1686445</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>109</v>
+        <v>52</v>
       </c>
       <c r="E30" s="11" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="F30" s="2">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="H30" s="9">
-        <v>45918.721134259256</v>
+        <v>43622.480613425927</v>
       </c>
       <c r="I30" s="8">
-        <v>12.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A31" s="2">
         <v>27</v>
       </c>
       <c r="B31" s="2">
-        <v>9781529380941</v>
+        <v>9781408729885</v>
       </c>
       <c r="C31">
-        <v>2790751</v>
+        <v>3167181</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="E31" s="11" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F31" s="2">
-        <v>21300</v>
+        <v>21110</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="H31" s="9">
-        <v>44734.773680555554</v>
+        <v>45798.829513888886</v>
       </c>
       <c r="I31" s="8">
-        <v>13.5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A32" s="2">
         <v>28</v>
       </c>
       <c r="B32" s="2">
-        <v>9780349701479</v>
+        <v>9780349439280</v>
       </c>
       <c r="C32">
-        <v>1531417</v>
+        <v>2996893</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>110</v>
+        <v>55</v>
       </c>
       <c r="E32" s="11" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="2">
         <v>21110</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H32" s="9">
-        <v>44321.791678240741</v>
+        <v>45243.75271990741</v>
       </c>
       <c r="I32" s="8">
-        <v>12.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A33" s="2">
         <v>29</v>
       </c>
       <c r="B33" s="2">
-        <v>9780099740919</v>
+        <v>9781416968290</v>
       </c>
       <c r="C33">
-        <v>2298759</v>
+        <v>9540946</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>54</v>
+        <v>82</v>
       </c>
       <c r="E33" s="11" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F33" s="2">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H33" s="9">
-        <v>36822.553356481483</v>
+        <v>40277.925451388888</v>
       </c>
       <c r="I33" s="8">
-        <v>13.5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A34" s="2">
         <v>30</v>
       </c>
       <c r="B34" s="2">
-        <v>9780593493588</v>
+        <v>9781529399325</v>
       </c>
       <c r="C34">
-        <v>3147613</v>
+        <v>2997350</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E34" s="11" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F34" s="2">
-        <v>11200</v>
+        <v>22500</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H34" s="9">
-        <v>45916.533425925925</v>
+        <v>45455.794328703705</v>
       </c>
       <c r="I34" s="8">
-        <v>20.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A35" s="2">
         <v>31</v>
       </c>
       <c r="B35" s="2">
-        <v>9781760630737</v>
+        <v>9780571334650</v>
       </c>
       <c r="C35">
-        <v>2660592</v>
+        <v>2055078</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E35" s="11" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="F35" s="2">
-        <v>24810</v>
+        <v>21110</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="H35" s="9">
-        <v>43419.971087962964</v>
+        <v>43539.709641203706</v>
       </c>
       <c r="I35" s="8">
         <v>13.5</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A36" s="2">
         <v>32</v>
       </c>
       <c r="B36" s="2">
-        <v>9781401308773</v>
+        <v>9780241003008</v>
       </c>
       <c r="C36">
-        <v>9071202</v>
+        <v>4294564</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>42</v>
+        <v>119</v>
       </c>
       <c r="E36" s="11" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="F36" s="2">
-        <v>21110</v>
+        <v>12100</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>9</v>
+        <v>103</v>
       </c>
       <c r="H36" s="9">
-        <v>38954.985474537039</v>
+        <v>38058.564722222225</v>
       </c>
       <c r="I36" s="8">
-        <v>11.5</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A37" s="2">
         <v>33</v>
       </c>
       <c r="B37" s="2">
-        <v>9780241764220</v>
+        <v>9780241744956</v>
       </c>
       <c r="C37">
-        <v>3138091</v>
+        <v>3143948</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="E37" s="11" t="s">
         <v>12</v>
       </c>
       <c r="F37" s="2">
-        <v>22920</v>
+        <v>12500</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>113</v>
+        <v>11</v>
       </c>
       <c r="H37" s="9">
-        <v>45729.921261574076</v>
+        <v>45875.771828703706</v>
       </c>
       <c r="I37" s="8">
-        <v>8.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A38" s="2">
         <v>34</v>
       </c>
       <c r="B38" s="2">
-        <v>9780349132600</v>
+        <v>9780349439273</v>
       </c>
       <c r="C38">
-        <v>2992625</v>
+        <v>2996892</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E38" s="11" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="2">
-        <v>21200</v>
+        <v>21110</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="H38" s="9">
-        <v>45133.959421296298</v>
+        <v>45177.540289351855</v>
       </c>
       <c r="I38" s="8">
         <v>14.5</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A39" s="2">
         <v>35</v>
       </c>
       <c r="B39" s="2">
-        <v>9780349434278</v>
+        <v>9781464221361</v>
       </c>
       <c r="C39">
-        <v>2874834</v>
+        <v>3012368</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>14</v>
+        <v>58</v>
       </c>
       <c r="E39" s="11" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F39" s="2">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="H39" s="9">
-        <v>44697.397685185184</v>
+        <v>45255.654421296298</v>
       </c>
       <c r="I39" s="8">
-        <v>14.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A40" s="2">
         <v>36</v>
       </c>
       <c r="B40" s="2">
-        <v>9780804172707</v>
+        <v>9781526617163</v>
       </c>
       <c r="C40">
-        <v>2389210</v>
+        <v>2596574</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="E40" s="11" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="F40" s="2">
-        <v>11110</v>
+        <v>21300</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="H40" s="9">
-        <v>42387.337731481479</v>
+        <v>44001.491064814814</v>
       </c>
       <c r="I40" s="8">
-        <v>12.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A41" s="2">
         <v>37</v>
       </c>
       <c r="B41" s="2">
-        <v>9781398535169</v>
+        <v>9781529442427</v>
       </c>
       <c r="C41">
-        <v>3144762</v>
+        <v>3153277</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>114</v>
+        <v>80</v>
       </c>
       <c r="E41" s="11" t="s">
-        <v>10</v>
+        <v>63</v>
       </c>
       <c r="F41" s="2">
         <v>21110</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H41" s="9">
-        <v>45922.809004629627</v>
+        <v>45804.198136574072</v>
       </c>
       <c r="I41" s="8">
-        <v>19.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A42" s="2">
         <v>38</v>
       </c>
       <c r="B42" s="2">
-        <v>9780008775469</v>
+        <v>9781585424337</v>
       </c>
       <c r="C42">
-        <v>3185955</v>
+        <v>2208217</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="E42" s="11" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="F42" s="2">
-        <v>15580</v>
+        <v>27810</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>116</v>
+        <v>27</v>
       </c>
       <c r="H42" s="9">
-        <v>45894.769120370373</v>
+        <v>38587.714270833334</v>
       </c>
       <c r="I42" s="8">
-        <v>21</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A43" s="2">
         <v>39</v>
       </c>
       <c r="B43" s="2">
-        <v>9781464221408</v>
+        <v>9780349434285</v>
       </c>
       <c r="C43">
-        <v>3067905</v>
+        <v>2875540</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="E43" s="11" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F43" s="2">
-        <v>21200</v>
+        <v>21110</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="H43" s="9">
-        <v>45569.896192129629</v>
+        <v>44783.885960648149</v>
       </c>
       <c r="I43" s="8">
-        <v>12.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A44" s="2">
         <v>40</v>
       </c>
       <c r="B44" s="2">
-        <v>9781464228582</v>
+        <v>9781786892737</v>
       </c>
       <c r="C44">
-        <v>3140586</v>
+        <v>1560093</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="E44" s="11" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="F44" s="2">
-        <v>21200</v>
+        <v>21110</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="H44" s="9">
-        <v>45861.725104166668</v>
+        <v>44244.343182870369</v>
       </c>
       <c r="I44" s="8">
         <v>13.5</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A45" s="2">
         <v>41</v>
       </c>
       <c r="B45" s="2">
-        <v>9780349438016</v>
+        <v>9781398529489</v>
       </c>
       <c r="C45">
-        <v>3136731</v>
+        <v>2981537</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>75</v>
+        <v>38</v>
       </c>
       <c r="E45" s="11" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="F45" s="2">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H45" s="9">
-        <v>45890.709502314814</v>
+        <v>45120.904270833336</v>
       </c>
       <c r="I45" s="8">
         <v>13.5</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A46" s="2">
         <v>42</v>
       </c>
       <c r="B46" s="2">
-        <v>9781250420466</v>
+        <v>9781464223310</v>
       </c>
       <c r="C46">
-        <v>3170642</v>
+        <v>3012372</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>78</v>
+        <v>93</v>
       </c>
       <c r="E46" s="11" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="F46" s="2">
-        <v>24810</v>
+        <v>21200</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="H46" s="9">
-        <v>45888.819212962961</v>
+        <v>45443.840011574073</v>
       </c>
       <c r="I46" s="8">
-        <v>12.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A47" s="2">
         <v>43</v>
       </c>
       <c r="B47" s="2">
-        <v>9781786330895</v>
+        <v>9781398536517</v>
       </c>
       <c r="C47">
-        <v>2603812</v>
+        <v>3048977</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="E47" s="11" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="F47" s="2">
-        <v>14810</v>
+        <v>22500</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="H47" s="9">
-        <v>42969.719282407408</v>
+        <v>45385.882627314815</v>
       </c>
       <c r="I47" s="8">
-        <v>19.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A48" s="2">
         <v>44</v>
       </c>
       <c r="B48" s="2">
-        <v>9780008610678</v>
+        <v>9781401308773</v>
       </c>
       <c r="C48">
-        <v>2999511</v>
+        <v>9071202</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>117</v>
+        <v>50</v>
       </c>
       <c r="E48" s="11" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="F48" s="2">
         <v>21110</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H48" s="9">
-        <v>45174.755520833336</v>
+        <v>38954.985474537039</v>
       </c>
       <c r="I48" s="8">
-        <v>13.5</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A49" s="2">
         <v>45</v>
       </c>
       <c r="B49" s="2">
-        <v>9780349446547</v>
+        <v>9781526617170</v>
       </c>
       <c r="C49">
-        <v>3180543</v>
+        <v>2596583</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>118</v>
+        <v>104</v>
       </c>
       <c r="E49" s="11" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F49" s="2">
-        <v>21110</v>
+        <v>21300</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="H49" s="9">
-        <v>45922.801678240743</v>
+        <v>44001.461064814815</v>
       </c>
       <c r="I49" s="8">
-        <v>12.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A50" s="2">
         <v>46</v>
       </c>
       <c r="B50" s="2">
-        <v>9780099549482</v>
+        <v>9780099740919</v>
       </c>
       <c r="C50">
-        <v>5225795</v>
+        <v>2298759</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>119</v>
+        <v>66</v>
       </c>
       <c r="E50" s="11" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="F50" s="2">
         <v>21110</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H50" s="9">
-        <v>40340.885983796295</v>
+        <v>36822.553356481483</v>
       </c>
       <c r="I50" s="8">
-        <v>12.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A51" s="2">
         <v>47</v>
       </c>
       <c r="B51" s="2">
-        <v>9781529442397</v>
+        <v>9781526635365</v>
       </c>
       <c r="C51">
-        <v>3127296</v>
+        <v>2847694</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>51</v>
+        <v>122</v>
       </c>
       <c r="E51" s="11" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="F51" s="2">
-        <v>21110</v>
+        <v>21300</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="H51" s="9">
-        <v>45526.898206018515</v>
+        <v>44698.774317129632</v>
       </c>
       <c r="I51" s="8">
-        <v>14.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A52" s="2">
         <v>48</v>
       </c>
       <c r="B52" s="2">
-        <v>9780241798102</v>
+        <v>9781786330895</v>
       </c>
       <c r="C52">
-        <v>3179531</v>
+        <v>2603812</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>120</v>
+        <v>96</v>
       </c>
       <c r="E52" s="11" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="F52" s="2">
-        <v>12500</v>
+        <v>14810</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="H52" s="9">
-        <v>45912.818657407406</v>
+        <v>42969.719282407408</v>
       </c>
       <c r="I52" s="8">
-        <v>25</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A53" s="2">
         <v>49</v>
       </c>
       <c r="B53" s="2">
-        <v>9780571365487</v>
+        <v>9780702340574</v>
       </c>
       <c r="C53">
-        <v>3107660</v>
+        <v>3094787</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="E53" s="11" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
       <c r="F53" s="2">
-        <v>21110</v>
+        <v>12500</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H53" s="9">
-        <v>45798.531365740739</v>
+        <v>45729.434398148151</v>
       </c>
       <c r="I53" s="8">
-        <v>13.5</v>
+        <v>26.5</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A54" s="2">
         <v>50</v>
       </c>
       <c r="B54" s="2">
-        <v>9780340733509</v>
+        <v>9781760630737</v>
       </c>
       <c r="C54">
-        <v>4355059</v>
+        <v>2660592</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>121</v>
+        <v>46</v>
       </c>
       <c r="E54" s="11" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="F54" s="2">
-        <v>14700</v>
+        <v>24810</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>122</v>
+        <v>23</v>
       </c>
       <c r="H54" s="9">
-        <v>38090.332280092596</v>
+        <v>43419.971087962964</v>
       </c>
       <c r="I54" s="8">
-        <v>17.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A55" s="2">
         <v>51</v>
       </c>
       <c r="B55" s="2">
-        <v>9781416968290</v>
+        <v>9780349436395</v>
       </c>
       <c r="C55">
-        <v>9540946</v>
+        <v>3091532</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="E55" s="11" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="F55" s="2">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="H55" s="9">
-        <v>40277.925451388888</v>
+        <v>45770.891087962962</v>
       </c>
       <c r="I55" s="8">
-        <v>12</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A56" s="2">
         <v>52</v>
       </c>
       <c r="B56" s="2">
-        <v>9781526605399</v>
+        <v>9780349434339</v>
       </c>
       <c r="C56">
-        <v>2596569</v>
+        <v>2874840</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E56" s="11" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F56" s="2">
-        <v>21300</v>
+        <v>21110</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="H56" s="9">
-        <v>44001.470266203702</v>
+        <v>44697.472500000003</v>
       </c>
       <c r="I56" s="8">
-        <v>13.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A57" s="2">
         <v>53</v>
       </c>
       <c r="B57" s="2">
-        <v>9781526672605</v>
+        <v>9780593638910</v>
       </c>
       <c r="C57">
-        <v>3140594</v>
+        <v>3096064</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>123</v>
+        <v>77</v>
       </c>
       <c r="E57" s="11" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="F57" s="2">
-        <v>12880</v>
+        <v>11110</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>124</v>
+        <v>9</v>
       </c>
       <c r="H57" s="9">
-        <v>45898.791319444441</v>
+        <v>45783.450810185182</v>
       </c>
       <c r="I57" s="8">
         <v>13.5</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A58" s="2">
         <v>54</v>
       </c>
       <c r="B58" s="2">
-        <v>9780008736897</v>
+        <v>9781464221408</v>
       </c>
       <c r="C58">
-        <v>3155581</v>
+        <v>3067905</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>125</v>
+        <v>49</v>
       </c>
       <c r="E58" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="F58" s="2">
+        <v>21200</v>
+      </c>
+      <c r="G58" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H58" s="9">
+        <v>45569.896192129629</v>
+      </c>
+      <c r="I58" s="8">
         <v>13</v>
-      </c>
-[...10 lines deleted...]
-        <v>14.5</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A59" s="2">
         <v>55</v>
       </c>
       <c r="B59" s="2">
-        <v>9781585424337</v>
+        <v>9780241982105</v>
       </c>
       <c r="C59">
-        <v>2208217</v>
+        <v>2680648</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="E59" s="11" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F59" s="2">
-        <v>27810</v>
+        <v>21600</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="H59" s="9">
-        <v>38587.714270833334</v>
+        <v>43503.559525462966</v>
       </c>
       <c r="I59" s="8">
-        <v>12.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A60" s="2">
         <v>56</v>
       </c>
       <c r="B60" s="2">
-        <v>9781529926941</v>
+        <v>9780593189641</v>
       </c>
       <c r="C60">
-        <v>3139073</v>
+        <v>2795714</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>126</v>
+        <v>112</v>
       </c>
       <c r="E60" s="11" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="F60" s="2">
-        <v>21110</v>
+        <v>17850</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="H60" s="9">
-        <v>45915.809282407405</v>
+        <v>44482.582743055558</v>
       </c>
       <c r="I60" s="8">
-        <v>14.5</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A61" s="2">
         <v>57</v>
       </c>
       <c r="B61" s="2">
-        <v>9781668212585</v>
+        <v>9781399728560</v>
       </c>
       <c r="C61">
-        <v>3155955</v>
+        <v>2983256</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>127</v>
+        <v>83</v>
       </c>
       <c r="E61" s="11" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="F61" s="2">
-        <v>15310</v>
+        <v>21110</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>56</v>
+        <v>9</v>
       </c>
       <c r="H61" s="9">
-        <v>45918.65320601852</v>
+        <v>45142.691458333335</v>
       </c>
       <c r="I61" s="8">
-        <v>20.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A62" s="2">
         <v>58</v>
       </c>
       <c r="B62" s="2">
-        <v>9781526654588</v>
+        <v>9780349439303</v>
       </c>
       <c r="C62">
-        <v>3153934</v>
+        <v>2996894</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>128</v>
+        <v>71</v>
       </c>
       <c r="E62" s="11" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F62" s="2">
-        <v>14810</v>
+        <v>21110</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="H62" s="9">
-        <v>45898.961053240739</v>
+        <v>45243.879293981481</v>
       </c>
       <c r="I62" s="8">
-        <v>19.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A63" s="2">
         <v>59</v>
       </c>
       <c r="B63" s="2">
-        <v>9781785045660</v>
+        <v>9781399746427</v>
       </c>
       <c r="C63">
-        <v>3150754</v>
+        <v>3127255</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="E63" s="11" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="F63" s="2">
-        <v>14620</v>
+        <v>21110</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>130</v>
+        <v>9</v>
       </c>
       <c r="H63" s="9">
-        <v>45891.407372685186</v>
+        <v>45783.81212962963</v>
       </c>
       <c r="I63" s="8">
-        <v>21</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A64" s="2">
         <v>60</v>
       </c>
       <c r="B64" s="2">
-        <v>9781529399325</v>
+        <v>9780857507853</v>
       </c>
       <c r="C64">
-        <v>2997350</v>
+        <v>3138792</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="E64" s="11" t="s">
-        <v>22</v>
+        <v>116</v>
       </c>
       <c r="F64" s="2">
-        <v>22500</v>
+        <v>11300</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H64" s="9">
-        <v>45455.794328703705</v>
+        <v>45877.655995370369</v>
       </c>
       <c r="I64" s="8">
-        <v>13.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A65" s="2">
         <v>61</v>
       </c>
       <c r="B65" s="2">
-        <v>9780349434315</v>
+        <v>9780141978611</v>
       </c>
       <c r="C65">
-        <v>2874839</v>
+        <v>5851270</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="E65" s="11" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F65" s="2">
-        <v>21110</v>
+        <v>15310</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>9</v>
+        <v>72</v>
       </c>
       <c r="H65" s="9">
-        <v>44697.433483796296</v>
+        <v>42273.391122685185</v>
       </c>
       <c r="I65" s="8">
-        <v>14.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A66" s="2">
         <v>62</v>
       </c>
       <c r="B66" s="2">
-        <v>9780008641580</v>
+        <v>9781786542212</v>
       </c>
       <c r="C66">
-        <v>3003790</v>
+        <v>2987337</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>131</v>
+        <v>100</v>
       </c>
       <c r="E66" s="11" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="F66" s="2">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H66" s="9">
-        <v>45533.870347222219</v>
+        <v>45154.044293981482</v>
       </c>
       <c r="I66" s="8">
         <v>13.5</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A67" s="2">
         <v>63</v>
       </c>
       <c r="B67" s="2">
-        <v>9780241982105</v>
+        <v>9781408725764</v>
       </c>
       <c r="C67">
-        <v>2680648</v>
+        <v>2796514</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>25</v>
+        <v>124</v>
       </c>
       <c r="E67" s="11" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F67" s="2">
-        <v>21600</v>
+        <v>21110</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="H67" s="9">
-        <v>43503.559525462966</v>
+        <v>44492.281851851854</v>
       </c>
       <c r="I67" s="8">
-        <v>14.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A68" s="2">
         <v>64</v>
       </c>
       <c r="B68" s="2">
-        <v>9781408366448</v>
+        <v>9780141036144</v>
       </c>
       <c r="C68">
-        <v>3139435</v>
+        <v>6720331</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>132</v>
+        <v>54</v>
       </c>
       <c r="E68" s="11" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="F68" s="2">
-        <v>12100</v>
+        <v>21110</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>69</v>
+        <v>9</v>
       </c>
       <c r="H68" s="9">
-        <v>45924.800451388888</v>
+        <v>39638.306006944447</v>
       </c>
       <c r="I68" s="8">
-        <v>17.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A69" s="2">
         <v>65</v>
       </c>
       <c r="B69" s="2">
-        <v>9780349125930</v>
+        <v>9781804995334</v>
       </c>
       <c r="C69">
-        <v>3147469</v>
+        <v>3138693</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="E69" s="11" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="F69" s="2">
-        <v>12500</v>
+        <v>21200</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H69" s="9">
-        <v>45922.694212962961</v>
+        <v>45890.762488425928</v>
       </c>
       <c r="I69" s="8">
-        <v>37</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A70" s="2">
         <v>66</v>
       </c>
       <c r="B70" s="2">
-        <v>9780349446684</v>
+        <v>9780349436326</v>
       </c>
       <c r="C70">
-        <v>1576542</v>
+        <v>2901243</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>134</v>
+        <v>26</v>
       </c>
       <c r="E70" s="11" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="2">
         <v>21110</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H70" s="9">
-        <v>45925.823472222219</v>
+        <v>44894.73097222222</v>
       </c>
       <c r="I70" s="8">
         <v>13.5</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A71" s="2">
         <v>67</v>
       </c>
       <c r="B71" s="2">
-        <v>9780241764206</v>
+        <v>9781804955871</v>
       </c>
       <c r="C71">
-        <v>3138088</v>
+        <v>3122225</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>135</v>
+        <v>67</v>
       </c>
       <c r="E71" s="11" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="F71" s="2">
-        <v>22920</v>
+        <v>21110</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>113</v>
+        <v>9</v>
       </c>
       <c r="H71" s="9">
-        <v>45701.532060185185</v>
+        <v>45614.706458333334</v>
       </c>
       <c r="I71" s="8">
-        <v>8.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A72" s="2">
         <v>68</v>
       </c>
       <c r="B72" s="2">
-        <v>9781398529489</v>
+        <v>9781409181637</v>
       </c>
       <c r="C72">
-        <v>2981537</v>
+        <v>2680177</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>32</v>
+        <v>92</v>
       </c>
       <c r="E72" s="11" t="s">
-        <v>10</v>
+        <v>56</v>
       </c>
       <c r="F72" s="2">
-        <v>22500</v>
+        <v>21200</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H72" s="9">
-        <v>45120.904270833336</v>
+        <v>43787.667314814818</v>
       </c>
       <c r="I72" s="8">
-        <v>13.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A73" s="2">
         <v>69</v>
       </c>
       <c r="B73" s="2">
-        <v>9781984825773</v>
+        <v>9781439199190</v>
       </c>
       <c r="C73">
-        <v>2033789</v>
+        <v>6066828</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="E73" s="11" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="F73" s="2">
-        <v>27430</v>
+        <v>24810</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="H73" s="9">
-        <v>43473.265300925923</v>
+        <v>40316.333645833336</v>
       </c>
       <c r="I73" s="8">
-        <v>11.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A74" s="2">
         <v>70</v>
       </c>
       <c r="B74" s="2">
-        <v>9781804993408</v>
+        <v>9781399728591</v>
       </c>
       <c r="C74">
-        <v>3138694</v>
+        <v>2997948</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="E74" s="11" t="s">
-        <v>77</v>
+        <v>24</v>
       </c>
       <c r="F74" s="2">
-        <v>21300</v>
+        <v>11110</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="H74" s="9">
-        <v>45875.73170138889</v>
+        <v>45237.346539351849</v>
       </c>
       <c r="I74" s="8">
         <v>13.5</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A75" s="2">
         <v>71</v>
       </c>
       <c r="B75" s="2">
-        <v>9780349439259</v>
+        <v>9780008421793</v>
       </c>
       <c r="C75">
-        <v>2996891</v>
+        <v>2898724</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>37</v>
+        <v>126</v>
       </c>
       <c r="E75" s="11" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F75" s="2">
         <v>21110</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H75" s="9">
-        <v>45177.441087962965</v>
+        <v>44959.769548611112</v>
       </c>
       <c r="I75" s="8">
-        <v>14.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A76" s="2">
         <v>72</v>
       </c>
       <c r="B76" s="2">
-        <v>9780063455245</v>
+        <v>9780593983577</v>
       </c>
       <c r="C76">
-        <v>3146009</v>
+        <v>3115432</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>136</v>
+        <v>79</v>
       </c>
       <c r="E76" s="11" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="F76" s="2">
-        <v>11300</v>
+        <v>21110</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="H76" s="9">
-        <v>45896.906076388892</v>
+        <v>45810.395277777781</v>
       </c>
       <c r="I76" s="8">
-        <v>21.5</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A77" s="2">
         <v>73</v>
       </c>
       <c r="B77" s="2">
-        <v>9781668052013</v>
+        <v>9781250095268</v>
       </c>
       <c r="C77">
-        <v>3182052</v>
+        <v>2283415</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>137</v>
+        <v>107</v>
       </c>
       <c r="E77" s="11" t="s">
-        <v>36</v>
+        <v>108</v>
       </c>
       <c r="F77" s="2">
-        <v>21110</v>
+        <v>12500</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H77" s="9">
-        <v>45524.597962962966</v>
+        <v>43220.736793981479</v>
       </c>
       <c r="I77" s="8">
-        <v>12</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A78" s="2">
         <v>74</v>
       </c>
       <c r="B78" s="2">
-        <v>9780008610746</v>
+        <v>9781612681139</v>
       </c>
       <c r="C78">
-        <v>3093200</v>
+        <v>2980686</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>138</v>
+        <v>127</v>
       </c>
       <c r="E78" s="11" t="s">
-        <v>13</v>
+        <v>128</v>
       </c>
       <c r="F78" s="2">
-        <v>11110</v>
+        <v>27810</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="H78" s="9">
-        <v>45573.883576388886</v>
+        <v>44651.701585648145</v>
       </c>
       <c r="I78" s="8">
-        <v>13.5</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A79" s="2">
         <v>75</v>
       </c>
       <c r="B79" s="2">
-        <v>9780141036144</v>
+        <v>9780349437675</v>
       </c>
       <c r="C79">
-        <v>6720331</v>
+        <v>2975348</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="E79" s="11" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F79" s="2">
         <v>21110</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H79" s="9">
-        <v>39638.306006944447</v>
+        <v>45029.95103009259</v>
       </c>
       <c r="I79" s="8">
-        <v>12.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A80" s="2">
         <v>76</v>
       </c>
       <c r="B80" s="2">
-        <v>9781668075289</v>
+        <v>9780006546061</v>
       </c>
       <c r="C80">
-        <v>1673432</v>
+        <v>6679269</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>139</v>
+        <v>129</v>
       </c>
       <c r="E80" s="11" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="F80" s="2">
-        <v>15880</v>
+        <v>21110</v>
       </c>
       <c r="G80" s="2" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="H80" s="9">
-        <v>45904.399548611109</v>
+        <v>39704.317245370374</v>
       </c>
       <c r="I80" s="8">
-        <v>33</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A81" s="2">
         <v>77</v>
       </c>
       <c r="B81" s="2">
-        <v>9780349439280</v>
+        <v>9780593641552</v>
       </c>
       <c r="C81">
-        <v>2996893</v>
+        <v>3145547</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>47</v>
+        <v>130</v>
       </c>
       <c r="E81" s="11" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="F81" s="2">
-        <v>21110</v>
+        <v>11300</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="H81" s="9">
-        <v>45243.75271990741</v>
+        <v>45883.815995370373</v>
       </c>
       <c r="I81" s="8">
-        <v>14.5</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A82" s="2">
         <v>78</v>
       </c>
       <c r="B82" s="2">
-        <v>9781035421176</v>
+        <v>9781464228605</v>
       </c>
       <c r="C82">
-        <v>3133942</v>
+        <v>3140584</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>141</v>
+        <v>131</v>
       </c>
       <c r="E82" s="11" t="s">
-        <v>142</v>
+        <v>39</v>
       </c>
       <c r="F82" s="2">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="H82" s="9">
-        <v>45898.816643518519</v>
+        <v>45891.679351851853</v>
       </c>
       <c r="I82" s="8">
-        <v>21.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A83" s="2">
         <v>79</v>
       </c>
       <c r="B83" s="2">
-        <v>9781408855652</v>
+        <v>9780063450301</v>
       </c>
       <c r="C83">
-        <v>9842179</v>
+        <v>3131480</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>70</v>
+        <v>132</v>
       </c>
       <c r="E83" s="11" t="s">
-        <v>17</v>
+        <v>133</v>
       </c>
       <c r="F83" s="2">
         <v>22500</v>
       </c>
       <c r="G83" s="2" t="s">
         <v>11</v>
       </c>
       <c r="H83" s="9">
-        <v>41864.015208333331</v>
+        <v>45871.554895833331</v>
       </c>
       <c r="I83" s="8">
-        <v>12.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A84" s="2">
         <v>80</v>
       </c>
       <c r="B84" s="2">
-        <v>9780141441146</v>
+        <v>9780241988749</v>
       </c>
       <c r="C84">
-        <v>6565891</v>
+        <v>3098543</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>143</v>
+        <v>111</v>
       </c>
       <c r="E84" s="11" t="s">
         <v>12</v>
       </c>
       <c r="F84" s="2">
         <v>21110</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H84" s="9">
-        <v>38987.382372685184</v>
+        <v>45737.846446759257</v>
       </c>
       <c r="I84" s="8">
-        <v>10</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A85" s="2">
         <v>81</v>
       </c>
       <c r="B85" s="2">
-        <v>9781416995593</v>
+        <v>9781399728614</v>
       </c>
       <c r="C85">
-        <v>9545158</v>
+        <v>3038385</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>62</v>
+        <v>94</v>
       </c>
       <c r="E85" s="11" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="F85" s="2">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="H85" s="9">
-        <v>41019.479629629626</v>
+        <v>45490.82240740741</v>
       </c>
       <c r="I85" s="8">
         <v>13.5</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A86" s="2">
         <v>82</v>
       </c>
       <c r="B86" s="2">
-        <v>9780241753699</v>
+        <v>9781471403989</v>
       </c>
       <c r="C86">
-        <v>3143943</v>
+        <v>7843160</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>66</v>
+        <v>134</v>
       </c>
       <c r="E86" s="11" t="s">
-        <v>12</v>
+        <v>61</v>
       </c>
       <c r="F86" s="2">
-        <v>11200</v>
+        <v>22500</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H86" s="9">
-        <v>45861.841215277775</v>
+        <v>41745.36928240741</v>
       </c>
       <c r="I86" s="8">
-        <v>21.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A87" s="2">
         <v>83</v>
       </c>
       <c r="B87" s="2">
-        <v>9781399728560</v>
+        <v>9780241252086</v>
       </c>
       <c r="C87">
-        <v>2983256</v>
+        <v>3182077</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>61</v>
+        <v>135</v>
       </c>
       <c r="E87" s="11" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F87" s="2">
         <v>21110</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H87" s="9">
-        <v>45142.691458333335</v>
+        <v>45096.613240740742</v>
       </c>
       <c r="I87" s="8">
-        <v>13.5</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A88" s="2">
         <v>84</v>
       </c>
       <c r="B88" s="2">
         <v>9781405293181</v>
       </c>
       <c r="C88">
         <v>2034782</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>86</v>
+        <v>136</v>
       </c>
       <c r="E88" s="11" t="s">
         <v>13</v>
       </c>
       <c r="F88" s="2">
         <v>22500</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>11</v>
       </c>
       <c r="H88" s="9">
         <v>43567.942002314812</v>
       </c>
       <c r="I88" s="8">
         <v>10.5</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A89" s="2">
         <v>85</v>
       </c>
       <c r="B89" s="2">
-        <v>9780593189641</v>
+        <v>9781408855652</v>
       </c>
       <c r="C89">
-        <v>2795714</v>
+        <v>9842179</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>74</v>
+        <v>105</v>
       </c>
       <c r="E89" s="11" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="F89" s="2">
-        <v>17850</v>
+        <v>22500</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="H89" s="9">
-        <v>44482.582743055558</v>
+        <v>41864.015208333331</v>
       </c>
       <c r="I89" s="8">
-        <v>22.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A90" s="2">
         <v>86</v>
       </c>
       <c r="B90" s="2">
-        <v>9780349439273</v>
+        <v>9781408728888</v>
       </c>
       <c r="C90">
-        <v>2996892</v>
+        <v>3085751</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>45</v>
+        <v>137</v>
       </c>
       <c r="E90" s="11" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="2">
         <v>21110</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H90" s="9">
-        <v>45177.540289351855</v>
+        <v>45685.762986111113</v>
       </c>
       <c r="I90" s="8">
-        <v>14.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A91" s="2">
         <v>87</v>
       </c>
       <c r="B91" s="2">
-        <v>9781408725764</v>
+        <v>9780241999776</v>
       </c>
       <c r="C91">
-        <v>2796514</v>
+        <v>3098568</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>80</v>
+        <v>101</v>
       </c>
       <c r="E91" s="11" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F91" s="2">
         <v>21110</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H91" s="9">
-        <v>44492.281851851854</v>
+        <v>45810.830763888887</v>
       </c>
       <c r="I91" s="8">
         <v>13.5</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A92" s="2">
         <v>88</v>
       </c>
       <c r="B92" s="2">
-        <v>9780006546061</v>
+        <v>9781728205489</v>
       </c>
       <c r="C92">
-        <v>6679269</v>
+        <v>2868780</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>81</v>
+        <v>97</v>
       </c>
       <c r="E92" s="11" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="F92" s="2">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="G92" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H92" s="9">
-        <v>39704.317245370374</v>
+        <v>44203.28193287037</v>
       </c>
       <c r="I92" s="8">
-        <v>9.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A93" s="2">
         <v>89</v>
       </c>
       <c r="B93" s="2">
-        <v>9781471403989</v>
+        <v>9781984825773</v>
       </c>
       <c r="C93">
-        <v>7843160</v>
+        <v>2033789</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>84</v>
+        <v>138</v>
       </c>
       <c r="E93" s="11" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="F93" s="2">
-        <v>22500</v>
+        <v>27430</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>11</v>
+        <v>139</v>
       </c>
       <c r="H93" s="9">
-        <v>41745.36928240741</v>
+        <v>43473.265300925923</v>
       </c>
       <c r="I93" s="8">
-        <v>12.5</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A94" s="2">
         <v>90</v>
       </c>
       <c r="B94" s="2">
-        <v>9780593418574</v>
+        <v>9781471407277</v>
       </c>
       <c r="C94">
-        <v>3069666</v>
+        <v>7222602</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>144</v>
+        <v>59</v>
       </c>
       <c r="E94" s="11" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="F94" s="2">
-        <v>17850</v>
+        <v>22500</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="H94" s="9">
-        <v>44881.42392361111</v>
+        <v>43291.103194444448</v>
       </c>
       <c r="I94" s="8">
-        <v>22.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A95" s="2">
         <v>91</v>
       </c>
       <c r="B95" s="2">
-        <v>9780375703768</v>
+        <v>9780008623036</v>
       </c>
       <c r="C95">
-        <v>4227328</v>
+        <v>3105641</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="E95" s="11" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="F95" s="2">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G95" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H95" s="9">
-        <v>38079.5309837963</v>
+        <v>45687.688159722224</v>
       </c>
       <c r="I95" s="8">
-        <v>30.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A96" s="2">
         <v>92</v>
       </c>
       <c r="B96" s="2">
-        <v>9781439199190</v>
+        <v>9781442498327</v>
       </c>
       <c r="C96">
-        <v>6066828</v>
+        <v>2884162</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>67</v>
+        <v>141</v>
       </c>
       <c r="E96" s="11" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="F96" s="2">
-        <v>24810</v>
+        <v>22500</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="H96" s="9">
-        <v>40316.333645833336</v>
+        <v>41480.598217592589</v>
       </c>
       <c r="I96" s="8">
-        <v>12.5</v>
+        <v>34</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A97" s="2">
         <v>93</v>
       </c>
       <c r="B97" s="2">
-        <v>9781786585226</v>
+        <v>9781786542229</v>
       </c>
       <c r="C97">
-        <v>3145946</v>
+        <v>2987339</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>146</v>
+        <v>90</v>
       </c>
       <c r="E97" s="11" t="s">
-        <v>147</v>
+        <v>91</v>
       </c>
       <c r="F97" s="2">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H97" s="9">
-        <v>45918.824675925927</v>
+        <v>45149.478750000002</v>
       </c>
       <c r="I97" s="8">
-        <v>14.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A98" s="2">
         <v>94</v>
       </c>
       <c r="B98" s="2">
-        <v>9781835011478</v>
+        <v>9780141036137</v>
       </c>
       <c r="C98">
-        <v>3140018</v>
+        <v>6670385</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>148</v>
+        <v>89</v>
       </c>
       <c r="E98" s="11" t="s">
-        <v>149</v>
+        <v>12</v>
       </c>
       <c r="F98" s="2">
         <v>21110</v>
       </c>
       <c r="G98" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H98" s="9">
-        <v>45908.954340277778</v>
+        <v>39645.655405092592</v>
       </c>
       <c r="I98" s="8">
-        <v>13.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A99" s="2">
         <v>95</v>
       </c>
       <c r="B99" s="2">
-        <v>9781416995562</v>
+        <v>9781398530126</v>
       </c>
       <c r="C99">
-        <v>9540873</v>
+        <v>2997702</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E99" s="11" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="F99" s="2">
         <v>22500</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>11</v>
       </c>
       <c r="H99" s="9">
-        <v>40645.375601851854</v>
+        <v>45474.76798611111</v>
       </c>
       <c r="I99" s="8">
         <v>13.5</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A100" s="2">
         <v>96</v>
       </c>
       <c r="B100" s="2">
-        <v>9780099470434</v>
+        <v>9780356522975</v>
       </c>
       <c r="C100">
-        <v>9991590</v>
+        <v>3098085</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="E100" s="11" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="F100" s="2">
-        <v>21110</v>
+        <v>11300</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="H100" s="9">
-        <v>38065.59479166667</v>
+        <v>45783.752222222225</v>
       </c>
       <c r="I100" s="8">
-        <v>12.5</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A101" s="2">
         <v>97</v>
       </c>
       <c r="B101" s="2">
-        <v>9781368117845</v>
+        <v>9781526657909</v>
       </c>
       <c r="C101">
-        <v>3184687</v>
+        <v>3145236</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>151</v>
+        <v>81</v>
       </c>
       <c r="E101" s="11" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="F101" s="2">
-        <v>11300</v>
+        <v>25320</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="H101" s="9">
-        <v>45916.560150462959</v>
+        <v>45831.682581018518</v>
       </c>
       <c r="I101" s="8">
-        <v>37.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A102" s="2">
         <v>98</v>
       </c>
       <c r="B102" s="2">
-        <v>9781464260100</v>
+        <v>9781408726600</v>
       </c>
       <c r="C102">
-        <v>1883844</v>
+        <v>2836094</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>152</v>
+        <v>143</v>
       </c>
       <c r="E102" s="11" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F102" s="2">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="H102" s="9">
-        <v>45902.614918981482</v>
+        <v>44587.432835648149</v>
       </c>
       <c r="I102" s="8">
-        <v>19</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A103" s="2">
         <v>99</v>
       </c>
       <c r="B103" s="2">
-        <v>9780349436395</v>
+        <v>9781464228582</v>
       </c>
       <c r="C103">
-        <v>3091532</v>
+        <v>3140586</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>55</v>
+        <v>106</v>
       </c>
       <c r="E103" s="11" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F103" s="2">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="G103" s="2" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="H103" s="9">
-        <v>45770.891087962962</v>
+        <v>45861.725104166668</v>
       </c>
       <c r="I103" s="8">
         <v>13.5</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A104" s="2">
         <v>100</v>
       </c>
       <c r="B104" s="2">
-        <v>9780008623036</v>
+        <v>9780571081783</v>
       </c>
       <c r="C104" s="2">
-        <v>3105641</v>
+        <v>2355760</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="E104" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="F104" s="2">
         <v>21110</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H104" s="9">
-        <v>45687.688159722224</v>
+        <v>36857.871898148151</v>
       </c>
       <c r="I104" s="8">
-        <v>13.5</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="1.7716535433070868" bottom="1.3779527559055118" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="53" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Fett"&amp;12
 &amp;K243478Libri GmbH&amp;"-,Standard"&amp;11
 &amp;12Hamburg • Bad Hersfeld&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;10&amp;K243478Libri GmbH • Friedensallee 273 • 22763 Hamburg • AG Hamburg HRB 65430
 Geschäftsführung: Alyna Wnukowsky (Sprecherin), Ulrich Vollmer
 Aufsichtsratsvorsitzender: Dr. Markus Conrad&amp;R&amp;K243478&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010007E2A28E331B1345B4C54C5E2471F1FA" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="23252ba61a2b42fee7d5f57213e57890">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c7883763-1633-4a33-844b-a4f27752bb33" xmlns:ns3="504620ad-4a5b-4e98-91c4-34164cb416e2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="548f94b230d87df06dce40b2da64a907" ns2:_="" ns3:_="">
     <xsd:import namespace="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <xsd:import namespace="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -4934,91 +4887,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="504620ad-4a5b-4e98-91c4-34164cb416e2" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c7883763-1633-4a33-844b-a4f27752bb33">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CAC27AFD-44A3-4FDA-A270-33008A730847}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996B258D-5A6A-4734-BF2E-505977B0BDE3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC4D9CF9-E2A7-47E5-9512-037AD31ADBFF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="c9f90cda-9d81-4aea-911d-f949aaf4de02"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
+    <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" enabled="0" method="" siteId="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>