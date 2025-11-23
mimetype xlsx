--- v1 (2025-10-27)
+++ v2 (2025-11-23)
@@ -1,523 +1,539 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestseller\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8E419C17-3458-4519-8841-ADD64CC247BD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9C021063-B938-4CE1-B838-7DCB67D9E883}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-48" yWindow="-48" windowWidth="23136" windowHeight="12456" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
   </bookViews>
   <sheets>
     <sheet name="Top100" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Top100'!$A$1:$I$104</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Top100'!$4:$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="310" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="310" uniqueCount="149">
   <si>
     <t>Ranking</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Author: Title</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Product Classification</t>
   </si>
   <si>
     <t>Product Classification Text</t>
   </si>
   <si>
     <t>First in</t>
   </si>
   <si>
     <t>RRP</t>
   </si>
   <si>
     <t>Libri-No</t>
   </si>
   <si>
     <t>Fiction</t>
   </si>
   <si>
     <t>Simon + Schuster UK</t>
   </si>
   <si>
     <t>Childrens Books/Fiction</t>
   </si>
   <si>
     <t>Penguin Books Ltd (UK)</t>
   </si>
   <si>
     <t>Harper Collins Publ. UK</t>
   </si>
   <si>
-    <t>Huang, A: Twisted Love</t>
-[...1 lines deleted...]
-  <si>
     <t>Little, Brown Book Group</t>
   </si>
   <si>
     <t>Crime Stories</t>
   </si>
   <si>
     <t>Bloomsbury UK</t>
   </si>
   <si>
     <t>Science Fiction/Fantasy</t>
   </si>
   <si>
-    <t>Huang, A: Twisted Games</t>
-[...7 lines deleted...]
-  <si>
     <t>Yanagihara, H: Little Life</t>
   </si>
   <si>
     <t>Guidebooks/Self-help</t>
   </si>
   <si>
     <t>Hodder And Stoughton Ltd.</t>
   </si>
   <si>
-    <t>Huang, A: Twisted Hate</t>
-[...4 lines deleted...]
-  <si>
     <t>Economics</t>
   </si>
   <si>
-    <t>Maas, S: Court of Thorns and Roses/Adult Ed.</t>
-[...4 lines deleted...]
-  <si>
     <t>Letters/Diaries/Biographies</t>
   </si>
   <si>
-    <t>Maas, S: Court of Mist and Fury/Adult Ed.</t>
-[...1 lines deleted...]
-  <si>
     <t>Penguin LLC  US</t>
   </si>
   <si>
     <t>Random House LLC US</t>
   </si>
   <si>
     <t>Garber, S: Once Upon a Broken Heart</t>
   </si>
   <si>
     <t>Yarros, R: Fourth Wing</t>
   </si>
   <si>
-    <t>Garber, S: Ballad of Never After</t>
-[...1 lines deleted...]
-  <si>
     <t>Yarros, R: Iron Flame</t>
   </si>
   <si>
     <t>Roberts, L: Powerless</t>
   </si>
   <si>
     <t>Sourcebooks LLC</t>
   </si>
   <si>
     <t>McFadden, F: Housemaid</t>
   </si>
   <si>
-    <t>Painter, L: Better Than the Movies</t>
-[...4 lines deleted...]
-  <si>
     <t>Faber And Faber Ltd.</t>
   </si>
   <si>
     <t>Simon + Schuster LLC</t>
   </si>
   <si>
     <t>Walsh, C: Binding 13</t>
   </si>
   <si>
     <t>Kishimi, I: Courage To Be Disliked</t>
   </si>
   <si>
     <t>Atlantic Books</t>
   </si>
   <si>
     <t>Random House UK Ltd</t>
   </si>
   <si>
     <t>McFadden, F: Boyfriend</t>
   </si>
   <si>
     <t>Kleinbaum, N: Dead Poets Society</t>
   </si>
   <si>
     <t>McFadden, F: Housemaid's Secret</t>
   </si>
   <si>
     <t>Harpman, J: I Who Have Never Known Men</t>
   </si>
   <si>
-    <t>Walsh, C: Keeping 13</t>
-[...4 lines deleted...]
-  <si>
     <t>Walsh, C: Saving 6</t>
   </si>
   <si>
     <t>Orion Publishing Group</t>
   </si>
   <si>
     <t>Yarros, R: Onyx Storm</t>
   </si>
   <si>
-    <t>McFadden, F: Never Lie</t>
-[...2 lines deleted...]
-    <t>Black, H: Cruel Prince</t>
+    <t>Allen, N: Lights Out</t>
+  </si>
+  <si>
+    <t>Quercus Publishing Plc</t>
+  </si>
+  <si>
+    <t>Octopus Publishing Ltd.</t>
+  </si>
+  <si>
+    <t>Atwood, M: Handmaid's Tale</t>
+  </si>
+  <si>
+    <t>Psychology</t>
+  </si>
+  <si>
+    <t>Rooney, S: Intermezzo</t>
+  </si>
+  <si>
+    <t>Mochizuki, M: Full Moon Coffee Shop</t>
+  </si>
+  <si>
+    <t>Kolk, B: The Body Keeps the Score</t>
+  </si>
+  <si>
+    <t>Espach, A: Wedding People</t>
+  </si>
+  <si>
+    <t>Hachette Children's  Book</t>
+  </si>
+  <si>
+    <t>Carnegie, D: How to Win Friends</t>
+  </si>
+  <si>
+    <t>Macmillan USA</t>
+  </si>
+  <si>
+    <t>Clear, J: Atomic Habits</t>
+  </si>
+  <si>
+    <t>Transworld Publ. Ltd UK</t>
+  </si>
+  <si>
+    <t>Erikson, T: Surrounded by Idiots Revised &amp; Expanded Edition</t>
+  </si>
+  <si>
+    <t>Hill, N: Think and Grow Rich</t>
+  </si>
+  <si>
+    <t>McFadden, F: Surrogate Mother</t>
+  </si>
+  <si>
+    <t>Harper Collins Publ. USA</t>
+  </si>
+  <si>
+    <t>Dostoyevsky, F: White Nights</t>
+  </si>
+  <si>
+    <t>Jackson, H: Good Girl's Guide to Murder</t>
+  </si>
+  <si>
+    <t>Levitsky, S: How Democracies Die</t>
+  </si>
+  <si>
+    <t>Politics/Society/Labour</t>
+  </si>
+  <si>
+    <t>Silver, E: Wild Card</t>
+  </si>
+  <si>
+    <t>Galbraith, R: Hallmarked Man</t>
+  </si>
+  <si>
+    <t>Osman, R: Impossible Fortune</t>
+  </si>
+  <si>
+    <t>Brown, D: Secret of Secrets</t>
+  </si>
+  <si>
+    <t>Gilmore, L: Gingerbread Bakery</t>
+  </si>
+  <si>
+    <t>McEwan, I: What We Can Know</t>
+  </si>
+  <si>
+    <t>Follett, K: Circle of Days</t>
+  </si>
+  <si>
+    <t>Riordan, R: World of Percy Jackson/Court of the Dead</t>
+  </si>
+  <si>
+    <t>Housel, M: Psychology of Money: Timeless Lessons on Wealth</t>
+  </si>
+  <si>
+    <t>Pan Macmillan</t>
+  </si>
+  <si>
+    <t>SenLinYu: Alchemised</t>
+  </si>
+  <si>
+    <t>Canvas One Line a Day</t>
+  </si>
+  <si>
+    <t>Abrams &amp; Chronicle Books</t>
+  </si>
+  <si>
+    <t>Non-Fiction/Miscellaneous/Stationary</t>
+  </si>
+  <si>
+    <t>Bennett, B: Vanishing Half</t>
+  </si>
+  <si>
+    <t>Wyo, C: Cozy Corner</t>
+  </si>
+  <si>
+    <t>Childrens Books/Learning/Games</t>
+  </si>
+  <si>
+    <t>Gilmore, L: Pumpkin Spice Café</t>
+  </si>
+  <si>
+    <t>Lee, H: To Kill a Mockingbird/60th Anniversary Ed.</t>
+  </si>
+  <si>
+    <t>Tolle, E: The Power of Now</t>
+  </si>
+  <si>
+    <t>Esoteric/Anthroposophy</t>
+  </si>
+  <si>
+    <t>Gilmore, L: Cinnamon Bun Book Store</t>
+  </si>
+  <si>
+    <t>Grace, H: Holiday Ever After</t>
+  </si>
+  <si>
+    <t>Wyo, C: Cozy Cuties</t>
+  </si>
+  <si>
+    <t>Gilmore, L: Christmas Tree Farm</t>
+  </si>
+  <si>
+    <t>Guidara, W: Unreasonable Hospitality</t>
+  </si>
+  <si>
+    <t>Just the Best Top 100 • November 2025</t>
+  </si>
+  <si>
+    <t>Hazelwood, A: Mate</t>
+  </si>
+  <si>
+    <t>Huang, A: Defender/Deluxe Limited Edition</t>
+  </si>
+  <si>
+    <t>Kinney, J: Diary of a Wimpy Kid 20: Partypooper</t>
+  </si>
+  <si>
+    <t>Garber, S: Alchemy of Secrets</t>
+  </si>
+  <si>
+    <t>Painter, L: Fake Skating</t>
+  </si>
+  <si>
+    <t>McFadden, F: Intruder</t>
+  </si>
+  <si>
+    <t>Aster, A: Grim and Oro: Dueling Crowns Edition</t>
+  </si>
+  <si>
+    <t>Pullman, P: Rose Field</t>
+  </si>
+  <si>
+    <t>Aster, A: Nightbane/Lightlark 2 Collector's Edition</t>
+  </si>
+  <si>
+    <t>Grisham, J: Widow</t>
+  </si>
+  <si>
+    <t>Mackesy, C: Always Remember</t>
+  </si>
+  <si>
+    <t>Desai, K: Loneliness of Sonia and Sunny</t>
+  </si>
+  <si>
+    <t>Connelly, M: Proving Ground</t>
+  </si>
+  <si>
+    <t>Rubin, R: Creative Act</t>
+  </si>
+  <si>
+    <t>Child, L: Exit Strategy</t>
+  </si>
+  <si>
+    <t>Fabcaro: Asterix 41: Asterix in Lusitania</t>
+  </si>
+  <si>
+    <t>Cartoons/Comics</t>
+  </si>
+  <si>
+    <t>Osbourne, O: Last Rites</t>
+  </si>
+  <si>
+    <t>Music</t>
+  </si>
+  <si>
+    <t>Roy, A: Mother Mary Comes To Me</t>
+  </si>
+  <si>
+    <t>Kelk, L: Christmas Fling</t>
+  </si>
+  <si>
+    <t>Given, F: Women Living Deliciously</t>
+  </si>
+  <si>
+    <t>Espach, A: Notes on Your Sudden Disappearance</t>
+  </si>
+  <si>
+    <t>Coben, H: Gone Before Goodbye</t>
+  </si>
+  <si>
+    <t>Hachette Book Group USA</t>
+  </si>
+  <si>
+    <t>Bartlett, S: Diary of a CEO</t>
+  </si>
+  <si>
+    <t>Choi, S: Flashlight</t>
+  </si>
+  <si>
+    <t>Pynchon, T: Shadow Ticket</t>
+  </si>
+  <si>
+    <t>Szalay, D: Flesh</t>
+  </si>
+  <si>
+    <t>Map Men: This Way Up</t>
+  </si>
+  <si>
+    <t>Earth Sciences</t>
+  </si>
+  <si>
+    <t>Drews, C: Hazelthorn</t>
+  </si>
+  <si>
+    <t>Mafi, T: Every Spiral of Fate</t>
+  </si>
+  <si>
+    <t>Walsh, C: Redeeming 6</t>
+  </si>
+  <si>
+    <t>Yousafzai, M: Finding My Way</t>
+  </si>
+  <si>
+    <t>Mochizuki, M: Best Wishes from the Full Moon Coffee Shop</t>
+  </si>
+  <si>
+    <t>Huxley, A: Brave New World</t>
+  </si>
+  <si>
+    <t>Kawaguchi, T: Before the Coffee Gets Cold</t>
   </si>
   <si>
     <t>Tomforde, L: Mile High</t>
   </si>
   <si>
-    <t>Hot Key Books</t>
-[...14 lines deleted...]
-    <t>Atwood, M: Handmaid's Tale</t>
+    <t>Moronova, K: Leave Me Behind</t>
+  </si>
+  <si>
+    <t>Sapkowski, A: Crossroads of Ravens</t>
+  </si>
+  <si>
+    <t>Wyo, C: Cozy Christmas</t>
+  </si>
+  <si>
+    <t>Kuang, R: Babel</t>
+  </si>
+  <si>
+    <t>Mas, J: Bonds of Hercules (Deluxe Limited Edition)</t>
   </si>
   <si>
     <t>Kent, R: God of Malice</t>
   </si>
   <si>
+    <t>Coe, J: Proof of My Innocence</t>
+  </si>
+  <si>
+    <t>Hirsch, A: Gravity Falls: Journal 3</t>
+  </si>
+  <si>
+    <t>Kahneman, D: Thinking, Fast and Slow</t>
+  </si>
+  <si>
+    <t>Allen, N: Caught Up</t>
+  </si>
+  <si>
+    <t>Lynn, J: For Whom the Belle Tolls (Deluxe Limited Edition)</t>
+  </si>
+  <si>
+    <t>Garber, S: Caraval</t>
+  </si>
+  <si>
+    <t>Broadbent, C: Daughter of No Worlds</t>
+  </si>
+  <si>
+    <t>Collins, S: Hunger Games 1</t>
+  </si>
+  <si>
     <t>Scholastic Ltd.</t>
   </si>
   <si>
-    <t>Huang, A: King of Envy</t>
-[...221 lines deleted...]
-    <t>Hoover, C: Verity</t>
+    <t>Dalio, R: How Countries Go Broke</t>
+  </si>
+  <si>
+    <t>Khabra, B: Revolve</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="3">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1656,3039 +1672,3059 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D61CB4B-7791-4ED0-AE80-E77BE2D65B28}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I104"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E11" sqref="E11"/>
+      <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.33203125" style="2" customWidth="1"/>
+    <col min="1" max="1" width="8.28515625" style="2" customWidth="1"/>
     <col min="2" max="2" width="14" style="2" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="9.88671875" style="2" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="14.6640625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="9.85546875" style="2" customWidth="1"/>
+    <col min="4" max="4" width="52.85546875" style="5" customWidth="1"/>
+    <col min="5" max="5" width="24.42578125" style="11" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="14.7109375" style="2" customWidth="1"/>
     <col min="7" max="7" width="22" customWidth="1"/>
-    <col min="8" max="8" width="10.109375" bestFit="1" customWidth="1"/>
-    <col min="9" max="9" width="8.6640625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.140625" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="8.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="28.8" x14ac:dyDescent="0.55000000000000004">
+    <row r="1" spans="1:9" ht="28.5" x14ac:dyDescent="0.45">
       <c r="A1" s="12" t="s">
-        <v>113</v>
+        <v>92</v>
       </c>
       <c r="B1" s="13"/>
       <c r="C1" s="13"/>
       <c r="D1" s="13"/>
       <c r="E1" s="13"/>
       <c r="F1" s="13"/>
     </row>
-    <row r="4" spans="1:9" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="7" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="7" t="s">
         <v>5</v>
       </c>
       <c r="H4" s="6" t="s">
         <v>6</v>
       </c>
       <c r="I4" s="6" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="5" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="2">
         <v>1</v>
       </c>
       <c r="B5" s="2">
-        <v>9780349438016</v>
+        <v>9780593952580</v>
       </c>
       <c r="C5">
-        <v>3136731</v>
+        <v>3148551</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>114</v>
+        <v>93</v>
       </c>
       <c r="E5" s="11" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F5" s="2">
-        <v>21110</v>
+        <v>11300</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="H5" s="9">
-        <v>45890.709502314814</v>
+        <v>45932.338263888887</v>
       </c>
       <c r="I5" s="8">
         <v>13.5</v>
       </c>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="2">
         <v>2</v>
       </c>
       <c r="B6" s="2">
-        <v>9781399622752</v>
+        <v>9780349442273</v>
       </c>
       <c r="C6">
-        <v>3123749</v>
+        <v>3144048</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="E6" s="11" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="F6" s="2">
         <v>21110</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H6" s="9">
-        <v>45820.798414351855</v>
+        <v>45950.815243055556</v>
       </c>
       <c r="I6" s="8">
         <v>13.5</v>
       </c>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2">
         <v>3</v>
       </c>
       <c r="B7" s="2">
-        <v>9780241753699</v>
+        <v>9780241714348</v>
       </c>
       <c r="C7">
-        <v>3143943</v>
+        <v>3143950</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>98</v>
+        <v>76</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>12</v>
       </c>
       <c r="F7" s="2">
-        <v>11200</v>
+        <v>11300</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H7" s="9">
-        <v>45861.841215277775</v>
+        <v>45912.733784722222</v>
       </c>
       <c r="I7" s="8">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:9" x14ac:dyDescent="0.3">
+        <v>28.5</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2">
         <v>4</v>
       </c>
       <c r="B8" s="2">
-        <v>9781804993408</v>
+        <v>9780241745168</v>
       </c>
       <c r="C8">
-        <v>3138694</v>
+        <v>3148880</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>115</v>
+        <v>95</v>
       </c>
       <c r="E8" s="11" t="s">
-        <v>116</v>
+        <v>12</v>
       </c>
       <c r="F8" s="2">
-        <v>21300</v>
+        <v>12500</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H8" s="9">
-        <v>45875.73170138889</v>
+        <v>45953.434270833335</v>
       </c>
       <c r="I8" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:9" x14ac:dyDescent="0.3">
+        <v>15.5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="2">
         <v>5</v>
       </c>
       <c r="B9" s="2">
-        <v>9781914240942</v>
+        <v>9781399631334</v>
       </c>
       <c r="C9">
-        <v>3102455</v>
+        <v>3137679</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="E9" s="11" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="F9" s="2">
-        <v>21110</v>
+        <v>11300</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="H9" s="9">
-        <v>45780.278113425928</v>
+        <v>45931.770011574074</v>
       </c>
       <c r="I9" s="8">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:9" x14ac:dyDescent="0.3">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="2">
         <v>6</v>
       </c>
       <c r="B10" s="2">
-        <v>9781408728512</v>
+        <v>9780241764206</v>
       </c>
       <c r="C10">
-        <v>2979423</v>
+        <v>3138088</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>40</v>
+        <v>89</v>
       </c>
       <c r="E10" s="11" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F10" s="2">
-        <v>21200</v>
+        <v>22920</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>16</v>
+        <v>82</v>
       </c>
       <c r="H10" s="9">
-        <v>45062.942291666666</v>
+        <v>45701.532060185185</v>
       </c>
       <c r="I10" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:9" x14ac:dyDescent="0.3">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="2">
         <v>7</v>
       </c>
       <c r="B11" s="2">
-        <v>9780349437057</v>
+        <v>9781398537866</v>
       </c>
       <c r="C11">
-        <v>2986283</v>
+        <v>3142212</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>37</v>
+        <v>97</v>
       </c>
       <c r="E11" s="11" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="F11" s="2">
-        <v>21300</v>
+        <v>22500</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H11" s="9">
-        <v>45607.809606481482</v>
+        <v>45940.757951388892</v>
       </c>
       <c r="I11" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:9" x14ac:dyDescent="0.3">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="2">
         <v>8</v>
       </c>
       <c r="B12" s="2">
-        <v>9781416995593</v>
+        <v>9781787335745</v>
       </c>
       <c r="C12">
-        <v>9545158</v>
+        <v>3144643</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>85</v>
+        <v>71</v>
       </c>
       <c r="E12" s="11" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="F12" s="2">
-        <v>22500</v>
+        <v>11110</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="H12" s="9">
-        <v>41019.479629629626</v>
+        <v>45912.937372685185</v>
       </c>
       <c r="I12" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:9" x14ac:dyDescent="0.3">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="2">
         <v>9</v>
       </c>
       <c r="B13" s="2">
-        <v>9780349437019</v>
+        <v>9780241252086</v>
       </c>
       <c r="C13">
-        <v>2941018</v>
+        <v>3182077</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>35</v>
+        <v>62</v>
       </c>
       <c r="E13" s="11" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F13" s="2">
-        <v>21300</v>
+        <v>21110</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="H13" s="9">
-        <v>45366.364340277774</v>
+        <v>45096.613240740742</v>
       </c>
       <c r="I13" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:9" x14ac:dyDescent="0.3">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="2">
         <v>10</v>
       </c>
       <c r="B14" s="2">
-        <v>9781529380941</v>
+        <v>9781452174792</v>
       </c>
       <c r="C14">
-        <v>2790751</v>
+        <v>2003618</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>34</v>
+        <v>77</v>
       </c>
       <c r="E14" s="11" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="F14" s="2">
-        <v>21300</v>
+        <v>84900</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
       <c r="H14" s="9">
-        <v>44734.773680555554</v>
+        <v>43480.919039351851</v>
       </c>
       <c r="I14" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:9" x14ac:dyDescent="0.3">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="2">
         <v>11</v>
       </c>
       <c r="B15" s="2">
-        <v>9781250420466</v>
+        <v>9780349437071</v>
       </c>
       <c r="C15">
-        <v>3170642</v>
+        <v>3058758</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>117</v>
+        <v>43</v>
       </c>
       <c r="E15" s="11" t="s">
-        <v>108</v>
+        <v>14</v>
       </c>
       <c r="F15" s="2">
-        <v>24810</v>
+        <v>21300</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="H15" s="9">
-        <v>45888.819212962961</v>
+        <v>45670.745937500003</v>
       </c>
       <c r="I15" s="8">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:9" x14ac:dyDescent="0.3">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="2">
         <v>12</v>
       </c>
       <c r="B16" s="2">
-        <v>9780349437071</v>
+        <v>9781529442342</v>
       </c>
       <c r="C16">
-        <v>3058758</v>
+        <v>3139490</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="E16" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="F16" s="2">
+        <v>11200</v>
+      </c>
+      <c r="G16" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="F16" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="H16" s="9">
-        <v>45670.745937500003</v>
+        <v>45911.890763888892</v>
       </c>
       <c r="I16" s="8">
-        <v>22.5</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:9" x14ac:dyDescent="0.3">
+        <v>31.5</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2">
         <v>13</v>
       </c>
       <c r="B17" s="2">
-        <v>9781529442397</v>
+        <v>9781464228612</v>
       </c>
       <c r="C17">
-        <v>3127296</v>
+        <v>3155108</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>62</v>
+        <v>98</v>
       </c>
       <c r="E17" s="11" t="s">
-        <v>63</v>
+        <v>29</v>
       </c>
       <c r="F17" s="2">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="H17" s="9">
-        <v>45526.898206018515</v>
+        <v>45932.642650462964</v>
       </c>
       <c r="I17" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:9" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="2">
         <v>14</v>
       </c>
       <c r="B18" s="2">
-        <v>9780008501877</v>
+        <v>9781419785627</v>
       </c>
       <c r="C18">
-        <v>3063058</v>
+        <v>3145903</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>118</v>
+        <v>99</v>
       </c>
       <c r="E18" s="11" t="s">
-        <v>13</v>
+        <v>78</v>
       </c>
       <c r="F18" s="2">
-        <v>11300</v>
+        <v>12500</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H18" s="9">
-        <v>45890.714837962965</v>
+        <v>45947.878530092596</v>
       </c>
       <c r="I18" s="8">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:9" x14ac:dyDescent="0.3">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="2">
         <v>15</v>
       </c>
       <c r="B19" s="2">
-        <v>9780571365487</v>
+        <v>9780241764220</v>
       </c>
       <c r="C19">
-        <v>3107660</v>
+        <v>3138091</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="E19" s="11" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F19" s="2">
-        <v>21110</v>
+        <v>22920</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>9</v>
+        <v>82</v>
       </c>
       <c r="H19" s="9">
-        <v>45798.531365740739</v>
+        <v>45729.921261574076</v>
       </c>
       <c r="I19" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:9" x14ac:dyDescent="0.3">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="2">
         <v>16</v>
       </c>
       <c r="B20" s="2">
-        <v>9780349434278</v>
+        <v>9780857197689</v>
       </c>
       <c r="C20">
-        <v>2874834</v>
+        <v>2015155</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>14</v>
+        <v>74</v>
       </c>
       <c r="E20" s="11" t="s">
-        <v>15</v>
+        <v>75</v>
       </c>
       <c r="F20" s="2">
-        <v>21110</v>
+        <v>17810</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="H20" s="9">
-        <v>44697.397685185184</v>
+        <v>44074.806956018518</v>
       </c>
       <c r="I20" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:9" x14ac:dyDescent="0.3">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="2">
         <v>17</v>
       </c>
       <c r="B21" s="2">
-        <v>9781529381009</v>
+        <v>9780241458709</v>
       </c>
       <c r="C21">
-        <v>2893943</v>
+        <v>3172303</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="E21" s="11" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F21" s="2">
-        <v>21300</v>
+        <v>11300</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="H21" s="9">
-        <v>45093.631631944445</v>
+        <v>45945.899328703701</v>
       </c>
       <c r="I21" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:9" x14ac:dyDescent="0.3">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="2">
         <v>18</v>
       </c>
       <c r="B22" s="2">
-        <v>9781526605399</v>
+        <v>9781408723791</v>
       </c>
       <c r="C22">
-        <v>2596569</v>
+        <v>3144044</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>28</v>
+        <v>67</v>
       </c>
       <c r="E22" s="11" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F22" s="2">
-        <v>21300</v>
+        <v>11200</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="H22" s="9">
-        <v>44001.470266203702</v>
+        <v>45901.902997685182</v>
       </c>
       <c r="I22" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:9" x14ac:dyDescent="0.3">
+        <v>24.5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="2">
         <v>19</v>
       </c>
       <c r="B23" s="2">
-        <v>9780349434315</v>
+        <v>9781408728512</v>
       </c>
       <c r="C23">
-        <v>2874839</v>
+        <v>2979423</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="E23" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="F23" s="2">
+        <v>21200</v>
+      </c>
+      <c r="G23" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="F23" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="H23" s="9">
-        <v>44697.433483796296</v>
+        <v>45062.942291666666</v>
       </c>
       <c r="I23" s="8">
         <v>14.5</v>
       </c>
     </row>
-    <row r="24" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="2">
         <v>20</v>
       </c>
       <c r="B24" s="2">
-        <v>9780804172707</v>
+        <v>9780008610746</v>
       </c>
       <c r="C24">
-        <v>2389210</v>
+        <v>3093200</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="E24" s="11" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="F24" s="2">
         <v>11110</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H24" s="9">
-        <v>42387.337731481479</v>
+        <v>45573.883576388886</v>
       </c>
       <c r="I24" s="8">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:9" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="2">
         <v>21</v>
       </c>
       <c r="B25" s="2">
-        <v>9780349433844</v>
+        <v>9781250420466</v>
       </c>
       <c r="C25">
-        <v>3024358</v>
+        <v>3170642</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>84</v>
+        <v>58</v>
       </c>
       <c r="E25" s="11" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="F25" s="2">
-        <v>21110</v>
+        <v>24810</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="H25" s="9">
-        <v>45371.8674537037</v>
+        <v>45888.819212962961</v>
       </c>
       <c r="I25" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:9" x14ac:dyDescent="0.3">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="2">
         <v>22</v>
       </c>
       <c r="B26" s="2">
-        <v>9780349132600</v>
+        <v>9781399622752</v>
       </c>
       <c r="C26">
-        <v>2992625</v>
+        <v>3123749</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E26" s="11" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="F26" s="2">
-        <v>21200</v>
+        <v>21110</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="H26" s="9">
-        <v>45133.959421296298</v>
+        <v>45820.798414351855</v>
       </c>
       <c r="I26" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:9" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="2">
         <v>23</v>
       </c>
       <c r="B27" s="2">
-        <v>9780349439259</v>
+        <v>9780349441696</v>
       </c>
       <c r="C27">
-        <v>2996891</v>
+        <v>3154079</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="E27" s="11" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F27" s="2">
         <v>21110</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H27" s="9">
-        <v>45177.441087962965</v>
+        <v>45901.830381944441</v>
       </c>
       <c r="I27" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:9" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="2">
         <v>24</v>
       </c>
       <c r="B28" s="2">
-        <v>9781399728546</v>
+        <v>9781419784583</v>
       </c>
       <c r="C28">
-        <v>2983255</v>
+        <v>3180332</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>60</v>
+        <v>101</v>
       </c>
       <c r="E28" s="11" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="F28" s="2">
-        <v>21110</v>
+        <v>12500</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H28" s="9">
-        <v>45142.693611111114</v>
+        <v>45953.750787037039</v>
       </c>
       <c r="I28" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:9" x14ac:dyDescent="0.3">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="2">
         <v>25</v>
       </c>
       <c r="B29" s="2">
-        <v>9781416995562</v>
+        <v>9780008610678</v>
       </c>
       <c r="C29">
-        <v>9540873</v>
+        <v>2999511</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="E29" s="11" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="F29" s="2">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="H29" s="9">
-        <v>40645.375601851854</v>
+        <v>45174.755520833336</v>
       </c>
       <c r="I29" s="8">
         <v>13.5</v>
       </c>
     </row>
-    <row r="30" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="2">
         <v>26</v>
       </c>
       <c r="B30" s="2">
-        <v>9781529111798</v>
+        <v>9780241731413</v>
       </c>
       <c r="C30">
-        <v>1686445</v>
+        <v>3148652</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="E30" s="11" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="F30" s="2">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H30" s="9">
-        <v>43622.480613425927</v>
+        <v>45912.826932870368</v>
       </c>
       <c r="I30" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:9" x14ac:dyDescent="0.3">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="2">
         <v>27</v>
       </c>
       <c r="B31" s="2">
-        <v>9781408729885</v>
+        <v>9781585424337</v>
       </c>
       <c r="C31">
-        <v>3167181</v>
+        <v>2208217</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="E31" s="11" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F31" s="2">
-        <v>21110</v>
+        <v>27810</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="H31" s="9">
-        <v>45798.829513888886</v>
+        <v>38587.714270833334</v>
       </c>
       <c r="I31" s="8">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:9" x14ac:dyDescent="0.3">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="2">
         <v>28</v>
       </c>
       <c r="B32" s="2">
-        <v>9780349439280</v>
+        <v>9780349437019</v>
       </c>
       <c r="C32">
-        <v>2996893</v>
+        <v>2941018</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="E32" s="11" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F32" s="2">
-        <v>21110</v>
+        <v>21300</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="H32" s="9">
-        <v>45243.75271990741</v>
+        <v>45366.364340277774</v>
       </c>
       <c r="I32" s="8">
         <v>14.5</v>
       </c>
     </row>
-    <row r="33" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="2">
         <v>29</v>
       </c>
       <c r="B33" s="2">
-        <v>9781416968290</v>
+        <v>9781529442397</v>
       </c>
       <c r="C33">
-        <v>9540946</v>
+        <v>3127296</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="E33" s="11" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F33" s="2">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="H33" s="9">
-        <v>40277.925451388888</v>
+        <v>45526.898206018515</v>
       </c>
       <c r="I33" s="8">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:9" x14ac:dyDescent="0.3">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="2">
         <v>30</v>
       </c>
       <c r="B34" s="2">
-        <v>9781529399325</v>
+        <v>9780385548984</v>
       </c>
       <c r="C34">
-        <v>2997350</v>
+        <v>3157005</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="E34" s="11" t="s">
         <v>24</v>
       </c>
       <c r="F34" s="2">
-        <v>22500</v>
+        <v>11200</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H34" s="9">
-        <v>45455.794328703705</v>
+        <v>45945.489629629628</v>
       </c>
       <c r="I34" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:9" x14ac:dyDescent="0.3">
+        <v>23.5</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="2">
         <v>31</v>
       </c>
       <c r="B35" s="2">
-        <v>9780571334650</v>
+        <v>9781529108446</v>
       </c>
       <c r="C35">
-        <v>2055078</v>
+        <v>3179849</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>42</v>
+        <v>103</v>
       </c>
       <c r="E35" s="11" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="F35" s="2">
-        <v>21110</v>
+        <v>14810</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="H35" s="9">
-        <v>43539.709641203706</v>
+        <v>45932.671516203707</v>
       </c>
       <c r="I35" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:9" x14ac:dyDescent="0.3">
+        <v>27.5</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="2">
         <v>32</v>
       </c>
       <c r="B36" s="2">
-        <v>9780241003008</v>
+        <v>9781401308773</v>
       </c>
       <c r="C36">
-        <v>4294564</v>
+        <v>9071202</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>119</v>
+        <v>38</v>
       </c>
       <c r="E36" s="11" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="F36" s="2">
-        <v>12100</v>
+        <v>21110</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>103</v>
+        <v>9</v>
       </c>
       <c r="H36" s="9">
-        <v>38058.564722222225</v>
+        <v>38954.985474537039</v>
       </c>
       <c r="I36" s="8">
         <v>10.5</v>
       </c>
     </row>
-    <row r="37" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="2">
         <v>33</v>
       </c>
       <c r="B37" s="2">
-        <v>9780241744956</v>
+        <v>9781439199190</v>
       </c>
       <c r="C37">
-        <v>3143948</v>
+        <v>6066828</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>120</v>
+        <v>54</v>
       </c>
       <c r="E37" s="11" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F37" s="2">
-        <v>12500</v>
+        <v>24810</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="H37" s="9">
-        <v>45875.771828703706</v>
+        <v>40316.333645833336</v>
       </c>
       <c r="I37" s="8">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:9" x14ac:dyDescent="0.3">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="2">
         <v>34</v>
       </c>
       <c r="B38" s="2">
-        <v>9780349439273</v>
+        <v>9780141978611</v>
       </c>
       <c r="C38">
-        <v>2996892</v>
+        <v>5851270</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="E38" s="11" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F38" s="2">
-        <v>21110</v>
+        <v>15310</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H38" s="9">
-        <v>45177.540289351855</v>
+        <v>42273.391122685185</v>
       </c>
       <c r="I38" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:9" x14ac:dyDescent="0.3">
+        <v>16.5</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="2">
         <v>35</v>
       </c>
       <c r="B39" s="2">
-        <v>9781464221361</v>
+        <v>9780241743997</v>
       </c>
       <c r="C39">
-        <v>3012368</v>
+        <v>3143951</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="E39" s="11" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F39" s="2">
-        <v>21200</v>
+        <v>11200</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H39" s="9">
-        <v>45255.654421296298</v>
+        <v>45912.788784722223</v>
       </c>
       <c r="I39" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:9" x14ac:dyDescent="0.3">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="2">
         <v>36</v>
       </c>
       <c r="B40" s="2">
-        <v>9781526617163</v>
+        <v>9780385546898</v>
       </c>
       <c r="C40">
-        <v>2596574</v>
+        <v>3140724</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
       <c r="E40" s="11" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="F40" s="2">
-        <v>21300</v>
+        <v>11110</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="H40" s="9">
-        <v>44001.491064814814</v>
+        <v>45901.838854166665</v>
       </c>
       <c r="I40" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:9" x14ac:dyDescent="0.3">
+        <v>32.5</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="2">
         <v>37</v>
       </c>
       <c r="B41" s="2">
-        <v>9781529442427</v>
+        <v>9780241770849</v>
       </c>
       <c r="C41">
-        <v>3153277</v>
+        <v>3143969</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>80</v>
+        <v>104</v>
       </c>
       <c r="E41" s="11" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="F41" s="2">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H41" s="9">
-        <v>45804.198136574072</v>
+        <v>45912.888298611113</v>
       </c>
       <c r="I41" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:9" x14ac:dyDescent="0.3">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="2">
         <v>38</v>
       </c>
       <c r="B42" s="2">
-        <v>9781585424337</v>
+        <v>9781398719071</v>
       </c>
       <c r="C42">
-        <v>2208217</v>
+        <v>3144157</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>121</v>
+        <v>105</v>
       </c>
       <c r="E42" s="11" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="F42" s="2">
-        <v>27810</v>
+        <v>11200</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="H42" s="9">
-        <v>38587.714270833334</v>
+        <v>45943.837500000001</v>
       </c>
       <c r="I42" s="8">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:9" x14ac:dyDescent="0.3">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="2">
         <v>39</v>
       </c>
       <c r="B43" s="2">
-        <v>9780349434285</v>
+        <v>9780593652886</v>
       </c>
       <c r="C43">
-        <v>2875540</v>
+        <v>2936723</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="E43" s="11" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F43" s="2">
-        <v>21110</v>
+        <v>14810</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="H43" s="9">
-        <v>44783.885960648149</v>
+        <v>44949.665937500002</v>
       </c>
       <c r="I43" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:9" x14ac:dyDescent="0.3">
+        <v>23.5</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="2">
         <v>40</v>
       </c>
       <c r="B44" s="2">
-        <v>9781786892737</v>
+        <v>9781529111798</v>
       </c>
       <c r="C44">
-        <v>1560093</v>
+        <v>1686445</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="E44" s="11" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="F44" s="2">
         <v>21110</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H44" s="9">
-        <v>44244.343182870369</v>
+        <v>43622.480613425927</v>
       </c>
       <c r="I44" s="8">
         <v>13.5</v>
       </c>
     </row>
-    <row r="45" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="2">
         <v>41</v>
       </c>
       <c r="B45" s="2">
-        <v>9781398529489</v>
+        <v>9780099740919</v>
       </c>
       <c r="C45">
-        <v>2981537</v>
+        <v>2298759</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="E45" s="11" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="F45" s="2">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="H45" s="9">
-        <v>45120.904270833336</v>
+        <v>36822.553356481483</v>
       </c>
       <c r="I45" s="8">
         <v>13.5</v>
       </c>
     </row>
-    <row r="46" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="2">
         <v>42</v>
       </c>
       <c r="B46" s="2">
-        <v>9781464223310</v>
+        <v>9780857505620</v>
       </c>
       <c r="C46">
-        <v>3012372</v>
+        <v>3138794</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="E46" s="11" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="F46" s="2">
-        <v>21200</v>
+        <v>11200</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H46" s="9">
-        <v>45443.840011574073</v>
+        <v>45953.741099537037</v>
       </c>
       <c r="I46" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:9" x14ac:dyDescent="0.3">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="2">
         <v>43</v>
       </c>
       <c r="B47" s="2">
-        <v>9781398536517</v>
+        <v>9781760630737</v>
       </c>
       <c r="C47">
-        <v>3048977</v>
+        <v>2660592</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="E47" s="11" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="F47" s="2">
-        <v>22500</v>
+        <v>24810</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="H47" s="9">
-        <v>45385.882627314815</v>
+        <v>43419.971087962964</v>
       </c>
       <c r="I47" s="8">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:9" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="2">
         <v>44</v>
       </c>
       <c r="B48" s="2">
-        <v>9781401308773</v>
+        <v>9780340733509</v>
       </c>
       <c r="C48">
-        <v>9071202</v>
+        <v>4355059</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="E48" s="11" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F48" s="2">
-        <v>21110</v>
+        <v>14700</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>9</v>
+        <v>86</v>
       </c>
       <c r="H48" s="9">
-        <v>38954.985474537039</v>
+        <v>38090.332280092596</v>
       </c>
       <c r="I48" s="8">
-        <v>11.5</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:9" x14ac:dyDescent="0.3">
+        <v>16.5</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="2">
         <v>45</v>
       </c>
       <c r="B49" s="2">
-        <v>9781526617170</v>
+        <v>9780008728090</v>
       </c>
       <c r="C49">
-        <v>2596583</v>
+        <v>3124447</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>104</v>
+        <v>70</v>
       </c>
       <c r="E49" s="11" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F49" s="2">
-        <v>21300</v>
+        <v>21110</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="H49" s="9">
-        <v>44001.461064814815</v>
+        <v>45908.765231481484</v>
       </c>
       <c r="I49" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:9" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="2">
         <v>46</v>
       </c>
       <c r="B50" s="2">
-        <v>9780099740919</v>
+        <v>9781914240942</v>
       </c>
       <c r="C50">
-        <v>2298759</v>
+        <v>3102455</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>66</v>
+        <v>50</v>
       </c>
       <c r="E50" s="11" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F50" s="2">
         <v>21110</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H50" s="9">
-        <v>36822.553356481483</v>
+        <v>45780.278113425928</v>
       </c>
       <c r="I50" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:9" x14ac:dyDescent="0.3">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="2">
         <v>47</v>
       </c>
       <c r="B51" s="2">
-        <v>9781526635365</v>
+        <v>9781408724996</v>
       </c>
       <c r="C51">
-        <v>2847694</v>
+        <v>3154082</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="E51" s="11" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F51" s="2">
-        <v>21300</v>
+        <v>11800</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>18</v>
+        <v>109</v>
       </c>
       <c r="H51" s="9">
-        <v>44698.774317129632</v>
+        <v>45943.723194444443</v>
       </c>
       <c r="I51" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:9" x14ac:dyDescent="0.3">
+        <v>15.5</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="2">
         <v>48</v>
       </c>
       <c r="B52" s="2">
-        <v>9781786330895</v>
+        <v>9781408724064</v>
       </c>
       <c r="C52">
-        <v>2603812</v>
+        <v>1674978</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>96</v>
+        <v>110</v>
       </c>
       <c r="E52" s="11" t="s">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="F52" s="2">
-        <v>14810</v>
+        <v>15970</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>23</v>
+        <v>111</v>
       </c>
       <c r="H52" s="9">
-        <v>42969.719282407408</v>
+        <v>45924.858703703707</v>
       </c>
       <c r="I52" s="8">
-        <v>19.5</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:9" x14ac:dyDescent="0.3">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="2">
         <v>49</v>
       </c>
       <c r="B53" s="2">
-        <v>9780702340574</v>
+        <v>9780241761724</v>
       </c>
       <c r="C53">
-        <v>3094787</v>
+        <v>3143972</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>65</v>
+        <v>112</v>
       </c>
       <c r="E53" s="11" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="F53" s="2">
-        <v>12500</v>
+        <v>11600</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="H53" s="9">
-        <v>45729.434398148151</v>
+        <v>45898.669305555559</v>
       </c>
       <c r="I53" s="8">
-        <v>26.5</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:9" x14ac:dyDescent="0.3">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="2">
         <v>50</v>
       </c>
       <c r="B54" s="2">
-        <v>9781760630737</v>
+        <v>9781464221408</v>
       </c>
       <c r="C54">
-        <v>2660592</v>
+        <v>3067905</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="E54" s="11" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="F54" s="2">
-        <v>24810</v>
+        <v>21200</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="H54" s="9">
-        <v>43419.971087962964</v>
+        <v>45569.896192129629</v>
       </c>
       <c r="I54" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:9" x14ac:dyDescent="0.3">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="2">
         <v>51</v>
       </c>
       <c r="B55" s="2">
-        <v>9780349436395</v>
+        <v>9780349132600</v>
       </c>
       <c r="C55">
-        <v>3091532</v>
+        <v>2992625</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="E55" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="F55" s="2">
+        <v>21200</v>
+      </c>
+      <c r="G55" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="F55" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="H55" s="9">
-        <v>45770.891087962962</v>
+        <v>45133.959421296298</v>
       </c>
       <c r="I55" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:9" x14ac:dyDescent="0.3">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="2">
         <v>52</v>
       </c>
       <c r="B56" s="2">
-        <v>9780349434339</v>
+        <v>9780008687724</v>
       </c>
       <c r="C56">
-        <v>2874840</v>
+        <v>3138830</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>25</v>
+        <v>113</v>
       </c>
       <c r="E56" s="11" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F56" s="2">
         <v>21110</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H56" s="9">
-        <v>44697.472500000003</v>
+        <v>45946.849178240744</v>
       </c>
       <c r="I56" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:9" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="2">
         <v>53</v>
       </c>
       <c r="B57" s="2">
-        <v>9780593638910</v>
+        <v>9781914240515</v>
       </c>
       <c r="C57">
-        <v>3096064</v>
+        <v>3144584</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>77</v>
+        <v>114</v>
       </c>
       <c r="E57" s="11" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="F57" s="2">
-        <v>11110</v>
+        <v>14810</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="H57" s="9">
-        <v>45783.450810185182</v>
+        <v>45940.566157407404</v>
       </c>
       <c r="I57" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:9" x14ac:dyDescent="0.3">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="2">
         <v>54</v>
       </c>
       <c r="B58" s="2">
-        <v>9781464221408</v>
+        <v>9781399635479</v>
       </c>
       <c r="C58">
-        <v>3067905</v>
+        <v>1675940</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="E58" s="11" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F58" s="2">
-        <v>21200</v>
+        <v>21110</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="H58" s="9">
-        <v>45569.896192129629</v>
+        <v>45939.866863425923</v>
       </c>
       <c r="I58" s="8">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:9" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="2">
         <v>55</v>
       </c>
       <c r="B59" s="2">
-        <v>9780241982105</v>
+        <v>9781398529489</v>
       </c>
       <c r="C59">
-        <v>2680648</v>
+        <v>2981537</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="E59" s="11" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="F59" s="2">
-        <v>21600</v>
+        <v>22500</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H59" s="9">
-        <v>43503.559525462966</v>
+        <v>45120.904270833336</v>
       </c>
       <c r="I59" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:9" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="2">
         <v>56</v>
       </c>
       <c r="B60" s="2">
-        <v>9780593189641</v>
+        <v>9781538775028</v>
       </c>
       <c r="C60">
-        <v>2795714</v>
+        <v>3147419</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="E60" s="11" t="s">
-        <v>32</v>
+        <v>117</v>
       </c>
       <c r="F60" s="2">
-        <v>17850</v>
+        <v>11200</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="H60" s="9">
-        <v>44482.582743055558</v>
+        <v>45931.926435185182</v>
       </c>
       <c r="I60" s="8">
-        <v>22.5</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:9" x14ac:dyDescent="0.3">
+        <v>18.5</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="2">
         <v>57</v>
       </c>
       <c r="B61" s="2">
-        <v>9781399728560</v>
+        <v>9780349437057</v>
       </c>
       <c r="C61">
-        <v>2983256</v>
+        <v>2986283</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>83</v>
+        <v>27</v>
       </c>
       <c r="E61" s="11" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F61" s="2">
-        <v>21110</v>
+        <v>21300</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="H61" s="9">
-        <v>45142.691458333335</v>
+        <v>45607.809606481482</v>
       </c>
       <c r="I61" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:9" x14ac:dyDescent="0.3">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="2">
         <v>58</v>
       </c>
       <c r="B62" s="2">
-        <v>9780349439303</v>
+        <v>9781529146523</v>
       </c>
       <c r="C62">
-        <v>2996894</v>
+        <v>3139068</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>71</v>
+        <v>118</v>
       </c>
       <c r="E62" s="11" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="F62" s="2">
-        <v>21110</v>
+        <v>27850</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="H62" s="9">
-        <v>45243.879293981481</v>
+        <v>45828.949131944442</v>
       </c>
       <c r="I62" s="8">
         <v>14.5</v>
       </c>
     </row>
-    <row r="63" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="2">
         <v>59</v>
       </c>
       <c r="B63" s="2">
-        <v>9781399746427</v>
+        <v>9780349439280</v>
       </c>
       <c r="C63">
-        <v>3127255</v>
+        <v>2996893</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="E63" s="11" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F63" s="2">
         <v>21110</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H63" s="9">
-        <v>45783.81212962963</v>
+        <v>45243.75271990741</v>
       </c>
       <c r="I63" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:9" x14ac:dyDescent="0.3">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="2">
         <v>60</v>
       </c>
       <c r="B64" s="2">
-        <v>9780857507853</v>
+        <v>9781787335134</v>
       </c>
       <c r="C64">
-        <v>3138792</v>
+        <v>3151099</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="E64" s="11" t="s">
-        <v>116</v>
+        <v>36</v>
       </c>
       <c r="F64" s="2">
-        <v>11300</v>
+        <v>11110</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="H64" s="9">
-        <v>45877.655995370369</v>
+        <v>45848.795532407406</v>
       </c>
       <c r="I64" s="8">
-        <v>19.5</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:9" x14ac:dyDescent="0.3">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="2">
         <v>61</v>
       </c>
       <c r="B65" s="2">
-        <v>9780141978611</v>
+        <v>9781594206108</v>
       </c>
       <c r="C65">
-        <v>5851270</v>
+        <v>3176896</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>78</v>
+        <v>120</v>
       </c>
       <c r="E65" s="11" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="F65" s="2">
-        <v>15310</v>
+        <v>11110</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>72</v>
+        <v>9</v>
       </c>
       <c r="H65" s="9">
-        <v>42273.391122685185</v>
+        <v>45932.449629629627</v>
       </c>
       <c r="I65" s="8">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:9" x14ac:dyDescent="0.3">
+        <v>28.5</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="2">
         <v>62</v>
       </c>
       <c r="B66" s="2">
-        <v>9781786542212</v>
+        <v>9780224099790</v>
       </c>
       <c r="C66">
-        <v>2987337</v>
+        <v>3104455</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="E66" s="11" t="s">
-        <v>91</v>
+        <v>36</v>
       </c>
       <c r="F66" s="2">
-        <v>22500</v>
+        <v>11110</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="H66" s="9">
-        <v>45154.044293981482</v>
+        <v>45709.80605324074</v>
       </c>
       <c r="I66" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:9" x14ac:dyDescent="0.3">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="2">
         <v>63</v>
       </c>
       <c r="B67" s="2">
-        <v>9781408725764</v>
+        <v>9780008710286</v>
       </c>
       <c r="C67">
-        <v>2796514</v>
+        <v>3184098</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="E67" s="11" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F67" s="2">
-        <v>21110</v>
+        <v>16630</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>9</v>
+        <v>123</v>
       </c>
       <c r="H67" s="9">
-        <v>44492.281851851854</v>
+        <v>45955.434930555559</v>
       </c>
       <c r="I67" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:9" x14ac:dyDescent="0.3">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="2">
         <v>64</v>
       </c>
       <c r="B68" s="2">
-        <v>9780141036144</v>
+        <v>9780349701479</v>
       </c>
       <c r="C68">
-        <v>6720331</v>
+        <v>1531417</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>54</v>
+        <v>80</v>
       </c>
       <c r="E68" s="11" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F68" s="2">
         <v>21110</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H68" s="9">
-        <v>39638.306006944447</v>
+        <v>44321.791678240741</v>
       </c>
       <c r="I68" s="8">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:9" x14ac:dyDescent="0.3">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="2">
         <v>65</v>
       </c>
       <c r="B69" s="2">
-        <v>9781804995334</v>
+        <v>9781444983326</v>
       </c>
       <c r="C69">
-        <v>3138693</v>
+        <v>3139436</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E69" s="11" t="s">
-        <v>116</v>
+        <v>53</v>
       </c>
       <c r="F69" s="2">
-        <v>21200</v>
+        <v>22500</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H69" s="9">
-        <v>45890.762488425928</v>
+        <v>45943.827523148146</v>
       </c>
       <c r="I69" s="8">
         <v>13.5</v>
       </c>
     </row>
-    <row r="70" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="2">
         <v>66</v>
       </c>
       <c r="B70" s="2">
-        <v>9780349436326</v>
+        <v>9780063429826</v>
       </c>
       <c r="C70">
-        <v>2901243</v>
+        <v>3146026</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>26</v>
+        <v>125</v>
       </c>
       <c r="E70" s="11" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="F70" s="2">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H70" s="9">
-        <v>44894.73097222222</v>
+        <v>45936.393252314818</v>
       </c>
       <c r="I70" s="8">
         <v>13.5</v>
       </c>
     </row>
-    <row r="71" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="2">
         <v>67</v>
       </c>
       <c r="B71" s="2">
-        <v>9781804955871</v>
+        <v>9781399633871</v>
       </c>
       <c r="C71">
-        <v>3122225</v>
+        <v>1814940</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="E71" s="11" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="F71" s="2">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H71" s="9">
-        <v>45614.706458333334</v>
+        <v>45902.209224537037</v>
       </c>
       <c r="I71" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:9" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="2">
         <v>68</v>
       </c>
       <c r="B72" s="2">
-        <v>9781409181637</v>
+        <v>9780593418574</v>
       </c>
       <c r="C72">
-        <v>2680177</v>
+        <v>3069666</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="E72" s="11" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="F72" s="2">
-        <v>21200</v>
+        <v>17850</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="H72" s="9">
-        <v>43787.667314814818</v>
+        <v>44881.42392361111</v>
       </c>
       <c r="I72" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:9" x14ac:dyDescent="0.3">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="2">
         <v>69</v>
       </c>
       <c r="B73" s="2">
-        <v>9781439199190</v>
+        <v>9780349439303</v>
       </c>
       <c r="C73">
-        <v>6066828</v>
+        <v>2996894</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>99</v>
+        <v>126</v>
       </c>
       <c r="E73" s="11" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="F73" s="2">
-        <v>24810</v>
+        <v>21110</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="H73" s="9">
-        <v>40316.333645833336</v>
+        <v>45243.879293981481</v>
       </c>
       <c r="I73" s="8">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:9" x14ac:dyDescent="0.3">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="2">
         <v>70</v>
       </c>
       <c r="B74" s="2">
-        <v>9781399728591</v>
+        <v>9781399619356</v>
       </c>
       <c r="C74">
-        <v>2997948</v>
+        <v>3144136</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="E74" s="11" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="F74" s="2">
-        <v>11110</v>
+        <v>17410</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>9</v>
+        <v>65</v>
       </c>
       <c r="H74" s="9">
-        <v>45237.346539351849</v>
+        <v>45953.482858796298</v>
       </c>
       <c r="I74" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:9" x14ac:dyDescent="0.3">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="2">
         <v>71</v>
       </c>
       <c r="B75" s="2">
-        <v>9780008421793</v>
+        <v>9781914240973</v>
       </c>
       <c r="C75">
-        <v>2898724</v>
+        <v>3144583</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E75" s="11" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="F75" s="2">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H75" s="9">
-        <v>44959.769548611112</v>
+        <v>45941.271203703705</v>
       </c>
       <c r="I75" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:9" x14ac:dyDescent="0.3">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="2">
         <v>72</v>
       </c>
       <c r="B76" s="2">
-        <v>9780593983577</v>
+        <v>9780349446684</v>
       </c>
       <c r="C76">
-        <v>3115432</v>
+        <v>1576542</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E76" s="11" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F76" s="2">
         <v>21110</v>
       </c>
       <c r="G76" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H76" s="9">
-        <v>45810.395277777781</v>
+        <v>45925.823472222219</v>
       </c>
       <c r="I76" s="8">
-        <v>20.5</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:9" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="2">
         <v>73</v>
       </c>
       <c r="B77" s="2">
-        <v>9781250095268</v>
+        <v>9780099477464</v>
       </c>
       <c r="C77">
-        <v>2283415</v>
+        <v>3957896</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>107</v>
+        <v>129</v>
       </c>
       <c r="E77" s="11" t="s">
-        <v>108</v>
+        <v>36</v>
       </c>
       <c r="F77" s="2">
-        <v>12500</v>
+        <v>21300</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H77" s="9">
-        <v>43220.736793981479</v>
+        <v>38237.600787037038</v>
       </c>
       <c r="I77" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:9" x14ac:dyDescent="0.3">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="2">
         <v>74</v>
       </c>
       <c r="B78" s="2">
-        <v>9781612681139</v>
+        <v>9780735211292</v>
       </c>
       <c r="C78">
-        <v>2980686</v>
+        <v>2164775</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>127</v>
+        <v>56</v>
       </c>
       <c r="E78" s="11" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="F78" s="2">
-        <v>27810</v>
+        <v>17850</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="H78" s="9">
-        <v>44651.701585648145</v>
+        <v>43402.289687500001</v>
       </c>
       <c r="I78" s="8">
-        <v>11.5</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:9" x14ac:dyDescent="0.3">
+        <v>27.5</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="2">
         <v>75</v>
       </c>
       <c r="B79" s="2">
-        <v>9780349437675</v>
+        <v>9781529029581</v>
       </c>
       <c r="C79">
-        <v>2975348</v>
+        <v>2735550</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>86</v>
+        <v>130</v>
       </c>
       <c r="E79" s="11" t="s">
-        <v>15</v>
+        <v>75</v>
       </c>
       <c r="F79" s="2">
         <v>21110</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H79" s="9">
-        <v>45029.95103009259</v>
+        <v>43714.791284722225</v>
       </c>
       <c r="I79" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:9" x14ac:dyDescent="0.3">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="2">
         <v>76</v>
       </c>
       <c r="B80" s="2">
-        <v>9780006546061</v>
+        <v>9781399728546</v>
       </c>
       <c r="C80">
-        <v>6679269</v>
+        <v>2983255</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E80" s="11" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F80" s="2">
         <v>21110</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H80" s="9">
-        <v>39704.317245370374</v>
+        <v>45142.693611111114</v>
       </c>
       <c r="I80" s="8">
-        <v>9.5</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:9" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="2">
         <v>77</v>
       </c>
       <c r="B81" s="2">
-        <v>9780593641552</v>
+        <v>9780804172707</v>
       </c>
       <c r="C81">
-        <v>3145547</v>
+        <v>2389210</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>130</v>
+        <v>18</v>
       </c>
       <c r="E81" s="11" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="F81" s="2">
-        <v>11300</v>
+        <v>11110</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="H81" s="9">
-        <v>45883.815995370373</v>
+        <v>42387.337731481479</v>
       </c>
       <c r="I81" s="8">
-        <v>28.5</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:9" x14ac:dyDescent="0.3">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="2">
         <v>78</v>
       </c>
       <c r="B82" s="2">
-        <v>9781464228605</v>
+        <v>9780099549482</v>
       </c>
       <c r="C82">
-        <v>3140584</v>
+        <v>5225795</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>131</v>
+        <v>84</v>
       </c>
       <c r="E82" s="11" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F82" s="2">
-        <v>21200</v>
+        <v>21110</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="H82" s="9">
-        <v>45891.679351851853</v>
+        <v>40340.885983796295</v>
       </c>
       <c r="I82" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:9" x14ac:dyDescent="0.3">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="2">
         <v>79</v>
       </c>
       <c r="B83" s="2">
-        <v>9780063450301</v>
+        <v>9781464228605</v>
       </c>
       <c r="C83">
-        <v>3131480</v>
+        <v>3140584</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>132</v>
+        <v>60</v>
       </c>
       <c r="E83" s="11" t="s">
-        <v>133</v>
+        <v>29</v>
       </c>
       <c r="F83" s="2">
-        <v>22500</v>
+        <v>21200</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H83" s="9">
-        <v>45871.554895833331</v>
+        <v>45891.679351851853</v>
       </c>
       <c r="I83" s="8">
         <v>13.5</v>
       </c>
     </row>
-    <row r="84" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="2">
         <v>80</v>
       </c>
       <c r="B84" s="2">
-        <v>9780241988749</v>
+        <v>9781464260124</v>
       </c>
       <c r="C84">
-        <v>3098543</v>
+        <v>1645528</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>111</v>
+        <v>132</v>
       </c>
       <c r="E84" s="11" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F84" s="2">
         <v>21110</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H84" s="9">
-        <v>45737.846446759257</v>
+        <v>45905.678576388891</v>
       </c>
       <c r="I84" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:9" x14ac:dyDescent="0.3">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="2">
         <v>81</v>
       </c>
       <c r="B85" s="2">
-        <v>9781399728614</v>
+        <v>9781399633475</v>
       </c>
       <c r="C85">
-        <v>3038385</v>
+        <v>3185135</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>94</v>
+        <v>133</v>
       </c>
       <c r="E85" s="11" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="F85" s="2">
-        <v>21110</v>
+        <v>11300</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="H85" s="9">
-        <v>45490.82240740741</v>
+        <v>45929.817488425928</v>
       </c>
       <c r="I85" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:9" x14ac:dyDescent="0.3">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="2">
         <v>82</v>
       </c>
       <c r="B86" s="2">
-        <v>9781471403989</v>
+        <v>9780241764244</v>
       </c>
       <c r="C86">
-        <v>7843160</v>
+        <v>3106765</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>134</v>
       </c>
       <c r="E86" s="11" t="s">
-        <v>61</v>
+        <v>12</v>
       </c>
       <c r="F86" s="2">
-        <v>22500</v>
+        <v>22920</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="H86" s="9">
-        <v>41745.36928240741</v>
+        <v>45617.824814814812</v>
       </c>
       <c r="I86" s="8">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:9" x14ac:dyDescent="0.3">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="2">
         <v>83</v>
       </c>
       <c r="B87" s="2">
-        <v>9780241252086</v>
+        <v>9780063021433</v>
       </c>
       <c r="C87">
-        <v>3182077</v>
+        <v>2951644</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>135</v>
       </c>
       <c r="E87" s="11" t="s">
-        <v>12</v>
+        <v>61</v>
       </c>
       <c r="F87" s="2">
-        <v>21110</v>
+        <v>11300</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="H87" s="9">
-        <v>45096.613240740742</v>
+        <v>45161.681851851848</v>
       </c>
       <c r="I87" s="8">
-        <v>6.5</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:9" x14ac:dyDescent="0.3">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="2">
         <v>84</v>
       </c>
       <c r="B88" s="2">
-        <v>9781405293181</v>
+        <v>9781335146984</v>
       </c>
       <c r="C88">
-        <v>2034782</v>
+        <v>3149231</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>136</v>
       </c>
       <c r="E88" s="11" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="F88" s="2">
-        <v>22500</v>
+        <v>11300</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H88" s="9">
-        <v>43567.942002314812</v>
+        <v>45957.854432870372</v>
       </c>
       <c r="I88" s="8">
-        <v>10.5</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:9" x14ac:dyDescent="0.3">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="2">
         <v>85</v>
       </c>
       <c r="B89" s="2">
-        <v>9781408855652</v>
+        <v>9780008641580</v>
       </c>
       <c r="C89">
-        <v>9842179</v>
+        <v>3003790</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>105</v>
+        <v>87</v>
       </c>
       <c r="E89" s="11" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F89" s="2">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="H89" s="9">
-        <v>41864.015208333331</v>
+        <v>45533.870347222219</v>
       </c>
       <c r="I89" s="8">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:9" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="2">
         <v>86</v>
       </c>
       <c r="B90" s="2">
-        <v>9781408728888</v>
+        <v>9781804955871</v>
       </c>
       <c r="C90">
-        <v>3085751</v>
+        <v>3122225</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>137</v>
       </c>
       <c r="E90" s="11" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="F90" s="2">
         <v>21110</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H90" s="9">
-        <v>45685.762986111113</v>
+        <v>45614.706458333334</v>
       </c>
       <c r="I90" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:9" x14ac:dyDescent="0.3">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="2">
         <v>87</v>
       </c>
       <c r="B91" s="2">
-        <v>9780241999776</v>
+        <v>9780571365487</v>
       </c>
       <c r="C91">
-        <v>3098568</v>
+        <v>3107660</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>101</v>
+        <v>49</v>
       </c>
       <c r="E91" s="11" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F91" s="2">
         <v>21110</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H91" s="9">
-        <v>45810.830763888887</v>
+        <v>45798.531365740739</v>
       </c>
       <c r="I91" s="8">
         <v>13.5</v>
       </c>
     </row>
-    <row r="92" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="2">
         <v>88</v>
       </c>
       <c r="B92" s="2">
-        <v>9781728205489</v>
+        <v>9781405962414</v>
       </c>
       <c r="C92">
-        <v>2868780</v>
+        <v>3143886</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>97</v>
+        <v>138</v>
       </c>
       <c r="E92" s="11" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F92" s="2">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G92" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="H92" s="9">
-        <v>44203.28193287037</v>
+        <v>45939.795069444444</v>
       </c>
       <c r="I92" s="8">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:9" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="2">
         <v>89</v>
       </c>
       <c r="B93" s="2">
-        <v>9781984825773</v>
+        <v>9781484746691</v>
       </c>
       <c r="C93">
-        <v>2033789</v>
+        <v>2512002</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E93" s="11" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="F93" s="2">
-        <v>27430</v>
+        <v>12500</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>139</v>
+        <v>11</v>
       </c>
       <c r="H93" s="9">
-        <v>43473.265300925923</v>
+        <v>42577.461400462962</v>
       </c>
       <c r="I93" s="8">
-        <v>11.5</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:9" x14ac:dyDescent="0.3">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="2">
         <v>90</v>
       </c>
       <c r="B94" s="2">
-        <v>9781471407277</v>
+        <v>9780349439259</v>
       </c>
       <c r="C94">
-        <v>7222602</v>
+        <v>2996891</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="E94" s="11" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
       <c r="F94" s="2">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="H94" s="9">
-        <v>43291.103194444448</v>
+        <v>45177.441087962965</v>
       </c>
       <c r="I94" s="8">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:9" x14ac:dyDescent="0.3">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="2">
         <v>91</v>
       </c>
       <c r="B95" s="2">
-        <v>9780008623036</v>
+        <v>9780374533557</v>
       </c>
       <c r="C95">
-        <v>3105641</v>
+        <v>8118345</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>140</v>
       </c>
       <c r="E95" s="11" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="F95" s="2">
-        <v>21110</v>
+        <v>17850</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="H95" s="9">
-        <v>45687.688159722224</v>
+        <v>41360.933356481481</v>
       </c>
       <c r="I95" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:9" x14ac:dyDescent="0.3">
+        <v>18.5</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="2">
         <v>92</v>
       </c>
       <c r="B96" s="2">
-        <v>9781442498327</v>
+        <v>9781529442427</v>
       </c>
       <c r="C96">
-        <v>2884162</v>
+        <v>3153277</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>141</v>
       </c>
       <c r="E96" s="11" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F96" s="2">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="H96" s="9">
-        <v>41480.598217592589</v>
+        <v>45804.198136574072</v>
       </c>
       <c r="I96" s="8">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:9" x14ac:dyDescent="0.3">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="2">
         <v>93</v>
       </c>
       <c r="B97" s="2">
-        <v>9781786542229</v>
+        <v>9781668208809</v>
       </c>
       <c r="C97">
-        <v>2987339</v>
+        <v>1777734</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>90</v>
+        <v>142</v>
       </c>
       <c r="E97" s="11" t="s">
-        <v>91</v>
+        <v>32</v>
       </c>
       <c r="F97" s="2">
-        <v>22500</v>
+        <v>11300</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H97" s="9">
-        <v>45149.478750000002</v>
+        <v>45937.879155092596</v>
       </c>
       <c r="I97" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:9" x14ac:dyDescent="0.3">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="2">
         <v>94</v>
       </c>
       <c r="B98" s="2">
-        <v>9780141036137</v>
+        <v>9781250095268</v>
       </c>
       <c r="C98">
-        <v>6670385</v>
+        <v>2283415</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>89</v>
+        <v>143</v>
       </c>
       <c r="E98" s="11" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="F98" s="2">
-        <v>21110</v>
+        <v>12500</v>
       </c>
       <c r="G98" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H98" s="9">
-        <v>39645.655405092592</v>
+        <v>43220.736793981479</v>
       </c>
       <c r="I98" s="8">
         <v>12.5</v>
       </c>
     </row>
-    <row r="99" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="2">
         <v>95</v>
       </c>
       <c r="B99" s="2">
-        <v>9781398530126</v>
+        <v>9781035070848</v>
       </c>
       <c r="C99">
-        <v>2997702</v>
+        <v>3145917</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>70</v>
+        <v>144</v>
       </c>
       <c r="E99" s="11" t="s">
-        <v>10</v>
+        <v>75</v>
       </c>
       <c r="F99" s="2">
-        <v>22500</v>
+        <v>11300</v>
       </c>
       <c r="G99" s="2" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H99" s="9">
-        <v>45474.76798611111</v>
+        <v>45940.821932870371</v>
       </c>
       <c r="I99" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:9" x14ac:dyDescent="0.3">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="2">
         <v>96</v>
       </c>
       <c r="B100" s="2">
-        <v>9780356522975</v>
+        <v>9781405293181</v>
       </c>
       <c r="C100">
-        <v>3098085</v>
+        <v>2034782</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>142</v>
+        <v>63</v>
       </c>
       <c r="E100" s="11" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F100" s="2">
-        <v>11300</v>
+        <v>22500</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H100" s="9">
-        <v>45783.752222222225</v>
+        <v>43567.942002314812</v>
       </c>
       <c r="I100" s="8">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:9" x14ac:dyDescent="0.3">
+        <v>10.5</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="2">
         <v>97</v>
       </c>
       <c r="B101" s="2">
-        <v>9781526657909</v>
+        <v>9781984825773</v>
       </c>
       <c r="C101">
-        <v>3145236</v>
+        <v>2033789</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>81</v>
+        <v>64</v>
       </c>
       <c r="E101" s="11" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="F101" s="2">
-        <v>25320</v>
+        <v>27430</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="H101" s="9">
-        <v>45831.682581018518</v>
+        <v>43473.265300925923</v>
       </c>
       <c r="I101" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:9" x14ac:dyDescent="0.3">
+        <v>10.5</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="2">
         <v>98</v>
       </c>
       <c r="B102" s="2">
-        <v>9781408726600</v>
+        <v>9781407132082</v>
       </c>
       <c r="C102">
-        <v>2836094</v>
+        <v>8819360</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="E102" s="11" t="s">
-        <v>15</v>
+        <v>146</v>
       </c>
       <c r="F102" s="2">
-        <v>21200</v>
+        <v>22500</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H102" s="9">
-        <v>44587.432835648149</v>
+        <v>40876.474930555552</v>
       </c>
       <c r="I102" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:9" x14ac:dyDescent="0.3">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="2">
         <v>99</v>
       </c>
       <c r="B103" s="2">
-        <v>9781464228582</v>
+        <v>9781501124068</v>
       </c>
       <c r="C103">
-        <v>3140586</v>
+        <v>3164944</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>106</v>
+        <v>147</v>
       </c>
       <c r="E103" s="11" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="F103" s="2">
-        <v>21200</v>
+        <v>17810</v>
       </c>
       <c r="G103" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="H103" s="9">
-        <v>45861.725104166668</v>
+        <v>45804.318888888891</v>
       </c>
       <c r="I103" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:9" x14ac:dyDescent="0.3">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="2">
         <v>100</v>
       </c>
       <c r="B104" s="2">
-        <v>9780571081783</v>
+        <v>9781526677921</v>
       </c>
       <c r="C104" s="2">
-        <v>2355760</v>
+        <v>3145235</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>95</v>
+        <v>148</v>
       </c>
       <c r="E104" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="F104" s="2">
         <v>21110</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H104" s="9">
-        <v>36857.871898148151</v>
+        <v>45929.815266203703</v>
       </c>
       <c r="I104" s="8">
-        <v>13</v>
+        <v>13.5</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="1.7716535433070868" bottom="1.3779527559055118" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="53" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Fett"&amp;12
 &amp;K243478Libri GmbH&amp;"-,Standard"&amp;11
 &amp;12Hamburg • Bad Hersfeld&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;10&amp;K243478Libri GmbH • Friedensallee 273 • 22763 Hamburg • AG Hamburg HRB 65430
 Geschäftsführung: Alyna Wnukowsky (Sprecherin), Ulrich Vollmer
 Aufsichtsratsvorsitzender: Dr. Markus Conrad&amp;R&amp;K243478&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="504620ad-4a5b-4e98-91c4-34164cb416e2" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c7883763-1633-4a33-844b-a4f27752bb33">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010007E2A28E331B1345B4C54C5E2471F1FA" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="23252ba61a2b42fee7d5f57213e57890">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c7883763-1633-4a33-844b-a4f27752bb33" xmlns:ns3="504620ad-4a5b-4e98-91c4-34164cb416e2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="548f94b230d87df06dce40b2da64a907" ns2:_="" ns3:_="">
     <xsd:import namespace="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <xsd:import namespace="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -4887,111 +4923,91 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996B258D-5A6A-4734-BF2E-505977B0BDE3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC4D9CF9-E2A7-47E5-9512-037AD31ADBFF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="c9f90cda-9d81-4aea-911d-f949aaf4de02"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
+    <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CAC27AFD-44A3-4FDA-A270-33008A730847}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...24 lines deleted...]
-    <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" enabled="0" method="" siteId="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>