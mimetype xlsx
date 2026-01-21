--- v2 (2025-11-23)
+++ v3 (2026-01-21)
@@ -1,66 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestseller\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestseller\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9C021063-B938-4CE1-B838-7DCB67D9E883}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B1189C21-48EB-4B51-8B4C-EA54C4B82479}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
+    <workbookView xWindow="-48" yWindow="-48" windowWidth="23136" windowHeight="12456" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
   </bookViews>
   <sheets>
     <sheet name="Top100" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Top100'!$A$1:$I$104</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Top100'!$4:$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -144,396 +143,396 @@
   <si>
     <t>Garber, S: Once Upon a Broken Heart</t>
   </si>
   <si>
     <t>Yarros, R: Fourth Wing</t>
   </si>
   <si>
     <t>Yarros, R: Iron Flame</t>
   </si>
   <si>
     <t>Roberts, L: Powerless</t>
   </si>
   <si>
     <t>Sourcebooks LLC</t>
   </si>
   <si>
     <t>McFadden, F: Housemaid</t>
   </si>
   <si>
     <t>Faber And Faber Ltd.</t>
   </si>
   <si>
     <t>Simon + Schuster LLC</t>
   </si>
   <si>
+    <t>Kishimi, I: Courage To Be Disliked</t>
+  </si>
+  <si>
+    <t>Atlantic Books</t>
+  </si>
+  <si>
+    <t>Random House UK Ltd</t>
+  </si>
+  <si>
+    <t>McFadden, F: Boyfriend</t>
+  </si>
+  <si>
+    <t>Kleinbaum, N: Dead Poets Society</t>
+  </si>
+  <si>
+    <t>McFadden, F: Housemaid's Secret</t>
+  </si>
+  <si>
+    <t>Harpman, J: I Who Have Never Known Men</t>
+  </si>
+  <si>
+    <t>Orion Publishing Group</t>
+  </si>
+  <si>
+    <t>Yarros, R: Onyx Storm</t>
+  </si>
+  <si>
+    <t>Allen, N: Lights Out</t>
+  </si>
+  <si>
+    <t>Quercus Publishing Plc</t>
+  </si>
+  <si>
+    <t>Octopus Publishing Ltd.</t>
+  </si>
+  <si>
+    <t>Atwood, M: Handmaid's Tale</t>
+  </si>
+  <si>
+    <t>Mochizuki, M: Full Moon Coffee Shop</t>
+  </si>
+  <si>
+    <t>Espach, A: Wedding People</t>
+  </si>
+  <si>
+    <t>Macmillan USA</t>
+  </si>
+  <si>
+    <t>Clear, J: Atomic Habits</t>
+  </si>
+  <si>
+    <t>Erikson, T: Surrounded by Idiots Revised &amp; Expanded Edition</t>
+  </si>
+  <si>
+    <t>Hill, N: Think and Grow Rich</t>
+  </si>
+  <si>
+    <t>McFadden, F: Surrogate Mother</t>
+  </si>
+  <si>
+    <t>Harper Collins Publ. USA</t>
+  </si>
+  <si>
+    <t>Dostoyevsky, F: White Nights</t>
+  </si>
+  <si>
+    <t>Levitsky, S: How Democracies Die</t>
+  </si>
+  <si>
+    <t>Politics/Society/Labour</t>
+  </si>
+  <si>
+    <t>Osman, R: Impossible Fortune</t>
+  </si>
+  <si>
+    <t>Brown, D: Secret of Secrets</t>
+  </si>
+  <si>
+    <t>Gilmore, L: Gingerbread Bakery</t>
+  </si>
+  <si>
+    <t>McEwan, I: What We Can Know</t>
+  </si>
+  <si>
+    <t>Follett, K: Circle of Days</t>
+  </si>
+  <si>
+    <t>Housel, M: Psychology of Money: Timeless Lessons on Wealth</t>
+  </si>
+  <si>
+    <t>Pan Macmillan</t>
+  </si>
+  <si>
+    <t>SenLinYu: Alchemised</t>
+  </si>
+  <si>
+    <t>Wyo, C: Cozy Corner</t>
+  </si>
+  <si>
+    <t>Childrens Books/Learning/Games</t>
+  </si>
+  <si>
+    <t>Tolle, E: The Power of Now</t>
+  </si>
+  <si>
+    <t>Esoteric/Anthroposophy</t>
+  </si>
+  <si>
+    <t>Wyo, C: Cozy Cuties</t>
+  </si>
+  <si>
+    <t>Gilmore, L: Christmas Tree Farm</t>
+  </si>
+  <si>
+    <t>Huang, A: Defender/Deluxe Limited Edition</t>
+  </si>
+  <si>
+    <t>Kinney, J: Diary of a Wimpy Kid 20: Partypooper</t>
+  </si>
+  <si>
+    <t>McFadden, F: Intruder</t>
+  </si>
+  <si>
+    <t>Pullman, P: Rose Field</t>
+  </si>
+  <si>
+    <t>Mackesy, C: Always Remember</t>
+  </si>
+  <si>
+    <t>Desai, K: Loneliness of Sonia and Sunny</t>
+  </si>
+  <si>
+    <t>Rubin, R: Creative Act</t>
+  </si>
+  <si>
+    <t>Cartoons/Comics</t>
+  </si>
+  <si>
+    <t>Music</t>
+  </si>
+  <si>
+    <t>Roy, A: Mother Mary Comes To Me</t>
+  </si>
+  <si>
+    <t>Hachette Book Group USA</t>
+  </si>
+  <si>
+    <t>Kuang, R: Babel</t>
+  </si>
+  <si>
+    <t>Kent, R: God of Malice</t>
+  </si>
+  <si>
+    <t>Kahneman, D: Thinking, Fast and Slow</t>
+  </si>
+  <si>
+    <t>Hart, C: Brimstone</t>
+  </si>
+  <si>
+    <t>Atwood, M: Book of Lives</t>
+  </si>
+  <si>
+    <t>Wyo, C: Cozy Vibes</t>
+  </si>
+  <si>
+    <t>Islington, J: Strength of the Few</t>
+  </si>
+  <si>
+    <t>Wyo, C: Cozy Days</t>
+  </si>
+  <si>
+    <t>Smith, P: Bread of Angels</t>
+  </si>
+  <si>
+    <t>Meyer, E: Culture Map</t>
+  </si>
+  <si>
+    <t>Kent, R: God of Ruin</t>
+  </si>
+  <si>
+    <t>Rowling, J: Harry Potter 1/Philosopher's Stone</t>
+  </si>
+  <si>
+    <t>Danielewski, M: House of Leaves</t>
+  </si>
+  <si>
+    <t>Canongate Books Ltd.</t>
+  </si>
+  <si>
+    <t>Carlton, H: Haunting Adeline</t>
+  </si>
+  <si>
+    <t>Perez, C: Invisible Women</t>
+  </si>
+  <si>
+    <t>Garber, S: Ballad of Never After</t>
+  </si>
+  <si>
+    <t>Coben, H: Nobody's Fool</t>
+  </si>
+  <si>
+    <t>Mafi, T: Shatter Me</t>
+  </si>
+  <si>
+    <t>Dinniman, M: Dungeon Crawler Carl</t>
+  </si>
+  <si>
+    <t>Huang, A: Striker/Deluxe Edition</t>
+  </si>
+  <si>
+    <t>Just the Best Top 100 • January 2026</t>
+  </si>
+  <si>
+    <t>Szalay, D: Flesh</t>
+  </si>
+  <si>
+    <t>Moronova, K: My Blade, Your Back</t>
+  </si>
+  <si>
+    <t>Kinney, J: Diary of a Wimpy Kid 1</t>
+  </si>
+  <si>
+    <t>Bartlett, S: Diary of a CEO</t>
+  </si>
+  <si>
+    <t>Carnegie, D: How to Win Friends</t>
+  </si>
+  <si>
+    <t>Collins, S: Hunger Games: Sunrise on the Reaping</t>
+  </si>
+  <si>
+    <t>Scholastic Ltd.</t>
+  </si>
+  <si>
+    <t>Haig, M: Midnight Library</t>
+  </si>
+  <si>
+    <t>Kawaguchi, T: Before the Coffee Gets Cold</t>
+  </si>
+  <si>
     <t>Walsh, C: Binding 13</t>
   </si>
   <si>
-    <t>Kishimi, I: Courage To Be Disliked</t>
-[...41 lines deleted...]
-    <t>Psychology</t>
+    <t>Harari, Y: Nexus</t>
+  </si>
+  <si>
+    <t>History</t>
+  </si>
+  <si>
+    <t>Stevenson, B: Everyone This Christmas Has A Secret</t>
+  </si>
+  <si>
+    <t>Yudkowsky, E: If Anyone Builds It, Everyone Dies</t>
+  </si>
+  <si>
+    <t>Engineering</t>
+  </si>
+  <si>
+    <t>Weir, A: Project Hail Mary</t>
+  </si>
+  <si>
+    <t>Derian, J: John Derian Sticker Book II</t>
+  </si>
+  <si>
+    <t>Workman Publishing</t>
+  </si>
+  <si>
+    <t>Hobby/Recreation/Nature</t>
+  </si>
+  <si>
+    <t>Jackson, H: Good Girl's Guide to Murder</t>
+  </si>
+  <si>
+    <t>Estés, C: Women Who Run with the Wolves</t>
+  </si>
+  <si>
+    <t>Tartt, D: Secret History</t>
+  </si>
+  <si>
+    <t>Sanderson, B: Tailored Realities</t>
+  </si>
+  <si>
+    <t>Harvey, S: Orbital</t>
+  </si>
+  <si>
+    <t>Hart, C: Quicksilver</t>
   </si>
   <si>
     <t>Rooney, S: Intermezzo</t>
   </si>
   <si>
-    <t>Mochizuki, M: Full Moon Coffee Shop</t>
-[...98 lines deleted...]
-    <t>Gilmore, L: Pumpkin Spice Café</t>
+    <t>Tinta, V: Fuzzy Hygge</t>
+  </si>
+  <si>
+    <t>Hirsch, A: Gravity Falls: Journal 3</t>
   </si>
   <si>
     <t>Lee, H: To Kill a Mockingbird/60th Anniversary Ed.</t>
   </si>
   <si>
-    <t>Tolle, E: The Power of Now</t>
-[...47 lines deleted...]
-    <t>Aster, A: Nightbane/Lightlark 2 Collector's Edition</t>
+    <t>Bronte, C: Jane Eyre</t>
+  </si>
+  <si>
+    <t>Tomforde, L: Rewind It Back</t>
+  </si>
+  <si>
+    <t>García, H: Ikigai</t>
+  </si>
+  <si>
+    <t>Carlton, H: Hunting Adeline</t>
+  </si>
+  <si>
+    <t>Henry, E: People We Meet on Vacation</t>
+  </si>
+  <si>
+    <t>Garber, S: Caraval</t>
+  </si>
+  <si>
+    <t>Mackesy, C: Boy, The Mole, The Fox and The Horse</t>
+  </si>
+  <si>
+    <t>Fisher, T: Opportunist</t>
+  </si>
+  <si>
+    <t>Violet, L: Unofficial K-Pop Demon Hunters Activity Book</t>
+  </si>
+  <si>
+    <t>Walsh, C: Keeping 13</t>
+  </si>
+  <si>
+    <t>Smith, P: Just Kids</t>
+  </si>
+  <si>
+    <t>Islington, J: Will of the Many</t>
+  </si>
+  <si>
+    <t>Kent, R: Kiss the Villain</t>
+  </si>
+  <si>
+    <t>Ottolenghi, Y: SIMPLE</t>
+  </si>
+  <si>
+    <t>Cooking/Food/Drink</t>
   </si>
   <si>
     <t>Grisham, J: Widow</t>
-  </si>
-[...136 lines deleted...]
-    <t>Khabra, B: Revolve</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="3">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1672,3059 +1671,3039 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D61CB4B-7791-4ED0-AE80-E77BE2D65B28}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I104"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3"/>
+      <selection activeCell="D10" sqref="D10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="8.28515625" style="2" customWidth="1"/>
+    <col min="1" max="1" width="8.33203125" style="2" customWidth="1"/>
     <col min="2" max="2" width="14" style="2" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="9.85546875" style="2" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="14.7109375" style="2" customWidth="1"/>
+    <col min="3" max="3" width="9.88671875" style="2" customWidth="1"/>
+    <col min="4" max="4" width="52.88671875" style="5" customWidth="1"/>
+    <col min="5" max="5" width="24.44140625" style="11" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="14.6640625" style="2" customWidth="1"/>
     <col min="7" max="7" width="22" customWidth="1"/>
-    <col min="8" max="8" width="10.140625" bestFit="1" customWidth="1"/>
-    <col min="9" max="9" width="8.7109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.109375" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="8.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="28.5" x14ac:dyDescent="0.45">
+    <row r="1" spans="1:9" ht="28.8" x14ac:dyDescent="0.55000000000000004">
       <c r="A1" s="12" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="B1" s="13"/>
       <c r="C1" s="13"/>
       <c r="D1" s="13"/>
       <c r="E1" s="13"/>
       <c r="F1" s="13"/>
     </row>
-    <row r="4" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:9" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="7" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="7" t="s">
         <v>5</v>
       </c>
       <c r="H4" s="6" t="s">
         <v>6</v>
       </c>
       <c r="I4" s="6" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A5" s="2">
         <v>1</v>
       </c>
       <c r="B5" s="2">
-        <v>9780593952580</v>
+        <v>9780241764220</v>
       </c>
       <c r="C5">
-        <v>3148551</v>
+        <v>3138091</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>93</v>
+        <v>65</v>
       </c>
       <c r="E5" s="11" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="F5" s="2">
-        <v>11300</v>
+        <v>22920</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="H5" s="9">
-        <v>45932.338263888887</v>
+        <v>45729.921261574076</v>
       </c>
       <c r="I5" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A6" s="2">
         <v>2</v>
       </c>
       <c r="B6" s="2">
-        <v>9780349442273</v>
+        <v>9780241764206</v>
       </c>
       <c r="C6">
-        <v>3144048</v>
+        <v>3138088</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="E6" s="11" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F6" s="2">
-        <v>21110</v>
+        <v>22920</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="H6" s="9">
-        <v>45950.815243055556</v>
+        <v>45701.532060185185</v>
       </c>
       <c r="I6" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A7" s="2">
         <v>3</v>
       </c>
       <c r="B7" s="2">
-        <v>9780241714348</v>
+        <v>9780224099790</v>
       </c>
       <c r="C7">
-        <v>3143950</v>
+        <v>3104455</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="E7" s="11" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F7" s="2">
-        <v>11300</v>
+        <v>11110</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="H7" s="9">
-        <v>45912.733784722222</v>
+        <v>45709.80605324074</v>
       </c>
       <c r="I7" s="8">
-        <v>28.5</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A8" s="2">
         <v>4</v>
       </c>
       <c r="B8" s="2">
-        <v>9780241745168</v>
+        <v>9781464260186</v>
       </c>
       <c r="C8">
-        <v>3148880</v>
+        <v>2016896</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="E8" s="11" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F8" s="2">
-        <v>12500</v>
+        <v>21110</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="H8" s="9">
-        <v>45953.434270833335</v>
+        <v>45985.220185185186</v>
       </c>
       <c r="I8" s="8">
-        <v>15.5</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A9" s="2">
         <v>5</v>
       </c>
       <c r="B9" s="2">
-        <v>9781399631334</v>
+        <v>9781399622752</v>
       </c>
       <c r="C9">
-        <v>3137679</v>
+        <v>3123749</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>96</v>
+        <v>47</v>
       </c>
       <c r="E9" s="11" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F9" s="2">
-        <v>11300</v>
+        <v>21110</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="H9" s="9">
-        <v>45931.770011574074</v>
+        <v>45820.798414351855</v>
       </c>
       <c r="I9" s="8">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A10" s="2">
         <v>6</v>
       </c>
       <c r="B10" s="2">
-        <v>9780241764206</v>
+        <v>9781760630737</v>
       </c>
       <c r="C10">
-        <v>3138088</v>
+        <v>2660592</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="E10" s="11" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="F10" s="2">
-        <v>22920</v>
+        <v>24810</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>82</v>
+        <v>19</v>
       </c>
       <c r="H10" s="9">
-        <v>45701.532060185185</v>
+        <v>43419.971087962964</v>
       </c>
       <c r="I10" s="8">
-        <v>8.5</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A11" s="2">
         <v>7</v>
       </c>
       <c r="B11" s="2">
-        <v>9781398537866</v>
+        <v>9780349132600</v>
       </c>
       <c r="C11">
-        <v>3142212</v>
+        <v>2992625</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="E11" s="11" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="F11" s="2">
-        <v>22500</v>
+        <v>21200</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H11" s="9">
-        <v>45940.757951388892</v>
+        <v>45133.959421296298</v>
       </c>
       <c r="I11" s="8">
-        <v>11.5</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A12" s="2">
         <v>8</v>
       </c>
       <c r="B12" s="2">
-        <v>9781787335745</v>
+        <v>9780241745168</v>
       </c>
       <c r="C12">
-        <v>3144643</v>
+        <v>3148880</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E12" s="11" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="F12" s="2">
-        <v>11110</v>
+        <v>12500</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H12" s="9">
-        <v>45912.937372685185</v>
+        <v>45953.434270833335</v>
       </c>
       <c r="I12" s="8">
-        <v>20.5</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+        <v>15.5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A13" s="2">
         <v>9</v>
       </c>
       <c r="B13" s="2">
-        <v>9780241252086</v>
+        <v>9781787335745</v>
       </c>
       <c r="C13">
-        <v>3182077</v>
+        <v>3144643</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="E13" s="11" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F13" s="2">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H13" s="9">
-        <v>45096.613240740742</v>
+        <v>45912.937372685185</v>
       </c>
       <c r="I13" s="8">
-        <v>6.5</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A14" s="2">
         <v>10</v>
       </c>
       <c r="B14" s="2">
-        <v>9781452174792</v>
+        <v>9780385546898</v>
       </c>
       <c r="C14">
-        <v>2003618</v>
+        <v>3140724</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>77</v>
+        <v>58</v>
       </c>
       <c r="E14" s="11" t="s">
-        <v>78</v>
+        <v>24</v>
       </c>
       <c r="F14" s="2">
-        <v>84900</v>
+        <v>11110</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>79</v>
+        <v>9</v>
       </c>
       <c r="H14" s="9">
-        <v>43480.919039351851</v>
+        <v>45901.838854166665</v>
       </c>
       <c r="I14" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+        <v>32.5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A15" s="2">
         <v>11</v>
       </c>
       <c r="B15" s="2">
-        <v>9780349437071</v>
+        <v>9780349437019</v>
       </c>
       <c r="C15">
-        <v>3058758</v>
+        <v>2941018</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="E15" s="11" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="2">
         <v>21300</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="9">
-        <v>45670.745937500003</v>
+        <v>45366.364340277774</v>
       </c>
       <c r="I15" s="8">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A16" s="2">
         <v>12</v>
       </c>
       <c r="B16" s="2">
-        <v>9781529442342</v>
+        <v>9780349437071</v>
       </c>
       <c r="C16">
-        <v>3139490</v>
+        <v>3058758</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="E16" s="11" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="F16" s="2">
-        <v>11200</v>
+        <v>21300</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="H16" s="9">
-        <v>45911.890763888892</v>
+        <v>45670.745937500003</v>
       </c>
       <c r="I16" s="8">
-        <v>31.5</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A17" s="2">
         <v>13</v>
       </c>
       <c r="B17" s="2">
-        <v>9781464228612</v>
+        <v>9781250420466</v>
       </c>
       <c r="C17">
-        <v>3155108</v>
+        <v>3170642</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>98</v>
+        <v>50</v>
       </c>
       <c r="E17" s="11" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="F17" s="2">
-        <v>21200</v>
+        <v>24810</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H17" s="9">
-        <v>45932.642650462964</v>
+        <v>45888.819212962961</v>
       </c>
       <c r="I17" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A18" s="2">
         <v>14</v>
       </c>
       <c r="B18" s="2">
-        <v>9781419785627</v>
+        <v>9780593652886</v>
       </c>
       <c r="C18">
-        <v>3145903</v>
+        <v>2936723</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>99</v>
+        <v>77</v>
       </c>
       <c r="E18" s="11" t="s">
-        <v>78</v>
+        <v>23</v>
       </c>
       <c r="F18" s="2">
-        <v>12500</v>
+        <v>14810</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="H18" s="9">
-        <v>45947.878530092596</v>
+        <v>44949.665937500002</v>
       </c>
       <c r="I18" s="8">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+        <v>23.5</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A19" s="2">
         <v>15</v>
       </c>
       <c r="B19" s="2">
-        <v>9780241764220</v>
+        <v>9781399633871</v>
       </c>
       <c r="C19">
-        <v>3138091</v>
+        <v>1814940</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="E19" s="11" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F19" s="2">
-        <v>22920</v>
+        <v>22500</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="H19" s="9">
-        <v>45729.921261574076</v>
+        <v>45902.209224537037</v>
       </c>
       <c r="I19" s="8">
-        <v>8.5</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A20" s="2">
         <v>16</v>
       </c>
       <c r="B20" s="2">
-        <v>9780857197689</v>
+        <v>9781464228612</v>
       </c>
       <c r="C20">
-        <v>2015155</v>
+        <v>3155108</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="E20" s="11" t="s">
-        <v>75</v>
+        <v>29</v>
       </c>
       <c r="F20" s="2">
-        <v>17810</v>
+        <v>21200</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H20" s="9">
-        <v>44074.806956018518</v>
+        <v>45932.642650462964</v>
       </c>
       <c r="I20" s="8">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A21" s="2">
         <v>17</v>
       </c>
       <c r="B21" s="2">
-        <v>9780241458709</v>
+        <v>9781408728512</v>
       </c>
       <c r="C21">
-        <v>3172303</v>
+        <v>2979423</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="E21" s="11" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F21" s="2">
-        <v>11300</v>
+        <v>21200</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="H21" s="9">
-        <v>45945.899328703701</v>
+        <v>45062.942291666666</v>
       </c>
       <c r="I21" s="8">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A22" s="2">
         <v>18</v>
       </c>
       <c r="B22" s="2">
-        <v>9781408723791</v>
+        <v>9781401308773</v>
       </c>
       <c r="C22">
-        <v>3144044</v>
+        <v>9071202</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="E22" s="11" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="F22" s="2">
-        <v>11200</v>
+        <v>21110</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="H22" s="9">
-        <v>45901.902997685182</v>
+        <v>38954.985474537039</v>
       </c>
       <c r="I22" s="8">
-        <v>24.5</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A23" s="2">
         <v>19</v>
       </c>
       <c r="B23" s="2">
-        <v>9781408728512</v>
+        <v>9780804172707</v>
       </c>
       <c r="C23">
-        <v>2979423</v>
+        <v>2389210</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="E23" s="11" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="F23" s="2">
-        <v>21200</v>
+        <v>11110</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="H23" s="9">
-        <v>45062.942291666666</v>
+        <v>42387.337731481479</v>
       </c>
       <c r="I23" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A24" s="2">
         <v>20</v>
       </c>
       <c r="B24" s="2">
-        <v>9780008610746</v>
+        <v>9781585424337</v>
       </c>
       <c r="C24">
-        <v>3093200</v>
+        <v>2208217</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>90</v>
+        <v>51</v>
       </c>
       <c r="E24" s="11" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="F24" s="2">
-        <v>11110</v>
+        <v>27810</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="H24" s="9">
-        <v>45573.883576388886</v>
+        <v>38587.714270833334</v>
       </c>
       <c r="I24" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A25" s="2">
         <v>21</v>
       </c>
       <c r="B25" s="2">
-        <v>9781250420466</v>
+        <v>9780241252086</v>
       </c>
       <c r="C25">
-        <v>3170642</v>
+        <v>3182077</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="E25" s="11" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="F25" s="2">
-        <v>24810</v>
+        <v>21110</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="H25" s="9">
-        <v>45888.819212962961</v>
+        <v>45096.613240740742</v>
       </c>
       <c r="I25" s="8">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A26" s="2">
         <v>22</v>
       </c>
       <c r="B26" s="2">
-        <v>9781399622752</v>
+        <v>9781914240942</v>
       </c>
       <c r="C26">
-        <v>3123749</v>
+        <v>3102455</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="E26" s="11" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F26" s="2">
         <v>21110</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H26" s="9">
-        <v>45820.798414351855</v>
+        <v>45780.278113425928</v>
       </c>
       <c r="I26" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A27" s="2">
         <v>23</v>
       </c>
       <c r="B27" s="2">
-        <v>9780349441696</v>
+        <v>9781529111798</v>
       </c>
       <c r="C27">
-        <v>3154079</v>
+        <v>1686445</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>66</v>
+        <v>39</v>
       </c>
       <c r="E27" s="11" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F27" s="2">
         <v>21110</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H27" s="9">
-        <v>45901.830381944441</v>
+        <v>43622.480613425927</v>
       </c>
       <c r="I27" s="8">
         <v>13.5</v>
       </c>
     </row>
-    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A28" s="2">
         <v>24</v>
       </c>
       <c r="B28" s="2">
-        <v>9781419784583</v>
+        <v>9781529442397</v>
       </c>
       <c r="C28">
-        <v>3180332</v>
+        <v>3127296</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>101</v>
+        <v>42</v>
       </c>
       <c r="E28" s="11" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="F28" s="2">
-        <v>12500</v>
+        <v>21110</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="H28" s="9">
-        <v>45953.750787037039</v>
+        <v>45526.898206018515</v>
       </c>
       <c r="I28" s="8">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A29" s="2">
         <v>25</v>
       </c>
       <c r="B29" s="2">
-        <v>9780008610678</v>
+        <v>9781464221408</v>
       </c>
       <c r="C29">
-        <v>2999511</v>
+        <v>3067905</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>83</v>
+        <v>36</v>
       </c>
       <c r="E29" s="11" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="F29" s="2">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="H29" s="9">
-        <v>45174.755520833336</v>
+        <v>45569.896192129629</v>
       </c>
       <c r="I29" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A30" s="2">
         <v>26</v>
       </c>
       <c r="B30" s="2">
-        <v>9780241731413</v>
+        <v>9780241805831</v>
       </c>
       <c r="C30">
-        <v>3148652</v>
+        <v>1720260</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>73</v>
+        <v>89</v>
       </c>
       <c r="E30" s="11" t="s">
         <v>12</v>
       </c>
       <c r="F30" s="2">
-        <v>22500</v>
+        <v>22920</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>11</v>
+        <v>66</v>
       </c>
       <c r="H30" s="9">
-        <v>45912.826932870368</v>
+        <v>45953.862384259257</v>
       </c>
       <c r="I30" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A31" s="2">
         <v>27</v>
       </c>
       <c r="B31" s="2">
-        <v>9781585424337</v>
+        <v>9780241714348</v>
       </c>
       <c r="C31">
-        <v>2208217</v>
+        <v>3143950</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="E31" s="11" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="F31" s="2">
-        <v>27810</v>
+        <v>11300</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H31" s="9">
-        <v>38587.714270833334</v>
+        <v>45912.733784722222</v>
       </c>
       <c r="I31" s="8">
-        <v>11.5</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+        <v>28.5</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A32" s="2">
         <v>28</v>
       </c>
       <c r="B32" s="2">
-        <v>9780349437019</v>
+        <v>9780593189641</v>
       </c>
       <c r="C32">
-        <v>2941018</v>
+        <v>2795714</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="E32" s="11" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F32" s="2">
-        <v>21300</v>
+        <v>17850</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="H32" s="9">
-        <v>45366.364340277774</v>
+        <v>44482.582743055558</v>
       </c>
       <c r="I32" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A33" s="2">
         <v>29</v>
       </c>
       <c r="B33" s="2">
-        <v>9781529442397</v>
+        <v>9780349442273</v>
       </c>
       <c r="C33">
-        <v>3127296</v>
+        <v>3144048</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>44</v>
+        <v>71</v>
       </c>
       <c r="E33" s="11" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="F33" s="2">
         <v>21110</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H33" s="9">
-        <v>45526.898206018515</v>
+        <v>45950.815243055556</v>
       </c>
       <c r="I33" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A34" s="2">
         <v>30</v>
       </c>
       <c r="B34" s="2">
-        <v>9780385548984</v>
+        <v>9780141324906</v>
       </c>
       <c r="C34">
-        <v>3157005</v>
+        <v>2106892</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="E34" s="11" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F34" s="2">
-        <v>11200</v>
+        <v>22500</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H34" s="9">
-        <v>45945.489629629628</v>
+        <v>39623.888865740744</v>
       </c>
       <c r="I34" s="8">
-        <v>23.5</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A35" s="2">
         <v>31</v>
       </c>
       <c r="B35" s="2">
-        <v>9781529108446</v>
+        <v>9780241770849</v>
       </c>
       <c r="C35">
-        <v>3179849</v>
+        <v>3143969</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>103</v>
+        <v>76</v>
       </c>
       <c r="E35" s="11" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="F35" s="2">
-        <v>14810</v>
+        <v>11110</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="H35" s="9">
-        <v>45932.671516203707</v>
+        <v>45912.888298611113</v>
       </c>
       <c r="I35" s="8">
-        <v>27.5</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A36" s="2">
         <v>32</v>
       </c>
       <c r="B36" s="2">
-        <v>9781401308773</v>
+        <v>9780340733509</v>
       </c>
       <c r="C36">
-        <v>9071202</v>
+        <v>4355059</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>38</v>
+        <v>67</v>
       </c>
       <c r="E36" s="11" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F36" s="2">
-        <v>21110</v>
+        <v>14700</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>9</v>
+        <v>68</v>
       </c>
       <c r="H36" s="9">
-        <v>38954.985474537039</v>
+        <v>38090.332280092596</v>
       </c>
       <c r="I36" s="8">
-        <v>10.5</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+        <v>16.5</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A37" s="2">
         <v>33</v>
       </c>
       <c r="B37" s="2">
-        <v>9781439199190</v>
+        <v>9781399745482</v>
       </c>
       <c r="C37">
-        <v>6066828</v>
+        <v>3139584</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>54</v>
+        <v>85</v>
       </c>
       <c r="E37" s="11" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="F37" s="2">
-        <v>24810</v>
+        <v>11300</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="H37" s="9">
-        <v>40316.333645833336</v>
+        <v>45967.744733796295</v>
       </c>
       <c r="I37" s="8">
-        <v>11.5</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A38" s="2">
         <v>34</v>
       </c>
       <c r="B38" s="2">
-        <v>9780141978611</v>
+        <v>9781464228605</v>
       </c>
       <c r="C38">
-        <v>5851270</v>
+        <v>3140584</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E38" s="11" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F38" s="2">
-        <v>15310</v>
+        <v>21200</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="H38" s="9">
-        <v>42273.391122685185</v>
+        <v>45891.679351851853</v>
       </c>
       <c r="I38" s="8">
-        <v>16.5</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A39" s="2">
         <v>35</v>
       </c>
       <c r="B39" s="2">
-        <v>9780241743997</v>
+        <v>9781638932468</v>
       </c>
       <c r="C39">
-        <v>3143951</v>
+        <v>3106066</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>68</v>
+        <v>96</v>
       </c>
       <c r="E39" s="11" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="F39" s="2">
-        <v>11200</v>
+        <v>11110</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="H39" s="9">
-        <v>45912.788784722223</v>
+        <v>45532.786504629628</v>
       </c>
       <c r="I39" s="8">
-        <v>20.5</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A40" s="2">
         <v>36</v>
       </c>
       <c r="B40" s="2">
-        <v>9780385546898</v>
+        <v>9780349437057</v>
       </c>
       <c r="C40">
-        <v>3140724</v>
+        <v>2986283</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="E40" s="11" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F40" s="2">
-        <v>11110</v>
+        <v>21300</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="H40" s="9">
-        <v>45901.838854166665</v>
+        <v>45607.809606481482</v>
       </c>
       <c r="I40" s="8">
-        <v>32.5</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A41" s="2">
         <v>37</v>
       </c>
       <c r="B41" s="2">
-        <v>9780241770849</v>
+        <v>9781529146523</v>
       </c>
       <c r="C41">
-        <v>3143969</v>
+        <v>3139068</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="E41" s="11" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F41" s="2">
-        <v>11110</v>
+        <v>27850</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="H41" s="9">
-        <v>45912.888298611113</v>
+        <v>45828.949131944442</v>
       </c>
       <c r="I41" s="8">
-        <v>20.5</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A42" s="2">
         <v>38</v>
       </c>
       <c r="B42" s="2">
-        <v>9781398719071</v>
+        <v>9781439199190</v>
       </c>
       <c r="C42">
-        <v>3144157</v>
+        <v>6066828</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="E42" s="11" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="F42" s="2">
-        <v>11200</v>
+        <v>24810</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H42" s="9">
-        <v>45943.837500000001</v>
+        <v>40316.333645833336</v>
       </c>
       <c r="I42" s="8">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A43" s="2">
         <v>39</v>
       </c>
       <c r="B43" s="2">
-        <v>9780593652886</v>
+        <v>9780702340574</v>
       </c>
       <c r="C43">
-        <v>2936723</v>
+        <v>3094787</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="E43" s="11" t="s">
-        <v>23</v>
+        <v>110</v>
       </c>
       <c r="F43" s="2">
-        <v>14810</v>
+        <v>12500</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H43" s="9">
-        <v>44949.665937500002</v>
+        <v>45729.434398148151</v>
       </c>
       <c r="I43" s="8">
-        <v>23.5</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
+        <v>25.5</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A44" s="2">
         <v>40</v>
       </c>
       <c r="B44" s="2">
-        <v>9781529111798</v>
+        <v>9780241805817</v>
       </c>
       <c r="C44">
-        <v>1686445</v>
+        <v>1720252</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>40</v>
+        <v>87</v>
       </c>
       <c r="E44" s="11" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="F44" s="2">
-        <v>21110</v>
+        <v>22920</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="H44" s="9">
-        <v>43622.480613425927</v>
+        <v>45926.503425925926</v>
       </c>
       <c r="I44" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A45" s="2">
         <v>41</v>
       </c>
       <c r="B45" s="2">
-        <v>9780099740919</v>
+        <v>9781786892737</v>
       </c>
       <c r="C45">
-        <v>2298759</v>
+        <v>1560093</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>47</v>
+        <v>111</v>
       </c>
       <c r="E45" s="11" t="s">
-        <v>36</v>
+        <v>95</v>
       </c>
       <c r="F45" s="2">
         <v>21110</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H45" s="9">
-        <v>36822.553356481483</v>
+        <v>44244.343182870369</v>
       </c>
       <c r="I45" s="8">
         <v>13.5</v>
       </c>
     </row>
-    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A46" s="2">
         <v>42</v>
       </c>
       <c r="B46" s="2">
-        <v>9780857505620</v>
+        <v>9781784874872</v>
       </c>
       <c r="C46">
-        <v>3138794</v>
+        <v>2655079</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>107</v>
+        <v>45</v>
       </c>
       <c r="E46" s="11" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="F46" s="2">
-        <v>11200</v>
+        <v>21110</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="H46" s="9">
-        <v>45953.741099537037</v>
+        <v>43280.388252314813</v>
       </c>
       <c r="I46" s="8">
-        <v>20.5</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A47" s="2">
         <v>43</v>
       </c>
       <c r="B47" s="2">
-        <v>9781760630737</v>
+        <v>9781529442342</v>
       </c>
       <c r="C47">
-        <v>2660592</v>
+        <v>3139490</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>34</v>
+        <v>61</v>
       </c>
       <c r="E47" s="11" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="F47" s="2">
-        <v>24810</v>
+        <v>11200</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="H47" s="9">
-        <v>43419.971087962964</v>
+        <v>45911.890763888892</v>
       </c>
       <c r="I47" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
+        <v>31.5</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A48" s="2">
         <v>44</v>
       </c>
       <c r="B48" s="2">
-        <v>9780340733509</v>
+        <v>9781529029581</v>
       </c>
       <c r="C48">
-        <v>4355059</v>
+        <v>2735550</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>85</v>
+        <v>112</v>
       </c>
       <c r="E48" s="11" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="F48" s="2">
-        <v>14700</v>
+        <v>21110</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>86</v>
+        <v>9</v>
       </c>
       <c r="H48" s="9">
-        <v>38090.332280092596</v>
+        <v>43714.791284722225</v>
       </c>
       <c r="I48" s="8">
-        <v>16.5</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A49" s="2">
         <v>45</v>
       </c>
       <c r="B49" s="2">
-        <v>9780008728090</v>
+        <v>9780349439259</v>
       </c>
       <c r="C49">
-        <v>3124447</v>
+        <v>2996891</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>70</v>
+        <v>113</v>
       </c>
       <c r="E49" s="11" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F49" s="2">
         <v>21110</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H49" s="9">
-        <v>45908.765231481484</v>
+        <v>45177.441087962965</v>
       </c>
       <c r="I49" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A50" s="2">
         <v>46</v>
       </c>
       <c r="B50" s="2">
-        <v>9781914240942</v>
+        <v>9781668216774</v>
       </c>
       <c r="C50">
-        <v>3102455</v>
+        <v>3160562</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="E50" s="11" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="F50" s="2">
-        <v>21110</v>
+        <v>11300</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="H50" s="9">
-        <v>45780.278113425928</v>
+        <v>45966.33148148148</v>
       </c>
       <c r="I50" s="8">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A51" s="2">
         <v>47</v>
       </c>
       <c r="B51" s="2">
-        <v>9781408724996</v>
+        <v>9780241743997</v>
       </c>
       <c r="C51">
-        <v>3154082</v>
+        <v>3143951</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>108</v>
+        <v>57</v>
       </c>
       <c r="E51" s="11" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F51" s="2">
-        <v>11800</v>
+        <v>11200</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="H51" s="9">
-        <v>45943.723194444443</v>
+        <v>45912.788784722223</v>
       </c>
       <c r="I51" s="8">
-        <v>15.5</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A52" s="2">
         <v>48</v>
       </c>
       <c r="B52" s="2">
-        <v>9781408724064</v>
+        <v>9781529933611</v>
       </c>
       <c r="C52">
-        <v>1674978</v>
+        <v>1600338</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="E52" s="11" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F52" s="2">
-        <v>15970</v>
+        <v>25590</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="H52" s="9">
-        <v>45924.858703703707</v>
+        <v>45918.818090277775</v>
       </c>
       <c r="I52" s="8">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+        <v>16.5</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A53" s="2">
         <v>49</v>
       </c>
       <c r="B53" s="2">
-        <v>9780241761724</v>
+        <v>9781405970174</v>
       </c>
       <c r="C53">
-        <v>3143972</v>
+        <v>3143988</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="E53" s="11" t="s">
         <v>12</v>
       </c>
       <c r="F53" s="2">
-        <v>11600</v>
+        <v>21200</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="H53" s="9">
-        <v>45898.669305555559</v>
+        <v>45968.684444444443</v>
       </c>
       <c r="I53" s="8">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A54" s="2">
         <v>50</v>
       </c>
       <c r="B54" s="2">
-        <v>9781464221408</v>
+        <v>9780349442259</v>
       </c>
       <c r="C54">
-        <v>3067905</v>
+        <v>3045398</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>37</v>
+        <v>102</v>
       </c>
       <c r="E54" s="11" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F54" s="2">
-        <v>21200</v>
+        <v>21110</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="H54" s="9">
-        <v>45569.896192129629</v>
+        <v>45576.760335648149</v>
       </c>
       <c r="I54" s="8">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A55" s="2">
         <v>51</v>
       </c>
       <c r="B55" s="2">
-        <v>9780349132600</v>
+        <v>9781399633888</v>
       </c>
       <c r="C55">
-        <v>2992625</v>
+        <v>1814958</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>39</v>
+        <v>98</v>
       </c>
       <c r="E55" s="11" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F55" s="2">
-        <v>21200</v>
+        <v>22500</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H55" s="9">
-        <v>45133.959421296298</v>
+        <v>45911.054814814815</v>
       </c>
       <c r="I55" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A56" s="2">
         <v>52</v>
       </c>
       <c r="B56" s="2">
-        <v>9780008687724</v>
+        <v>9781847928931</v>
       </c>
       <c r="C56">
-        <v>3138830</v>
+        <v>1600419</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="E56" s="11" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="F56" s="2">
-        <v>21110</v>
+        <v>26800</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>9</v>
+        <v>118</v>
       </c>
       <c r="H56" s="9">
-        <v>45946.849178240744</v>
+        <v>45918.68712962963</v>
       </c>
       <c r="I56" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A57" s="2">
         <v>53</v>
       </c>
       <c r="B57" s="2">
-        <v>9781914240515</v>
+        <v>9780241761724</v>
       </c>
       <c r="C57">
-        <v>3144584</v>
+        <v>3143972</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>114</v>
+        <v>80</v>
       </c>
       <c r="E57" s="11" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="F57" s="2">
-        <v>14810</v>
+        <v>11600</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="H57" s="9">
-        <v>45940.566157407404</v>
+        <v>45898.669305555559</v>
       </c>
       <c r="I57" s="8">
         <v>21.5</v>
       </c>
     </row>
-    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A58" s="2">
         <v>54</v>
       </c>
       <c r="B58" s="2">
-        <v>9781399635479</v>
+        <v>9780375703768</v>
       </c>
       <c r="C58">
-        <v>1675940</v>
+        <v>4227328</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>115</v>
+        <v>94</v>
       </c>
       <c r="E58" s="11" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="F58" s="2">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H58" s="9">
-        <v>45939.866863425923</v>
+        <v>38079.5309837963</v>
       </c>
       <c r="I58" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
+        <v>29.5</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A59" s="2">
         <v>55</v>
       </c>
       <c r="B59" s="2">
-        <v>9781398529489</v>
+        <v>9780857197689</v>
       </c>
       <c r="C59">
-        <v>2981537</v>
+        <v>2015155</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="E59" s="11" t="s">
-        <v>10</v>
+        <v>63</v>
       </c>
       <c r="F59" s="2">
-        <v>22500</v>
+        <v>17810</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="H59" s="9">
-        <v>45120.904270833336</v>
+        <v>44074.806956018518</v>
       </c>
       <c r="I59" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A60" s="2">
         <v>56</v>
       </c>
       <c r="B60" s="2">
-        <v>9781538775028</v>
+        <v>9781529157468</v>
       </c>
       <c r="C60">
-        <v>3147419</v>
+        <v>2894394</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="E60" s="11" t="s">
-        <v>117</v>
+        <v>35</v>
       </c>
       <c r="F60" s="2">
-        <v>11200</v>
+        <v>21300</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="H60" s="9">
-        <v>45931.926435185182</v>
+        <v>44825.804178240738</v>
       </c>
       <c r="I60" s="8">
-        <v>18.5</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A61" s="2">
         <v>57</v>
       </c>
       <c r="B61" s="2">
-        <v>9780349437057</v>
+        <v>9780241458709</v>
       </c>
       <c r="C61">
-        <v>2986283</v>
+        <v>3172303</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="E61" s="11" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F61" s="2">
-        <v>21300</v>
+        <v>11300</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H61" s="9">
-        <v>45607.809606481482</v>
+        <v>45945.899328703701</v>
       </c>
       <c r="I61" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A62" s="2">
         <v>58</v>
       </c>
       <c r="B62" s="2">
-        <v>9781529146523</v>
+        <v>9781408855652</v>
       </c>
       <c r="C62">
-        <v>3139068</v>
+        <v>9842179</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>118</v>
+        <v>93</v>
       </c>
       <c r="E62" s="11" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="F62" s="2">
-        <v>27850</v>
+        <v>22500</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="H62" s="9">
-        <v>45828.949131944442</v>
+        <v>41864.015208333331</v>
       </c>
       <c r="I62" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A63" s="2">
         <v>59</v>
       </c>
       <c r="B63" s="2">
-        <v>9780349439280</v>
+        <v>9781648295119</v>
       </c>
       <c r="C63">
-        <v>2996893</v>
+        <v>3151928</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>41</v>
+        <v>120</v>
       </c>
       <c r="E63" s="11" t="s">
-        <v>14</v>
+        <v>121</v>
       </c>
       <c r="F63" s="2">
-        <v>21110</v>
+        <v>14210</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="H63" s="9">
-        <v>45243.75271990741</v>
+        <v>45901.651747685188</v>
       </c>
       <c r="I63" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A64" s="2">
         <v>60</v>
       </c>
       <c r="B64" s="2">
-        <v>9781787335134</v>
+        <v>9781984825773</v>
       </c>
       <c r="C64">
-        <v>3151099</v>
+        <v>2033789</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>119</v>
+        <v>55</v>
       </c>
       <c r="E64" s="11" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="F64" s="2">
-        <v>11110</v>
+        <v>27430</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="H64" s="9">
-        <v>45848.795532407406</v>
+        <v>43473.265300925923</v>
       </c>
       <c r="I64" s="8">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
+        <v>10.5</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A65" s="2">
         <v>61</v>
       </c>
       <c r="B65" s="2">
-        <v>9781594206108</v>
+        <v>9781610392761</v>
       </c>
       <c r="C65">
-        <v>3176896</v>
+        <v>2417647</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>120</v>
+        <v>91</v>
       </c>
       <c r="E65" s="11" t="s">
-        <v>23</v>
+        <v>81</v>
       </c>
       <c r="F65" s="2">
-        <v>11110</v>
+        <v>27850</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="H65" s="9">
-        <v>45932.449629629627</v>
+        <v>42383.904861111114</v>
       </c>
       <c r="I65" s="8">
-        <v>28.5</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A66" s="2">
         <v>62</v>
       </c>
       <c r="B66" s="2">
-        <v>9780224099790</v>
+        <v>9781405293181</v>
       </c>
       <c r="C66">
-        <v>3104455</v>
+        <v>2034782</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="E66" s="11" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="F66" s="2">
-        <v>11110</v>
+        <v>22500</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H66" s="9">
-        <v>45709.80605324074</v>
+        <v>43567.942002314812</v>
       </c>
       <c r="I66" s="8">
-        <v>19.5</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
+        <v>10.5</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A67" s="2">
         <v>63</v>
       </c>
       <c r="B67" s="2">
-        <v>9780008710286</v>
+        <v>9780345409874</v>
       </c>
       <c r="C67">
-        <v>3184098</v>
+        <v>2029030</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E67" s="11" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="F67" s="2">
-        <v>16630</v>
+        <v>24720</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>123</v>
+        <v>68</v>
       </c>
       <c r="H67" s="9">
-        <v>45955.434930555559</v>
+        <v>36857.71533564815</v>
       </c>
       <c r="I67" s="8">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+        <v>10.5</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A68" s="2">
         <v>64</v>
       </c>
       <c r="B68" s="2">
-        <v>9780349701479</v>
+        <v>9780140167771</v>
       </c>
       <c r="C68">
-        <v>1531417</v>
+        <v>8514011</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>80</v>
+        <v>125</v>
       </c>
       <c r="E68" s="11" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F68" s="2">
         <v>21110</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H68" s="9">
-        <v>44321.791678240741</v>
+        <v>36830.642928240741</v>
       </c>
       <c r="I68" s="8">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A69" s="2">
         <v>65</v>
       </c>
       <c r="B69" s="2">
-        <v>9781444983326</v>
+        <v>9781399633239</v>
       </c>
       <c r="C69">
-        <v>3139436</v>
+        <v>3144158</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E69" s="11" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="F69" s="2">
-        <v>22500</v>
+        <v>11300</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H69" s="9">
-        <v>45943.827523148146</v>
+        <v>45982.75849537037</v>
       </c>
       <c r="I69" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A70" s="2">
         <v>66</v>
       </c>
       <c r="B70" s="2">
-        <v>9780063429826</v>
+        <v>9781529922936</v>
       </c>
       <c r="C70">
-        <v>3146026</v>
+        <v>3044178</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E70" s="11" t="s">
-        <v>61</v>
+        <v>35</v>
       </c>
       <c r="F70" s="2">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="H70" s="9">
-        <v>45936.393252314818</v>
+        <v>45463.450810185182</v>
       </c>
       <c r="I70" s="8">
         <v>13.5</v>
       </c>
     </row>
-    <row r="71" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A71" s="2">
         <v>67</v>
       </c>
       <c r="B71" s="2">
-        <v>9781399633871</v>
+        <v>9781405291750</v>
       </c>
       <c r="C71">
-        <v>1814940</v>
+        <v>2220197</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="E71" s="11" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="F71" s="2">
         <v>22500</v>
       </c>
       <c r="G71" s="2" t="s">
         <v>11</v>
       </c>
       <c r="H71" s="9">
-        <v>45902.209224537037</v>
+        <v>43183.622210648151</v>
       </c>
       <c r="I71" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A72" s="2">
         <v>68</v>
       </c>
       <c r="B72" s="2">
-        <v>9780593418574</v>
+        <v>9781399745420</v>
       </c>
       <c r="C72">
-        <v>3069666</v>
+        <v>3099527</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>91</v>
+        <v>128</v>
       </c>
       <c r="E72" s="11" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F72" s="2">
-        <v>17850</v>
+        <v>11300</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H72" s="9">
-        <v>44881.42392361111</v>
+        <v>45614.811377314814</v>
       </c>
       <c r="I72" s="8">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A73" s="2">
         <v>69</v>
       </c>
       <c r="B73" s="2">
-        <v>9780349439303</v>
+        <v>9781408867730</v>
       </c>
       <c r="C73">
-        <v>2996894</v>
+        <v>3166353</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>126</v>
+        <v>90</v>
       </c>
       <c r="E73" s="11" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F73" s="2">
-        <v>21110</v>
+        <v>15970</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>9</v>
+        <v>79</v>
       </c>
       <c r="H73" s="9">
-        <v>45243.879293981481</v>
+        <v>45953.826770833337</v>
       </c>
       <c r="I73" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A74" s="2">
         <v>70</v>
       </c>
       <c r="B74" s="2">
-        <v>9781399619356</v>
+        <v>9780385547512</v>
       </c>
       <c r="C74">
-        <v>3144136</v>
+        <v>3144641</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>127</v>
+        <v>86</v>
       </c>
       <c r="E74" s="11" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="F74" s="2">
-        <v>17410</v>
+        <v>11600</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="H74" s="9">
-        <v>45953.482858796298</v>
+        <v>45964.474340277775</v>
       </c>
       <c r="I74" s="8">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
+        <v>34.5</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A75" s="2">
         <v>71</v>
       </c>
       <c r="B75" s="2">
-        <v>9781914240973</v>
+        <v>9780063021433</v>
       </c>
       <c r="C75">
-        <v>3144583</v>
+        <v>2951644</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>128</v>
+        <v>82</v>
       </c>
       <c r="E75" s="11" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="F75" s="2">
-        <v>11110</v>
+        <v>11300</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="H75" s="9">
-        <v>45941.271203703705</v>
+        <v>45161.681851851848</v>
       </c>
       <c r="I75" s="8">
-        <v>19.5</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A76" s="2">
         <v>72</v>
       </c>
       <c r="B76" s="2">
-        <v>9780349446684</v>
+        <v>9781804955871</v>
       </c>
       <c r="C76">
-        <v>1576542</v>
+        <v>3122225</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="E76" s="11" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F76" s="2">
         <v>21110</v>
       </c>
       <c r="G76" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H76" s="9">
-        <v>45925.823472222219</v>
+        <v>45614.706458333334</v>
       </c>
       <c r="I76" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A77" s="2">
         <v>73</v>
       </c>
       <c r="B77" s="2">
-        <v>9780099477464</v>
+        <v>9780571365487</v>
       </c>
       <c r="C77">
-        <v>3957896</v>
+        <v>3107660</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>129</v>
       </c>
       <c r="E77" s="11" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="F77" s="2">
-        <v>21300</v>
+        <v>21110</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="H77" s="9">
-        <v>38237.600787037038</v>
+        <v>45798.531365740739</v>
       </c>
       <c r="I77" s="8">
-        <v>11.5</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:9" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A78" s="2">
         <v>74</v>
       </c>
       <c r="B78" s="2">
-        <v>9780735211292</v>
+        <v>9780008728090</v>
       </c>
       <c r="C78">
-        <v>2164775</v>
+        <v>3124447</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="E78" s="11" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F78" s="2">
-        <v>17850</v>
+        <v>21110</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="H78" s="9">
-        <v>43402.289687500001</v>
+        <v>45908.765231481484</v>
       </c>
       <c r="I78" s="8">
-        <v>27.5</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:9" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A79" s="2">
         <v>75</v>
       </c>
       <c r="B79" s="2">
-        <v>9781529029581</v>
+        <v>9781804962435</v>
       </c>
       <c r="C79">
-        <v>2735550</v>
+        <v>2039605</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>130</v>
       </c>
       <c r="E79" s="11" t="s">
-        <v>75</v>
+        <v>35</v>
       </c>
       <c r="F79" s="2">
-        <v>21110</v>
+        <v>22920</v>
       </c>
       <c r="G79" s="2" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="H79" s="9">
-        <v>43714.791284722225</v>
+        <v>45983.27784722222</v>
       </c>
       <c r="I79" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A80" s="2">
         <v>76</v>
       </c>
       <c r="B80" s="2">
-        <v>9781399728546</v>
+        <v>9781484746691</v>
       </c>
       <c r="C80">
-        <v>2983255</v>
+        <v>2512002</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>131</v>
       </c>
       <c r="E80" s="11" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F80" s="2">
-        <v>21110</v>
+        <v>12500</v>
       </c>
       <c r="G80" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H80" s="9">
-        <v>45142.693611111114</v>
+        <v>42577.461400462962</v>
       </c>
       <c r="I80" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:9" x14ac:dyDescent="0.25">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A81" s="2">
         <v>77</v>
       </c>
       <c r="B81" s="2">
-        <v>9780804172707</v>
+        <v>9780099549482</v>
       </c>
       <c r="C81">
-        <v>2389210</v>
+        <v>5225795</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>18</v>
+        <v>132</v>
       </c>
       <c r="E81" s="11" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="F81" s="2">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H81" s="9">
-        <v>42387.337731481479</v>
+        <v>40340.885983796295</v>
       </c>
       <c r="I81" s="8">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A82" s="2">
         <v>78</v>
       </c>
       <c r="B82" s="2">
-        <v>9780099549482</v>
+        <v>9780141441146</v>
       </c>
       <c r="C82">
-        <v>5225795</v>
+        <v>6565891</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>84</v>
+        <v>133</v>
       </c>
       <c r="E82" s="11" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="F82" s="2">
         <v>21110</v>
       </c>
       <c r="G82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H82" s="9">
-        <v>40340.885983796295</v>
+        <v>38987.382372685184</v>
       </c>
       <c r="I82" s="8">
-        <v>11.5</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A83" s="2">
         <v>79</v>
       </c>
       <c r="B83" s="2">
-        <v>9781464228605</v>
+        <v>9780374533557</v>
       </c>
       <c r="C83">
-        <v>3140584</v>
+        <v>8118345</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>60</v>
+        <v>84</v>
       </c>
       <c r="E83" s="11" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="F83" s="2">
-        <v>21200</v>
+        <v>17850</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="H83" s="9">
-        <v>45891.679351851853</v>
+        <v>41360.933356481481</v>
       </c>
       <c r="I83" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A84" s="2">
         <v>80</v>
       </c>
       <c r="B84" s="2">
-        <v>9781464260124</v>
+        <v>9781784706289</v>
       </c>
       <c r="C84">
-        <v>1645528</v>
+        <v>2002257</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>132</v>
+        <v>97</v>
       </c>
       <c r="E84" s="11" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="F84" s="2">
-        <v>21110</v>
+        <v>27440</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="H84" s="9">
-        <v>45905.678576388891</v>
+        <v>43859.437708333331</v>
       </c>
       <c r="I84" s="8">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+        <v>16.5</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A85" s="2">
         <v>81</v>
       </c>
       <c r="B85" s="2">
-        <v>9781399633475</v>
+        <v>9781399746427</v>
       </c>
       <c r="C85">
-        <v>3185135</v>
+        <v>3127255</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E85" s="11" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F85" s="2">
-        <v>11300</v>
+        <v>21110</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="H85" s="9">
-        <v>45929.817488425928</v>
+        <v>45783.81212962963</v>
       </c>
       <c r="I85" s="8">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A86" s="2">
         <v>82</v>
       </c>
       <c r="B86" s="2">
-        <v>9780241764244</v>
+        <v>9781804955932</v>
       </c>
       <c r="C86">
-        <v>3106765</v>
+        <v>3125317</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>134</v>
+        <v>92</v>
       </c>
       <c r="E86" s="11" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F86" s="2">
-        <v>22920</v>
+        <v>21110</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>82</v>
+        <v>9</v>
       </c>
       <c r="H86" s="9">
-        <v>45617.824814814812</v>
+        <v>45670.768888888888</v>
       </c>
       <c r="I86" s="8">
-        <v>8.5</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A87" s="2">
         <v>83</v>
       </c>
       <c r="B87" s="2">
-        <v>9780063021433</v>
+        <v>9781786330895</v>
       </c>
       <c r="C87">
-        <v>2951644</v>
+        <v>2603812</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>135</v>
       </c>
       <c r="E87" s="11" t="s">
-        <v>61</v>
+        <v>35</v>
       </c>
       <c r="F87" s="2">
-        <v>11300</v>
+        <v>14810</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="H87" s="9">
-        <v>45161.681851851848</v>
+        <v>42969.719282407408</v>
       </c>
       <c r="I87" s="8">
-        <v>11.5</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A88" s="2">
         <v>84</v>
       </c>
       <c r="B88" s="2">
-        <v>9781335146984</v>
+        <v>9781529108446</v>
       </c>
       <c r="C88">
-        <v>3149231</v>
+        <v>3179849</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>136</v>
+        <v>75</v>
       </c>
       <c r="E88" s="11" t="s">
-        <v>61</v>
+        <v>35</v>
       </c>
       <c r="F88" s="2">
-        <v>11300</v>
+        <v>14810</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="H88" s="9">
-        <v>45957.854432870372</v>
+        <v>45932.671516203707</v>
       </c>
       <c r="I88" s="8">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:9" x14ac:dyDescent="0.25">
+        <v>28.5</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A89" s="2">
         <v>85</v>
       </c>
       <c r="B89" s="2">
-        <v>9780008641580</v>
+        <v>9780593820247</v>
       </c>
       <c r="C89">
-        <v>3003790</v>
+        <v>3132803</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>87</v>
+        <v>101</v>
       </c>
       <c r="E89" s="11" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="F89" s="2">
-        <v>21110</v>
+        <v>11300</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="H89" s="9">
-        <v>45533.870347222219</v>
+        <v>45532.756226851852</v>
       </c>
       <c r="I89" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
+        <v>28.5</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A90" s="2">
         <v>86</v>
       </c>
       <c r="B90" s="2">
-        <v>9781804955871</v>
+        <v>9781638932475</v>
       </c>
       <c r="C90">
-        <v>3122225</v>
+        <v>3106068</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="E90" s="11" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="F90" s="2">
         <v>21110</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H90" s="9">
-        <v>45614.706458333334</v>
+        <v>45532.896226851852</v>
       </c>
       <c r="I90" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:9" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A91" s="2">
         <v>87</v>
       </c>
       <c r="B91" s="2">
-        <v>9780571365487</v>
+        <v>9781984806758</v>
       </c>
       <c r="C91">
-        <v>3107660</v>
+        <v>1468146</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>49</v>
+        <v>137</v>
       </c>
       <c r="E91" s="11" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F91" s="2">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H91" s="9">
-        <v>45798.531365740739</v>
+        <v>44319.960902777777</v>
       </c>
       <c r="I91" s="8">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:9" x14ac:dyDescent="0.25">
+        <v>10.5</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A92" s="2">
         <v>88</v>
       </c>
       <c r="B92" s="2">
-        <v>9781405962414</v>
+        <v>9780008610746</v>
       </c>
       <c r="C92">
-        <v>3143886</v>
+        <v>3093200</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>138</v>
+        <v>70</v>
       </c>
       <c r="E92" s="11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F92" s="2">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H92" s="9">
-        <v>45939.795069444444</v>
+        <v>45573.883576388886</v>
       </c>
       <c r="I92" s="8">
         <v>13.5</v>
       </c>
     </row>
-    <row r="93" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A93" s="2">
         <v>89</v>
       </c>
       <c r="B93" s="2">
-        <v>9781484746691</v>
+        <v>9781250095268</v>
       </c>
       <c r="C93">
-        <v>2512002</v>
+        <v>2283415</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="E93" s="11" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="F93" s="2">
         <v>12500</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>11</v>
       </c>
       <c r="H93" s="9">
-        <v>42577.461400462962</v>
+        <v>43220.736793981479</v>
       </c>
       <c r="I93" s="8">
-        <v>20.5</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:9" x14ac:dyDescent="0.25">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A94" s="2">
         <v>90</v>
       </c>
       <c r="B94" s="2">
-        <v>9780349439259</v>
+        <v>9781529105100</v>
       </c>
       <c r="C94">
-        <v>2996891</v>
+        <v>2017698</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>33</v>
+        <v>139</v>
       </c>
       <c r="E94" s="11" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F94" s="2">
-        <v>21110</v>
+        <v>11800</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>9</v>
+        <v>78</v>
       </c>
       <c r="H94" s="9">
-        <v>45177.441087962965</v>
+        <v>43748.316319444442</v>
       </c>
       <c r="I94" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:9" x14ac:dyDescent="0.25">
+        <v>28.5</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A95" s="2">
         <v>91</v>
       </c>
       <c r="B95" s="2">
-        <v>9780374533557</v>
+        <v>9780008730284</v>
       </c>
       <c r="C95">
-        <v>8118345</v>
+        <v>3103435</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>140</v>
       </c>
       <c r="E95" s="11" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="F95" s="2">
-        <v>17850</v>
+        <v>21200</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H95" s="9">
-        <v>41360.933356481481</v>
+        <v>46003.473935185182</v>
       </c>
       <c r="I95" s="8">
-        <v>18.5</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:9" x14ac:dyDescent="0.25">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A96" s="2">
         <v>92</v>
       </c>
       <c r="B96" s="2">
-        <v>9781529442427</v>
+        <v>9781398559554</v>
       </c>
       <c r="C96">
-        <v>3153277</v>
+        <v>2016906</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>141</v>
       </c>
       <c r="E96" s="11" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="F96" s="2">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H96" s="9">
-        <v>45804.198136574072</v>
+        <v>45997.234872685185</v>
       </c>
       <c r="I96" s="8">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:9" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A97" s="2">
         <v>93</v>
       </c>
       <c r="B97" s="2">
-        <v>9781668208809</v>
+        <v>9780349439273</v>
       </c>
       <c r="C97">
-        <v>1777734</v>
+        <v>2996892</v>
       </c>
       <c r="D97" s="5" t="s">
         <v>142</v>
       </c>
       <c r="E97" s="11" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="F97" s="2">
-        <v>11300</v>
+        <v>21110</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="H97" s="9">
-        <v>45937.879155092596</v>
+        <v>45177.540289351855</v>
       </c>
       <c r="I97" s="8">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:9" x14ac:dyDescent="0.25">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A98" s="2">
         <v>94</v>
       </c>
       <c r="B98" s="2">
-        <v>9781250095268</v>
+        <v>9781398529489</v>
       </c>
       <c r="C98">
-        <v>2283415</v>
+        <v>2981537</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>143</v>
+        <v>28</v>
       </c>
       <c r="E98" s="11" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="F98" s="2">
-        <v>12500</v>
+        <v>22500</v>
       </c>
       <c r="G98" s="2" t="s">
         <v>11</v>
       </c>
       <c r="H98" s="9">
-        <v>43220.736793981479</v>
+        <v>45120.904270833336</v>
       </c>
       <c r="I98" s="8">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:9" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A99" s="2">
         <v>95</v>
       </c>
       <c r="B99" s="2">
-        <v>9781035070848</v>
+        <v>9780747568766</v>
       </c>
       <c r="C99">
-        <v>3145917</v>
+        <v>9802592</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="E99" s="11" t="s">
-        <v>75</v>
+        <v>16</v>
       </c>
       <c r="F99" s="2">
-        <v>11300</v>
+        <v>25970</v>
       </c>
       <c r="G99" s="2" t="s">
-        <v>17</v>
+        <v>79</v>
       </c>
       <c r="H99" s="9">
-        <v>45940.821932870371</v>
+        <v>40485.778506944444</v>
       </c>
       <c r="I99" s="8">
-        <v>20.5</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:9" x14ac:dyDescent="0.25">
+        <v>16.5</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A100" s="2">
         <v>96</v>
       </c>
       <c r="B100" s="2">
-        <v>9781405293181</v>
+        <v>9781804943434</v>
       </c>
       <c r="C100">
-        <v>2034782</v>
+        <v>3139085</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>63</v>
+        <v>99</v>
       </c>
       <c r="E100" s="11" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="F100" s="2">
-        <v>22500</v>
+        <v>21200</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H100" s="9">
-        <v>43567.942002314812</v>
+        <v>45982.735115740739</v>
       </c>
       <c r="I100" s="8">
-        <v>10.5</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A101" s="2">
         <v>97</v>
       </c>
       <c r="B101" s="2">
-        <v>9781984825773</v>
+        <v>9781982141189</v>
       </c>
       <c r="C101">
-        <v>2033789</v>
+        <v>3171182</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>64</v>
+        <v>144</v>
       </c>
       <c r="E101" s="11" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F101" s="2">
-        <v>27430</v>
+        <v>11300</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="H101" s="9">
-        <v>43473.265300925923</v>
+        <v>45812.741516203707</v>
       </c>
       <c r="I101" s="8">
-        <v>10.5</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:9" x14ac:dyDescent="0.25">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A102" s="2">
         <v>98</v>
       </c>
       <c r="B102" s="2">
-        <v>9781407132082</v>
+        <v>9781911746133</v>
       </c>
       <c r="C102">
-        <v>8819360</v>
+        <v>3185468</v>
       </c>
       <c r="D102" s="5" t="s">
         <v>145</v>
       </c>
       <c r="E102" s="11" t="s">
-        <v>146</v>
+        <v>35</v>
       </c>
       <c r="F102" s="2">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="H102" s="9">
-        <v>40876.474930555552</v>
+        <v>45890.901504629626</v>
       </c>
       <c r="I102" s="8">
-        <v>11.5</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:9" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A103" s="2">
         <v>99</v>
       </c>
       <c r="B103" s="2">
-        <v>9781501124068</v>
+        <v>9781785031168</v>
       </c>
       <c r="C103">
-        <v>3164944</v>
+        <v>7754760</v>
       </c>
       <c r="D103" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E103" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="F103" s="2">
+        <v>14550</v>
+      </c>
+      <c r="G103" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="E103" s="11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H103" s="9">
-        <v>45804.318888888891</v>
+        <v>43334.055011574077</v>
       </c>
       <c r="I103" s="8">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:9" x14ac:dyDescent="0.25">
+        <v>38.5</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A104" s="2">
         <v>100</v>
       </c>
       <c r="B104" s="2">
-        <v>9781526677921</v>
+        <v>9780385548984</v>
       </c>
       <c r="C104" s="2">
-        <v>3145235</v>
+        <v>3157005</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>148</v>
       </c>
       <c r="E104" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="F104" s="2">
-        <v>21110</v>
+        <v>11200</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="H104" s="9">
-        <v>45929.815266203703</v>
+        <v>45945.489629629628</v>
       </c>
       <c r="I104" s="8">
-        <v>13.5</v>
+        <v>23.5</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="1.7716535433070868" bottom="1.3779527559055118" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="53" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Fett"&amp;12
 &amp;K243478Libri GmbH&amp;"-,Standard"&amp;11
 &amp;12Hamburg • Bad Hersfeld&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;10&amp;K243478Libri GmbH • Friedensallee 273 • 22763 Hamburg • AG Hamburg HRB 65430
 Geschäftsführung: Alyna Wnukowsky (Sprecherin), Ulrich Vollmer
 Aufsichtsratsvorsitzender: Dr. Markus Conrad&amp;R&amp;K243478&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010007E2A28E331B1345B4C54C5E2471F1FA" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="23252ba61a2b42fee7d5f57213e57890">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c7883763-1633-4a33-844b-a4f27752bb33" xmlns:ns3="504620ad-4a5b-4e98-91c4-34164cb416e2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="548f94b230d87df06dce40b2da64a907" ns2:_="" ns3:_="">
     <xsd:import namespace="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <xsd:import namespace="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -4923,91 +4902,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="504620ad-4a5b-4e98-91c4-34164cb416e2" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c7883763-1633-4a33-844b-a4f27752bb33">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CAC27AFD-44A3-4FDA-A270-33008A730847}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996B258D-5A6A-4734-BF2E-505977B0BDE3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC4D9CF9-E2A7-47E5-9512-037AD31ADBFF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="c9f90cda-9d81-4aea-911d-f949aaf4de02"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
+    <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" enabled="0" method="" siteId="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>