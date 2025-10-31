--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,93 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Novi Listen\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F9C09186-BF29-4C9E-B97C-DD522FDD89F5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0E5F6307-5309-4558-8095-EC2558CF4BF5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
+    <workbookView xWindow="-48" yWindow="-48" windowWidth="23136" windowHeight="12456" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
   </bookViews>
   <sheets>
     <sheet name="Novitäten Englisch" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Novitäten Englisch'!$A$1:$H$54</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Novitäten Englisch'!$4:$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="135" uniqueCount="82">
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Libri-Nr.</t>
   </si>
   <si>
     <t>Author: Title</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Product Classification</t>
   </si>
   <si>
     <t>Product Classification Text</t>
   </si>
   <si>
     <t>First in</t>
   </si>
   <si>
     <t>RRP</t>
   </si>
   <si>
@@ -102,264 +101,237 @@
   <si>
     <t>Bloomsbury UK</t>
   </si>
   <si>
     <t>Harper Collins Publ. UK</t>
   </si>
   <si>
     <t>Orion Publishing Group</t>
   </si>
   <si>
     <t>Science Fiction/Fantasy</t>
   </si>
   <si>
     <t>Fiction</t>
   </si>
   <si>
     <t>Childrens Books/Fiction</t>
   </si>
   <si>
     <t>Crime Stories</t>
   </si>
   <si>
     <t>Pan Macmillan</t>
   </si>
   <si>
-    <t>Guidebooks/Self-help</t>
-[...1 lines deleted...]
-  <si>
     <t>Random House UK Ltd</t>
   </si>
   <si>
     <t>Penguin LLC  US</t>
   </si>
   <si>
     <t>Harper Collins Publ. USA</t>
   </si>
   <si>
     <t>Cartoons/Comics</t>
   </si>
   <si>
     <t>Simon + Schuster UK</t>
   </si>
   <si>
     <t>Politics/Society/Labour</t>
   </si>
   <si>
-    <t>Octopus Publishing Ltd.</t>
-[...4 lines deleted...]
-  <si>
     <t>Hodder And Stoughton Ltd.</t>
   </si>
   <si>
-    <t>Profile Books</t>
-[...82 lines deleted...]
-  <si>
     <t>Simon + Schuster LLC</t>
   </si>
   <si>
-    <t>Guanzon, T: Monsoon Rising</t>
-[...31 lines deleted...]
-  <si>
     <t>Bonnier Books UK</t>
   </si>
   <si>
-    <t>Zaki, J: Hope for Cynics</t>
-[...1 lines deleted...]
-  <si>
     <t>Psychology</t>
   </si>
   <si>
-    <t>Gardner, L: Kiss Her Goodbye</t>
-[...4 lines deleted...]
-  <si>
     <t>Hot Key Books</t>
   </si>
   <si>
-    <t>Riordan, R: Percy Jackson and the Sea of Monsters (Book 2)</t>
-[...44 lines deleted...]
-    <t>Jensen, D: Bridge Kingdom (Deluxe Edition)</t>
+    <t>Top 50 English newly published titles December 2025</t>
+  </si>
+  <si>
+    <t>Aster, A: Crowntide</t>
+  </si>
+  <si>
+    <t>Abrams &amp; Chronicle Books</t>
+  </si>
+  <si>
+    <t>Fitzek, S: Mimik</t>
+  </si>
+  <si>
+    <t>Rana, S: Dawn of the Firebird</t>
+  </si>
+  <si>
+    <t>Yagisawa, S: Days at the Torunka Café/Deluxe Ed.</t>
+  </si>
+  <si>
+    <t>Fisher, T: Opportunist</t>
+  </si>
+  <si>
+    <t>Golding, J: Austen Intrigue</t>
+  </si>
+  <si>
+    <t>Kristoff, J: Empire of the Damned/Illustr. Ed.</t>
+  </si>
+  <si>
+    <t>Mulford, A: Sky of Emerald Stars</t>
+  </si>
+  <si>
+    <t>Abel, B: After the End</t>
+  </si>
+  <si>
+    <t>Amen, D: Change Your Brain, Change Your Pain</t>
+  </si>
+  <si>
+    <t>Medicine/Pharmacy</t>
+  </si>
+  <si>
+    <t>Chakraborty, S: City of Brass Deluxe Collector's Edition</t>
+  </si>
+  <si>
+    <t>Johnson, M: Death at Morning House</t>
+  </si>
+  <si>
+    <t>Prout, S: Dear Universe 365</t>
+  </si>
+  <si>
+    <t>Esoteric/Anthroposophy</t>
+  </si>
+  <si>
+    <t>Reid, A: Archive of Romance Deluxe Illustrated Edition</t>
+  </si>
+  <si>
+    <t>Brown, P: Red Rising/Special Ed.</t>
+  </si>
+  <si>
+    <t>Lockhart, E: We Fell Apart/Deluxe Ed.</t>
+  </si>
+  <si>
+    <t>Preston, N: Obsession</t>
+  </si>
+  <si>
+    <t>Selene, L: Crown So Silver</t>
+  </si>
+  <si>
+    <t>Yalom, I: Hour of the Heart</t>
+  </si>
+  <si>
+    <t>Lonely Planet Egypt</t>
+  </si>
+  <si>
+    <t>Lonely Planet</t>
+  </si>
+  <si>
+    <t>Travel Guides General</t>
+  </si>
+  <si>
+    <t>Keelan, A: Shutout/Deluxe Ed.</t>
+  </si>
+  <si>
+    <t>Macmillan USA</t>
+  </si>
+  <si>
+    <t>Krasznahorkai, L: Baron Wenckheim's Homecoming</t>
+  </si>
+  <si>
+    <t>Norton &amp; Company</t>
+  </si>
+  <si>
+    <t>Sanderson, B: Tailored Realities</t>
+  </si>
+  <si>
+    <t>Broadbent, C: Children of Fallen Gods</t>
+  </si>
+  <si>
+    <t>Van Dyken, R: Fallen Gods</t>
+  </si>
+  <si>
+    <t>Prince, V: Chalet Girl</t>
+  </si>
+  <si>
+    <t>Slater, K: Lucky Winners</t>
+  </si>
+  <si>
+    <t>Stark, S: We Who Will Die</t>
+  </si>
+  <si>
+    <t>Donovan, B: Her Time Traveling Duke</t>
+  </si>
+  <si>
+    <t>Ferguson, L: Mating Game</t>
+  </si>
+  <si>
+    <t>Jamal, Z: Sparks Fly</t>
+  </si>
+  <si>
+    <t>Wibberley, E: Seeing Other People</t>
+  </si>
+  <si>
+    <t>Adams, S: In Your Dreams</t>
+  </si>
+  <si>
+    <t>Mo Xiang Tong Xiu: Heaven Official's Blessing (The Comic), V</t>
+  </si>
+  <si>
+    <t>Coben, H: Nobody's Fool</t>
+  </si>
+  <si>
+    <t>Kent, R: Sweet Venom</t>
+  </si>
+  <si>
+    <t>Hitt, T: Barbieland</t>
+  </si>
+  <si>
+    <t>Jariwala, A: Cat Share</t>
+  </si>
+  <si>
+    <t>Cole, K: Arcane Inheritance (Deluxe Edition)</t>
+  </si>
+  <si>
+    <t>Sourcebooks LLC</t>
+  </si>
+  <si>
+    <t>Moronova, K: My Blade, Your Back</t>
+  </si>
+  <si>
+    <t>St. Clair, S: Born of Flames and Sacrifice</t>
+  </si>
+  <si>
+    <t>Clare, C: Better in Black</t>
+  </si>
+  <si>
+    <t>Walker Books Ltd.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1124,51 +1096,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D61CB4B-7791-4ED0-AE80-E77BE2D65B28}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5:H54"/>
+      <selection activeCell="A5" sqref="A5:H46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="13.88671875" style="3" customWidth="1"/>
     <col min="2" max="2" width="11" style="3" customWidth="1"/>
     <col min="3" max="3" width="59.6640625" style="7" customWidth="1"/>
     <col min="4" max="4" width="22.6640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.33203125" style="3" customWidth="1"/>
     <col min="6" max="6" width="25.5546875" customWidth="1"/>
     <col min="7" max="7" width="11.44140625" style="12"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A1" s="17" t="s">
         <v>30</v>
       </c>
       <c r="B1" s="17"/>
       <c r="C1" s="17"/>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A2" s="18"/>
       <c r="B2" s="18"/>
@@ -1182,1371 +1154,1212 @@
       </c>
       <c r="B4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F4" s="10" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>6</v>
       </c>
       <c r="H4" s="8" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="11">
-        <v>9781399745482</v>
+        <v>9781419785719</v>
       </c>
       <c r="B5">
-        <v>3139584</v>
+        <v>1406523</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E5">
-        <v>11300</v>
+        <v>12500</v>
       </c>
       <c r="F5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="H5" s="15">
         <v>21.5</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A6" s="11">
-        <v>9780316597128</v>
+        <v>9781804943434</v>
       </c>
       <c r="B6">
-        <v>3147422</v>
+        <v>3139085</v>
       </c>
       <c r="C6" t="s">
-        <v>32</v>
+        <v>72</v>
       </c>
       <c r="D6" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="E6">
-        <v>22500</v>
+        <v>21200</v>
       </c>
       <c r="F6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G6" s="12">
-        <v>45972</v>
+        <v>45995</v>
       </c>
       <c r="H6" s="15">
-        <v>14.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="11">
-        <v>9781471179136</v>
+        <v>9780008730284</v>
       </c>
       <c r="B7">
-        <v>3144764</v>
+        <v>3103435</v>
       </c>
       <c r="C7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D7" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E7">
-        <v>11110</v>
+        <v>21200</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G7" s="12">
-        <v>45967</v>
+        <v>45547</v>
       </c>
       <c r="H7" s="15">
-        <v>19.5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="11">
-        <v>9780385547512</v>
+        <v>9781526674388</v>
       </c>
       <c r="B8">
-        <v>3144641</v>
+        <v>3145254</v>
       </c>
       <c r="C8" t="s">
         <v>34</v>
       </c>
       <c r="D8" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E8">
-        <v>11600</v>
+        <v>11300</v>
       </c>
       <c r="F8" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="G8" s="12">
-        <v>45965</v>
+        <v>45995</v>
       </c>
       <c r="H8" s="15">
-        <v>36.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A9" s="11">
-        <v>9780857505620</v>
+        <v>9781035070879</v>
       </c>
       <c r="B9">
-        <v>3138794</v>
+        <v>3145905</v>
       </c>
       <c r="C9" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="D9" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="E9">
-        <v>11200</v>
+        <v>11300</v>
       </c>
       <c r="F9" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G9" s="12">
-        <v>45965</v>
+        <v>46000</v>
       </c>
       <c r="H9" s="15">
-        <v>21.5</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A10" s="11">
-        <v>9780571396979</v>
+        <v>9781399633239</v>
       </c>
       <c r="B10">
-        <v>3140522</v>
+        <v>3144158</v>
       </c>
       <c r="C10" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="D10" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="E10">
-        <v>22500</v>
+        <v>11300</v>
       </c>
       <c r="F10" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G10" s="12">
-        <v>45967</v>
+        <v>46000</v>
       </c>
       <c r="H10" s="16">
-        <v>12.5</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A11" s="11">
-        <v>9781787336056</v>
+        <v>9781405982542</v>
       </c>
       <c r="B11">
-        <v>3156963</v>
+        <v>3174246</v>
       </c>
       <c r="C11" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="D11" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E11">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="F11" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="12">
-        <v>45965</v>
+        <v>45995</v>
       </c>
       <c r="H11" s="15">
-        <v>20.5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A12" s="11">
-        <v>9780241684337</v>
+        <v>9780241740033</v>
       </c>
       <c r="B12">
-        <v>3143900</v>
+        <v>3153211</v>
       </c>
       <c r="C12" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12">
-        <v>22500</v>
+        <v>11300</v>
       </c>
       <c r="F12" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G12" s="12">
-        <v>45967</v>
+        <v>46009</v>
       </c>
       <c r="H12" s="15">
-        <v>12.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A13" s="11">
-        <v>9780008350543</v>
+        <v>9781464260186</v>
       </c>
       <c r="B13">
-        <v>3140058</v>
+        <v>2016896</v>
       </c>
       <c r="C13" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>77</v>
       </c>
       <c r="E13">
-        <v>11300</v>
+        <v>21110</v>
       </c>
       <c r="F13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G13" s="12">
-        <v>45729</v>
+        <v>46000</v>
       </c>
       <c r="H13" s="15">
-        <v>22.5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A14" s="11">
-        <v>9780356519227</v>
+        <v>9780063426207</v>
       </c>
       <c r="B14">
-        <v>3144050</v>
+        <v>3149431</v>
       </c>
       <c r="C14" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D14" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="E14">
-        <v>21300</v>
+        <v>14720</v>
       </c>
       <c r="F14" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="G14" s="12">
-        <v>45972</v>
+        <v>46021</v>
       </c>
       <c r="H14" s="15">
-        <v>12.5</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A15" s="11">
-        <v>9781835412640</v>
+        <v>9780063462229</v>
       </c>
       <c r="B15">
-        <v>3144592</v>
+        <v>3149427</v>
       </c>
       <c r="C15" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D15" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="E15">
-        <v>21110</v>
+        <v>12500</v>
       </c>
       <c r="F15" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G15" s="12">
-        <v>45965</v>
+        <v>46000</v>
       </c>
       <c r="H15" s="15">
-        <v>13.5</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A16" s="11">
-        <v>9781974758555</v>
+        <v>9780593953693</v>
       </c>
       <c r="B16">
-        <v>3146884</v>
+        <v>3176871</v>
       </c>
       <c r="C16" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="D16" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E16">
-        <v>11800</v>
+        <v>21110</v>
       </c>
       <c r="F16" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>45944</v>
+        <v>15</v>
       </c>
       <c r="H16" s="15">
-        <v>14</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A17" s="11">
-        <v>9781399622028</v>
+        <v>9780349436746</v>
       </c>
       <c r="B17">
-        <v>3144153</v>
+        <v>3148525</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="E17">
-        <v>21300</v>
+        <v>15340</v>
       </c>
       <c r="F17" t="s">
+        <v>28</v>
+      </c>
+      <c r="G17" s="12">
+        <v>46000</v>
+      </c>
+      <c r="H17" s="15">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>22.5</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A18" s="11">
-        <v>9781035067435</v>
+        <v>9781464245770</v>
       </c>
       <c r="B18">
-        <v>3145909</v>
+        <v>3140581</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
       <c r="D18" t="s">
-        <v>18</v>
+        <v>77</v>
       </c>
       <c r="E18">
-        <v>21300</v>
+        <v>21110</v>
       </c>
       <c r="F18" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G18" s="12">
-        <v>45967</v>
+        <v>46000</v>
       </c>
       <c r="H18" s="15">
-        <v>13.5</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A19" s="11">
-        <v>9781408867730</v>
+        <v>9781035050758</v>
       </c>
       <c r="B19">
-        <v>3166353</v>
+        <v>3084589</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E19">
-        <v>15970</v>
+        <v>11300</v>
       </c>
       <c r="F19" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="G19" s="12">
-        <v>45965</v>
+        <v>45995</v>
       </c>
       <c r="H19" s="15">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A20" s="11">
-        <v>9781405970174</v>
+        <v>9781786587367</v>
       </c>
       <c r="B20">
-        <v>3143988</v>
+        <v>1662635</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="E20">
-        <v>21200</v>
+        <v>11110</v>
       </c>
       <c r="F20" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G20" s="12">
-        <v>45981</v>
+        <v>45992</v>
       </c>
       <c r="H20" s="15">
-        <v>13.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A21" s="11">
-        <v>9781035031115</v>
+        <v>9781398504547</v>
       </c>
       <c r="B21">
-        <v>3145910</v>
+        <v>3148683</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>75</v>
       </c>
       <c r="D21" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E21">
-        <v>21300</v>
+        <v>21110</v>
       </c>
       <c r="F21" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G21" s="12">
-        <v>45967</v>
+        <v>46133</v>
       </c>
       <c r="H21" s="15">
-        <v>13.5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A22" s="11">
-        <v>9780063445857</v>
+        <v>9780063255968</v>
       </c>
       <c r="B22">
-        <v>3146028</v>
+        <v>3184120</v>
       </c>
       <c r="C22" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="D22" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E22">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="F22" t="s">
+        <v>16</v>
+      </c>
+      <c r="G22" s="12">
+        <v>45993</v>
+      </c>
+      <c r="H22" s="15">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>14.5</v>
       </c>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A23" s="11">
-        <v>9780241777633</v>
+        <v>9780008601874</v>
       </c>
       <c r="B23">
-        <v>3151293</v>
+        <v>3184130</v>
       </c>
       <c r="C23" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E23">
-        <v>17430</v>
+        <v>21300</v>
       </c>
       <c r="F23" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="G23" s="12">
-        <v>45974</v>
+        <v>45757</v>
       </c>
       <c r="H23" s="15">
-        <v>21.5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A24" s="11">
-        <v>9781035035953</v>
+        <v>9781911746102</v>
       </c>
       <c r="B24">
-        <v>3145908</v>
+        <v>1817990</v>
       </c>
       <c r="C24" t="s">
-        <v>55</v>
+        <v>73</v>
       </c>
       <c r="D24" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E24">
-        <v>11300</v>
+        <v>21110</v>
       </c>
       <c r="F24" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24" s="12">
+        <v>45993</v>
+      </c>
+      <c r="H24" s="15">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>19.5</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A25" s="11">
-        <v>9781668216774</v>
+        <v>9780063444904</v>
       </c>
       <c r="B25">
-        <v>3160562</v>
+        <v>3149328</v>
       </c>
       <c r="C25" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="D25" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="E25">
         <v>11300</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
+      <c r="G25" s="12">
+        <v>45993</v>
+      </c>
       <c r="H25" s="15">
-        <v>21.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A26" s="11">
-        <v>9780008555924</v>
+        <v>9780593816615</v>
       </c>
       <c r="B26">
-        <v>3138832</v>
+        <v>3176869</v>
       </c>
       <c r="C26" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E26">
-        <v>21300</v>
+        <v>21110</v>
       </c>
       <c r="F26" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>45729</v>
+        <v>15</v>
       </c>
       <c r="H26" s="15">
-        <v>13.5</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A27" s="11">
-        <v>9781405975100</v>
+        <v>9780008770846</v>
       </c>
       <c r="B27">
-        <v>3153089</v>
+        <v>3184131</v>
       </c>
       <c r="C27" t="s">
-        <v>59</v>
+        <v>37</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E27">
-        <v>27100</v>
+        <v>21110</v>
       </c>
       <c r="F27" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="G27" s="12">
-        <v>45981</v>
+        <v>45757</v>
       </c>
       <c r="H27" s="15">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A28" s="11">
-        <v>9781805224990</v>
+        <v>9780593723715</v>
       </c>
       <c r="B28">
-        <v>3140900</v>
+        <v>1860461</v>
       </c>
       <c r="C28" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="D28" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="E28">
-        <v>11200</v>
+        <v>11110</v>
       </c>
       <c r="F28" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G28" s="12">
-        <v>45967</v>
+        <v>46021</v>
       </c>
       <c r="H28" s="15">
         <v>13.5</v>
       </c>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A29" s="11">
-        <v>9780593800706</v>
+        <v>9781399755948</v>
       </c>
       <c r="B29">
-        <v>3181115</v>
+        <v>3185880</v>
       </c>
       <c r="C29" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="D29" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E29">
-        <v>11600</v>
+        <v>11300</v>
       </c>
       <c r="F29" t="s">
-        <v>35</v>
+        <v>14</v>
+      </c>
+      <c r="G29" s="12">
+        <v>46000</v>
       </c>
       <c r="H29" s="15">
         <v>43.5</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A30" s="11">
-        <v>9781835410042</v>
+        <v>9781529532661</v>
       </c>
       <c r="B30">
-        <v>3153898</v>
+        <v>3165410</v>
       </c>
       <c r="C30" t="s">
-        <v>63</v>
+        <v>80</v>
       </c>
       <c r="D30" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="E30">
-        <v>11300</v>
+        <v>12500</v>
       </c>
       <c r="F30" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G30" s="12">
-        <v>45972</v>
+        <v>45995</v>
       </c>
       <c r="H30" s="15">
-        <v>16.5</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A31" s="11">
-        <v>9781800961951</v>
+        <v>9781464216909</v>
       </c>
       <c r="B31">
-        <v>3183551</v>
+        <v>1883836</v>
       </c>
       <c r="C31" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="D31" t="s">
-        <v>26</v>
+        <v>77</v>
       </c>
       <c r="E31">
-        <v>24810</v>
+        <v>21300</v>
       </c>
       <c r="F31" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" s="15">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>16.5</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A32" s="11">
-        <v>9781368113625</v>
+        <v>9780593984369</v>
       </c>
       <c r="B32">
-        <v>3183553</v>
+        <v>3180750</v>
       </c>
       <c r="C32" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="D32" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="E32">
-        <v>22500</v>
+        <v>11800</v>
       </c>
       <c r="F32" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="H32" s="16">
-        <v>10</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A33" s="11">
-        <v>9780593954249</v>
+        <v>9780356521336</v>
       </c>
       <c r="B33">
-        <v>3147615</v>
+        <v>3148502</v>
       </c>
       <c r="C33" t="s">
-        <v>66</v>
+        <v>51</v>
       </c>
       <c r="D33" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E33">
-        <v>11110</v>
+        <v>21300</v>
       </c>
       <c r="F33" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G33" s="12">
-        <v>45965</v>
+        <v>45993</v>
       </c>
       <c r="H33" s="15">
-        <v>13.5</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A34" s="11">
-        <v>9781646093267</v>
+        <v>9780593953839</v>
       </c>
       <c r="B34">
-        <v>3155601</v>
+        <v>3183621</v>
       </c>
       <c r="C34" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D34" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E34">
-        <v>11300</v>
+        <v>11110</v>
       </c>
       <c r="F34" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H34" s="15">
-        <v>18</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A35" s="11">
-        <v>9781785128301</v>
+        <v>9781471419713</v>
       </c>
       <c r="B35">
-        <v>3153923</v>
+        <v>1776630</v>
       </c>
       <c r="C35" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="D35" t="s">
-        <v>69</v>
+        <v>29</v>
       </c>
       <c r="E35">
-        <v>14810</v>
+        <v>12500</v>
       </c>
       <c r="F35" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="G35" s="12">
-        <v>45967</v>
+        <v>45995</v>
       </c>
       <c r="H35" s="15">
-        <v>19.5</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A36" s="11">
-        <v>9781472148209</v>
+        <v>9780593954263</v>
       </c>
       <c r="B36">
-        <v>3183554</v>
+        <v>3183622</v>
       </c>
       <c r="C36" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D36" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="E36">
-        <v>25320</v>
+        <v>11300</v>
       </c>
       <c r="F36" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>45974</v>
+        <v>14</v>
       </c>
       <c r="H36" s="15">
-        <v>14</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A37" s="11">
-        <v>9781804947432</v>
+        <v>9781405962513</v>
       </c>
       <c r="B37">
-        <v>3139084</v>
+        <v>3174248</v>
       </c>
       <c r="C37" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="D37" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E37">
         <v>21200</v>
       </c>
       <c r="F37" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="12">
-        <v>45981</v>
+        <v>45995</v>
       </c>
       <c r="H37" s="15">
-        <v>13.5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="11">
-        <v>9781471419683</v>
+        <v>9780063306356</v>
       </c>
       <c r="B38">
-        <v>3153916</v>
+        <v>3149424</v>
       </c>
       <c r="C38" t="s">
-        <v>73</v>
+        <v>40</v>
       </c>
       <c r="D38" t="s">
-        <v>74</v>
+        <v>21</v>
       </c>
       <c r="E38">
-        <v>22500</v>
+        <v>11200</v>
       </c>
       <c r="F38" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G38" s="12">
-        <v>45965</v>
+        <v>46000</v>
       </c>
       <c r="H38" s="15">
-        <v>12.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A39" s="11">
-        <v>9780241770580</v>
+        <v>9780008764937</v>
       </c>
       <c r="B39">
-        <v>3179270</v>
+        <v>2019969</v>
       </c>
       <c r="C39" t="s">
-        <v>75</v>
+        <v>38</v>
       </c>
       <c r="D39" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E39">
-        <v>22500</v>
+        <v>11300</v>
       </c>
       <c r="F39" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G39" s="12">
-        <v>45972</v>
+        <v>45995</v>
       </c>
       <c r="H39" s="15">
-        <v>11.5</v>
+        <v>62</v>
       </c>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A40" s="11">
-        <v>9780241745373</v>
+        <v>9781471418440</v>
       </c>
       <c r="B40">
-        <v>3143990</v>
+        <v>3149122</v>
       </c>
       <c r="C40" t="s">
-        <v>76</v>
+        <v>50</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="E40">
         <v>22500</v>
       </c>
       <c r="F40" t="s">
         <v>16</v>
       </c>
       <c r="G40" s="12">
-        <v>45974</v>
+        <v>45993</v>
       </c>
       <c r="H40" s="15">
-        <v>10.5</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A41" s="11">
-        <v>9781911751007</v>
+        <v>9780811239707</v>
       </c>
       <c r="B41">
-        <v>3183540</v>
+        <v>2011498</v>
       </c>
       <c r="C41" t="s">
-        <v>77</v>
+        <v>58</v>
       </c>
       <c r="D41" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="E41">
-        <v>11300</v>
+        <v>11110</v>
       </c>
       <c r="F41" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>45988</v>
+        <v>15</v>
       </c>
       <c r="H41" s="15">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A42" s="11">
-        <v>9781035054251</v>
+        <v>9781035918058</v>
       </c>
       <c r="B42">
-        <v>3148944</v>
+        <v>3147640</v>
       </c>
       <c r="C42" t="s">
-        <v>78</v>
+        <v>33</v>
       </c>
       <c r="D42" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E42">
-        <v>11300</v>
+        <v>21200</v>
       </c>
       <c r="F42" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G42" s="12">
-        <v>45974</v>
+        <v>45995</v>
       </c>
       <c r="H42" s="15">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A43" s="11">
-        <v>9781398551053</v>
+        <v>9781250400697</v>
       </c>
       <c r="B43">
-        <v>3185454</v>
+        <v>1209582</v>
       </c>
       <c r="C43" t="s">
-        <v>79</v>
+        <v>56</v>
       </c>
       <c r="D43" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="E43">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="F43" t="s">
         <v>15</v>
       </c>
       <c r="G43" s="12">
-        <v>45897</v>
+        <v>46000</v>
       </c>
       <c r="H43" s="15">
-        <v>48.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A44" s="11">
-        <v>9781035918669</v>
+        <v>9781668213704</v>
       </c>
       <c r="B44">
-        <v>3183556</v>
+        <v>3155959</v>
       </c>
       <c r="C44" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E44">
-        <v>21110</v>
+        <v>17420</v>
       </c>
       <c r="F44" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="G44" s="12">
-        <v>46049</v>
+        <v>45993</v>
       </c>
       <c r="H44" s="15">
-        <v>13</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A45" s="11">
-        <v>9781398532212</v>
+        <v>9780063426702</v>
       </c>
       <c r="B45">
-        <v>3144760</v>
+        <v>3149408</v>
       </c>
       <c r="C45" t="s">
-        <v>81</v>
+        <v>41</v>
       </c>
       <c r="D45" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E45">
-        <v>11200</v>
+        <v>16910</v>
       </c>
       <c r="F45" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="G45" s="12">
-        <v>45967</v>
+        <v>45993</v>
       </c>
       <c r="H45" s="15">
-        <v>22.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A46" s="11">
-        <v>9780063330412</v>
+        <v>9781837584000</v>
       </c>
       <c r="B46">
-        <v>3184114</v>
+        <v>3126119</v>
       </c>
       <c r="C46" t="s">
-        <v>82</v>
+        <v>53</v>
       </c>
       <c r="D46" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="E46">
-        <v>12500</v>
+        <v>13140</v>
       </c>
       <c r="F46" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>45979</v>
+        <v>55</v>
       </c>
       <c r="H46" s="15">
-        <v>18.5</v>
+        <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A47" s="11">
-[...22 lines deleted...]
-      </c>
+      <c r="A47" s="11"/>
+      <c r="B47"/>
+      <c r="C47"/>
+      <c r="D47"/>
+      <c r="E47"/>
+      <c r="H47" s="15"/>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A48" s="11">
-[...22 lines deleted...]
-      </c>
+      <c r="A48" s="11"/>
+      <c r="B48"/>
+      <c r="C48"/>
+      <c r="D48"/>
+      <c r="E48"/>
+      <c r="H48" s="15"/>
     </row>
     <row r="49" spans="1:8" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A49" s="11">
-[...22 lines deleted...]
-      </c>
+      <c r="A49" s="11"/>
+      <c r="B49"/>
+      <c r="C49"/>
+      <c r="D49"/>
+      <c r="E49"/>
+      <c r="H49" s="15"/>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A50" s="11">
-[...22 lines deleted...]
-      </c>
+      <c r="A50" s="11"/>
+      <c r="B50"/>
+      <c r="C50"/>
+      <c r="D50"/>
+      <c r="E50"/>
+      <c r="H50" s="14"/>
     </row>
     <row r="51" spans="1:8" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A51" s="11">
-[...19 lines deleted...]
-      </c>
+      <c r="A51" s="11"/>
+      <c r="B51"/>
+      <c r="C51"/>
+      <c r="D51"/>
+      <c r="E51"/>
+      <c r="H51" s="14"/>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A52" s="11">
-[...22 lines deleted...]
-      </c>
+      <c r="A52" s="11"/>
+      <c r="B52"/>
+      <c r="C52"/>
+      <c r="D52"/>
+      <c r="E52"/>
+      <c r="H52" s="14"/>
     </row>
     <row r="53" spans="1:8" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A53" s="11">
-[...22 lines deleted...]
-      </c>
+      <c r="A53" s="11"/>
+      <c r="B53"/>
+      <c r="C53"/>
+      <c r="D53"/>
+      <c r="E53"/>
+      <c r="H53" s="14"/>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A54" s="11">
-[...19 lines deleted...]
-      </c>
+      <c r="A54" s="11"/>
+      <c r="B54"/>
+      <c r="C54"/>
+      <c r="D54"/>
+      <c r="E54"/>
+      <c r="H54" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="1.7716535433070868" bottom="1.3779527559055118" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="51" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Fett"&amp;12
 &amp;K243478Libri GmbH&amp;"-,Standard"&amp;11
 &amp;12Hamburg • Bad Hersfeld&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;10&amp;K243478Libri GmbH • Friedensallee 273 • 22763 Hamburg • AG Hamburg HRB 65430
 Geschäftsführung: Alyna Wnukowsky (Sprecherin), Ulrich Vollmer
 Aufsichtsratsvorsitzender: Dr. Markus Conrad&amp;R&amp;K243478&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010007E2A28E331B1345B4C54C5E2471F1FA" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="23252ba61a2b42fee7d5f57213e57890">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c7883763-1633-4a33-844b-a4f27752bb33" xmlns:ns3="504620ad-4a5b-4e98-91c4-34164cb416e2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="548f94b230d87df06dce40b2da64a907" ns2:_="" ns3:_="">
     <xsd:import namespace="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <xsd:import namespace="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -2745,84 +2558,93 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="504620ad-4a5b-4e98-91c4-34164cb416e2" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c7883763-1633-4a33-844b-a4f27752bb33">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996B258D-5A6A-4734-BF2E-505977B0BDE3}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{736EC6EA-E2D0-487E-AA90-847A1BE9530A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996B258D-5A6A-4734-BF2E-505977B0BDE3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC4D9CF9-E2A7-47E5-9512-037AD31ADBFF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="c9f90cda-9d81-4aea-911d-f949aaf4de02"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" enabled="0" method="" siteId="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" removed="1"/>