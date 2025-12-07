--- v1 (2025-10-31)
+++ v2 (2025-12-07)
@@ -1,337 +1,353 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Novi Listen\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Novi Listen\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0E5F6307-5309-4558-8095-EC2558CF4BF5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3C10B639-FB1C-43AD-AA44-52E3D9BEE052}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-48" yWindow="-48" windowWidth="23136" windowHeight="12456" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
   </bookViews>
   <sheets>
     <sheet name="Novitäten Englisch" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Novitäten Englisch'!$A$1:$H$54</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Novitäten Englisch'!$4:$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="135" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="87">
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Libri-Nr.</t>
   </si>
   <si>
     <t>Author: Title</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Product Classification</t>
   </si>
   <si>
     <t>Product Classification Text</t>
   </si>
   <si>
     <t>First in</t>
   </si>
   <si>
     <t>RRP</t>
   </si>
   <si>
-    <t>Little, Brown Book Group</t>
-[...1 lines deleted...]
-  <si>
     <t>Penguin Books Ltd (UK)</t>
   </si>
   <si>
     <t>Random House LLC US</t>
   </si>
   <si>
     <t>Bloomsbury UK</t>
   </si>
   <si>
     <t>Harper Collins Publ. UK</t>
   </si>
   <si>
     <t>Orion Publishing Group</t>
   </si>
   <si>
     <t>Science Fiction/Fantasy</t>
   </si>
   <si>
     <t>Fiction</t>
   </si>
   <si>
     <t>Childrens Books/Fiction</t>
   </si>
   <si>
     <t>Crime Stories</t>
   </si>
   <si>
     <t>Pan Macmillan</t>
   </si>
   <si>
     <t>Random House UK Ltd</t>
   </si>
   <si>
-    <t>Penguin LLC  US</t>
-[...1 lines deleted...]
-  <si>
     <t>Harper Collins Publ. USA</t>
   </si>
   <si>
     <t>Cartoons/Comics</t>
   </si>
   <si>
     <t>Simon + Schuster UK</t>
   </si>
   <si>
-    <t>Politics/Society/Labour</t>
-[...1 lines deleted...]
-  <si>
     <t>Hodder And Stoughton Ltd.</t>
   </si>
   <si>
     <t>Simon + Schuster LLC</t>
   </si>
   <si>
-    <t>Bonnier Books UK</t>
-[...1 lines deleted...]
-  <si>
     <t>Psychology</t>
   </si>
   <si>
-    <t>Hot Key Books</t>
-[...19 lines deleted...]
-  <si>
     <t>Fisher, T: Opportunist</t>
   </si>
   <si>
-    <t>Golding, J: Austen Intrigue</t>
-[...58 lines deleted...]
-  <si>
     <t>Macmillan USA</t>
   </si>
   <si>
-    <t>Krasznahorkai, L: Baron Wenckheim's Homecoming</t>
-[...55 lines deleted...]
-  <si>
     <t>Sourcebooks LLC</t>
   </si>
   <si>
-    <t>Moronova, K: My Blade, Your Back</t>
-[...8 lines deleted...]
-    <t>Walker Books Ltd.</t>
+    <t>Top 50 English newly published titles January 2026</t>
+  </si>
+  <si>
+    <t>Beckett, S: Bone Garden</t>
+  </si>
+  <si>
+    <t>McFadden, F: Dear Debbie</t>
+  </si>
+  <si>
+    <t>Bregman, R: Moral Ambition</t>
+  </si>
+  <si>
+    <t>Guidebooks/Self-help</t>
+  </si>
+  <si>
+    <t>Ron, M: Tell Me in Secret</t>
+  </si>
+  <si>
+    <t>Shigematsu, K: Blanket Cats</t>
+  </si>
+  <si>
+    <t>Quercus Publishing Plc</t>
+  </si>
+  <si>
+    <t>Tyler, A: Three Days in June</t>
+  </si>
+  <si>
+    <t>Walliams, D: Super Sleuth</t>
+  </si>
+  <si>
+    <t>Kennedy, E: Score (Collector's Edition)</t>
+  </si>
+  <si>
+    <t>Kennedy, E: Mistake (Collector's Ed.)</t>
+  </si>
+  <si>
+    <t>Aber, A: Good Girl</t>
+  </si>
+  <si>
+    <t>Bull, J: Sense, Sensibility and Scandal</t>
+  </si>
+  <si>
+    <t>Clark, S: Cruel is the Light</t>
+  </si>
+  <si>
+    <t>Kemmerer, B: Sparking Fire Out of Fate</t>
+  </si>
+  <si>
+    <t>Squibb, S: What's Your Dream?</t>
+  </si>
+  <si>
+    <t>Steven, L: Our Infinite Fates</t>
+  </si>
+  <si>
+    <t>Smith, A: Glyph</t>
+  </si>
+  <si>
+    <t>Hart, C: Blood &amp; Roses Volume 1</t>
+  </si>
+  <si>
+    <t>Ise, K: Destroy All Humans Manga, Vol. 6</t>
+  </si>
+  <si>
+    <t>Jewell, L: Don't Let Him In</t>
+  </si>
+  <si>
+    <t>Brown, E: Better the Devil</t>
+  </si>
+  <si>
+    <t>Hachette Children's  Book</t>
+  </si>
+  <si>
+    <t>Askwith, H: Half a Dark Heart</t>
+  </si>
+  <si>
+    <t>McFadden, F: Freida McFadden 3 Book Boxed Set 1</t>
+  </si>
+  <si>
+    <t>McFadden, F: Freida McFadden 3 Book Boxed Set 2</t>
+  </si>
+  <si>
+    <t>Saunders, G: Vigil</t>
+  </si>
+  <si>
+    <t>Mas, J: Psycho Fae</t>
+  </si>
+  <si>
+    <t>McCurdy, J: Half His Age</t>
+  </si>
+  <si>
+    <t>Sotto Yambao, S: Elsewhere Express/Deluxe Ed.</t>
+  </si>
+  <si>
+    <t>Kova, E: Dragon Cursed</t>
+  </si>
+  <si>
+    <t>Washington, B: Palaver</t>
+  </si>
+  <si>
+    <t>Atlantic Books</t>
+  </si>
+  <si>
+    <t>Barnes, J: Departure(s)</t>
+  </si>
+  <si>
+    <t>Carr, G: Boy from the Sea</t>
+  </si>
+  <si>
+    <t>Potter, A: So, I Met This Guy . . .</t>
+  </si>
+  <si>
+    <t>Kingfisher T.: Nine Goblins</t>
+  </si>
+  <si>
+    <t>Titan Publ. Group Ltd.</t>
+  </si>
+  <si>
+    <t>Le Cunff, A: Tiny Experiments</t>
+  </si>
+  <si>
+    <t>Profile Books</t>
+  </si>
+  <si>
+    <t>Levenseller, T: Shadows Between Us</t>
+  </si>
+  <si>
+    <t>Armentrout, J: From Blood and Ash Special Edition</t>
+  </si>
+  <si>
+    <t>Austen, A: 33 Place Brugmann</t>
+  </si>
+  <si>
+    <t>Cole, K: Arcane Inheritance</t>
+  </si>
+  <si>
+    <t>Greathead, K: Book of George</t>
+  </si>
+  <si>
+    <t>Haidt, J: Amazing Generation</t>
+  </si>
+  <si>
+    <t>Childrens Books/Non-fiction</t>
+  </si>
+  <si>
+    <t>Maas, S: Crescent City Paperback Box Set/3 Bde.</t>
+  </si>
+  <si>
+    <t>May, E: Wolf and the Crown of Blood</t>
+  </si>
+  <si>
+    <t>McIntire, E: Never After Series Boxed Set, Books 1-3</t>
+  </si>
+  <si>
+    <t>Novak, A: My Life with the Walter Boys Boxed Set</t>
+  </si>
+  <si>
+    <t>O'Donnell, R: Nesting</t>
+  </si>
+  <si>
+    <t>Turow, S: Presumed Guilty</t>
+  </si>
+  <si>
+    <t>Swift Press</t>
+  </si>
+  <si>
+    <t>Uketsu: Strange Pictures</t>
+  </si>
+  <si>
+    <t>Pushkin Press</t>
+  </si>
+  <si>
+    <t>Yoda, H: Eight Million Ways to Happiness</t>
+  </si>
+  <si>
+    <t>King, T: Supergirl: Woman of Tomorrow: DC Compact Comics</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1096,1270 +1112,1452 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D61CB4B-7791-4ED0-AE80-E77BE2D65B28}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5:H46"/>
+      <selection activeCell="K17" sqref="K17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.88671875" style="3" customWidth="1"/>
+    <col min="1" max="1" width="13.85546875" style="3" customWidth="1"/>
     <col min="2" max="2" width="11" style="3" customWidth="1"/>
-    <col min="3" max="3" width="59.6640625" style="7" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="7" width="11.44140625" style="12"/>
+    <col min="3" max="3" width="59.7109375" style="7" customWidth="1"/>
+    <col min="4" max="4" width="22.7109375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="14.28515625" style="3" customWidth="1"/>
+    <col min="6" max="6" width="25.5703125" customWidth="1"/>
+    <col min="7" max="7" width="11.42578125" style="12"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
+    <row r="1" spans="1:8" ht="26.25" x14ac:dyDescent="0.4">
       <c r="A1" s="17" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B1" s="17"/>
       <c r="C1" s="17"/>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
     </row>
-    <row r="2" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A2" s="18"/>
       <c r="B2" s="18"/>
       <c r="C2" s="18"/>
       <c r="D2" s="18"/>
       <c r="E2" s="18"/>
     </row>
-    <row r="4" spans="1:8" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F4" s="10" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>6</v>
       </c>
       <c r="H4" s="8" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" s="11">
-        <v>9781419785719</v>
+        <v>9781409192817</v>
       </c>
       <c r="B5">
-        <v>1406523</v>
+        <v>2941028</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E5">
-        <v>12500</v>
+        <v>11200</v>
       </c>
       <c r="F5" t="s">
         <v>16</v>
       </c>
+      <c r="G5" s="12">
+        <v>46051</v>
+      </c>
       <c r="H5" s="15">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:8" x14ac:dyDescent="0.3">
+        <v>18.5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" s="11">
-        <v>9781804943434</v>
+        <v>9781464266485</v>
       </c>
       <c r="B6">
-        <v>3139085</v>
+        <v>1850997</v>
       </c>
       <c r="C6" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E6">
         <v>21200</v>
       </c>
       <c r="F6" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G6" s="12">
-        <v>45995</v>
+        <v>46049</v>
       </c>
       <c r="H6" s="15">
         <v>13.5</v>
       </c>
     </row>
-    <row r="7" spans="1:8" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="11">
+        <v>9781526685551</v>
+      </c>
+      <c r="B7">
+        <v>1765728</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7">
+        <v>24810</v>
+      </c>
+      <c r="F7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" s="12">
+        <v>46037</v>
+      </c>
+      <c r="H7" s="15">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="11">
         <v>9780008730284</v>
       </c>
-      <c r="B7">
+      <c r="B8">
         <v>3103435</v>
       </c>
-      <c r="C7" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="C8" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8">
-        <v>11300</v>
+        <v>21200</v>
       </c>
       <c r="F8" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G8" s="12">
-        <v>45995</v>
+        <v>45547</v>
       </c>
       <c r="H8" s="15">
-        <v>19.5</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" s="11">
-        <v>9781035070879</v>
+        <v>9781464242472</v>
       </c>
       <c r="B9">
-        <v>3145905</v>
+        <v>1851055</v>
       </c>
       <c r="C9" t="s">
-        <v>61</v>
+        <v>33</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="E9">
-        <v>11300</v>
+        <v>22500</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G9" s="12">
-        <v>46000</v>
+        <v>46049</v>
       </c>
       <c r="H9" s="15">
-        <v>20.5</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:8" x14ac:dyDescent="0.3">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" s="11">
-        <v>9781399633239</v>
+        <v>9781529435245</v>
       </c>
       <c r="B10">
-        <v>3144158</v>
+        <v>3152434</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
+        <v>34</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="E10">
-        <v>11300</v>
+        <v>21110</v>
       </c>
       <c r="F10" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="12">
-        <v>46000</v>
+        <v>46030</v>
       </c>
       <c r="H10" s="16">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:8" x14ac:dyDescent="0.3">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" s="11">
-        <v>9781405982542</v>
+        <v>9781529940220</v>
       </c>
       <c r="B11">
-        <v>3174246</v>
+        <v>1853848</v>
       </c>
       <c r="C11" t="s">
-        <v>63</v>
+        <v>36</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E11">
         <v>21110</v>
       </c>
       <c r="F11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" s="12">
+        <v>46051</v>
+      </c>
+      <c r="H11" s="15">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A12" s="11">
+        <v>9780008588878</v>
+      </c>
+      <c r="B12">
+        <v>3138848</v>
+      </c>
+      <c r="C12" t="s">
+        <v>37</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12">
+        <v>22500</v>
+      </c>
+      <c r="F12" t="s">
         <v>15</v>
       </c>
-      <c r="G11" s="12">
-[...22 lines deleted...]
-      <c r="F12" t="s">
+      <c r="G12" s="12">
+        <v>45729</v>
+      </c>
+      <c r="H12" s="15">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A13" s="11">
+        <v>9781464244803</v>
+      </c>
+      <c r="B13">
+        <v>2000266</v>
+      </c>
+      <c r="C13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D13" t="s">
+        <v>27</v>
+      </c>
+      <c r="E13">
+        <v>11110</v>
+      </c>
+      <c r="F13" t="s">
         <v>14</v>
       </c>
-      <c r="G12" s="12">
-[...19 lines deleted...]
-      <c r="E13">
+      <c r="G13" s="12">
+        <v>46035</v>
+      </c>
+      <c r="H13" s="15">
+        <v>29.5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A14" s="11">
+        <v>9781464244797</v>
+      </c>
+      <c r="B14">
+        <v>1889176</v>
+      </c>
+      <c r="C14" t="s">
+        <v>39</v>
+      </c>
+      <c r="D14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E14">
+        <v>11110</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" s="12">
+        <v>46035</v>
+      </c>
+      <c r="H14" s="15">
+        <v>29.5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A15" s="11">
+        <v>9781526679109</v>
+      </c>
+      <c r="B15">
+        <v>3177886</v>
+      </c>
+      <c r="C15" t="s">
+        <v>40</v>
+      </c>
+      <c r="D15" t="s">
+        <v>10</v>
+      </c>
+      <c r="E15">
         <v>21110</v>
       </c>
-      <c r="F13" t="s">
-[...50 lines deleted...]
-      </c>
       <c r="F15" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" s="12">
+        <v>46023</v>
+      </c>
+      <c r="H15" s="15">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A16" s="11">
+        <v>9781405956703</v>
+      </c>
+      <c r="B16">
+        <v>3143887</v>
+      </c>
+      <c r="C16" t="s">
+        <v>41</v>
+      </c>
+      <c r="D16" t="s">
+        <v>8</v>
+      </c>
+      <c r="E16">
+        <v>21200</v>
+      </c>
+      <c r="F16" t="s">
         <v>16</v>
       </c>
-      <c r="G15" s="12">
-[...23 lines deleted...]
-        <v>15</v>
+      <c r="G16" s="12">
+        <v>46037</v>
       </c>
       <c r="H16" s="15">
-        <v>18.5</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="11">
-        <v>9780349436746</v>
+        <v>9780241635315</v>
       </c>
       <c r="B17">
-        <v>3148525</v>
+        <v>1786245</v>
       </c>
       <c r="C17" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
         <v>8</v>
       </c>
       <c r="E17">
-        <v>15340</v>
+        <v>22500</v>
       </c>
       <c r="F17" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="G17" s="12">
-        <v>46000</v>
+        <v>46023</v>
       </c>
       <c r="H17" s="15">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" s="11">
-        <v>9781464245770</v>
+        <v>9781526681003</v>
       </c>
       <c r="B18">
-        <v>3140581</v>
+        <v>1765787</v>
       </c>
       <c r="C18" t="s">
-        <v>79</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>77</v>
+        <v>10</v>
       </c>
       <c r="E18">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="F18" t="s">
         <v>15</v>
       </c>
       <c r="G18" s="12">
-        <v>46000</v>
+        <v>46049</v>
       </c>
       <c r="H18" s="15">
         <v>11.5</v>
       </c>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" s="11">
-        <v>9781035050758</v>
+        <v>9781804950807</v>
       </c>
       <c r="B19">
-        <v>3084589</v>
+        <v>1853716</v>
       </c>
       <c r="C19" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
         <v>18</v>
       </c>
       <c r="E19">
-        <v>11300</v>
+        <v>24810</v>
       </c>
       <c r="F19" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="G19" s="12">
-        <v>45995</v>
+        <v>46023</v>
       </c>
       <c r="H19" s="15">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="11">
-        <v>9781786587367</v>
+        <v>9780241671115</v>
       </c>
       <c r="B20">
-        <v>1662635</v>
+        <v>1786318</v>
       </c>
       <c r="C20" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="E20">
-        <v>11110</v>
+        <v>22500</v>
       </c>
       <c r="F20" t="s">
         <v>15</v>
       </c>
       <c r="G20" s="12">
-        <v>45992</v>
+        <v>46051</v>
       </c>
       <c r="H20" s="15">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="11">
-        <v>9781398504547</v>
+        <v>9780241665619</v>
       </c>
       <c r="B21">
-        <v>3148683</v>
+        <v>3143977</v>
       </c>
       <c r="C21" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
+        <v>8</v>
+      </c>
+      <c r="E21">
+        <v>11110</v>
+      </c>
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" s="12">
+        <v>46051</v>
+      </c>
+      <c r="H21" s="15">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A22" s="11">
+        <v>9781399754781</v>
+      </c>
+      <c r="B22">
+        <v>2005153</v>
+      </c>
+      <c r="C22" t="s">
+        <v>47</v>
+      </c>
+      <c r="D22" t="s">
+        <v>22</v>
+      </c>
+      <c r="E22">
+        <v>21110</v>
+      </c>
+      <c r="F22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" s="12">
+        <v>46042</v>
+      </c>
+      <c r="H22" s="15">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A23" s="11">
+        <v>9781974761852</v>
+      </c>
+      <c r="B23">
+        <v>2039316</v>
+      </c>
+      <c r="C23" t="s">
+        <v>48</v>
+      </c>
+      <c r="D23" t="s">
         <v>23</v>
       </c>
-      <c r="E21">
-[...2 lines deleted...]
-      <c r="F21" t="s">
+      <c r="E23">
+        <v>21800</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" s="12">
+        <v>46065</v>
+      </c>
+      <c r="H23" s="15">
         <v>15</v>
       </c>
-      <c r="G21" s="12">
-[...19 lines deleted...]
-      <c r="E22">
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A24" s="11">
+        <v>9781804940266</v>
+      </c>
+      <c r="B24">
+        <v>1853643</v>
+      </c>
+      <c r="C24" t="s">
+        <v>49</v>
+      </c>
+      <c r="D24" t="s">
+        <v>18</v>
+      </c>
+      <c r="E24">
+        <v>21200</v>
+      </c>
+      <c r="F24" t="s">
+        <v>16</v>
+      </c>
+      <c r="G24" s="12">
+        <v>46037</v>
+      </c>
+      <c r="H24" s="15">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A25" s="11">
+        <v>9781444973556</v>
+      </c>
+      <c r="B25">
+        <v>1859307</v>
+      </c>
+      <c r="C25" t="s">
+        <v>50</v>
+      </c>
+      <c r="D25" t="s">
+        <v>51</v>
+      </c>
+      <c r="E25">
         <v>22500</v>
       </c>
-      <c r="F22" t="s">
-[...5 lines deleted...]
-      <c r="H22" s="15">
+      <c r="F25" t="s">
         <v>15</v>
       </c>
-    </row>
-[...70 lines deleted...]
-      </c>
       <c r="G25" s="12">
-        <v>45993</v>
+        <v>46044</v>
       </c>
       <c r="H25" s="15">
-        <v>29.5</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:8" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" s="11">
-        <v>9780593816615</v>
+        <v>9780241738429</v>
       </c>
       <c r="B26">
-        <v>3176869</v>
+        <v>1786261</v>
       </c>
       <c r="C26" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
       <c r="D26" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="E26">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="F26" t="s">
         <v>15</v>
       </c>
+      <c r="G26" s="12">
+        <v>46051</v>
+      </c>
       <c r="H26" s="15">
-        <v>18.5</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:8" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A27" s="11">
-        <v>9780008770846</v>
+        <v>9781464275166</v>
       </c>
       <c r="B27">
-        <v>3184131</v>
+        <v>1885863</v>
       </c>
       <c r="C27" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="E27">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="F27" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G27" s="12">
-        <v>45757</v>
+        <v>46037</v>
       </c>
       <c r="H27" s="15">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:8" x14ac:dyDescent="0.3">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" s="11">
-        <v>9780593723715</v>
+        <v>9781464275173</v>
       </c>
       <c r="B28">
-        <v>1860461</v>
+        <v>1885871</v>
       </c>
       <c r="C28" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="D28" t="s">
+        <v>27</v>
+      </c>
+      <c r="E28">
+        <v>21200</v>
+      </c>
+      <c r="F28" t="s">
+        <v>16</v>
+      </c>
+      <c r="G28" s="12">
+        <v>46037</v>
+      </c>
+      <c r="H28" s="15">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A29" s="11">
+        <v>9781526624314</v>
+      </c>
+      <c r="B29">
+        <v>1595253</v>
+      </c>
+      <c r="C29" t="s">
+        <v>55</v>
+      </c>
+      <c r="D29" t="s">
         <v>10</v>
       </c>
-      <c r="E28">
+      <c r="E29">
         <v>11110</v>
-      </c>
-[...24 lines deleted...]
-        <v>11300</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" s="12">
-        <v>46000</v>
+        <v>46049</v>
       </c>
       <c r="H29" s="15">
-        <v>43.5</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:8" x14ac:dyDescent="0.3">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" s="11">
-        <v>9781529532661</v>
+        <v>9781335919946</v>
       </c>
       <c r="B30">
-        <v>3165410</v>
+        <v>1576496</v>
       </c>
       <c r="C30" t="s">
-        <v>80</v>
+        <v>56</v>
       </c>
       <c r="D30" t="s">
-        <v>81</v>
+        <v>19</v>
       </c>
       <c r="E30">
-        <v>12500</v>
+        <v>11300</v>
       </c>
       <c r="F30" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G30" s="12">
-        <v>45995</v>
+        <v>46035</v>
       </c>
       <c r="H30" s="15">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="11">
-        <v>9781464216909</v>
+        <v>9780008617707</v>
       </c>
       <c r="B31">
-        <v>1883836</v>
+        <v>1864998</v>
       </c>
       <c r="C31" t="s">
-        <v>76</v>
+        <v>57</v>
       </c>
       <c r="D31" t="s">
-        <v>77</v>
+        <v>11</v>
       </c>
       <c r="E31">
-        <v>21300</v>
+        <v>11110</v>
       </c>
       <c r="F31" t="s">
         <v>14</v>
       </c>
+      <c r="G31" s="12">
+        <v>45897</v>
+      </c>
       <c r="H31" s="15">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="11">
-        <v>9780593984369</v>
+        <v>9780593725023</v>
       </c>
       <c r="B32">
-        <v>3180750</v>
+        <v>3185813</v>
       </c>
       <c r="C32" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="D32" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E32">
-        <v>11800</v>
+        <v>11300</v>
       </c>
       <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="H32" s="16">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A33" s="11">
+        <v>9781649377838</v>
+      </c>
+      <c r="B33">
+        <v>3164945</v>
+      </c>
+      <c r="C33" t="s">
+        <v>59</v>
+      </c>
+      <c r="D33" t="s">
+        <v>26</v>
+      </c>
+      <c r="E33">
+        <v>12500</v>
+      </c>
+      <c r="F33" t="s">
+        <v>15</v>
+      </c>
+      <c r="G33" s="12">
+        <v>46028</v>
+      </c>
+      <c r="H33" s="15">
         <v>22</v>
       </c>
-      <c r="H32" s="16">
-[...29 lines deleted...]
-    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="11">
-        <v>9780593953839</v>
+        <v>9781805463962</v>
       </c>
       <c r="B34">
-        <v>3183621</v>
+        <v>3177377</v>
       </c>
       <c r="C34" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="D34" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="E34">
         <v>11110</v>
       </c>
       <c r="F34" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="G34" s="12">
+        <v>46023</v>
       </c>
       <c r="H34" s="15">
         <v>18.5</v>
       </c>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" s="11">
-        <v>9781471419713</v>
+        <v>9781787335721</v>
       </c>
       <c r="B35">
-        <v>1776630</v>
+        <v>1515837</v>
       </c>
       <c r="C35" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="D35" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E35">
-        <v>12500</v>
+        <v>11110</v>
       </c>
       <c r="F35" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G35" s="12">
-        <v>45995</v>
+        <v>46044</v>
       </c>
       <c r="H35" s="15">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
+        <v>24.5</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="11">
-        <v>9780593954263</v>
+        <v>9781035044573</v>
       </c>
       <c r="B36">
-        <v>3183622</v>
+        <v>1864556</v>
       </c>
       <c r="C36" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="D36" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E36">
-        <v>11300</v>
+        <v>21110</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
+      <c r="G36" s="12">
+        <v>46051</v>
+      </c>
       <c r="H36" s="15">
-        <v>18.5</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:8" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" s="11">
-        <v>9781405962513</v>
+        <v>9781529098877</v>
       </c>
       <c r="B37">
-        <v>3174248</v>
+        <v>3146054</v>
       </c>
       <c r="C37" t="s">
         <v>64</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E37">
-        <v>21200</v>
+        <v>11110</v>
       </c>
       <c r="F37" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G37" s="12">
-        <v>45995</v>
+        <v>46051</v>
       </c>
       <c r="H37" s="15">
+        <v>18.5</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A38" s="11">
+        <v>9781835416525</v>
+      </c>
+      <c r="B38">
+        <v>1765574</v>
+      </c>
+      <c r="C38" t="s">
+        <v>65</v>
+      </c>
+      <c r="D38" t="s">
+        <v>66</v>
+      </c>
+      <c r="E38">
+        <v>11300</v>
+      </c>
+      <c r="F38" t="s">
         <v>13</v>
       </c>
-    </row>
-[...18 lines deleted...]
-      </c>
       <c r="G38" s="12">
-        <v>46000</v>
+        <v>46042</v>
       </c>
       <c r="H38" s="15">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:8" x14ac:dyDescent="0.3">
+        <v>15.5</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A39" s="11">
-        <v>9780008764937</v>
+        <v>9781800819177</v>
       </c>
       <c r="B39">
-        <v>2019969</v>
+        <v>1772740</v>
       </c>
       <c r="C39" t="s">
-        <v>38</v>
+        <v>67</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>68</v>
       </c>
       <c r="E39">
-        <v>11300</v>
+        <v>25330</v>
       </c>
       <c r="F39" t="s">
+        <v>24</v>
+      </c>
+      <c r="G39" s="12">
+        <v>46023</v>
+      </c>
+      <c r="H39" s="15">
         <v>14</v>
       </c>
-      <c r="G39" s="12">
-[...6 lines deleted...]
-    <row r="40" spans="1:8" x14ac:dyDescent="0.3">
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" s="11">
-        <v>9781471418440</v>
+        <v>9781250763662</v>
       </c>
       <c r="B40">
-        <v>3149122</v>
+        <v>2369703</v>
       </c>
       <c r="C40" t="s">
-        <v>50</v>
+        <v>69</v>
       </c>
       <c r="D40" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E40">
         <v>22500</v>
       </c>
       <c r="F40" t="s">
+        <v>15</v>
+      </c>
+      <c r="G40" s="12">
+        <v>46049</v>
+      </c>
+      <c r="H40" s="15">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A41" s="11">
+        <v>9781963135688</v>
+      </c>
+      <c r="B41">
+        <v>2000012</v>
+      </c>
+      <c r="C41" t="s">
+        <v>70</v>
+      </c>
+      <c r="D41" t="s">
+        <v>23</v>
+      </c>
+      <c r="E41">
+        <v>21110</v>
+      </c>
+      <c r="F41" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" s="15">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A42" s="11">
+        <v>9781526678720</v>
+      </c>
+      <c r="B42">
+        <v>1766783</v>
+      </c>
+      <c r="C42" t="s">
+        <v>71</v>
+      </c>
+      <c r="D42" t="s">
+        <v>10</v>
+      </c>
+      <c r="E42">
+        <v>21110</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" s="12">
+        <v>46051</v>
+      </c>
+      <c r="H42" s="15">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A43" s="11">
+        <v>9781464266430</v>
+      </c>
+      <c r="B43">
+        <v>1851098</v>
+      </c>
+      <c r="C43" t="s">
+        <v>72</v>
+      </c>
+      <c r="D43" t="s">
+        <v>27</v>
+      </c>
+      <c r="E43">
+        <v>21300</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" s="12">
+        <v>46049</v>
+      </c>
+      <c r="H43" s="15">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A44" s="11">
+        <v>9781805463276</v>
+      </c>
+      <c r="B44">
+        <v>1778463</v>
+      </c>
+      <c r="C44" t="s">
+        <v>73</v>
+      </c>
+      <c r="D44" t="s">
+        <v>61</v>
+      </c>
+      <c r="E44">
+        <v>21110</v>
+      </c>
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44" s="12">
+        <v>46023</v>
+      </c>
+      <c r="H44" s="15">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A45" s="11">
+        <v>9780241806586</v>
+      </c>
+      <c r="B45">
+        <v>1786270</v>
+      </c>
+      <c r="C45" t="s">
+        <v>74</v>
+      </c>
+      <c r="D45" t="s">
+        <v>8</v>
+      </c>
+      <c r="E45">
+        <v>22830</v>
+      </c>
+      <c r="F45" t="s">
+        <v>75</v>
+      </c>
+      <c r="G45" s="12">
+        <v>46030</v>
+      </c>
+      <c r="H45" s="15">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A46" s="11">
+        <v>9781526685681</v>
+      </c>
+      <c r="B46">
+        <v>1767860</v>
+      </c>
+      <c r="C46" t="s">
+        <v>76</v>
+      </c>
+      <c r="D46" t="s">
+        <v>10</v>
+      </c>
+      <c r="E46">
+        <v>21300</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" s="12">
+        <v>2001</v>
+      </c>
+      <c r="H46" s="15">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A47" s="11">
+        <v>9781035926084</v>
+      </c>
+      <c r="B47">
+        <v>1765310</v>
+      </c>
+      <c r="C47" t="s">
+        <v>77</v>
+      </c>
+      <c r="D47" t="s">
+        <v>10</v>
+      </c>
+      <c r="E47">
+        <v>11300</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" s="12">
+        <v>46049</v>
+      </c>
+      <c r="H47" s="15">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A48" s="11">
+        <v>9781464275388</v>
+      </c>
+      <c r="B48">
+        <v>1883860</v>
+      </c>
+      <c r="C48" t="s">
+        <v>78</v>
+      </c>
+      <c r="D48" t="s">
+        <v>27</v>
+      </c>
+      <c r="E48">
+        <v>21110</v>
+      </c>
+      <c r="F48" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" s="12">
+        <v>46037</v>
+      </c>
+      <c r="H48" s="15">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="11">
+        <v>9781464275395</v>
+      </c>
+      <c r="B49">
+        <v>1883887</v>
+      </c>
+      <c r="C49" t="s">
+        <v>79</v>
+      </c>
+      <c r="D49" t="s">
+        <v>27</v>
+      </c>
+      <c r="E49">
+        <v>22500</v>
+      </c>
+      <c r="F49" t="s">
+        <v>15</v>
+      </c>
+      <c r="G49" s="12">
+        <v>46037</v>
+      </c>
+      <c r="H49" s="15">
+        <v>24.5</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A50" s="11">
+        <v>9781398528567</v>
+      </c>
+      <c r="B50">
+        <v>2001493</v>
+      </c>
+      <c r="C50" t="s">
+        <v>80</v>
+      </c>
+      <c r="D50" t="s">
+        <v>21</v>
+      </c>
+      <c r="E50">
+        <v>21110</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" s="12">
+        <v>46051</v>
+      </c>
+      <c r="H50" s="14">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="11">
+        <v>9781800754522</v>
+      </c>
+      <c r="B51">
+        <v>1770535</v>
+      </c>
+      <c r="C51" t="s">
+        <v>81</v>
+      </c>
+      <c r="D51" t="s">
+        <v>82</v>
+      </c>
+      <c r="E51">
+        <v>21200</v>
+      </c>
+      <c r="F51" t="s">
         <v>16</v>
       </c>
-      <c r="G40" s="12">
-[...42 lines deleted...]
-      <c r="E42">
+      <c r="G51" s="12">
+        <v>46023</v>
+      </c>
+      <c r="H51" s="14">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A52" s="11">
+        <v>9781805335610</v>
+      </c>
+      <c r="B52">
+        <v>1771175</v>
+      </c>
+      <c r="C52" t="s">
+        <v>83</v>
+      </c>
+      <c r="D52" t="s">
+        <v>84</v>
+      </c>
+      <c r="E52">
         <v>21200</v>
       </c>
-      <c r="F42" t="s">
-[...172 lines deleted...]
-      <c r="H54" s="14"/>
+      <c r="F52" t="s">
+        <v>16</v>
+      </c>
+      <c r="G52" s="12">
+        <v>46037</v>
+      </c>
+      <c r="H52" s="14">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="11">
+        <v>9781526672179</v>
+      </c>
+      <c r="B53">
+        <v>1765213</v>
+      </c>
+      <c r="C53" t="s">
+        <v>85</v>
+      </c>
+      <c r="D53" t="s">
+        <v>10</v>
+      </c>
+      <c r="E53">
+        <v>14810</v>
+      </c>
+      <c r="F53" t="s">
+        <v>32</v>
+      </c>
+      <c r="G53" s="12">
+        <v>46023</v>
+      </c>
+      <c r="H53" s="14">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A54" s="11">
+        <v>9781799506904</v>
+      </c>
+      <c r="B54">
+        <v>3179175</v>
+      </c>
+      <c r="C54" t="s">
+        <v>86</v>
+      </c>
+      <c r="D54" t="s">
+        <v>9</v>
+      </c>
+      <c r="E54">
+        <v>21800</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="H54" s="14">
+        <v>10</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="1.7716535433070868" bottom="1.3779527559055118" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="51" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Fett"&amp;12
 &amp;K243478Libri GmbH&amp;"-,Standard"&amp;11
 &amp;12Hamburg • Bad Hersfeld&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;10&amp;K243478Libri GmbH • Friedensallee 273 • 22763 Hamburg • AG Hamburg HRB 65430
 Geschäftsführung: Alyna Wnukowsky (Sprecherin), Ulrich Vollmer
 Aufsichtsratsvorsitzender: Dr. Markus Conrad&amp;R&amp;K243478&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="504620ad-4a5b-4e98-91c4-34164cb416e2" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c7883763-1633-4a33-844b-a4f27752bb33">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010007E2A28E331B1345B4C54C5E2471F1FA" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="23252ba61a2b42fee7d5f57213e57890">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c7883763-1633-4a33-844b-a4f27752bb33" xmlns:ns3="504620ad-4a5b-4e98-91c4-34164cb416e2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="548f94b230d87df06dce40b2da64a907" ns2:_="" ns3:_="">
     <xsd:import namespace="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <xsd:import namespace="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -2558,111 +2756,91 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC4D9CF9-E2A7-47E5-9512-037AD31ADBFF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="c9f90cda-9d81-4aea-911d-f949aaf4de02"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
+    <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996B258D-5A6A-4734-BF2E-505977B0BDE3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{736EC6EA-E2D0-487E-AA90-847A1BE9530A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...24 lines deleted...]
-    <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" enabled="0" method="" siteId="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>