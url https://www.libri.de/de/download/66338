--- v2 (2025-12-07)
+++ v3 (2026-02-04)
@@ -1,93 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Novi Listen\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3C10B639-FB1C-43AD-AA44-52E3D9BEE052}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{245C5CC5-A52B-4BE2-A9CD-DDB9D3EC16BD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
+    <workbookView xWindow="-48" yWindow="-48" windowWidth="23136" windowHeight="12456" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
   </bookViews>
   <sheets>
     <sheet name="Novitäten Englisch" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Novitäten Englisch'!$A$1:$H$54</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Novitäten Englisch'!$4:$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="90">
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Libri-Nr.</t>
   </si>
   <si>
     <t>Author: Title</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Product Classification</t>
   </si>
   <si>
     <t>Product Classification Text</t>
   </si>
   <si>
     <t>First in</t>
   </si>
   <si>
     <t>RRP</t>
   </si>
   <si>
@@ -102,252 +101,261 @@
   <si>
     <t>Harper Collins Publ. UK</t>
   </si>
   <si>
     <t>Orion Publishing Group</t>
   </si>
   <si>
     <t>Science Fiction/Fantasy</t>
   </si>
   <si>
     <t>Fiction</t>
   </si>
   <si>
     <t>Childrens Books/Fiction</t>
   </si>
   <si>
     <t>Crime Stories</t>
   </si>
   <si>
     <t>Pan Macmillan</t>
   </si>
   <si>
     <t>Random House UK Ltd</t>
   </si>
   <si>
+    <t>Cartoons/Comics</t>
+  </si>
+  <si>
+    <t>Simon + Schuster UK</t>
+  </si>
+  <si>
+    <t>Hodder And Stoughton Ltd.</t>
+  </si>
+  <si>
+    <t>Simon + Schuster LLC</t>
+  </si>
+  <si>
+    <t>Sourcebooks LLC</t>
+  </si>
+  <si>
+    <t>Quercus Publishing Plc</t>
+  </si>
+  <si>
+    <t>Profile Books</t>
+  </si>
+  <si>
+    <t>Politics/Society/Labour</t>
+  </si>
+  <si>
+    <t>Faber And Faber Ltd.</t>
+  </si>
+  <si>
+    <t>Economics</t>
+  </si>
+  <si>
+    <t>Little, Brown Book Group</t>
+  </si>
+  <si>
+    <t>Transworld Publ. Ltd UK</t>
+  </si>
+  <si>
+    <t>Top 50 English newly published titles March 2026</t>
+  </si>
+  <si>
+    <t>Yarros, R: Onyx Storm</t>
+  </si>
+  <si>
+    <t>Allen, N: Game On</t>
+  </si>
+  <si>
+    <t>Jimenez, A: Night We Met</t>
+  </si>
+  <si>
+    <t>Pham, H: Just Friends</t>
+  </si>
+  <si>
+    <t>Tomforde, L: In Her Own League</t>
+  </si>
+  <si>
+    <t>Aster, A: Starside</t>
+  </si>
+  <si>
+    <t>Kent, R: Hunt the Villain</t>
+  </si>
+  <si>
+    <t>Szalay, D: Flesh</t>
+  </si>
+  <si>
+    <t>Child, L: Exit Strategy</t>
+  </si>
+  <si>
+    <t>McFadden, F: Want to Know a Secret?</t>
+  </si>
+  <si>
+    <t>Hyuuga, N: Apothecary Diaries 08 (Light Novel)</t>
+  </si>
+  <si>
+    <t>Penguin LLC  US</t>
+  </si>
+  <si>
+    <t>O'Sullivan, C: Her Hidden Fire</t>
+  </si>
+  <si>
+    <t>Hart, C: Blood &amp; Roses Volume 1</t>
+  </si>
+  <si>
+    <t>Aaronovitch, B: Stone and Sky</t>
+  </si>
+  <si>
+    <t>Johnson, J: Wind Weaver</t>
+  </si>
+  <si>
+    <t>Kang, H: We Do Not Part</t>
+  </si>
+  <si>
+    <t>Murata, S: Vanishing World</t>
+  </si>
+  <si>
+    <t>Granta Publications</t>
+  </si>
+  <si>
+    <t>Murphy, M: Thousand Perfect Lies</t>
+  </si>
+  <si>
+    <t>Yuzuki, A: Hooked</t>
+  </si>
+  <si>
+    <t>Crossan, S: Gone for Good</t>
+  </si>
+  <si>
+    <t>Knapp, F: Names</t>
+  </si>
+  <si>
+    <t>Uketsu: Strange Buildings</t>
+  </si>
+  <si>
+    <t>Pushkin Press</t>
+  </si>
+  <si>
+    <t>Zhao, A: Dragon and the Sun Lotus</t>
+  </si>
+  <si>
+    <t>Killmore, R: Death at Daffodil Inn</t>
+  </si>
+  <si>
+    <t>Hall, C: Broken Country</t>
+  </si>
+  <si>
+    <t>Biedermann, N: Lázár</t>
+  </si>
+  <si>
+    <t>Barnes, J: Glorious Rivals</t>
+  </si>
+  <si>
+    <t>Gurnah, A: Theft</t>
+  </si>
+  <si>
+    <t>Henderson, A: When I Was Death</t>
+  </si>
+  <si>
+    <t>Klein, E: Abundance</t>
+  </si>
+  <si>
+    <t>Lees, J: Whisperwicks: The Impossible Trials</t>
+  </si>
+  <si>
+    <t>Schneider, R: Metal Slinger</t>
+  </si>
+  <si>
+    <t>Reid, A: Innamorata</t>
+  </si>
+  <si>
+    <t>Hyuuga, N: Apothecary Diaries 15 (Manga)</t>
+  </si>
+  <si>
+    <t>Kawakami, M: Sisters in Yellow</t>
+  </si>
+  <si>
+    <t>Macfarlane, R: Is a River Alive?</t>
+  </si>
+  <si>
+    <t>Earth Sciences</t>
+  </si>
+  <si>
+    <t>Frankel, L: Nice Girls Don't Get the Corner Office</t>
+  </si>
+  <si>
+    <t>Hachette Book Group USA</t>
+  </si>
+  <si>
+    <t>Sveistrup, S: Hide And Seek</t>
+  </si>
+  <si>
+    <t>Mas, J: Psycho Beasts</t>
+  </si>
+  <si>
     <t>Harper Collins Publ. USA</t>
   </si>
   <si>
-    <t>Cartoons/Comics</t>
-[...8 lines deleted...]
-    <t>Simon + Schuster LLC</t>
+    <t>Airey, C: Confessions</t>
+  </si>
+  <si>
+    <t>Gude, E: ADHD Field Guide for Adults</t>
+  </si>
+  <si>
+    <t>Octopus Publishing Ltd.</t>
   </si>
   <si>
     <t>Psychology</t>
   </si>
   <si>
-    <t>Fisher, T: Opportunist</t>
-[...182 lines deleted...]
-    <t>King, T: Supergirl: Woman of Tomorrow: DC Compact Comics</t>
+    <t>Wilkerson, C: Good Dirt</t>
+  </si>
+  <si>
+    <t>Aciman, A: Room on the Sea</t>
+  </si>
+  <si>
+    <t>El-Mohtar, A: Seasons of Glass and Iron: Stories</t>
+  </si>
+  <si>
+    <t>Bastone, C: No Matter What</t>
+  </si>
+  <si>
+    <t>Sheridan, M: Archer's Voice</t>
+  </si>
+  <si>
+    <t>Broadbent, C: Mother of Death and Dawn</t>
+  </si>
+  <si>
+    <t>Lanchester, J: Look What You Made Me Do</t>
+  </si>
+  <si>
+    <t>Richell, H: One Dark Night</t>
+  </si>
+  <si>
+    <t>Torenberg, L: Just Watch Me</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1112,1395 +1120,1389 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D61CB4B-7791-4ED0-AE80-E77BE2D65B28}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="K17" sqref="K17"/>
+      <selection activeCell="K7" sqref="K7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.85546875" style="3" customWidth="1"/>
+    <col min="1" max="1" width="15.85546875" style="3" customWidth="1"/>
     <col min="2" max="2" width="11" style="3" customWidth="1"/>
     <col min="3" max="3" width="59.7109375" style="7" customWidth="1"/>
     <col min="4" max="4" width="22.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.28515625" style="3" customWidth="1"/>
     <col min="6" max="6" width="25.5703125" customWidth="1"/>
     <col min="7" max="7" width="11.42578125" style="12"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="26.25" x14ac:dyDescent="0.4">
       <c r="A1" s="17" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B1" s="17"/>
       <c r="C1" s="17"/>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A2" s="18"/>
       <c r="B2" s="18"/>
       <c r="C2" s="18"/>
       <c r="D2" s="18"/>
       <c r="E2" s="18"/>
     </row>
     <row r="4" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F4" s="10" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>6</v>
       </c>
       <c r="H4" s="8" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" s="11">
-        <v>9781409192817</v>
+        <v>9780349437095</v>
       </c>
       <c r="B5">
-        <v>2941028</v>
+        <v>1853295</v>
       </c>
       <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
         <v>29</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5">
-        <v>11200</v>
+        <v>21300</v>
       </c>
       <c r="F5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G5" s="12">
-        <v>46051</v>
+        <v>46105</v>
       </c>
       <c r="H5" s="15">
-        <v>18.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" s="11">
-        <v>9781464266485</v>
+        <v>9781529442458</v>
       </c>
       <c r="B6">
-        <v>1850997</v>
+        <v>1855239</v>
       </c>
       <c r="C6" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D6" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E6">
-        <v>21200</v>
+        <v>21110</v>
       </c>
       <c r="F6" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>46049</v>
+        <v>14</v>
       </c>
       <c r="H6" s="15">
-        <v>13.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="11">
-        <v>9781526685551</v>
+        <v>9780349442846</v>
       </c>
       <c r="B7">
-        <v>1765728</v>
+        <v>1853031</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D7" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E7">
-        <v>24810</v>
+        <v>21110</v>
       </c>
       <c r="F7" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="G7" s="12">
-        <v>46037</v>
+        <v>46105</v>
       </c>
       <c r="H7" s="15">
-        <v>14.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="11">
-        <v>9780008730284</v>
+        <v>9781668095188</v>
       </c>
       <c r="B8">
-        <v>3103435</v>
+        <v>2000268</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="E8">
-        <v>21200</v>
+        <v>11110</v>
       </c>
       <c r="F8" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G8" s="12">
-        <v>45547</v>
+        <v>46084</v>
       </c>
       <c r="H8" s="15">
-        <v>12.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9" s="11">
-        <v>9781464242472</v>
+        <v>9781399746441</v>
       </c>
       <c r="B9">
-        <v>1851055</v>
+        <v>1859501</v>
       </c>
       <c r="C9" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="E9">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G9" s="12">
-        <v>46049</v>
+        <v>46084</v>
       </c>
       <c r="H9" s="15">
-        <v>11.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10" s="11">
-        <v>9781529435245</v>
+        <v>9781037202414</v>
       </c>
       <c r="B10">
-        <v>3152434</v>
+        <v>1879863</v>
       </c>
       <c r="C10" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D10" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="E10">
-        <v>21110</v>
+        <v>11300</v>
       </c>
       <c r="F10" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G10" s="12">
-        <v>46030</v>
+        <v>46112</v>
       </c>
       <c r="H10" s="16">
-        <v>12.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11" s="11">
-        <v>9781529940220</v>
+        <v>9781911746140</v>
       </c>
       <c r="B11">
-        <v>1853848</v>
+        <v>2004192</v>
       </c>
       <c r="C11" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11">
         <v>21110</v>
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" s="12">
-        <v>46051</v>
+        <v>46105</v>
       </c>
       <c r="H11" s="15">
-        <v>14.5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12" s="11">
-        <v>9780008588878</v>
+        <v>9781529932423</v>
       </c>
       <c r="B12">
-        <v>3138848</v>
+        <v>1853759</v>
       </c>
       <c r="C12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E12">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="F12" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G12" s="12">
-        <v>45729</v>
+        <v>46100</v>
       </c>
       <c r="H12" s="15">
-        <v>10</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13" s="11">
-        <v>9781464244803</v>
+        <v>9781804993682</v>
       </c>
       <c r="B13">
-        <v>2000266</v>
+        <v>1854461</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E13">
-        <v>11110</v>
+        <v>21200</v>
       </c>
       <c r="F13" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G13" s="12">
-        <v>46035</v>
+        <v>46107</v>
       </c>
       <c r="H13" s="15">
-        <v>29.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14" s="11">
-        <v>9781464244797</v>
+        <v>9781464268533</v>
       </c>
       <c r="B14">
-        <v>1889176</v>
+        <v>1851012</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E14">
-        <v>11110</v>
+        <v>21200</v>
       </c>
       <c r="F14" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G14" s="12">
-        <v>46035</v>
+        <v>46084</v>
       </c>
       <c r="H14" s="15">
-        <v>29.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A15" s="11">
-        <v>9781526679109</v>
+        <v>9781646094233</v>
       </c>
       <c r="B15">
-        <v>3177886</v>
+        <v>2083870</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="E15">
-        <v>21110</v>
+        <v>11300</v>
       </c>
       <c r="F15" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>46023</v>
+        <v>13</v>
       </c>
       <c r="H15" s="15">
-        <v>13.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A16" s="11">
-        <v>9781405956703</v>
+        <v>9780241714812</v>
       </c>
       <c r="B16">
-        <v>3143887</v>
+        <v>2001698</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
         <v>8</v>
       </c>
       <c r="E16">
-        <v>21200</v>
+        <v>22500</v>
       </c>
       <c r="F16" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G16" s="12">
-        <v>46037</v>
+        <v>46086</v>
       </c>
       <c r="H16" s="15">
-        <v>13.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="11">
-        <v>9780241635315</v>
+        <v>9781399754781</v>
       </c>
       <c r="B17">
-        <v>1786245</v>
+        <v>2005153</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="E17">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="F17" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G17" s="12">
-        <v>46023</v>
+        <v>46091</v>
       </c>
       <c r="H17" s="15">
-        <v>13.5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A18" s="11">
-        <v>9781526681003</v>
+        <v>9781473226739</v>
       </c>
       <c r="B18">
-        <v>1765787</v>
+        <v>1850067</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E18">
-        <v>22500</v>
+        <v>21300</v>
       </c>
       <c r="F18" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G18" s="12">
-        <v>46049</v>
+        <v>46107</v>
       </c>
       <c r="H18" s="15">
-        <v>11.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A19" s="11">
-        <v>9781804950807</v>
+        <v>9781405966184</v>
       </c>
       <c r="B19">
-        <v>1853716</v>
+        <v>1786393</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="E19">
-        <v>24810</v>
+        <v>21300</v>
       </c>
       <c r="F19" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="G19" s="12">
-        <v>46023</v>
+        <v>46093</v>
       </c>
       <c r="H19" s="15">
-        <v>14.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="11">
-        <v>9780241671115</v>
+        <v>9780241997048</v>
       </c>
       <c r="B20">
-        <v>1786318</v>
+        <v>1786342</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
         <v>8</v>
       </c>
       <c r="E20">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="F20" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G20" s="12">
-        <v>46051</v>
+        <v>46086</v>
       </c>
       <c r="H20" s="15">
         <v>13.5</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="11">
-        <v>9780241665619</v>
+        <v>9781803511191</v>
       </c>
       <c r="B21">
-        <v>3143977</v>
+        <v>1773445</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="E21">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" s="12">
-        <v>46051</v>
+        <v>46093</v>
       </c>
       <c r="H21" s="15">
-        <v>19.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="11">
-        <v>9781399754781</v>
+        <v>9781911753292</v>
       </c>
       <c r="B22">
-        <v>2005153</v>
+        <v>3030553</v>
       </c>
       <c r="C22" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D22" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="E22">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" s="12">
-        <v>46042</v>
+        <v>46107</v>
       </c>
       <c r="H22" s="15">
-        <v>14</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" s="11">
-        <v>9781974761852</v>
+        <v>9780008753832</v>
       </c>
       <c r="B23">
-        <v>2039316</v>
+        <v>1838350</v>
       </c>
       <c r="C23" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="D23" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E23">
-        <v>21800</v>
+        <v>11110</v>
       </c>
       <c r="F23" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G23" s="12">
-        <v>46065</v>
+        <v>45888</v>
       </c>
       <c r="H23" s="15">
-        <v>15</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A24" s="11">
-        <v>9781804940266</v>
+        <v>9781398549029</v>
       </c>
       <c r="B24">
-        <v>1853643</v>
+        <v>2012767</v>
       </c>
       <c r="C24" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D24" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E24">
-        <v>21200</v>
+        <v>22500</v>
       </c>
       <c r="F24" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G24" s="12">
-        <v>46037</v>
+        <v>46079</v>
       </c>
       <c r="H24" s="15">
         <v>13.5</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A25" s="11">
-        <v>9781444973556</v>
+        <v>9781399624046</v>
       </c>
       <c r="B25">
-        <v>1859307</v>
+        <v>1850296</v>
       </c>
       <c r="C25" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="D25" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="E25">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="F25" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>46044</v>
+        <v>14</v>
       </c>
       <c r="H25" s="15">
         <v>13.5</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A26" s="11">
-        <v>9780241738429</v>
+        <v>9781805336297</v>
       </c>
       <c r="B26">
-        <v>1786261</v>
+        <v>1770390</v>
       </c>
       <c r="C26" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D26" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="E26">
-        <v>22500</v>
+        <v>11200</v>
       </c>
       <c r="F26" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G26" s="12">
-        <v>46051</v>
+        <v>46093</v>
       </c>
       <c r="H26" s="15">
-        <v>13.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A27" s="11">
-        <v>9781464275166</v>
+        <v>9780593813881</v>
       </c>
       <c r="B27">
-        <v>1885863</v>
+        <v>1860534</v>
       </c>
       <c r="C27" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="D27" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="E27">
-        <v>21200</v>
+        <v>12500</v>
       </c>
       <c r="F27" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G27" s="12">
-        <v>46037</v>
+        <v>46084</v>
       </c>
       <c r="H27" s="15">
-        <v>50</v>
+        <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" s="11">
-        <v>9781464275173</v>
+        <v>9781398550322</v>
       </c>
       <c r="B28">
-        <v>1885871</v>
+        <v>1880063</v>
       </c>
       <c r="C28" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="D28" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="E28">
         <v>21200</v>
       </c>
       <c r="F28" t="s">
         <v>16</v>
       </c>
       <c r="G28" s="12">
-        <v>46037</v>
+        <v>46107</v>
       </c>
       <c r="H28" s="15">
-        <v>50</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A29" s="11">
-        <v>9781526624314</v>
+        <v>9781399820431</v>
       </c>
       <c r="B29">
-        <v>1595253</v>
+        <v>1859528</v>
       </c>
       <c r="C29" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D29" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="E29">
-        <v>11110</v>
+        <v>21200</v>
       </c>
       <c r="F29" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G29" s="12">
-        <v>46049</v>
+        <v>46093</v>
       </c>
       <c r="H29" s="15">
-        <v>20.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" s="11">
-        <v>9781335919946</v>
+        <v>9781529445343</v>
       </c>
       <c r="B30">
-        <v>1576496</v>
+        <v>2005267</v>
       </c>
       <c r="C30" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="D30" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="E30">
-        <v>11300</v>
+        <v>11110</v>
       </c>
       <c r="F30" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G30" s="12">
-        <v>46035</v>
+        <v>46107</v>
       </c>
       <c r="H30" s="15">
-        <v>19</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="11">
-        <v>9780008617707</v>
+        <v>9780241638729</v>
       </c>
       <c r="B31">
-        <v>1864998</v>
+        <v>1786423</v>
       </c>
       <c r="C31" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E31">
-        <v>11110</v>
+        <v>22500</v>
       </c>
       <c r="F31" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G31" s="12">
-        <v>45897</v>
+        <v>46086</v>
       </c>
       <c r="H31" s="15">
-        <v>20.5</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="11">
-        <v>9780593725023</v>
+        <v>9781526680143</v>
       </c>
       <c r="B32">
-        <v>3185813</v>
+        <v>1765507</v>
       </c>
       <c r="C32" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="D32" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E32">
-        <v>11300</v>
+        <v>21110</v>
       </c>
       <c r="F32" t="s">
-        <v>13</v>
+        <v>14</v>
+      </c>
+      <c r="G32" s="12">
+        <v>46093</v>
       </c>
       <c r="H32" s="16">
-        <v>19.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" s="11">
-        <v>9781649377838</v>
+        <v>9780241716274</v>
       </c>
       <c r="B33">
-        <v>3164945</v>
+        <v>1786431</v>
       </c>
       <c r="C33" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="D33" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="E33">
-        <v>12500</v>
+        <v>22500</v>
       </c>
       <c r="F33" t="s">
         <v>15</v>
       </c>
       <c r="G33" s="12">
-        <v>46028</v>
+        <v>46093</v>
       </c>
       <c r="H33" s="15">
-        <v>22</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="11">
-        <v>9781805463962</v>
+        <v>9781805226062</v>
       </c>
       <c r="B34">
-        <v>3177377</v>
+        <v>1772686</v>
       </c>
       <c r="C34" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="D34" t="s">
-        <v>61</v>
+        <v>25</v>
       </c>
       <c r="E34">
-        <v>11110</v>
+        <v>27430</v>
       </c>
       <c r="F34" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="G34" s="12">
-        <v>46023</v>
+        <v>46093</v>
       </c>
       <c r="H34" s="15">
-        <v>18.5</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" s="11">
-        <v>9781787335721</v>
+        <v>9780241625088</v>
       </c>
       <c r="B35">
-        <v>1515837</v>
+        <v>1786792</v>
       </c>
       <c r="C35" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="D35" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="E35">
-        <v>11110</v>
+        <v>22500</v>
       </c>
       <c r="F35" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G35" s="12">
-        <v>46044</v>
+        <v>46107</v>
       </c>
       <c r="H35" s="15">
-        <v>24.5</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="11">
-        <v>9781035044573</v>
+        <v>9781399633994</v>
       </c>
       <c r="B36">
-        <v>1864556</v>
+        <v>1850105</v>
       </c>
       <c r="C36" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="D36" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E36">
-        <v>21110</v>
+        <v>21300</v>
       </c>
       <c r="F36" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G36" s="12">
-        <v>46051</v>
+        <v>46093</v>
       </c>
       <c r="H36" s="15">
-        <v>13.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" s="11">
-        <v>9781529098877</v>
+        <v>9781529910674</v>
       </c>
       <c r="B37">
-        <v>3146054</v>
+        <v>2004362</v>
       </c>
       <c r="C37" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E37">
-        <v>11110</v>
+        <v>11300</v>
       </c>
       <c r="F37" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G37" s="12">
-        <v>46051</v>
+        <v>46098</v>
       </c>
       <c r="H37" s="15">
-        <v>18.5</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A38" s="11">
-        <v>9781835416525</v>
+        <v>9781646094561</v>
       </c>
       <c r="B38">
-        <v>1765574</v>
+        <v>2087562</v>
       </c>
       <c r="C38" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D38" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="E38">
-        <v>11300</v>
+        <v>21800</v>
       </c>
       <c r="F38" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>46042</v>
+        <v>19</v>
       </c>
       <c r="H38" s="15">
-        <v>15.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A39" s="11">
-        <v>9781800819177</v>
+        <v>9781035024148</v>
       </c>
       <c r="B39">
-        <v>1772740</v>
+        <v>1865269</v>
       </c>
       <c r="C39" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D39" t="s">
-        <v>68</v>
+        <v>17</v>
       </c>
       <c r="E39">
-        <v>25330</v>
+        <v>11200</v>
       </c>
       <c r="F39" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G39" s="12">
-        <v>46023</v>
+        <v>46100</v>
       </c>
       <c r="H39" s="15">
-        <v>14</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A40" s="11">
-        <v>9781250763662</v>
+        <v>9780241998212</v>
       </c>
       <c r="B40">
-        <v>2369703</v>
+        <v>1786407</v>
       </c>
       <c r="C40" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D40" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="E40">
-        <v>22500</v>
+        <v>26630</v>
       </c>
       <c r="F40" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="G40" s="12">
-        <v>46049</v>
+        <v>46086</v>
       </c>
       <c r="H40" s="15">
-        <v>11</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A41" s="11">
-        <v>9781963135688</v>
+        <v>9781538780305</v>
       </c>
       <c r="B41">
-        <v>2000012</v>
+        <v>1896997</v>
       </c>
       <c r="C41" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D41" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="E41">
-        <v>21110</v>
+        <v>17810</v>
       </c>
       <c r="F41" t="s">
-        <v>14</v>
+        <v>28</v>
+      </c>
+      <c r="G41" s="12">
+        <v>46128</v>
       </c>
       <c r="H41" s="15">
-        <v>19.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" s="11">
-        <v>9781526678720</v>
+        <v>9780241720530</v>
       </c>
       <c r="B42">
-        <v>1766783</v>
+        <v>3143983</v>
       </c>
       <c r="C42" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="D42" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="E42">
-        <v>21110</v>
+        <v>11200</v>
       </c>
       <c r="F42" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G42" s="12">
-        <v>46051</v>
+        <v>46107</v>
       </c>
       <c r="H42" s="15">
-        <v>12.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A43" s="11">
-        <v>9781464266430</v>
+        <v>9781335146328</v>
       </c>
       <c r="B43">
-        <v>1851098</v>
+        <v>1576283</v>
       </c>
       <c r="C43" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="D43" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="E43">
-        <v>21300</v>
+        <v>11300</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="12">
-        <v>46049</v>
+        <v>46091</v>
       </c>
       <c r="H43" s="15">
-        <v>13.5</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" s="11">
-        <v>9781805463276</v>
+        <v>9781405961530</v>
       </c>
       <c r="B44">
-        <v>1778463</v>
+        <v>1786369</v>
       </c>
       <c r="C44" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="D44" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="E44">
         <v>21110</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" s="12">
-        <v>46023</v>
+        <v>46086</v>
       </c>
       <c r="H44" s="15">
         <v>13.5</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" s="11">
-        <v>9780241806586</v>
+        <v>9781800962415</v>
       </c>
       <c r="B45">
-        <v>1786270</v>
+        <v>3183616</v>
       </c>
       <c r="C45" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="D45" t="s">
-        <v>8</v>
+        <v>79</v>
       </c>
       <c r="E45">
-        <v>22830</v>
+        <v>15310</v>
       </c>
       <c r="F45" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="G45" s="12">
-        <v>46030</v>
+        <v>46086</v>
       </c>
       <c r="H45" s="15">
-        <v>13.5</v>
+        <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" s="11">
-        <v>9781526685681</v>
+        <v>9781405950107</v>
       </c>
       <c r="B46">
-        <v>1767860</v>
+        <v>1786377</v>
       </c>
       <c r="C46" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="D46" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="E46">
-        <v>21300</v>
+        <v>21110</v>
       </c>
       <c r="F46" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G46" s="12">
-        <v>2001</v>
+        <v>46086</v>
       </c>
       <c r="H46" s="15">
-        <v>43</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" s="11">
-        <v>9781035926084</v>
+        <v>9780571385157</v>
       </c>
       <c r="B47">
-        <v>1765310</v>
+        <v>1778927</v>
       </c>
       <c r="C47" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="D47" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="E47">
-        <v>11300</v>
+        <v>21110</v>
       </c>
       <c r="F47" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G47" s="12">
-        <v>46049</v>
+        <v>46107</v>
       </c>
       <c r="H47" s="15">
-        <v>13.5</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" s="11">
-        <v>9781464275388</v>
+        <v>9781529443394</v>
       </c>
       <c r="B48">
-        <v>1883860</v>
+        <v>1855220</v>
       </c>
       <c r="C48" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="D48" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E48">
-        <v>21110</v>
+        <v>11300</v>
       </c>
       <c r="F48" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G48" s="12">
-        <v>46037</v>
+        <v>46105</v>
       </c>
       <c r="H48" s="15">
-        <v>50</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="49" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="11">
-        <v>9781464275395</v>
+        <v>9780593977675</v>
       </c>
       <c r="B49">
-        <v>1883887</v>
+        <v>2076677</v>
       </c>
       <c r="C49" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="D49" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="E49">
-        <v>22500</v>
+        <v>11110</v>
       </c>
       <c r="F49" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G49" s="12">
-        <v>46037</v>
+        <v>46084</v>
       </c>
       <c r="H49" s="15">
-        <v>24.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A50" s="11">
-        <v>9781398528567</v>
+        <v>9781538782033</v>
       </c>
       <c r="B50">
-        <v>2001493</v>
+        <v>2098204</v>
       </c>
       <c r="C50" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="D50" t="s">
-        <v>21</v>
+        <v>73</v>
       </c>
       <c r="E50">
         <v>21110</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
-      <c r="G50" s="12">
-[...1 lines deleted...]
-      </c>
       <c r="H50" s="14">
-        <v>13.5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="51" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="11">
-        <v>9781800754522</v>
+        <v>9781035070909</v>
       </c>
       <c r="B51">
-        <v>1770535</v>
+        <v>1865218</v>
       </c>
       <c r="C51" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D51" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="E51">
-        <v>21200</v>
+        <v>11300</v>
       </c>
       <c r="F51" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G51" s="12">
-        <v>46023</v>
+        <v>46107</v>
       </c>
       <c r="H51" s="14">
-        <v>13.5</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A52" s="11">
-        <v>9781805335610</v>
+        <v>9780571298679</v>
       </c>
       <c r="B52">
-        <v>1771175</v>
+        <v>1778897</v>
       </c>
       <c r="C52" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="D52" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="E52">
-        <v>21200</v>
+        <v>11110</v>
       </c>
       <c r="F52" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G52" s="12">
-        <v>46037</v>
+        <v>46093</v>
       </c>
       <c r="H52" s="14">
-        <v>12.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="53" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="11">
-        <v>9781526672179</v>
+        <v>9781398528031</v>
       </c>
       <c r="B53">
-        <v>1765213</v>
+        <v>3175137</v>
       </c>
       <c r="C53" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D53" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E53">
-        <v>14810</v>
+        <v>21200</v>
       </c>
       <c r="F53" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="G53" s="12">
-        <v>46023</v>
+        <v>46051</v>
       </c>
       <c r="H53" s="14">
-        <v>20.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A54" s="11">
-        <v>9781799506904</v>
+        <v>9781398557093</v>
       </c>
       <c r="B54">
-        <v>3179175</v>
+        <v>1776070</v>
       </c>
       <c r="C54" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E54">
-        <v>21800</v>
+        <v>11110</v>
       </c>
       <c r="F54" t="s">
-        <v>20</v>
+        <v>14</v>
+      </c>
+      <c r="G54" s="12">
+        <v>46079</v>
       </c>
       <c r="H54" s="14">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="1.7716535433070868" bottom="1.3779527559055118" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="51" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Fett"&amp;12
 &amp;K243478Libri GmbH&amp;"-,Standard"&amp;11
 &amp;12Hamburg • Bad Hersfeld&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;10&amp;K243478Libri GmbH • Friedensallee 273 • 22763 Hamburg • AG Hamburg HRB 65430
 Geschäftsführung: Alyna Wnukowsky (Sprecherin), Ulrich Vollmer
 Aufsichtsratsvorsitzender: Dr. Markus Conrad&amp;R&amp;K243478&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>