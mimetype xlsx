--- v3 (2026-02-04)
+++ v4 (2026-02-24)
@@ -13,349 +13,340 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Novi Listen\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{245C5CC5-A52B-4BE2-A9CD-DDB9D3EC16BD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DA5A1DA3-E10E-4207-8091-25B441FA5D01}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-48" yWindow="-48" windowWidth="23136" windowHeight="12456" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
   </bookViews>
   <sheets>
     <sheet name="Novitäten Englisch" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Novitäten Englisch'!$A$1:$H$54</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Novitäten Englisch'!$4:$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="87">
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Libri-Nr.</t>
   </si>
   <si>
     <t>Author: Title</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Product Classification</t>
   </si>
   <si>
     <t>Product Classification Text</t>
   </si>
   <si>
     <t>First in</t>
   </si>
   <si>
     <t>RRP</t>
   </si>
   <si>
     <t>Penguin Books Ltd (UK)</t>
   </si>
   <si>
     <t>Random House LLC US</t>
   </si>
   <si>
-    <t>Bloomsbury UK</t>
-[...1 lines deleted...]
-  <si>
     <t>Harper Collins Publ. UK</t>
   </si>
   <si>
     <t>Orion Publishing Group</t>
   </si>
   <si>
     <t>Science Fiction/Fantasy</t>
   </si>
   <si>
     <t>Fiction</t>
   </si>
   <si>
     <t>Childrens Books/Fiction</t>
   </si>
   <si>
     <t>Crime Stories</t>
   </si>
   <si>
     <t>Pan Macmillan</t>
   </si>
   <si>
     <t>Random House UK Ltd</t>
   </si>
   <si>
     <t>Cartoons/Comics</t>
   </si>
   <si>
-    <t>Simon + Schuster UK</t>
-[...1 lines deleted...]
-  <si>
     <t>Hodder And Stoughton Ltd.</t>
   </si>
   <si>
     <t>Simon + Schuster LLC</t>
   </si>
   <si>
     <t>Sourcebooks LLC</t>
   </si>
   <si>
     <t>Quercus Publishing Plc</t>
   </si>
   <si>
     <t>Profile Books</t>
   </si>
   <si>
     <t>Politics/Society/Labour</t>
   </si>
   <si>
     <t>Faber And Faber Ltd.</t>
   </si>
   <si>
-    <t>Economics</t>
-[...1 lines deleted...]
-  <si>
     <t>Little, Brown Book Group</t>
   </si>
   <si>
     <t>Transworld Publ. Ltd UK</t>
   </si>
   <si>
-    <t>Top 50 English newly published titles March 2026</t>
-[...34 lines deleted...]
-  <si>
     <t>Penguin LLC  US</t>
   </si>
   <si>
-    <t>O'Sullivan, C: Her Hidden Fire</t>
-[...85 lines deleted...]
-  <si>
     <t>Hachette Book Group USA</t>
   </si>
   <si>
-    <t>Sveistrup, S: Hide And Seek</t>
-[...4 lines deleted...]
-  <si>
     <t>Harper Collins Publ. USA</t>
   </si>
   <si>
-    <t>Airey, C: Confessions</t>
-[...4 lines deleted...]
-  <si>
     <t>Octopus Publishing Ltd.</t>
   </si>
   <si>
-    <t>Psychology</t>
-[...4 lines deleted...]
-  <si>
     <t>Aciman, A: Room on the Sea</t>
   </si>
   <si>
-    <t>El-Mohtar, A: Seasons of Glass and Iron: Stories</t>
-[...17 lines deleted...]
-    <t>Torenberg, L: Just Watch Me</t>
+    <t>Top 50 English newly published titles April 2026</t>
+  </si>
+  <si>
+    <t>Huang, A: King of Gluttony</t>
+  </si>
+  <si>
+    <t>Moronova, K: Bulletproof</t>
+  </si>
+  <si>
+    <t>Mafi, T: Release Me</t>
+  </si>
+  <si>
+    <t>Machida, S: Convenience Store by the Sea Volume 2</t>
+  </si>
+  <si>
+    <t>Moyes, J: We All Live Here</t>
+  </si>
+  <si>
+    <t>Martel, Y: Son of Nobody</t>
+  </si>
+  <si>
+    <t>Canongate Books Ltd.</t>
+  </si>
+  <si>
+    <t>Perry, D: Rites of the Starling</t>
+  </si>
+  <si>
+    <t>Meyer, M: Escape Game</t>
+  </si>
+  <si>
+    <t>Sarah, A: Future Is Peace</t>
+  </si>
+  <si>
+    <t>Grenwich, B: Riftborne</t>
+  </si>
+  <si>
+    <t>Herron, M: Clown Town</t>
+  </si>
+  <si>
+    <t>Boyd, W: Predicament</t>
+  </si>
+  <si>
+    <t>Gerritsen, T: Summer Guests</t>
+  </si>
+  <si>
+    <t>Johnson, J: Sea Spinner</t>
+  </si>
+  <si>
+    <t>Connelly, M: Proving Ground</t>
+  </si>
+  <si>
+    <t>Reid, T: Atmosphere</t>
+  </si>
+  <si>
+    <t>Witherspoon, R: Gone Before Goodbye</t>
+  </si>
+  <si>
+    <t>Cavanagh, S: Two Kinds of Stranger</t>
+  </si>
+  <si>
+    <t>Headline</t>
+  </si>
+  <si>
+    <t>Douglas, P: Quiet Ones</t>
+  </si>
+  <si>
+    <t>Corey, J: Faith of Beasts</t>
+  </si>
+  <si>
+    <t>Fitzgerald, B: Beautiful Evil</t>
+  </si>
+  <si>
+    <t>French, T: Keeper</t>
+  </si>
+  <si>
+    <t>Hastings, J: Conditions of Will</t>
+  </si>
+  <si>
+    <t>Lees, J: Whisperwicks: The Vanished Key</t>
+  </si>
+  <si>
+    <t>Jenkins Reid, T: Atmosphere</t>
+  </si>
+  <si>
+    <t>Smith, S: Thorn Queen</t>
+  </si>
+  <si>
+    <t>Burke, C: Yesteryear</t>
+  </si>
+  <si>
+    <t>Kirby, K: Seriously Epic Holiday of Lottie Brooks</t>
+  </si>
+  <si>
+    <t>Peters, T: Stag Dance</t>
+  </si>
+  <si>
+    <t>Qing, T: Ballad of Sword and Wine: Qiang Jin Jiu (Novel) 7</t>
+  </si>
+  <si>
+    <t>Cho, K: Gods &amp; Comics</t>
+  </si>
+  <si>
+    <t>O'Leary, B: Name Game</t>
+  </si>
+  <si>
+    <t>Wood, B: Seascraper</t>
+  </si>
+  <si>
+    <t>Steven, L: Silvercloak</t>
+  </si>
+  <si>
+    <t>Toon, P: Don't Fall in Love With Me</t>
+  </si>
+  <si>
+    <t>Slaughter, K: We Are All Guilty Here</t>
+  </si>
+  <si>
+    <t>Durst, S: Faraway Inn</t>
+  </si>
+  <si>
+    <t>Brown, G: Society of Unknowable Objects</t>
+  </si>
+  <si>
+    <t>Oliver, J: BBQ</t>
+  </si>
+  <si>
+    <t>Cooking/Food/Drink</t>
+  </si>
+  <si>
+    <t>Inoue, T: Vagabond Definitive Edition, Vol. 5</t>
+  </si>
+  <si>
+    <t>Clarke, E: Ending Writes Itself</t>
+  </si>
+  <si>
+    <t>Gilbert, S: Girl on Girl</t>
+  </si>
+  <si>
+    <t>Lapena, S: She Didn't See It Coming</t>
+  </si>
+  <si>
+    <t>Hodgson, A: Raven Scholar</t>
+  </si>
+  <si>
+    <t>Baguchinsky, J: May the Dead Keep You</t>
+  </si>
+  <si>
+    <t>Holton, I: Antiquarian's Object of Desire</t>
+  </si>
+  <si>
+    <t>Kim, M: Molka</t>
+  </si>
+  <si>
+    <t>Poranek, A: Treachery of Swans</t>
+  </si>
+  <si>
+    <t>Fairy-tales/Legends</t>
+  </si>
+  <si>
+    <t>Kitamura, K: Audition</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1120,1446 +1111,1432 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D61CB4B-7791-4ED0-AE80-E77BE2D65B28}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="K7" sqref="K7"/>
+      <selection activeCell="C11" sqref="C11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="15.85546875" style="3" customWidth="1"/>
+    <col min="1" max="1" width="15.88671875" style="3" customWidth="1"/>
     <col min="2" max="2" width="11" style="3" customWidth="1"/>
-    <col min="3" max="3" width="59.7109375" style="7" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="7" width="11.42578125" style="12"/>
+    <col min="3" max="3" width="59.6640625" style="7" customWidth="1"/>
+    <col min="4" max="4" width="22.6640625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="14.33203125" style="3" customWidth="1"/>
+    <col min="6" max="6" width="25.5546875" customWidth="1"/>
+    <col min="7" max="7" width="11.44140625" style="12"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="26.25" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:8" ht="25.8" x14ac:dyDescent="0.5">
       <c r="A1" s="17" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B1" s="17"/>
       <c r="C1" s="17"/>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
     </row>
-    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A2" s="18"/>
       <c r="B2" s="18"/>
       <c r="C2" s="18"/>
       <c r="D2" s="18"/>
       <c r="E2" s="18"/>
     </row>
-    <row r="4" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:8" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A4" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F4" s="10" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="13" t="s">
         <v>6</v>
       </c>
       <c r="H4" s="8" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="11">
-        <v>9780349437095</v>
+        <v>9780349436418</v>
       </c>
       <c r="B5">
-        <v>1853295</v>
+        <v>1853082</v>
       </c>
       <c r="C5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E5">
-        <v>21300</v>
+        <v>21110</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="12">
-        <v>46105</v>
+        <v>46140</v>
       </c>
       <c r="H5" s="15">
         <v>14.5</v>
       </c>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A6" s="11">
-        <v>9781529442458</v>
+        <v>9781464265594</v>
       </c>
       <c r="B6">
-        <v>1855239</v>
+        <v>1889389</v>
       </c>
       <c r="C6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D6" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E6">
         <v>21110</v>
       </c>
       <c r="F6" t="s">
-        <v>14</v>
+        <v>13</v>
+      </c>
+      <c r="G6" s="12">
+        <v>46140</v>
       </c>
       <c r="H6" s="15">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="11">
-        <v>9780349442846</v>
+        <v>9780063488519</v>
       </c>
       <c r="B7">
-        <v>1853031</v>
+        <v>1741020</v>
       </c>
       <c r="C7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E7">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="F7" t="s">
         <v>14</v>
       </c>
       <c r="G7" s="12">
-        <v>46105</v>
+        <v>46119</v>
       </c>
       <c r="H7" s="15">
         <v>13.5</v>
       </c>
     </row>
-    <row r="8" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="11">
-        <v>9781668095188</v>
+        <v>9781398728790</v>
       </c>
       <c r="B8">
-        <v>2000268</v>
+        <v>1850229</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E8">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="F8" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>46084</v>
+        <v>13</v>
       </c>
       <c r="H8" s="15">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A9" s="11">
-        <v>9781399746441</v>
+        <v>9781405943475</v>
       </c>
       <c r="B9">
-        <v>1859501</v>
+        <v>1786628</v>
       </c>
       <c r="C9" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E9">
         <v>21110</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G9" s="12">
-        <v>46084</v>
+        <v>46121</v>
       </c>
       <c r="H9" s="15">
         <v>13.5</v>
       </c>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A10" s="11">
-        <v>9781037202414</v>
+        <v>9781838859084</v>
       </c>
       <c r="B10">
-        <v>1879863</v>
+        <v>1778820</v>
       </c>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D10" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="E10">
-        <v>11300</v>
+        <v>11110</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" s="12">
-        <v>46112</v>
+        <v>46114</v>
       </c>
       <c r="H10" s="16">
-        <v>19.5</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A11" s="11">
-        <v>9781911746140</v>
+        <v>9781911750192</v>
       </c>
       <c r="B11">
-        <v>2004192</v>
+        <v>2002546</v>
       </c>
       <c r="C11" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D11" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="E11">
-        <v>21110</v>
+        <v>11300</v>
       </c>
       <c r="F11" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G11" s="12">
-        <v>46105</v>
+        <v>46119</v>
       </c>
       <c r="H11" s="15">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A12" s="11">
-        <v>9781529932423</v>
+        <v>9798217238514</v>
       </c>
       <c r="B12">
-        <v>1853759</v>
+        <v>1849590</v>
       </c>
       <c r="C12" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="E12">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="F12" t="s">
         <v>14</v>
       </c>
       <c r="G12" s="12">
-        <v>46100</v>
+        <v>46119</v>
       </c>
       <c r="H12" s="15">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A13" s="11">
-        <v>9781804993682</v>
+        <v>9798217089789</v>
       </c>
       <c r="B13">
-        <v>1854461</v>
+        <v>1861786</v>
       </c>
       <c r="C13" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="E13">
+        <v>17410</v>
+      </c>
+      <c r="F13" t="s">
+        <v>24</v>
+      </c>
+      <c r="G13" s="12">
+        <v>46126</v>
+      </c>
+      <c r="H13" s="15">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A14" s="11">
+        <v>9780241818664</v>
+      </c>
+      <c r="B14">
+        <v>2084043</v>
+      </c>
+      <c r="C14" t="s">
+        <v>44</v>
+      </c>
+      <c r="D14" t="s">
+        <v>8</v>
+      </c>
+      <c r="E14">
+        <v>12500</v>
+      </c>
+      <c r="F14" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" s="12">
+        <v>46135</v>
+      </c>
+      <c r="H14" s="15">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A15" s="11">
+        <v>9781399800440</v>
+      </c>
+      <c r="B15">
+        <v>1859730</v>
+      </c>
+      <c r="C15" t="s">
+        <v>45</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15">
         <v>21200</v>
       </c>
-      <c r="F13" t="s">
-[...50 lines deleted...]
-      </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>15</v>
+      </c>
+      <c r="G15" s="12">
+        <v>46135</v>
       </c>
       <c r="H15" s="15">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A16" s="11">
-        <v>9780241714812</v>
+        <v>9781405978415</v>
       </c>
       <c r="B16">
-        <v>2001698</v>
+        <v>1786512</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D16" t="s">
         <v>8</v>
       </c>
       <c r="E16">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="12">
+        <v>46121</v>
+      </c>
+      <c r="H16" s="15">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A17" s="11">
+        <v>9781804993415</v>
+      </c>
+      <c r="B17">
+        <v>1854593</v>
+      </c>
+      <c r="C17" t="s">
+        <v>47</v>
+      </c>
+      <c r="D17" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17">
+        <v>21200</v>
+      </c>
+      <c r="F17" t="s">
         <v>15</v>
       </c>
-      <c r="G16" s="12">
-[...19 lines deleted...]
-      <c r="E17">
+      <c r="G17" s="12">
+        <v>46135</v>
+      </c>
+      <c r="H17" s="15">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A18" s="11">
+        <v>9780571385157</v>
+      </c>
+      <c r="B18">
+        <v>1778927</v>
+      </c>
+      <c r="C18" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" t="s">
+        <v>25</v>
+      </c>
+      <c r="E18">
         <v>21110</v>
-      </c>
-[...24 lines deleted...]
-        <v>21300</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="12">
         <v>46107</v>
       </c>
       <c r="H18" s="15">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A19" s="11">
-        <v>9781405966184</v>
+        <v>9780241694763</v>
       </c>
       <c r="B19">
-        <v>1786393</v>
+        <v>1786881</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
         <v>8</v>
       </c>
       <c r="E19">
-        <v>21300</v>
+        <v>11300</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G19" s="12">
-        <v>46093</v>
+        <v>46142</v>
       </c>
       <c r="H19" s="15">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A20" s="11">
-        <v>9780241997048</v>
+        <v>9781398719088</v>
       </c>
       <c r="B20">
-        <v>1786342</v>
+        <v>1850130</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E20">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="F20" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G20" s="12">
-        <v>46086</v>
+        <v>46121</v>
       </c>
       <c r="H20" s="15">
         <v>13.5</v>
       </c>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A21" s="11">
-        <v>9781803511191</v>
+        <v>9798217376872</v>
       </c>
       <c r="B21">
-        <v>1773445</v>
+        <v>2089633</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="E21">
         <v>21110</v>
       </c>
       <c r="F21" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>46093</v>
+        <v>13</v>
       </c>
       <c r="H21" s="15">
         <v>13.5</v>
       </c>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A22" s="11">
-        <v>9781911753292</v>
+        <v>9781804955994</v>
       </c>
       <c r="B22">
-        <v>3030553</v>
+        <v>1853678</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E22">
-        <v>11110</v>
+        <v>21200</v>
       </c>
       <c r="F22" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G22" s="12">
-        <v>46107</v>
+        <v>46135</v>
       </c>
       <c r="H22" s="15">
-        <v>19.5</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A23" s="11">
-        <v>9780008753832</v>
+        <v>9781035408290</v>
       </c>
       <c r="B23">
-        <v>1838350</v>
+        <v>1860178</v>
       </c>
       <c r="C23" t="s">
         <v>52</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>53</v>
       </c>
       <c r="E23">
-        <v>11110</v>
+        <v>21200</v>
       </c>
       <c r="F23" t="s">
+        <v>15</v>
+      </c>
+      <c r="G23" s="12">
+        <v>46135</v>
+      </c>
+      <c r="H23" s="15">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A24" s="11">
+        <v>9780349435787</v>
+      </c>
+      <c r="B24">
+        <v>2903314</v>
+      </c>
+      <c r="C24" t="s">
+        <v>54</v>
+      </c>
+      <c r="D24" t="s">
+        <v>26</v>
+      </c>
+      <c r="E24">
+        <v>21110</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" s="12">
+        <v>46121</v>
+      </c>
+      <c r="H24" s="15">
         <v>14</v>
       </c>
-      <c r="G23" s="12">
-[...19 lines deleted...]
-      <c r="E24">
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A25" s="11">
+        <v>9780356517841</v>
+      </c>
+      <c r="B25">
+        <v>1853058</v>
+      </c>
+      <c r="C25" t="s">
+        <v>55</v>
+      </c>
+      <c r="D25" t="s">
+        <v>26</v>
+      </c>
+      <c r="E25">
+        <v>11300</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" s="12">
+        <v>46126</v>
+      </c>
+      <c r="H25" s="15">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A26" s="11">
+        <v>9780241624340</v>
+      </c>
+      <c r="B26">
+        <v>1786644</v>
+      </c>
+      <c r="C26" t="s">
+        <v>56</v>
+      </c>
+      <c r="D26" t="s">
+        <v>8</v>
+      </c>
+      <c r="E26">
         <v>22500</v>
       </c>
-      <c r="F24" t="s">
-[...5 lines deleted...]
-      <c r="H24" s="15">
+      <c r="F26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26" s="12">
+        <v>46128</v>
+      </c>
+      <c r="H26" s="15">
         <v>13.5</v>
       </c>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
-[...48 lines deleted...]
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A27" s="11">
-        <v>9780593813881</v>
+        <v>9780241823774</v>
       </c>
       <c r="B27">
-        <v>1860534</v>
+        <v>2041884</v>
       </c>
       <c r="C27" t="s">
         <v>57</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E27">
-        <v>12500</v>
+        <v>11200</v>
       </c>
       <c r="F27" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="12">
-        <v>46084</v>
+        <v>46114</v>
       </c>
       <c r="H27" s="15">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A28" s="11">
-        <v>9781398550322</v>
+        <v>9781398725829</v>
       </c>
       <c r="B28">
-        <v>1880063</v>
+        <v>1850121</v>
       </c>
       <c r="C28" t="s">
         <v>58</v>
       </c>
       <c r="D28" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E28">
-        <v>21200</v>
+        <v>21110</v>
       </c>
       <c r="F28" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G28" s="12">
-        <v>46107</v>
+        <v>46121</v>
       </c>
       <c r="H28" s="15">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A29" s="11">
-        <v>9781399820431</v>
+        <v>9780241625163</v>
       </c>
       <c r="B29">
-        <v>1859528</v>
+        <v>1786890</v>
       </c>
       <c r="C29" t="s">
         <v>59</v>
       </c>
       <c r="D29" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E29">
-        <v>21200</v>
+        <v>12500</v>
       </c>
       <c r="F29" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G29" s="12">
-        <v>46093</v>
+        <v>46114</v>
       </c>
       <c r="H29" s="15">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+        <v>16.5</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A30" s="11">
-        <v>9781529445343</v>
+        <v>9781804941430</v>
       </c>
       <c r="B30">
-        <v>2005267</v>
+        <v>2095918</v>
       </c>
       <c r="C30" t="s">
         <v>60</v>
       </c>
       <c r="D30" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="E30">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="F30" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G30" s="12">
-        <v>46107</v>
+        <v>46121</v>
       </c>
       <c r="H30" s="15">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A31" s="11">
-        <v>9780241638729</v>
+        <v>9780063492011</v>
       </c>
       <c r="B31">
-        <v>1786423</v>
+        <v>1775294</v>
       </c>
       <c r="C31" t="s">
         <v>61</v>
       </c>
       <c r="D31" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E31">
-        <v>22500</v>
+        <v>12500</v>
       </c>
       <c r="F31" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G31" s="12">
-        <v>46086</v>
+        <v>46126</v>
       </c>
       <c r="H31" s="15">
-        <v>11.5</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A32" s="11">
-        <v>9781526680143</v>
+        <v>9780008742775</v>
       </c>
       <c r="B32">
-        <v>1765507</v>
+        <v>1864912</v>
       </c>
       <c r="C32" t="s">
         <v>62</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="F32" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G32" s="12">
-        <v>46093</v>
+        <v>45881</v>
       </c>
       <c r="H32" s="16">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A33" s="11">
-        <v>9780241716274</v>
+        <v>9780241803455</v>
       </c>
       <c r="B33">
-        <v>1786431</v>
+        <v>1786903</v>
       </c>
       <c r="C33" t="s">
         <v>63</v>
       </c>
       <c r="D33" t="s">
         <v>8</v>
       </c>
       <c r="E33">
         <v>22500</v>
       </c>
       <c r="F33" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G33" s="12">
-        <v>46093</v>
+        <v>46121</v>
       </c>
       <c r="H33" s="15">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+        <v>10.5</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A34" s="11">
-        <v>9781805226062</v>
+        <v>9781800810815</v>
       </c>
       <c r="B34">
-        <v>1772686</v>
+        <v>1772635</v>
       </c>
       <c r="C34" t="s">
         <v>64</v>
       </c>
       <c r="D34" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="E34">
-        <v>27430</v>
+        <v>21110</v>
       </c>
       <c r="F34" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="G34" s="12">
-        <v>46093</v>
+        <v>46114</v>
       </c>
       <c r="H34" s="15">
-        <v>15.5</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A35" s="11">
-        <v>9780241625088</v>
+        <v>9798891605855</v>
       </c>
       <c r="B35">
-        <v>1786792</v>
+        <v>2060453</v>
       </c>
       <c r="C35" t="s">
         <v>65</v>
       </c>
       <c r="D35" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E35">
-        <v>22500</v>
+        <v>11110</v>
       </c>
       <c r="F35" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>46107</v>
+        <v>13</v>
       </c>
       <c r="H35" s="15">
-        <v>11.5</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A36" s="11">
-        <v>9781399633994</v>
+        <v>9798217238491</v>
       </c>
       <c r="B36">
-        <v>1850105</v>
+        <v>1849212</v>
       </c>
       <c r="C36" t="s">
         <v>66</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="E36">
-        <v>21300</v>
+        <v>22500</v>
       </c>
       <c r="F36" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G36" s="12">
-        <v>46093</v>
+        <v>46133</v>
       </c>
       <c r="H36" s="15">
         <v>14.5</v>
       </c>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A37" s="11">
-        <v>9781529910674</v>
+        <v>9781529437942</v>
       </c>
       <c r="B37">
-        <v>2004362</v>
+        <v>1855247</v>
       </c>
       <c r="C37" t="s">
         <v>67</v>
       </c>
       <c r="D37" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="E37">
-        <v>11300</v>
+        <v>21110</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" s="12">
-        <v>46098</v>
+        <v>46119</v>
       </c>
       <c r="H37" s="15">
         <v>20.5</v>
       </c>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="11">
-        <v>9781646094561</v>
+        <v>9781405975247</v>
       </c>
       <c r="B38">
-        <v>2087562</v>
+        <v>1786490</v>
       </c>
       <c r="C38" t="s">
         <v>68</v>
       </c>
       <c r="D38" t="s">
-        <v>43</v>
+        <v>8</v>
       </c>
       <c r="E38">
-        <v>21800</v>
+        <v>21110</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
+        <v>13</v>
+      </c>
+      <c r="G38" s="12">
+        <v>46114</v>
       </c>
       <c r="H38" s="15">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A39" s="11">
-        <v>9781035024148</v>
+        <v>9781804952351</v>
       </c>
       <c r="B39">
-        <v>1865269</v>
+        <v>1853708</v>
       </c>
       <c r="C39" t="s">
         <v>69</v>
       </c>
       <c r="D39" t="s">
         <v>17</v>
       </c>
       <c r="E39">
-        <v>11200</v>
+        <v>21300</v>
       </c>
       <c r="F39" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G39" s="12">
-        <v>46100</v>
+        <v>46135</v>
       </c>
       <c r="H39" s="15">
-        <v>20.5</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A40" s="11">
-        <v>9780241998212</v>
+        <v>9781804947845</v>
       </c>
       <c r="B40">
-        <v>1786407</v>
+        <v>1853651</v>
       </c>
       <c r="C40" t="s">
         <v>70</v>
       </c>
       <c r="D40" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E40">
-        <v>26630</v>
+        <v>21110</v>
       </c>
       <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" s="12">
+        <v>46135</v>
+      </c>
+      <c r="H40" s="15">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A41" s="11">
+        <v>9780008625917</v>
+      </c>
+      <c r="B41">
+        <v>1864971</v>
+      </c>
+      <c r="C41" t="s">
         <v>71</v>
       </c>
-      <c r="G40" s="12">
-[...13 lines deleted...]
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>10</v>
+      </c>
+      <c r="E41">
+        <v>21200</v>
+      </c>
+      <c r="F41" t="s">
+        <v>15</v>
+      </c>
+      <c r="G41" s="12">
+        <v>45883</v>
+      </c>
+      <c r="H41" s="15">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A42" s="11">
+        <v>9781035094769</v>
+      </c>
+      <c r="B42">
+        <v>1865609</v>
+      </c>
+      <c r="C42" t="s">
         <v>72</v>
       </c>
-      <c r="D41" t="s">
+      <c r="D42" t="s">
+        <v>16</v>
+      </c>
+      <c r="E42">
+        <v>22500</v>
+      </c>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" s="12">
+        <v>46121</v>
+      </c>
+      <c r="H42" s="15">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A43" s="11">
+        <v>9781804992401</v>
+      </c>
+      <c r="B43">
+        <v>1854577</v>
+      </c>
+      <c r="C43" t="s">
         <v>73</v>
       </c>
-      <c r="E41">
-[...19 lines deleted...]
-      <c r="C42" t="s">
+      <c r="D43" t="s">
+        <v>27</v>
+      </c>
+      <c r="E43">
+        <v>21300</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" s="12">
+        <v>46121</v>
+      </c>
+      <c r="H43" s="15">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A44" s="11">
+        <v>9780241797075</v>
+      </c>
+      <c r="B44">
+        <v>2109687</v>
+      </c>
+      <c r="C44" t="s">
         <v>74</v>
-      </c>
-[...50 lines deleted...]
-        <v>77</v>
       </c>
       <c r="D44" t="s">
         <v>8</v>
       </c>
       <c r="E44">
-        <v>21110</v>
+        <v>14550</v>
       </c>
       <c r="F44" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="G44" s="12">
-        <v>46086</v>
+        <v>46135</v>
       </c>
       <c r="H44" s="15">
+        <v>37.5</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A45" s="11">
+        <v>9781974761920</v>
+      </c>
+      <c r="B45">
+        <v>2073594</v>
+      </c>
+      <c r="C45" t="s">
+        <v>76</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45">
+        <v>11800</v>
+      </c>
+      <c r="F45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G45" s="12">
+        <v>46079</v>
+      </c>
+      <c r="H45" s="15">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A46" s="11">
+        <v>9780008739270</v>
+      </c>
+      <c r="B46">
+        <v>1717782</v>
+      </c>
+      <c r="C46" t="s">
+        <v>77</v>
+      </c>
+      <c r="D46" t="s">
+        <v>10</v>
+      </c>
+      <c r="E46">
+        <v>11200</v>
+      </c>
+      <c r="F46" t="s">
+        <v>15</v>
+      </c>
+      <c r="G46" s="12">
+        <v>45881</v>
+      </c>
+      <c r="H46" s="15">
+        <v>18.5</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A47" s="11">
+        <v>9781399812320</v>
+      </c>
+      <c r="B47">
+        <v>1859676</v>
+      </c>
+      <c r="C47" t="s">
+        <v>78</v>
+      </c>
+      <c r="D47" t="s">
+        <v>19</v>
+      </c>
+      <c r="E47">
+        <v>27440</v>
+      </c>
+      <c r="F47" t="s">
+        <v>24</v>
+      </c>
+      <c r="G47" s="12">
+        <v>46114</v>
+      </c>
+      <c r="H47" s="15">
+        <v>16.5</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A48" s="11">
+        <v>9781804994832</v>
+      </c>
+      <c r="B48">
+        <v>2005361</v>
+      </c>
+      <c r="C48" t="s">
+        <v>79</v>
+      </c>
+      <c r="D48" t="s">
+        <v>27</v>
+      </c>
+      <c r="E48">
+        <v>21200</v>
+      </c>
+      <c r="F48" t="s">
+        <v>15</v>
+      </c>
+      <c r="G48" s="12">
+        <v>46121</v>
+      </c>
+      <c r="H48" s="15">
         <v>13.5</v>
       </c>
     </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="F45" t="s">
+    <row r="49" spans="1:8" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="11">
+        <v>9781529339871</v>
+      </c>
+      <c r="B49">
+        <v>1859609</v>
+      </c>
+      <c r="C49" t="s">
         <v>80</v>
       </c>
-      <c r="G45" s="12">
-[...13 lines deleted...]
-      <c r="C46" t="s">
+      <c r="D49" t="s">
+        <v>19</v>
+      </c>
+      <c r="E49">
+        <v>21300</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" s="12">
+        <v>46142</v>
+      </c>
+      <c r="H49" s="15">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A50" s="11">
+        <v>9780316606820</v>
+      </c>
+      <c r="B50">
+        <v>1897004</v>
+      </c>
+      <c r="C50" t="s">
         <v>81</v>
       </c>
-      <c r="D46" t="s">
-[...102 lines deleted...]
-      </c>
       <c r="D50" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="E50">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="F50" t="s">
         <v>14</v>
       </c>
+      <c r="G50" s="12">
+        <v>46133</v>
+      </c>
       <c r="H50" s="14">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="11">
-        <v>9781035070909</v>
+        <v>9781405972611</v>
       </c>
       <c r="B51">
-        <v>1865218</v>
+        <v>2001670</v>
       </c>
       <c r="C51" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E51">
-        <v>11300</v>
+        <v>21300</v>
       </c>
       <c r="F51" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G51" s="12">
-        <v>46107</v>
+        <v>46135</v>
       </c>
       <c r="H51" s="14">
-        <v>20.5</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A52" s="11">
-        <v>9780571298679</v>
+        <v>9781840918632</v>
       </c>
       <c r="B52">
-        <v>1778897</v>
+        <v>1849913</v>
       </c>
       <c r="C52" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D52" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="E52">
         <v>11110</v>
       </c>
       <c r="F52" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G52" s="12">
-        <v>46093</v>
+        <v>46142</v>
       </c>
       <c r="H52" s="14">
         <v>19.5</v>
       </c>
     </row>
-    <row r="53" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:8" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="11">
-        <v>9781398528031</v>
+        <v>9780241622223</v>
       </c>
       <c r="B53">
-        <v>3175137</v>
+        <v>1786326</v>
       </c>
       <c r="C53" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="D53" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="E53">
-        <v>21200</v>
+        <v>21400</v>
       </c>
       <c r="F53" t="s">
-        <v>16</v>
+        <v>85</v>
       </c>
       <c r="G53" s="12">
-        <v>46051</v>
+        <v>46114</v>
       </c>
       <c r="H53" s="14">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A54" s="11">
+        <v>9781529937299</v>
+      </c>
+      <c r="B54">
+        <v>2004226</v>
+      </c>
+      <c r="C54" t="s">
+        <v>86</v>
+      </c>
+      <c r="D54" t="s">
+        <v>17</v>
+      </c>
+      <c r="E54">
+        <v>21110</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" s="12">
+        <v>46135</v>
+      </c>
+      <c r="H54" s="14">
         <v>12.5</v>
-      </c>
-[...24 lines deleted...]
-        <v>19</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="1.7716535433070868" bottom="1.3779527559055118" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="51" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Fett"&amp;12
 &amp;K243478Libri GmbH&amp;"-,Standard"&amp;11
 &amp;12Hamburg • Bad Hersfeld&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;10&amp;K243478Libri GmbH • Friedensallee 273 • 22763 Hamburg • AG Hamburg HRB 65430
 Geschäftsführung: Alyna Wnukowsky (Sprecherin), Ulrich Vollmer
 Aufsichtsratsvorsitzender: Dr. Markus Conrad&amp;R&amp;K243478&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010007E2A28E331B1345B4C54C5E2471F1FA" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="23252ba61a2b42fee7d5f57213e57890">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c7883763-1633-4a33-844b-a4f27752bb33" xmlns:ns3="504620ad-4a5b-4e98-91c4-34164cb416e2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="548f94b230d87df06dce40b2da64a907" ns2:_="" ns3:_="">
     <xsd:import namespace="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <xsd:import namespace="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -2758,91 +2735,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="504620ad-4a5b-4e98-91c4-34164cb416e2" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c7883763-1633-4a33-844b-a4f27752bb33">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{736EC6EA-E2D0-487E-AA90-847A1BE9530A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996B258D-5A6A-4734-BF2E-505977B0BDE3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC4D9CF9-E2A7-47E5-9512-037AD31ADBFF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="c9f90cda-9d81-4aea-911d-f949aaf4de02"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
+    <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" enabled="0" method="" siteId="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>