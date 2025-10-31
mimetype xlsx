--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,93 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestseller\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FBEFD8CF-6A9D-4BC0-9F76-786E9F23D322}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3CA8CBA0-E43D-4417-9A40-929E381CDA15}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
   </bookViews>
   <sheets>
     <sheet name="TopInternational" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">TopInternational!$B$159:$I$173</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">TopInternational!$A$1:$I$173</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">TopInternational!$3:$3</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="510" uniqueCount="253">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="510" uniqueCount="254">
   <si>
     <t>Ranking</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Libri-No.</t>
   </si>
   <si>
     <t>Author: Title</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Product Classification</t>
   </si>
   <si>
     <t>Product Classification Text</t>
   </si>
   <si>
     <t>First in</t>
   </si>
   <si>
@@ -123,53 +124,50 @@
   <si>
     <t>Childrens Books/Fiction</t>
   </si>
   <si>
     <t>Sagan, F: Bonjour tristesse</t>
   </si>
   <si>
     <t>Pocket</t>
   </si>
   <si>
     <t>Hachette</t>
   </si>
   <si>
     <t>Carle, E: La chenille qui fait des trous</t>
   </si>
   <si>
     <t>Mijade</t>
   </si>
   <si>
     <t>interforum editis</t>
   </si>
   <si>
     <t>Slimani, L: pays des autres</t>
   </si>
   <si>
-    <t>Perrin, V: Changer l'eau des fleurs</t>
-[...1 lines deleted...]
-  <si>
     <t>Crime Stories</t>
   </si>
   <si>
     <t>Spanish</t>
   </si>
   <si>
     <t>Allende, I: Violeta</t>
   </si>
   <si>
     <t>DEBOLSILLO</t>
   </si>
   <si>
     <t>Saint-Exupéry, A: Principito</t>
   </si>
   <si>
     <t>SALAMANDRA</t>
   </si>
   <si>
     <t>Garcia Marquez, G: Cien anos</t>
   </si>
   <si>
     <t>Booket</t>
   </si>
   <si>
     <t>Ruiz Zafón, C: Sombra del Viento</t>
@@ -216,80 +214,71 @@
   <si>
     <t>Bompiani</t>
   </si>
   <si>
     <t>Turkish</t>
   </si>
   <si>
     <t>Destek Yayinevi</t>
   </si>
   <si>
     <t>Humanities</t>
   </si>
   <si>
     <t>Müptela Yayinevi</t>
   </si>
   <si>
     <t>Guidebooks/Self-help</t>
   </si>
   <si>
     <t>Indigo Kitap</t>
   </si>
   <si>
     <t>Russian</t>
   </si>
   <si>
-    <t>KNIZHNIK</t>
-[...1 lines deleted...]
-  <si>
     <t>Lyrics/Poetry/Essays/Speeches</t>
   </si>
   <si>
     <t>Berest, A: Carte postale</t>
   </si>
   <si>
     <t>Allende, I: Viento conoce mi nombre</t>
   </si>
   <si>
     <t>Allende, I: Ciudad de las Bestias</t>
   </si>
   <si>
-    <t>Rowling, J: Harry Potter 01 e la pietra filosofale</t>
-[...1 lines deleted...]
-  <si>
     <t>Salani Editore S.p.A.</t>
   </si>
   <si>
     <t>J'ai Lu</t>
   </si>
   <si>
     <t>Colombani, L: Tresse</t>
   </si>
   <si>
-    <t>History</t>
-[...1 lines deleted...]
-  <si>
     <t>Ediciones SM</t>
   </si>
   <si>
     <t>Lahiri, J: In altre parole</t>
   </si>
   <si>
     <t>Guanda Editore</t>
   </si>
   <si>
     <t>Mondadori</t>
   </si>
   <si>
     <t>Ardone, V: Treno dei bambini</t>
   </si>
   <si>
     <t>Hayy Kitap</t>
   </si>
   <si>
     <t>Tolstoj, L: Anna Karenina</t>
   </si>
   <si>
     <t>Cooking/Food/Drink</t>
   </si>
   <si>
     <t>Oerberg, H: Lingua latina per se illustrata: familia romana</t>
@@ -327,68 +316,62 @@
   <si>
     <t>Ruiz, M: cuatro Acuerdos</t>
   </si>
   <si>
     <t>Ediciones Urano</t>
   </si>
   <si>
     <t>Esen, D: Bir Kürt Sevdim</t>
   </si>
   <si>
     <t>Saint-Exupéry, A: Malenkij prinz</t>
   </si>
   <si>
     <t>Carr?re: L adversaire</t>
   </si>
   <si>
     <t>Allende, I : Casa de los espiritus</t>
   </si>
   <si>
     <t>Garcia Marquez, G: Tiempos del colera</t>
   </si>
   <si>
     <t>Asterix Span. 14 Hispania</t>
   </si>
   <si>
-    <t>Saint-Exupery, A: Piccolo principe</t>
-[...1 lines deleted...]
-  <si>
     <t>Sciascia, L: Giorno della civetta</t>
   </si>
   <si>
     <t>Eco, U: Nome della rosa</t>
   </si>
   <si>
     <t>Giannone, F: Portalettere</t>
   </si>
   <si>
     <t>Garzanti Libri</t>
   </si>
   <si>
-    <t>DaCosta, M: Tout le bleu du ciel</t>
-[...1 lines deleted...]
-  <si>
     <t>Asterix Franz./gaulois/SA</t>
   </si>
   <si>
     <t>Chacour, E: Ce que je sais de toi</t>
   </si>
   <si>
     <t>Camus, A: Mythe de Sisyphe</t>
   </si>
   <si>
     <t>Philosophy</t>
   </si>
   <si>
     <t>Bucay, J: Dejame que te cuente</t>
   </si>
   <si>
     <t>Ginzburg, N: Lessico famigliare</t>
   </si>
   <si>
     <t xml:space="preserve">Aktas, M: Kalbi Iyi Olanin Yolu Zordur - Yükü agir olur iyi </t>
   </si>
   <si>
     <t>Ammaniti, N: Io non ho paura</t>
   </si>
   <si>
     <t>Gramática de uso del espa?ol: Teoría y práctica A1-B2</t>
@@ -408,444 +391,465 @@
   <si>
     <t>Camus, A: Peste</t>
   </si>
   <si>
     <t>Flaubert, G: Madame Bovary</t>
   </si>
   <si>
     <t>Leblanc, M: Ars?ne Lupin 1/Gentleman-Cambrioleur</t>
   </si>
   <si>
     <t>Rowling, J: Harry Potter 1/piedra</t>
   </si>
   <si>
     <t>Vargas Llosa, M: Ciudad y los perros</t>
   </si>
   <si>
     <t>Bola?o, R: 2666</t>
   </si>
   <si>
     <t>Due?as, M: Por si un dia volvemos</t>
   </si>
   <si>
     <t>PLANETA</t>
   </si>
   <si>
-    <t>Giordano, P: Solitudine dei numeri primi</t>
-[...1 lines deleted...]
-  <si>
     <t>Calvino, I: Citta' invisibili</t>
   </si>
   <si>
     <t>Bozkurt, O: Hikayeden Adamlar</t>
   </si>
   <si>
     <t>Non-Fiction</t>
   </si>
   <si>
     <t>Childrens Books</t>
   </si>
   <si>
     <t>Ergin, S: Canli Yasa</t>
   </si>
   <si>
-    <t>Strelecky, J: Kafe na kraju zemli</t>
-[...1 lines deleted...]
-  <si>
     <t>Foenkinos, D: vie heureuse</t>
   </si>
   <si>
     <t>Andrea, J: Veiller sur elle</t>
   </si>
   <si>
     <t>Schlesser, T: Yeux de Mona</t>
   </si>
   <si>
     <t>Daas, F: Petite derni?re</t>
   </si>
   <si>
-    <t>Slimani, L: Chanson douce</t>
-[...16 lines deleted...]
-  <si>
     <t>Grimaldi, V: Plus grand que le ciel</t>
   </si>
   <si>
-    <t>Le Tellier, H: L'anomalie</t>
-[...1 lines deleted...]
-  <si>
     <t>McFadden, F: Femme de ménage</t>
   </si>
   <si>
     <t>Besson, P: Soir d'été</t>
   </si>
   <si>
-    <t>Combes, B: Neige ne tombe pas en hiver</t>
-[...1 lines deleted...]
-  <si>
     <t>Espinosa, A: Que te dire cuando te vuelva a ver</t>
   </si>
   <si>
     <t>Ruiz Zafon, C: Principe de la niebla</t>
   </si>
   <si>
-    <t>Benavent, E: Toda la verdad de mis mentiras</t>
-[...10 lines deleted...]
-  <si>
     <t>Literatura Random House</t>
   </si>
   <si>
-    <t>Allende: Cuentos de Eva Luna</t>
-[...1 lines deleted...]
-  <si>
     <t>Edilingua Edizioni</t>
   </si>
   <si>
     <t>Tomasi di Lampedusa: Gattopardo</t>
   </si>
   <si>
     <t>Feltrinelli Editore s.r.l</t>
   </si>
   <si>
     <t>Baricco, A: Novecento</t>
   </si>
   <si>
     <t>Rowling, J: Harry Potter 02 e la camera dei segreti</t>
   </si>
   <si>
-    <t>Coelho, P: L'alchimista</t>
-[...1 lines deleted...]
-  <si>
     <t>Fastbook</t>
   </si>
   <si>
-    <t>Ferrante, E: L'amore molesto</t>
-[...1 lines deleted...]
-  <si>
     <t>Marin, T: Nuovissimo Progetto italiano 1 - Libro dello stude</t>
   </si>
   <si>
     <t>Bilgic Esen, D: Bir Kürt Sevdim - Veda</t>
   </si>
   <si>
-    <t>Gazali, I: Dilin Afetleri</t>
-[...4 lines deleted...]
-  <si>
     <t>Mengüc, H: Her Karsilasma Bir Mesajdir</t>
   </si>
   <si>
     <t>Rafaella: Bebekler Icin Uykudan Önce Öyküler</t>
   </si>
   <si>
     <t>1001 Cicek Kitaplar</t>
   </si>
   <si>
     <t>Saint-Exupery, A: Kücük Prens</t>
   </si>
   <si>
     <t>Can Yayinlari</t>
   </si>
   <si>
     <t>Childrens Books/Baby and Preschool/Fiction</t>
   </si>
   <si>
     <t>Müthis Psikoloji: Seni Yoran Her Seyi Birak</t>
   </si>
   <si>
-    <t>Ali, S: Kürk Mantolu Madonna</t>
-[...7 lines deleted...]
-  <si>
     <t>Chukovskij, K: Ajbolit. Kniga-panoramka</t>
   </si>
   <si>
     <t>Kawamura, G: Esli vse koshki v mire ischeznut</t>
   </si>
   <si>
-    <t>Listvin, D: Polnyj kurs nemeckogo jazyka</t>
-[...7 lines deleted...]
-  <si>
     <t>Bussi, M: Assassins de l'aube</t>
   </si>
   <si>
     <t>Norek, O: Guerriers de l'hiver</t>
   </si>
   <si>
-    <t>Da Costa, M: Tenir debout</t>
-[...1 lines deleted...]
-  <si>
     <t>Hoover, C: Regretting you</t>
   </si>
   <si>
-    <t>Bescherelle - conjugaison pour tous</t>
-[...13 lines deleted...]
-  <si>
     <t>Da Empoli, G: L'heure des prédateurs</t>
   </si>
   <si>
-    <t>Slimani, L: J'emporterai le feu</t>
-[...10 lines deleted...]
-  <si>
     <t>Empoli, G: Mage du Kremlin</t>
   </si>
   <si>
-    <t>Sinno, N: Triste tigre</t>
-[...1 lines deleted...]
-  <si>
     <t>Ernaux, A: Les années</t>
   </si>
   <si>
     <t>Garcia Marquez, G: En Agosto nos vemos</t>
   </si>
   <si>
-    <t>Millas, J: Ese imbecil va a escribir una novela</t>
-[...1 lines deleted...]
-  <si>
     <t>ALFAGUARA</t>
   </si>
   <si>
     <t>Letters/Diaries/Biographies</t>
   </si>
   <si>
-    <t>Benavent, E: Esnob</t>
-[...13 lines deleted...]
-  <si>
     <t>Rivera, A: Nina del sombrero azul</t>
   </si>
   <si>
-    <t>Santiago, M: Hijo olvidado</t>
-[...1 lines deleted...]
-  <si>
     <t>Cortázar, J: Rayuela</t>
   </si>
   <si>
-    <t>Aramburu, F: Ni?o</t>
-[...1 lines deleted...]
-  <si>
     <t>TUSQUETS</t>
   </si>
   <si>
-    <t>Benavent, E: En los zapatos de Valeria</t>
-[...7 lines deleted...]
-  <si>
     <t>Esclapez, M: Mujeres que arden</t>
   </si>
   <si>
-    <t>Sepulveda, L: historia de una gaviota y del gato</t>
-[...1 lines deleted...]
-  <si>
     <t>Borges; J: Ficciones</t>
   </si>
   <si>
     <t>Cercas, J: Loco de Dios en el fin del mundo</t>
   </si>
   <si>
-    <t>Falcones, I: Catedral del mar/Ed. lim.</t>
-[...13 lines deleted...]
-  <si>
     <t>Levi, P: Se questo ? un uomo</t>
   </si>
   <si>
-    <t>Sciascia, L: Ciascuno il suo</t>
-[...4 lines deleted...]
-  <si>
     <t>Camilleri, A: Riccardino</t>
   </si>
   <si>
-    <t>Ferrante, E: Figlia oscura</t>
-[...16 lines deleted...]
-  <si>
     <t>Franckh, P: Rezonans Kanunu</t>
   </si>
   <si>
     <t>Koridor Yayincilik</t>
   </si>
   <si>
-    <t>Anar, I: Puslu Kitalar Atlasi</t>
-[...4 lines deleted...]
-  <si>
     <t>Sen, S: Kaybolduysan Dogru Yerdesin</t>
   </si>
   <si>
-    <t>Aktas, M: Senden Bir Tane Daha Yok</t>
-[...4 lines deleted...]
-  <si>
     <t>Yeni Boyut Yayinlari</t>
   </si>
   <si>
     <t>Theology/Religion</t>
   </si>
   <si>
-    <t>Yazir, E: Kuran-i Kerim Türkce Meali</t>
-[...7 lines deleted...]
-  <si>
     <t>Zhukova, N: Propisi. Komplekt iz 3-h chastej</t>
   </si>
   <si>
-    <t>Stahl, S: Rebenok v tebe dolzhen obresti dom. Vernut'sja v d</t>
-[...1 lines deleted...]
-  <si>
     <t>Zhukowa, N: Bukvar</t>
   </si>
   <si>
     <t>Childrens Books/Rhymes and Songs</t>
   </si>
   <si>
     <t>Puschkin, A: Skazki</t>
   </si>
   <si>
     <t>Childrens Books/Fairy Tales</t>
   </si>
   <si>
-    <t>Barto, A: Pervaja kniga malysha.Stihi, skazki, zagadki</t>
-[...8 lines deleted...]
-    <t>Cialdini, R: Psihologija vlijanija</t>
+    <t>International Top-Titles November/December 2025</t>
+  </si>
+  <si>
+    <t>Goscinny, R: Astérix - Astérix en Lusitanie - n°41</t>
+  </si>
+  <si>
+    <t>McFadden, F: Femme de ménage voit tout</t>
+  </si>
+  <si>
+    <t>Faye, G: Jacaranda</t>
+  </si>
+  <si>
+    <t>Beuglet, N: L'ultime avertissement</t>
+  </si>
+  <si>
+    <t>Carr?re, E: Kolkhoze</t>
+  </si>
+  <si>
+    <t>Sodis(Folio,L Imaginaire)</t>
+  </si>
+  <si>
+    <t>Guide Hachette des vins 2026</t>
+  </si>
+  <si>
+    <t>Herge: Tintin/Ile noire</t>
+  </si>
+  <si>
+    <t>Casterman</t>
+  </si>
+  <si>
+    <t>Maclaine, J: Paris - Autocollants Usborne</t>
+  </si>
+  <si>
+    <t>Childrens Books/Learning/Games</t>
+  </si>
+  <si>
+    <t>Coben, H: Méfie-toi</t>
+  </si>
+  <si>
+    <t>Pascal, C: Reine du labyrinthe</t>
+  </si>
+  <si>
+    <t>Grimaldi, V: Nous restera ça</t>
+  </si>
+  <si>
+    <t>Hassaine, L: Panorama</t>
+  </si>
+  <si>
+    <t>Collins, S: Hunger Games 1/Französ.</t>
+  </si>
+  <si>
+    <t>Prudhomme, S: L'enfant dans le taxi</t>
+  </si>
+  <si>
+    <t>Vargas, F: homme aux cercles bleus</t>
+  </si>
+  <si>
+    <t>Goscinny, R: Astérix  40 -  L'Iris Blanc</t>
+  </si>
+  <si>
+    <t>Les editions Albert René</t>
+  </si>
+  <si>
+    <t>Camus, A: Chute</t>
+  </si>
+  <si>
+    <t>Carrasco, J: Elogio de las manos</t>
+  </si>
+  <si>
+    <t>Gomez-Jurado, J: Todo Muere</t>
+  </si>
+  <si>
+    <t>Simon, P: Siguientes</t>
+  </si>
+  <si>
+    <t>Garcia Marquez: Relato de un náufrago</t>
+  </si>
+  <si>
+    <t>Acquaroni, R: Sonar un Crimen</t>
+  </si>
+  <si>
+    <t>ANAGRAMA</t>
+  </si>
+  <si>
+    <t>Schoolbooks/Readings/Interpretations</t>
+  </si>
+  <si>
+    <t>Allende, I: Mujeres del alma mia</t>
+  </si>
+  <si>
+    <t>Montero, C: Desorden que dejas</t>
+  </si>
+  <si>
+    <t>Padura, L: Adiós, Hemingway</t>
+  </si>
+  <si>
+    <t>Brown, D: último secreto</t>
+  </si>
+  <si>
+    <t>Cerda, D: Perras de reserva</t>
+  </si>
+  <si>
+    <t>sexto piso</t>
+  </si>
+  <si>
+    <t>Garcia Marquez, G: General</t>
+  </si>
+  <si>
+    <t>Garcia Marquez, G: Coronel</t>
+  </si>
+  <si>
+    <t>Vargas Llosa, M: Travesuras de la ni?a mala</t>
+  </si>
+  <si>
+    <t>Cercas, J: Soldados de Salamina</t>
+  </si>
+  <si>
+    <t>Cortázar, J: Bestiario</t>
+  </si>
+  <si>
+    <t>Rowling, J: Harry Potter 6 y el misterio del príncipe</t>
+  </si>
+  <si>
+    <t>Abad Faciolince, H: Ahora y en la hora</t>
+  </si>
+  <si>
+    <t>Cabrillana, L: Maestra gitana</t>
+  </si>
+  <si>
+    <t>García Lorca, F: Casa de Bernarda Alba</t>
+  </si>
+  <si>
+    <t>Marquez, G: Doce Cuentos Peregrinos</t>
+  </si>
+  <si>
+    <t>Rowling Jk: HARRY POTTER E L ORDINE DELLA FENICE VOL</t>
+  </si>
+  <si>
+    <t>Saint-Exupery, A: Piccolo Principe</t>
+  </si>
+  <si>
+    <t>Rowling, J: Harry Potter e la pietra filosofale</t>
+  </si>
+  <si>
+    <t>Garlando, L: Per questo mi chiamo Giovanni</t>
+  </si>
+  <si>
+    <t>Rizzoli</t>
+  </si>
+  <si>
+    <t>Ferrante, E: Storia di chi fugge e di chi resta</t>
+  </si>
+  <si>
+    <t>Recchia, R: Tutta la vita che resta</t>
+  </si>
+  <si>
+    <t>Brown, D: L' ultimo segreto</t>
+  </si>
+  <si>
+    <t>Avallone, S: Cuore nero</t>
+  </si>
+  <si>
+    <t>Coelho, P: L' alchimista</t>
+  </si>
+  <si>
+    <t>Ferrante, E: Storia del nuovo cognome. L'amica geniale</t>
+  </si>
+  <si>
+    <t>Ruggieri, L: Nuovissimo Progetto italiano 1b + IDEE online c</t>
+  </si>
+  <si>
+    <t>Severgnini, B: Testa degli italiani</t>
+  </si>
+  <si>
+    <t>Politics/Society/Labour</t>
+  </si>
+  <si>
+    <t>Yolyapan, R: Anadolu Sifacilgi</t>
+  </si>
+  <si>
+    <t>Kabadayi, Z: Seni Affetmiyorum</t>
+  </si>
+  <si>
+    <t>Yildiz, M: Allah Sevdigine Dert Verir</t>
+  </si>
+  <si>
+    <t>Timas Yayinlari</t>
+  </si>
+  <si>
+    <t>Suruc, S: Kainatin Efendisi Peygamberimizin Hayati</t>
+  </si>
+  <si>
+    <t>Nesil Yayinlari</t>
+  </si>
+  <si>
+    <t>Kabadayi, Z: Kirdigin Yerden Kiril</t>
+  </si>
+  <si>
+    <t>Öztürk, Y: Kurani Kerim ve Türkce Meali</t>
+  </si>
+  <si>
+    <t>Süleyman El-Cezuli, M: Aciklamali Delailü'l Hayrat</t>
+  </si>
+  <si>
+    <t>tikla24.de BS</t>
+  </si>
+  <si>
+    <t>Carle, E: Ac Tirtil</t>
+  </si>
+  <si>
+    <t>Mavibulut Yayinlari</t>
+  </si>
+  <si>
+    <t>KNIZHNIK Internationale</t>
+  </si>
+  <si>
+    <t>Clear, J: Atomnye privychki. Kak priobresti horoshie privych</t>
+  </si>
+  <si>
+    <t>Psychology</t>
+  </si>
+  <si>
+    <t>Uspenskij, E: Cheburashka, Krokodil Gena, Shapokljak</t>
+  </si>
+  <si>
+    <t>Chukovskij, K: 50 ljubimyh malen'kih skazok</t>
+  </si>
+  <si>
+    <t>Zhukova, N: Uroki chistopisanija i gramotnosti</t>
+  </si>
+  <si>
+    <t>Bulgakow, M: Master i Margarita</t>
+  </si>
+  <si>
+    <t>Dostojewski, F: Unizhennye i oskorblennye</t>
+  </si>
+  <si>
+    <t>Wells, M: Taro Ujejta. Bol'shaja kniga simvolov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1593,4966 +1597,4966 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D61CB4B-7791-4ED0-AE80-E77BE2D65B28}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I173"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A149" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E165" sqref="E165"/>
+    <sheetView tabSelected="1" topLeftCell="A146" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D181" sqref="D181"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.33203125" style="3" customWidth="1"/>
+    <col min="1" max="1" width="8.28515625" style="3" customWidth="1"/>
     <col min="2" max="2" width="14" style="3" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="9.33203125" style="8" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="7" width="28.109375" customWidth="1"/>
+    <col min="3" max="3" width="9.28515625" style="8" customWidth="1"/>
+    <col min="4" max="4" width="55.7109375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="22.42578125" style="3" customWidth="1"/>
+    <col min="6" max="6" width="14.140625" customWidth="1"/>
+    <col min="7" max="7" width="28.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" s="33" customFormat="1" ht="16.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:9" s="33" customFormat="1" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="36" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="B1" s="36"/>
       <c r="C1" s="36"/>
       <c r="D1" s="36"/>
       <c r="E1" s="36"/>
       <c r="F1" s="36"/>
       <c r="G1" s="36"/>
       <c r="H1" s="36"/>
       <c r="I1" s="36"/>
     </row>
-    <row r="2" spans="1:9" s="33" customFormat="1" ht="16.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:9" s="33" customFormat="1" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="36"/>
       <c r="B2" s="36"/>
       <c r="C2" s="36"/>
       <c r="D2" s="36"/>
       <c r="E2" s="36"/>
       <c r="F2" s="36"/>
       <c r="G2" s="36"/>
       <c r="H2" s="36"/>
       <c r="I2" s="36"/>
     </row>
-    <row r="3" spans="1:9" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="22" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="22" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="9" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="9" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="4" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="29" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="29"/>
       <c r="C4" s="30"/>
       <c r="D4" s="31"/>
       <c r="E4" s="29"/>
       <c r="F4" s="29"/>
       <c r="G4" s="29"/>
       <c r="H4" s="29"/>
       <c r="I4" s="29"/>
     </row>
-    <row r="5" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="10">
         <v>1</v>
       </c>
       <c r="B5" s="10">
-        <v>9782070408504</v>
+        <v>9782017253709</v>
       </c>
       <c r="C5" s="11">
-        <v>4012968</v>
+        <v>3167662</v>
       </c>
       <c r="D5" s="12" t="s">
-        <v>10</v>
+        <v>175</v>
       </c>
       <c r="E5" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F5" s="11">
-        <v>21400</v>
+        <v>21800</v>
       </c>
       <c r="G5" s="13" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="H5" s="14">
-        <v>38114</v>
+        <v>45955</v>
       </c>
       <c r="I5" s="34">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="16">
         <v>2</v>
       </c>
       <c r="B6" s="16">
         <v>9782070416219</v>
       </c>
       <c r="C6" s="17">
         <v>5734169</v>
       </c>
       <c r="D6" s="18" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="E6" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="17">
         <v>21110</v>
       </c>
       <c r="G6" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H6" s="20">
         <v>37029</v>
       </c>
       <c r="I6" s="35">
         <v>11.5</v>
       </c>
     </row>
-    <row r="7" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="10">
         <v>3</v>
       </c>
       <c r="B7" s="10">
-        <v>9782070360024</v>
+        <v>9782290415634</v>
       </c>
       <c r="C7" s="11">
-        <v>5071763</v>
+        <v>3167722</v>
       </c>
       <c r="D7" s="12" t="s">
-        <v>13</v>
+        <v>176</v>
       </c>
       <c r="E7" s="13" t="s">
-        <v>11</v>
+        <v>61</v>
       </c>
       <c r="F7" s="11">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="G7" s="13" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H7" s="14">
-        <v>36871</v>
+        <v>45936</v>
       </c>
       <c r="I7" s="34">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="16">
         <v>4</v>
       </c>
       <c r="B8" s="16">
-        <v>9782253070443</v>
+        <v>9782070408504</v>
       </c>
       <c r="C8" s="17">
-        <v>4724704</v>
+        <v>4012968</v>
       </c>
       <c r="D8" s="18" t="s">
-        <v>84</v>
+        <v>10</v>
       </c>
       <c r="E8" s="19" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F8" s="17">
-        <v>21110</v>
+        <v>21400</v>
       </c>
       <c r="G8" s="19" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H8" s="20">
-        <v>42982</v>
+        <v>38114</v>
       </c>
       <c r="I8" s="35">
-        <v>11.5</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="10">
         <v>5</v>
       </c>
       <c r="B9" s="10">
-        <v>9782253906568</v>
+        <v>9782755664317</v>
       </c>
       <c r="C9" s="11">
-        <v>9380175</v>
+        <v>2939708</v>
       </c>
       <c r="D9" s="12" t="s">
-        <v>65</v>
+        <v>149</v>
       </c>
       <c r="E9" s="13" t="s">
         <v>21</v>
       </c>
       <c r="F9" s="11">
         <v>21110</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="14">
-        <v>43256</v>
+        <v>44966</v>
       </c>
       <c r="I9" s="34">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="16">
         <v>6</v>
       </c>
       <c r="B10" s="16">
-        <v>9782266353267</v>
+        <v>9782253252030</v>
       </c>
       <c r="C10" s="17">
-        <v>3167644</v>
+        <v>3167673</v>
       </c>
       <c r="D10" s="18" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="E10" s="19" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F10" s="17">
-        <v>21200</v>
+        <v>21110</v>
       </c>
       <c r="G10" s="19" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="H10" s="20">
-        <v>45889</v>
+        <v>45930</v>
       </c>
       <c r="I10" s="35">
         <v>13</v>
       </c>
     </row>
-    <row r="11" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="10">
         <v>7</v>
       </c>
       <c r="B11" s="10">
-        <v>9782266344258</v>
+        <v>9782253906568</v>
       </c>
       <c r="C11" s="11">
-        <v>3072407</v>
+        <v>9380175</v>
       </c>
       <c r="D11" s="12" t="s">
-        <v>19</v>
+        <v>62</v>
       </c>
       <c r="E11" s="13" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F11" s="11">
         <v>21110</v>
       </c>
       <c r="G11" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H11" s="14">
-        <v>45409</v>
+        <v>43256</v>
       </c>
       <c r="I11" s="34">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="16">
         <v>8</v>
       </c>
       <c r="B12" s="16">
-        <v>9782493909930</v>
+        <v>9782070360024</v>
       </c>
       <c r="C12" s="17">
-        <v>3168497</v>
+        <v>5071763</v>
       </c>
       <c r="D12" s="18" t="s">
-        <v>129</v>
+        <v>13</v>
       </c>
       <c r="E12" s="19" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="F12" s="17">
         <v>21110</v>
       </c>
       <c r="G12" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="20">
-        <v>45790</v>
+        <v>36871</v>
       </c>
       <c r="I12" s="35">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="10">
         <v>9</v>
       </c>
       <c r="B13" s="10">
-        <v>9782266335225</v>
+        <v>9782253080084</v>
       </c>
       <c r="C13" s="11">
-        <v>3167649</v>
+        <v>2778247</v>
       </c>
       <c r="D13" s="12" t="s">
-        <v>179</v>
+        <v>123</v>
       </c>
       <c r="E13" s="13" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F13" s="11">
         <v>21110</v>
       </c>
       <c r="G13" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H13" s="14">
-        <v>45889</v>
+        <v>44447</v>
       </c>
       <c r="I13" s="34">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="16">
         <v>10</v>
       </c>
       <c r="B14" s="16">
-        <v>9782253251712</v>
+        <v>9782070360420</v>
       </c>
       <c r="C14" s="17">
-        <v>3167670</v>
+        <v>5071798</v>
       </c>
       <c r="D14" s="18" t="s">
-        <v>180</v>
+        <v>107</v>
       </c>
       <c r="E14" s="19" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F14" s="17">
         <v>21110</v>
       </c>
       <c r="G14" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H14" s="20">
-        <v>45882</v>
+        <v>36861</v>
       </c>
       <c r="I14" s="35">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="10">
         <v>11</v>
       </c>
       <c r="B15" s="10">
-        <v>9782755664317</v>
+        <v>9782075187541</v>
       </c>
       <c r="C15" s="11">
-        <v>2939708</v>
+        <v>2988351</v>
       </c>
       <c r="D15" s="12" t="s">
-        <v>181</v>
+        <v>17</v>
       </c>
       <c r="E15" s="13" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F15" s="11">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="G15" s="13" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H15" s="14">
-        <v>44966</v>
+        <v>45119</v>
       </c>
       <c r="I15" s="34">
         <v>13</v>
       </c>
     </row>
-    <row r="16" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="16">
         <v>12</v>
       </c>
       <c r="B16" s="16">
-        <v>9782070360420</v>
+        <v>9782266352833</v>
       </c>
       <c r="C16" s="17">
-        <v>5071798</v>
+        <v>3167643</v>
       </c>
       <c r="D16" s="18" t="s">
-        <v>113</v>
+        <v>178</v>
       </c>
       <c r="E16" s="19" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F16" s="17">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="G16" s="19" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H16" s="20">
-        <v>36861</v>
+        <v>45925</v>
       </c>
       <c r="I16" s="35">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="10">
         <v>13</v>
       </c>
       <c r="B17" s="10">
-        <v>9782075187541</v>
+        <v>9782253907947</v>
       </c>
       <c r="C17" s="11">
-        <v>2988351</v>
+        <v>3155079</v>
       </c>
       <c r="D17" s="12" t="s">
-        <v>17</v>
+        <v>122</v>
       </c>
       <c r="E17" s="13" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F17" s="11">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G17" s="13" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H17" s="14">
-        <v>45119</v>
+        <v>45793</v>
       </c>
       <c r="I17" s="34">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="16">
         <v>14</v>
       </c>
       <c r="B18" s="16">
-        <v>9782073096203</v>
+        <v>9782818061985</v>
       </c>
       <c r="C18" s="17">
-        <v>3115868</v>
+        <v>3181116</v>
       </c>
       <c r="D18" s="18" t="s">
-        <v>128</v>
+        <v>179</v>
       </c>
       <c r="E18" s="19" t="s">
-        <v>11</v>
+        <v>180</v>
       </c>
       <c r="F18" s="17">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G18" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H18" s="20">
-        <v>45782</v>
+        <v>45897</v>
       </c>
       <c r="I18" s="35">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>35.5</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="10">
         <v>15</v>
       </c>
       <c r="B19" s="10">
-        <v>9782401104754</v>
+        <v>9782493909930</v>
       </c>
       <c r="C19" s="11">
-        <v>3086363</v>
+        <v>3168497</v>
       </c>
       <c r="D19" s="12" t="s">
-        <v>182</v>
+        <v>121</v>
       </c>
       <c r="E19" s="13" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F19" s="11">
-        <v>18400</v>
+        <v>21110</v>
       </c>
       <c r="G19" s="13" t="s">
-        <v>183</v>
+        <v>14</v>
       </c>
       <c r="H19" s="14">
-        <v>45471</v>
+        <v>45790</v>
       </c>
       <c r="I19" s="34">
         <v>14</v>
       </c>
     </row>
-    <row r="20" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="16">
         <v>16</v>
       </c>
       <c r="B20" s="16">
-        <v>9782871421740</v>
+        <v>9782073096203</v>
       </c>
       <c r="C20" s="17">
-        <v>3790509</v>
+        <v>3115868</v>
       </c>
       <c r="D20" s="18" t="s">
-        <v>22</v>
+        <v>120</v>
       </c>
       <c r="E20" s="19" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="F20" s="17">
         <v>21110</v>
       </c>
       <c r="G20" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H20" s="20">
-        <v>38499</v>
+        <v>45782</v>
       </c>
       <c r="I20" s="35">
-        <v>7.5</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="10">
         <v>17</v>
       </c>
       <c r="B21" s="10">
-        <v>9782266344036</v>
+        <v>9782253070443</v>
       </c>
       <c r="C21" s="11">
-        <v>3115843</v>
+        <v>4724704</v>
       </c>
       <c r="D21" s="12" t="s">
-        <v>141</v>
+        <v>80</v>
       </c>
       <c r="E21" s="13" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F21" s="11">
         <v>21110</v>
       </c>
       <c r="G21" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H21" s="14">
-        <v>45667</v>
+        <v>42982</v>
       </c>
       <c r="I21" s="34">
-        <v>11.5</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="16">
         <v>18</v>
       </c>
       <c r="B22" s="16">
-        <v>9782290391174</v>
+        <v>9782017315414</v>
       </c>
       <c r="C22" s="17">
-        <v>3168269</v>
+        <v>3186386</v>
       </c>
       <c r="D22" s="18" t="s">
-        <v>140</v>
+        <v>181</v>
       </c>
       <c r="E22" s="19" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="F22" s="17">
-        <v>21200</v>
+        <v>14580</v>
       </c>
       <c r="G22" s="19" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="H22" s="20">
-        <v>45775</v>
+        <v>45899</v>
       </c>
       <c r="I22" s="35">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>52.5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="10">
         <v>19</v>
       </c>
       <c r="B23" s="10">
-        <v>9782253934103</v>
+        <v>9782266344258</v>
       </c>
       <c r="C23" s="11">
-        <v>2661886</v>
+        <v>3072407</v>
       </c>
       <c r="D23" s="12" t="s">
-        <v>99</v>
+        <v>19</v>
       </c>
       <c r="E23" s="13" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F23" s="11">
         <v>21110</v>
       </c>
       <c r="G23" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H23" s="14">
-        <v>43906</v>
+        <v>45409</v>
       </c>
       <c r="I23" s="34">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="16">
         <v>20</v>
       </c>
       <c r="B24" s="16">
-        <v>9782070377220</v>
+        <v>9782070402472</v>
       </c>
       <c r="C24" s="17">
-        <v>3425010</v>
+        <v>6378498</v>
       </c>
       <c r="D24" s="18" t="s">
-        <v>16</v>
+        <v>152</v>
       </c>
       <c r="E24" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="17">
         <v>21110</v>
       </c>
       <c r="G24" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H24" s="20">
-        <v>38636</v>
+        <v>40200</v>
       </c>
       <c r="I24" s="35">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="10">
         <v>21</v>
       </c>
       <c r="B25" s="10">
-        <v>9782070322886</v>
+        <v>9782203001831</v>
       </c>
       <c r="C25" s="11">
-        <v>8697256</v>
+        <v>8556881</v>
       </c>
       <c r="D25" s="12" t="s">
-        <v>102</v>
+        <v>182</v>
       </c>
       <c r="E25" s="13" t="s">
-        <v>11</v>
+        <v>183</v>
       </c>
       <c r="F25" s="11">
-        <v>15270</v>
+        <v>11800</v>
       </c>
       <c r="G25" s="13" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="H25" s="14">
-        <v>38511</v>
+        <v>39393</v>
       </c>
       <c r="I25" s="34">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="16">
         <v>22</v>
       </c>
       <c r="B26" s="16">
         <v>9782072923470</v>
       </c>
       <c r="C26" s="17">
         <v>2190511</v>
       </c>
       <c r="D26" s="18" t="s">
         <v>25</v>
       </c>
       <c r="E26" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="17">
         <v>21110</v>
       </c>
       <c r="G26" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H26" s="20">
         <v>44335</v>
       </c>
       <c r="I26" s="35">
         <v>14</v>
       </c>
     </row>
-    <row r="27" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="10">
         <v>23</v>
       </c>
       <c r="B27" s="10">
-        <v>9782253937708</v>
+        <v>9782266353267</v>
       </c>
       <c r="C27" s="11">
-        <v>2866758</v>
+        <v>3167644</v>
       </c>
       <c r="D27" s="12" t="s">
-        <v>59</v>
+        <v>147</v>
       </c>
       <c r="E27" s="13" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F27" s="11">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="G27" s="13" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H27" s="14">
-        <v>44811</v>
+        <v>45889</v>
       </c>
       <c r="I27" s="34">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="16">
         <v>24</v>
       </c>
       <c r="B28" s="16">
-        <v>9782073059079</v>
+        <v>9781474904155</v>
       </c>
       <c r="C28" s="17">
-        <v>3170426</v>
+        <v>4990030</v>
       </c>
       <c r="D28" s="18" t="s">
         <v>184</v>
       </c>
       <c r="E28" s="19" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="F28" s="17">
-        <v>25580</v>
+        <v>12930</v>
       </c>
       <c r="G28" s="19" t="s">
-        <v>66</v>
+        <v>185</v>
       </c>
       <c r="H28" s="20">
-        <v>45780</v>
+        <v>42884</v>
       </c>
       <c r="I28" s="35">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="10">
         <v>25</v>
       </c>
       <c r="B29" s="10">
-        <v>9782073095381</v>
+        <v>9782070377220</v>
       </c>
       <c r="C29" s="11">
-        <v>3115832</v>
+        <v>3425010</v>
       </c>
       <c r="D29" s="12" t="s">
-        <v>111</v>
+        <v>16</v>
       </c>
       <c r="E29" s="13" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="11">
         <v>21110</v>
       </c>
       <c r="G29" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H29" s="14">
-        <v>45700</v>
+        <v>38636</v>
       </c>
       <c r="I29" s="34">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="16">
         <v>26</v>
       </c>
       <c r="B30" s="16">
-        <v>9782226504395</v>
+        <v>9782889730742</v>
       </c>
       <c r="C30" s="17">
-        <v>3167659</v>
+        <v>3149937</v>
       </c>
       <c r="D30" s="18" t="s">
-        <v>185</v>
+        <v>106</v>
       </c>
       <c r="E30" s="19" t="s">
-        <v>186</v>
+        <v>24</v>
       </c>
       <c r="F30" s="17">
         <v>11110</v>
       </c>
       <c r="G30" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H30" s="20">
-        <v>45882</v>
+        <v>45729</v>
       </c>
       <c r="I30" s="35">
-        <v>28.5</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="10">
         <v>27</v>
       </c>
       <c r="B31" s="10">
-        <v>9782253080084</v>
+        <v>9782073003911</v>
       </c>
       <c r="C31" s="11">
-        <v>2778247</v>
+        <v>2917708</v>
       </c>
       <c r="D31" s="12" t="s">
-        <v>131</v>
+        <v>151</v>
       </c>
       <c r="E31" s="13" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F31" s="11">
         <v>21110</v>
       </c>
       <c r="G31" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H31" s="14">
-        <v>44447</v>
+        <v>45295</v>
       </c>
       <c r="I31" s="34">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="16">
         <v>28</v>
       </c>
       <c r="B32" s="16">
-        <v>9782253251675</v>
+        <v>9782290391174</v>
       </c>
       <c r="C32" s="17">
-        <v>3155073</v>
+        <v>3168269</v>
       </c>
       <c r="D32" s="18" t="s">
-        <v>138</v>
+        <v>125</v>
       </c>
       <c r="E32" s="19" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="F32" s="17">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="G32" s="19" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H32" s="20">
-        <v>45779</v>
+        <v>45775</v>
       </c>
       <c r="I32" s="35">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="10">
         <v>29</v>
       </c>
       <c r="B33" s="10">
-        <v>9782073034809</v>
+        <v>9782266350891</v>
       </c>
       <c r="C33" s="11">
-        <v>3115829</v>
+        <v>3167645</v>
       </c>
       <c r="D33" s="12" t="s">
-        <v>101</v>
+        <v>186</v>
       </c>
       <c r="E33" s="13" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F33" s="11">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="G33" s="13" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H33" s="14">
-        <v>45660</v>
+        <v>45934</v>
       </c>
       <c r="I33" s="34">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="16">
         <v>30</v>
       </c>
       <c r="B34" s="16">
-        <v>9782073113207</v>
+        <v>9782073095381</v>
       </c>
       <c r="C34" s="17">
-        <v>3143062</v>
+        <v>3115832</v>
       </c>
       <c r="D34" s="18" t="s">
-        <v>187</v>
+        <v>105</v>
       </c>
       <c r="E34" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="17">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G34" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H34" s="20">
-        <v>45748</v>
+        <v>45700</v>
       </c>
       <c r="I34" s="35">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="10">
         <v>31</v>
       </c>
       <c r="B35" s="10">
-        <v>9782012101371</v>
+        <v>9782070364237</v>
       </c>
       <c r="C35" s="11">
-        <v>4572564</v>
+        <v>5224292</v>
       </c>
       <c r="D35" s="12" t="s">
-        <v>135</v>
+        <v>74</v>
       </c>
       <c r="E35" s="13" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F35" s="11">
-        <v>21800</v>
+        <v>22500</v>
       </c>
       <c r="G35" s="13" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="H35" s="14">
-        <v>38166</v>
+        <v>36825</v>
       </c>
       <c r="I35" s="34">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="16">
         <v>32</v>
       </c>
       <c r="B36" s="16">
-        <v>9782253907947</v>
+        <v>9782871421740</v>
       </c>
       <c r="C36" s="17">
-        <v>3155079</v>
+        <v>3790509</v>
       </c>
       <c r="D36" s="18" t="s">
-        <v>130</v>
+        <v>22</v>
       </c>
       <c r="E36" s="19" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F36" s="17">
         <v>21110</v>
       </c>
       <c r="G36" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H36" s="20">
-        <v>45793</v>
+        <v>38499</v>
       </c>
       <c r="I36" s="35">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="10">
         <v>33</v>
       </c>
       <c r="B37" s="10">
-        <v>9782253238027</v>
+        <v>9782266348690</v>
       </c>
       <c r="C37" s="11">
-        <v>2055428</v>
+        <v>3167651</v>
       </c>
       <c r="D37" s="12" t="s">
-        <v>26</v>
+        <v>187</v>
       </c>
       <c r="E37" s="13" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F37" s="11">
         <v>21110</v>
       </c>
       <c r="G37" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H37" s="14">
-        <v>43760</v>
+        <v>45940</v>
       </c>
       <c r="I37" s="34">
-        <v>15.5</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="16">
         <v>34</v>
       </c>
       <c r="B38" s="16">
-        <v>9782073098368</v>
+        <v>9782073034809</v>
       </c>
       <c r="C38" s="17">
-        <v>3115833</v>
+        <v>3115829</v>
       </c>
       <c r="D38" s="18" t="s">
-        <v>188</v>
+        <v>95</v>
       </c>
       <c r="E38" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="17">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G38" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H38" s="20">
-        <v>45682</v>
+        <v>45660</v>
       </c>
       <c r="I38" s="35">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="10">
         <v>35</v>
       </c>
       <c r="B39" s="10">
-        <v>9782889730742</v>
+        <v>9782253937708</v>
       </c>
       <c r="C39" s="11">
-        <v>3149937</v>
+        <v>2866758</v>
       </c>
       <c r="D39" s="12" t="s">
-        <v>112</v>
+        <v>57</v>
       </c>
       <c r="E39" s="13" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F39" s="11">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G39" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H39" s="14">
-        <v>45729</v>
+        <v>44811</v>
       </c>
       <c r="I39" s="34">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="16">
         <v>36</v>
       </c>
       <c r="B40" s="16">
-        <v>9782253012696</v>
+        <v>9782073113207</v>
       </c>
       <c r="C40" s="17">
-        <v>4964330</v>
+        <v>3143062</v>
       </c>
       <c r="D40" s="18" t="s">
-        <v>189</v>
+        <v>150</v>
       </c>
       <c r="E40" s="19" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F40" s="17">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G40" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H40" s="20">
-        <v>36872</v>
+        <v>45748</v>
       </c>
       <c r="I40" s="35">
-        <v>7.5</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="10">
         <v>37</v>
       </c>
       <c r="B41" s="10">
-        <v>9782253071167</v>
+        <v>9782253241973</v>
       </c>
       <c r="C41" s="11">
-        <v>2102435</v>
+        <v>2990573</v>
       </c>
       <c r="D41" s="12" t="s">
-        <v>136</v>
+        <v>188</v>
       </c>
       <c r="E41" s="13" t="s">
         <v>21</v>
       </c>
       <c r="F41" s="11">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G41" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H41" s="14">
-        <v>43033</v>
+        <v>45141</v>
       </c>
       <c r="I41" s="34">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="16">
         <v>38</v>
       </c>
       <c r="B42" s="16">
-        <v>9782072764929</v>
+        <v>9782377359493</v>
       </c>
       <c r="C42" s="17">
-        <v>2515551</v>
+        <v>2473548</v>
       </c>
       <c r="D42" s="18" t="s">
-        <v>132</v>
+        <v>109</v>
       </c>
       <c r="E42" s="19" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="F42" s="17">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="G42" s="19" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H42" s="20">
-        <v>43231</v>
+        <v>44301</v>
       </c>
       <c r="I42" s="35">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="10">
         <v>39</v>
       </c>
       <c r="B43" s="10">
-        <v>9791036358135</v>
+        <v>9782073095282</v>
       </c>
       <c r="C43" s="11">
-        <v>3122841</v>
+        <v>3115831</v>
       </c>
       <c r="D43" s="12" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="E43" s="13" t="s">
-        <v>191</v>
+        <v>11</v>
       </c>
       <c r="F43" s="11">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G43" s="13" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H43" s="14">
-        <v>45660</v>
+        <v>45692</v>
       </c>
       <c r="I43" s="34">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="16">
         <v>40</v>
       </c>
       <c r="B44" s="16">
-        <v>9782070413119</v>
+        <v>9782266260770</v>
       </c>
       <c r="C44" s="17">
-        <v>6159370</v>
+        <v>2458481</v>
       </c>
       <c r="D44" s="18" t="s">
-        <v>114</v>
+        <v>190</v>
       </c>
       <c r="E44" s="19" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F44" s="17">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="G44" s="19" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H44" s="20">
-        <v>40556</v>
+        <v>43116</v>
       </c>
       <c r="I44" s="35">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="10">
         <v>41</v>
       </c>
       <c r="B45" s="10">
-        <v>9782377359493</v>
+        <v>9782012101333</v>
       </c>
       <c r="C45" s="11">
-        <v>2473548</v>
+        <v>4571860</v>
       </c>
       <c r="D45" s="12" t="s">
-        <v>115</v>
+        <v>94</v>
       </c>
       <c r="E45" s="13" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F45" s="11">
-        <v>21200</v>
+        <v>21800</v>
       </c>
       <c r="G45" s="13" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="H45" s="14">
-        <v>44301</v>
+        <v>38166</v>
       </c>
       <c r="I45" s="34">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="16">
         <v>42</v>
       </c>
       <c r="B46" s="16">
-        <v>9782072965821</v>
+        <v>9782266344036</v>
       </c>
       <c r="C46" s="17">
-        <v>2810427</v>
+        <v>3115843</v>
       </c>
       <c r="D46" s="18" t="s">
-        <v>139</v>
+        <v>126</v>
       </c>
       <c r="E46" s="19" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F46" s="17">
         <v>21110</v>
       </c>
       <c r="G46" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H46" s="20">
-        <v>44725</v>
+        <v>45667</v>
       </c>
       <c r="I46" s="35">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="10">
         <v>43</v>
       </c>
       <c r="B47" s="10">
-        <v>9782012101333</v>
+        <v>9782073115744</v>
       </c>
       <c r="C47" s="11">
-        <v>4571860</v>
+        <v>3180896</v>
       </c>
       <c r="D47" s="12" t="s">
-        <v>100</v>
+        <v>191</v>
       </c>
       <c r="E47" s="13" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F47" s="11">
-        <v>21800</v>
+        <v>11110</v>
       </c>
       <c r="G47" s="13" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H47" s="14">
-        <v>38166</v>
+        <v>45889</v>
       </c>
       <c r="I47" s="34">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="16">
         <v>44</v>
       </c>
       <c r="B48" s="16">
-        <v>9782073003911</v>
+        <v>9782290349229</v>
       </c>
       <c r="C48" s="17">
-        <v>2917708</v>
+        <v>6850120</v>
       </c>
       <c r="D48" s="18" t="s">
         <v>192</v>
       </c>
       <c r="E48" s="19" t="s">
-        <v>11</v>
+        <v>61</v>
       </c>
       <c r="F48" s="17">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="G48" s="19" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H48" s="20">
-        <v>45295</v>
+        <v>38575</v>
       </c>
       <c r="I48" s="35">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="10">
         <v>45</v>
       </c>
       <c r="B49" s="10">
-        <v>9782877065078</v>
+        <v>9782014001334</v>
       </c>
       <c r="C49" s="11">
-        <v>6133053</v>
+        <v>2954637</v>
       </c>
       <c r="D49" s="12" t="s">
-        <v>133</v>
+        <v>193</v>
       </c>
       <c r="E49" s="13" t="s">
-        <v>134</v>
+        <v>194</v>
       </c>
       <c r="F49" s="11">
-        <v>21110</v>
+        <v>11800</v>
       </c>
       <c r="G49" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H49" s="14">
-        <v>38231</v>
+        <v>45223</v>
       </c>
       <c r="I49" s="34">
-        <v>11.5</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>15.5</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="16">
         <v>46</v>
       </c>
       <c r="B50" s="16">
-        <v>9782070364237</v>
+        <v>9782266335225</v>
       </c>
       <c r="C50" s="17">
-        <v>5224292</v>
+        <v>3167649</v>
       </c>
       <c r="D50" s="18" t="s">
-        <v>78</v>
+        <v>148</v>
       </c>
       <c r="E50" s="19" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F50" s="17">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G50" s="19" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H50" s="20">
-        <v>36825</v>
+        <v>45889</v>
       </c>
       <c r="I50" s="35">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="10">
         <v>47</v>
       </c>
       <c r="B51" s="10">
-        <v>9782073115799</v>
+        <v>9782070360109</v>
       </c>
       <c r="C51" s="11">
-        <v>3167742</v>
+        <v>5071747</v>
       </c>
       <c r="D51" s="12" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E51" s="13" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="11">
         <v>21110</v>
       </c>
       <c r="G51" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H51" s="14">
-        <v>45894</v>
+        <v>36860</v>
       </c>
       <c r="I51" s="34">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="16">
         <v>48</v>
       </c>
       <c r="B52" s="16">
-        <v>9782290397848</v>
+        <v>9782070322886</v>
       </c>
       <c r="C52" s="17">
-        <v>3014114</v>
+        <v>8697256</v>
       </c>
       <c r="D52" s="18" t="s">
-        <v>137</v>
+        <v>96</v>
       </c>
       <c r="E52" s="19" t="s">
-        <v>64</v>
+        <v>11</v>
       </c>
       <c r="F52" s="17">
-        <v>21200</v>
+        <v>15270</v>
       </c>
       <c r="G52" s="19" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="H52" s="20">
-        <v>45441</v>
+        <v>38511</v>
       </c>
       <c r="I52" s="35">
         <v>14</v>
       </c>
     </row>
-    <row r="53" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="10">
         <v>49</v>
       </c>
       <c r="B53" s="10">
-        <v>9782290407981</v>
+        <v>9782070413119</v>
       </c>
       <c r="C53" s="11">
-        <v>3115836</v>
+        <v>6159370</v>
       </c>
       <c r="D53" s="12" t="s">
-        <v>142</v>
+        <v>108</v>
       </c>
       <c r="E53" s="13" t="s">
-        <v>64</v>
+        <v>11</v>
       </c>
       <c r="F53" s="11">
         <v>21110</v>
       </c>
       <c r="G53" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H53" s="14">
-        <v>45782</v>
+        <v>40556</v>
       </c>
       <c r="I53" s="34">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="16">
         <v>50</v>
       </c>
       <c r="B54" s="16">
-        <v>9782070402472</v>
+        <v>9782253251675</v>
       </c>
       <c r="C54" s="17">
-        <v>6378498</v>
+        <v>3155073</v>
       </c>
       <c r="D54" s="18" t="s">
-        <v>194</v>
+        <v>124</v>
       </c>
       <c r="E54" s="19" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F54" s="17">
         <v>21110</v>
       </c>
       <c r="G54" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H54" s="20">
-        <v>40200</v>
+        <v>45779</v>
       </c>
       <c r="I54" s="35">
         <v>13</v>
       </c>
     </row>
-    <row r="55" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="29" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B55" s="29"/>
       <c r="C55" s="30"/>
       <c r="D55" s="31"/>
       <c r="E55" s="29"/>
       <c r="F55" s="32"/>
       <c r="G55" s="32"/>
       <c r="H55" s="32"/>
       <c r="I55" s="32"/>
     </row>
-    <row r="56" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="10">
         <v>1</v>
       </c>
       <c r="B56" s="10">
-        <v>9788466378420</v>
+        <v>9788493579852</v>
       </c>
       <c r="C56" s="11">
-        <v>3173095</v>
+        <v>3003866</v>
       </c>
       <c r="D56" s="12" t="s">
-        <v>195</v>
+        <v>71</v>
       </c>
       <c r="E56" s="13" t="s">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="F56" s="11">
-        <v>21110</v>
+        <v>15770</v>
       </c>
       <c r="G56" s="13" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="H56" s="14">
-        <v>45859</v>
+        <v>41373</v>
       </c>
       <c r="I56" s="15">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>35.5</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="16">
         <v>2</v>
       </c>
       <c r="B57" s="16">
-        <v>9788493579852</v>
+        <v>9788497592208</v>
       </c>
       <c r="C57" s="17">
-        <v>3003866</v>
+        <v>7858973</v>
       </c>
       <c r="D57" s="18" t="s">
-        <v>75</v>
+        <v>32</v>
       </c>
       <c r="E57" s="19" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="F57" s="17">
-        <v>15770</v>
+        <v>11110</v>
       </c>
       <c r="G57" s="19" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
       <c r="H57" s="20">
-        <v>41373</v>
+        <v>37679</v>
       </c>
       <c r="I57" s="21">
-        <v>35.5</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="10">
         <v>3</v>
       </c>
       <c r="B58" s="10">
-        <v>9788483462034</v>
+        <v>9788466378420</v>
       </c>
       <c r="C58" s="11">
-        <v>7120699</v>
+        <v>3173095</v>
       </c>
       <c r="D58" s="12" t="s">
-        <v>91</v>
+        <v>153</v>
       </c>
       <c r="E58" s="13" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F58" s="11">
         <v>21110</v>
       </c>
       <c r="G58" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H58" s="14">
-        <v>39018</v>
+        <v>45859</v>
       </c>
       <c r="I58" s="15">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="16">
         <v>4</v>
       </c>
       <c r="B59" s="16">
-        <v>9788408253105</v>
+        <v>9788498381498</v>
       </c>
       <c r="C59" s="17">
-        <v>2895628</v>
+        <v>2806894</v>
       </c>
       <c r="D59" s="18" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="E59" s="19" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="F59" s="17">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="G59" s="19" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H59" s="20">
-        <v>44813</v>
+        <v>39496</v>
       </c>
       <c r="I59" s="21">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="10">
         <v>5</v>
       </c>
       <c r="B60" s="10">
-        <v>9788466374613</v>
+        <v>9788483462034</v>
       </c>
       <c r="C60" s="11">
-        <v>3063890</v>
+        <v>7120699</v>
       </c>
       <c r="D60" s="12" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="E60" s="13" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F60" s="11">
         <v>21110</v>
       </c>
       <c r="G60" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H60" s="14">
-        <v>45497</v>
+        <v>39018</v>
       </c>
       <c r="I60" s="15">
-        <v>22.5</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="16">
         <v>6</v>
       </c>
       <c r="B61" s="16">
-        <v>9788497592208</v>
+        <v>9788432249013</v>
       </c>
       <c r="C61" s="17">
-        <v>7858973</v>
+        <v>1835424</v>
       </c>
       <c r="D61" s="18" t="s">
+        <v>196</v>
+      </c>
+      <c r="E61" s="19" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="F61" s="17">
         <v>11110</v>
       </c>
       <c r="G61" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H61" s="20">
-        <v>37679</v>
+        <v>45946</v>
       </c>
       <c r="I61" s="21">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="10">
         <v>7</v>
       </c>
       <c r="B62" s="10">
-        <v>9788498381498</v>
+        <v>9788434893511</v>
       </c>
       <c r="C62" s="11">
-        <v>2806894</v>
+        <v>2944059</v>
       </c>
       <c r="D62" s="12" t="s">
-        <v>31</v>
+        <v>102</v>
       </c>
       <c r="E62" s="13" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="F62" s="11">
-        <v>22500</v>
+        <v>18600</v>
       </c>
       <c r="G62" s="13" t="s">
-        <v>18</v>
+        <v>103</v>
       </c>
       <c r="H62" s="14">
-        <v>39496</v>
+        <v>40488</v>
       </c>
       <c r="I62" s="15">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>35.5</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="16">
         <v>8</v>
       </c>
       <c r="B63" s="16">
-        <v>9788466329088</v>
+        <v>9788466374613</v>
       </c>
       <c r="C63" s="17">
-        <v>2422560</v>
+        <v>3063890</v>
       </c>
       <c r="D63" s="18" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="E63" s="19" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F63" s="17">
         <v>21110</v>
       </c>
       <c r="G63" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H63" s="20">
-        <v>42503</v>
+        <v>45497</v>
       </c>
       <c r="I63" s="21">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="10">
         <v>9</v>
       </c>
       <c r="B64" s="10">
-        <v>9788434893511</v>
+        <v>9791387652234</v>
       </c>
       <c r="C64" s="11">
-        <v>2944059</v>
+        <v>1835416</v>
       </c>
       <c r="D64" s="12" t="s">
-        <v>108</v>
+        <v>197</v>
       </c>
       <c r="E64" s="13" t="s">
-        <v>67</v>
+        <v>35</v>
       </c>
       <c r="F64" s="11">
-        <v>18600</v>
+        <v>11200</v>
       </c>
       <c r="G64" s="13" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="H64" s="14">
-        <v>40488</v>
+        <v>45946</v>
       </c>
       <c r="I64" s="15">
-        <v>35.5</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="16">
         <v>10</v>
       </c>
       <c r="B65" s="16">
-        <v>9788467019766</v>
+        <v>9788467078978</v>
       </c>
       <c r="C65" s="17">
-        <v>1601644</v>
+        <v>1835408</v>
       </c>
       <c r="D65" s="18" t="s">
-        <v>146</v>
+        <v>198</v>
       </c>
       <c r="E65" s="19" t="s">
-        <v>147</v>
+        <v>33</v>
       </c>
       <c r="F65" s="17">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G65" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H65" s="20">
-        <v>41347</v>
+        <v>45945</v>
       </c>
       <c r="I65" s="21">
         <v>17.5</v>
       </c>
     </row>
-    <row r="66" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="10">
         <v>11</v>
       </c>
       <c r="B66" s="10">
-        <v>9788408163435</v>
+        <v>9788497592437</v>
       </c>
       <c r="C66" s="11">
-        <v>7991550</v>
+        <v>7750366</v>
       </c>
       <c r="D66" s="12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E66" s="13" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="F66" s="11">
         <v>21110</v>
       </c>
       <c r="G66" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H66" s="14">
-        <v>42936</v>
+        <v>38377</v>
       </c>
       <c r="I66" s="15">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="16">
         <v>12</v>
       </c>
       <c r="B67" s="16">
-        <v>9788490625934</v>
+        <v>9788408163435</v>
       </c>
       <c r="C67" s="17">
-        <v>2342643</v>
+        <v>7991550</v>
       </c>
       <c r="D67" s="18" t="s">
-        <v>117</v>
+        <v>34</v>
       </c>
       <c r="E67" s="19" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F67" s="17">
         <v>21110</v>
       </c>
       <c r="G67" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H67" s="20">
-        <v>42174</v>
+        <v>42936</v>
       </c>
       <c r="I67" s="21">
         <v>21</v>
       </c>
     </row>
-    <row r="68" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="68" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="10">
         <v>13</v>
       </c>
       <c r="B68" s="10">
-        <v>9788497592437</v>
+        <v>9788408253105</v>
       </c>
       <c r="C68" s="11">
-        <v>7750366</v>
+        <v>2895628</v>
       </c>
       <c r="D68" s="12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E68" s="13" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F68" s="11">
         <v>21110</v>
       </c>
       <c r="G68" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H68" s="14">
-        <v>38377</v>
+        <v>44813</v>
       </c>
       <c r="I68" s="15">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="16">
         <v>14</v>
       </c>
       <c r="B69" s="16">
-        <v>9788413142012</v>
+        <v>9788466329088</v>
       </c>
       <c r="C69" s="17">
-        <v>2986783</v>
+        <v>2422560</v>
       </c>
       <c r="D69" s="18" t="s">
-        <v>85</v>
+        <v>39</v>
       </c>
       <c r="E69" s="19" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="F69" s="17">
         <v>21110</v>
       </c>
       <c r="G69" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H69" s="20">
-        <v>44848</v>
+        <v>42503</v>
       </c>
       <c r="I69" s="21">
         <v>19</v>
       </c>
     </row>
-    <row r="70" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="10">
         <v>15</v>
       </c>
       <c r="B70" s="10">
-        <v>9788497592451</v>
+        <v>9788497935692</v>
       </c>
       <c r="C70" s="11">
-        <v>2124513</v>
+        <v>8127620</v>
       </c>
       <c r="D70" s="12" t="s">
-        <v>92</v>
+        <v>59</v>
       </c>
       <c r="E70" s="13" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F70" s="11">
         <v>21110</v>
       </c>
       <c r="G70" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H70" s="14">
-        <v>38265</v>
+        <v>38419</v>
       </c>
       <c r="I70" s="15">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="16">
         <v>16</v>
       </c>
       <c r="B71" s="16">
-        <v>9788410496873</v>
+        <v>9788497592451</v>
       </c>
       <c r="C71" s="17">
-        <v>3172757</v>
+        <v>2124513</v>
       </c>
       <c r="D71" s="18" t="s">
-        <v>196</v>
+        <v>88</v>
       </c>
       <c r="E71" s="19" t="s">
-        <v>197</v>
+        <v>29</v>
       </c>
       <c r="F71" s="17">
-        <v>11600</v>
+        <v>21110</v>
       </c>
       <c r="G71" s="19" t="s">
-        <v>198</v>
+        <v>14</v>
       </c>
       <c r="H71" s="20">
-        <v>45792</v>
+        <v>38265</v>
       </c>
       <c r="I71" s="21">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="10">
         <v>17</v>
       </c>
       <c r="B72" s="10">
         <v>9788418173004</v>
       </c>
       <c r="C72" s="11">
         <v>2944394</v>
       </c>
       <c r="D72" s="12" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="E72" s="13" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F72" s="11">
         <v>22500</v>
       </c>
       <c r="G72" s="13" t="s">
         <v>18</v>
       </c>
       <c r="H72" s="14">
         <v>44848</v>
       </c>
       <c r="I72" s="15">
         <v>21</v>
       </c>
     </row>
-    <row r="73" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="73" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="16">
         <v>18</v>
       </c>
       <c r="B73" s="16">
-        <v>9788466379397</v>
+        <v>9788413142012</v>
       </c>
       <c r="C73" s="17">
-        <v>3173093</v>
+        <v>2986783</v>
       </c>
       <c r="D73" s="18" t="s">
-        <v>199</v>
+        <v>81</v>
       </c>
       <c r="E73" s="19" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F73" s="17">
         <v>21110</v>
       </c>
       <c r="G73" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H73" s="20">
-        <v>45811</v>
+        <v>44848</v>
       </c>
       <c r="I73" s="21">
         <v>19</v>
       </c>
     </row>
-    <row r="74" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="10">
         <v>19</v>
       </c>
       <c r="B74" s="10">
-        <v>9788466349864</v>
+        <v>9788466362887</v>
       </c>
       <c r="C74" s="11">
-        <v>2160648</v>
+        <v>2916424</v>
       </c>
       <c r="D74" s="12" t="s">
-        <v>145</v>
+        <v>28</v>
       </c>
       <c r="E74" s="13" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F74" s="11">
         <v>21110</v>
       </c>
       <c r="G74" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H74" s="14">
-        <v>43873</v>
+        <v>44961</v>
       </c>
       <c r="I74" s="15">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="16">
         <v>20</v>
       </c>
       <c r="B75" s="16">
-        <v>9788437600895</v>
+        <v>9788469602614</v>
       </c>
       <c r="C75" s="17">
-        <v>4302885</v>
+        <v>2567039</v>
       </c>
       <c r="D75" s="18" t="s">
-        <v>200</v>
+        <v>89</v>
       </c>
       <c r="E75" s="19" t="s">
-        <v>201</v>
+        <v>75</v>
       </c>
       <c r="F75" s="17">
-        <v>21110</v>
+        <v>11800</v>
       </c>
       <c r="G75" s="19" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H75" s="20">
-        <v>38519</v>
+        <v>42727</v>
       </c>
       <c r="I75" s="21">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="10">
         <v>21</v>
       </c>
       <c r="B76" s="10">
-        <v>9788419252081</v>
+        <v>9788466352550</v>
       </c>
       <c r="C76" s="11">
-        <v>3044450</v>
+        <v>2545670</v>
       </c>
       <c r="D76" s="12" t="s">
-        <v>202</v>
+        <v>98</v>
       </c>
       <c r="E76" s="13" t="s">
-        <v>87</v>
+        <v>29</v>
       </c>
       <c r="F76" s="11">
-        <v>12500</v>
+        <v>24810</v>
       </c>
       <c r="G76" s="13" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="H76" s="14">
-        <v>45097</v>
+        <v>43904</v>
       </c>
       <c r="I76" s="15">
-        <v>31.5</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="16">
         <v>22</v>
       </c>
       <c r="B77" s="16">
-        <v>9788408072805</v>
+        <v>9788490323762</v>
       </c>
       <c r="C77" s="17">
-        <v>6577423</v>
+        <v>2350327</v>
       </c>
       <c r="D77" s="18" t="s">
-        <v>144</v>
+        <v>199</v>
       </c>
       <c r="E77" s="19" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="F77" s="17">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G77" s="19" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H77" s="20">
-        <v>39284</v>
+        <v>41394</v>
       </c>
       <c r="I77" s="21">
         <v>19</v>
       </c>
     </row>
-    <row r="78" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="10">
         <v>23</v>
       </c>
       <c r="B78" s="10">
-        <v>9788466362887</v>
+        <v>9788497130585</v>
       </c>
       <c r="C78" s="11">
-        <v>2916424</v>
+        <v>5810736</v>
       </c>
       <c r="D78" s="12" t="s">
-        <v>29</v>
+        <v>200</v>
       </c>
       <c r="E78" s="13" t="s">
-        <v>30</v>
+        <v>201</v>
       </c>
       <c r="F78" s="11">
-        <v>21110</v>
+        <v>18500</v>
       </c>
       <c r="G78" s="13" t="s">
-        <v>14</v>
+        <v>202</v>
       </c>
       <c r="H78" s="14">
-        <v>44961</v>
+        <v>41970</v>
       </c>
       <c r="I78" s="15">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="16">
         <v>24</v>
       </c>
       <c r="B79" s="16">
-        <v>9788466337120</v>
+        <v>9788466359634</v>
       </c>
       <c r="C79" s="17">
-        <v>2559710</v>
+        <v>2827622</v>
       </c>
       <c r="D79" s="18" t="s">
-        <v>118</v>
+        <v>203</v>
       </c>
       <c r="E79" s="19" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F79" s="17">
-        <v>11110</v>
+        <v>21500</v>
       </c>
       <c r="G79" s="19" t="s">
-        <v>14</v>
+        <v>56</v>
       </c>
       <c r="H79" s="20">
-        <v>42746</v>
+        <v>44622</v>
       </c>
       <c r="I79" s="21">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="10">
         <v>25</v>
       </c>
       <c r="B80" s="10">
-        <v>9788497935692</v>
+        <v>9788408072805</v>
       </c>
       <c r="C80" s="11">
-        <v>8127620</v>
+        <v>6577423</v>
       </c>
       <c r="D80" s="12" t="s">
-        <v>61</v>
+        <v>128</v>
       </c>
       <c r="E80" s="13" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F80" s="11">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="G80" s="13" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H80" s="14">
-        <v>38419</v>
+        <v>39284</v>
       </c>
       <c r="I80" s="15">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="16">
         <v>26</v>
       </c>
       <c r="B81" s="16">
-        <v>9788466357609</v>
+        <v>9788466379779</v>
       </c>
       <c r="C81" s="17">
-        <v>2780820</v>
+        <v>3118941</v>
       </c>
       <c r="D81" s="18" t="s">
-        <v>203</v>
+        <v>76</v>
       </c>
       <c r="E81" s="19" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F81" s="17">
         <v>21110</v>
       </c>
       <c r="G81" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H81" s="20">
-        <v>44467</v>
+        <v>45686</v>
       </c>
       <c r="I81" s="21">
         <v>21</v>
       </c>
     </row>
-    <row r="82" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="82" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="10">
         <v>27</v>
       </c>
       <c r="B82" s="10">
-        <v>9788466379403</v>
+        <v>9788439745297</v>
       </c>
       <c r="C82" s="11">
-        <v>3173103</v>
+        <v>3173129</v>
       </c>
       <c r="D82" s="12" t="s">
-        <v>204</v>
+        <v>161</v>
       </c>
       <c r="E82" s="13" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="F82" s="11">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G82" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H82" s="14">
-        <v>45860</v>
+        <v>45826</v>
       </c>
       <c r="I82" s="15">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>38.5</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="16">
         <v>28</v>
       </c>
       <c r="B83" s="16">
-        <v>9788479532536</v>
+        <v>9788466379403</v>
       </c>
       <c r="C83" s="17">
-        <v>6042333</v>
+        <v>3173103</v>
       </c>
       <c r="D83" s="18" t="s">
-        <v>86</v>
+        <v>156</v>
       </c>
       <c r="E83" s="19" t="s">
-        <v>87</v>
+        <v>29</v>
       </c>
       <c r="F83" s="17">
-        <v>24720</v>
+        <v>21110</v>
       </c>
       <c r="G83" s="19" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="H83" s="20">
-        <v>40213</v>
+        <v>45860</v>
       </c>
       <c r="I83" s="21">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="10">
         <v>29</v>
       </c>
       <c r="B84" s="10">
-        <v>9788413149882</v>
+        <v>9788466331906</v>
       </c>
       <c r="C84" s="11">
-        <v>3172802</v>
+        <v>3386686</v>
       </c>
       <c r="D84" s="12" t="s">
-        <v>205</v>
+        <v>157</v>
       </c>
       <c r="E84" s="13" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="F84" s="11">
-        <v>21200</v>
+        <v>21110</v>
       </c>
       <c r="G84" s="13" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="H84" s="14">
-        <v>45796</v>
+        <v>42503</v>
       </c>
       <c r="I84" s="15">
         <v>19</v>
       </c>
     </row>
-    <row r="85" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="85" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="16">
         <v>30</v>
       </c>
       <c r="B85" s="16">
-        <v>9788466331906</v>
+        <v>9788467050271</v>
       </c>
       <c r="C85" s="17">
-        <v>3386686</v>
+        <v>3103378</v>
       </c>
       <c r="D85" s="18" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="E85" s="19" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F85" s="17">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="G85" s="19" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H85" s="20">
-        <v>42503</v>
+        <v>42931</v>
       </c>
       <c r="I85" s="21">
         <v>19</v>
       </c>
     </row>
-    <row r="86" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="86" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="10">
         <v>31</v>
       </c>
       <c r="B86" s="10">
-        <v>9788411075817</v>
+        <v>9788483839089</v>
       </c>
       <c r="C86" s="11">
-        <v>3159348</v>
+        <v>2080754</v>
       </c>
       <c r="D86" s="12" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="E86" s="13" t="s">
-        <v>208</v>
+        <v>158</v>
       </c>
       <c r="F86" s="11">
         <v>21110</v>
       </c>
       <c r="G86" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H86" s="14">
-        <v>45757</v>
+        <v>41900</v>
       </c>
       <c r="I86" s="15">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="16">
         <v>32</v>
       </c>
       <c r="B87" s="16">
-        <v>9788490628973</v>
+        <v>9788408306863</v>
       </c>
       <c r="C87" s="17">
-        <v>2509846</v>
+        <v>1712403</v>
       </c>
       <c r="D87" s="18" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="E87" s="19" t="s">
-        <v>30</v>
+        <v>114</v>
       </c>
       <c r="F87" s="17">
-        <v>21110</v>
+        <v>11200</v>
       </c>
       <c r="G87" s="19" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H87" s="20">
-        <v>42333</v>
+        <v>45923</v>
       </c>
       <c r="I87" s="21">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="10">
         <v>33</v>
       </c>
       <c r="B88" s="10">
-        <v>9788491077787</v>
+        <v>9788419261298</v>
       </c>
       <c r="C88" s="11">
-        <v>2170490</v>
+        <v>2975085</v>
       </c>
       <c r="D88" s="12" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="E88" s="13" t="s">
-        <v>67</v>
+        <v>208</v>
       </c>
       <c r="F88" s="11">
-        <v>22500</v>
+        <v>11110</v>
       </c>
       <c r="G88" s="13" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H88" s="14">
-        <v>43398</v>
+        <v>45068</v>
       </c>
       <c r="I88" s="15">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="16">
         <v>34</v>
       </c>
       <c r="B89" s="16">
-        <v>9788466352550</v>
+        <v>9788497592383</v>
       </c>
       <c r="C89" s="17">
-        <v>2545670</v>
+        <v>7734816</v>
       </c>
       <c r="D89" s="18" t="s">
-        <v>104</v>
+        <v>209</v>
       </c>
       <c r="E89" s="19" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F89" s="17">
-        <v>24810</v>
+        <v>21110</v>
       </c>
       <c r="G89" s="19" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="H89" s="20">
-        <v>43904</v>
+        <v>38377</v>
       </c>
       <c r="I89" s="21">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="10">
         <v>35</v>
       </c>
       <c r="B90" s="10">
-        <v>9788408293743</v>
+        <v>9788499089508</v>
       </c>
       <c r="C90" s="11">
-        <v>3099995</v>
+        <v>4464354</v>
       </c>
       <c r="D90" s="12" t="s">
-        <v>148</v>
+        <v>160</v>
       </c>
       <c r="E90" s="13" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="F90" s="11">
         <v>21110</v>
       </c>
       <c r="G90" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H90" s="14">
-        <v>45580</v>
+        <v>40675</v>
       </c>
       <c r="I90" s="15">
         <v>19</v>
       </c>
     </row>
-    <row r="91" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="16">
         <v>36</v>
       </c>
       <c r="B91" s="16">
-        <v>9788408170396</v>
+        <v>9788466346375</v>
       </c>
       <c r="C91" s="17">
-        <v>9395431</v>
+        <v>2669101</v>
       </c>
       <c r="D91" s="18" t="s">
-        <v>211</v>
+        <v>127</v>
       </c>
       <c r="E91" s="19" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="F91" s="17">
         <v>21110</v>
       </c>
       <c r="G91" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H91" s="20">
-        <v>43228</v>
+        <v>43516</v>
       </c>
       <c r="I91" s="21">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="10">
         <v>37</v>
       </c>
       <c r="B92" s="10">
-        <v>9788410381032</v>
+        <v>9788497592352</v>
       </c>
       <c r="C92" s="11">
-        <v>3172798</v>
+        <v>8283605</v>
       </c>
       <c r="D92" s="12" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="E92" s="13" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="F92" s="11">
         <v>21110</v>
       </c>
       <c r="G92" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H92" s="14">
-        <v>45868</v>
+        <v>37719</v>
       </c>
       <c r="I92" s="15">
         <v>19</v>
       </c>
     </row>
-    <row r="93" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="93" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="16">
         <v>38</v>
       </c>
       <c r="B93" s="16">
-        <v>9788466346375</v>
+        <v>9788490625934</v>
       </c>
       <c r="C93" s="17">
-        <v>2669101</v>
+        <v>2342643</v>
       </c>
       <c r="D93" s="18" t="s">
-        <v>143</v>
+        <v>111</v>
       </c>
       <c r="E93" s="19" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F93" s="17">
         <v>21110</v>
       </c>
       <c r="G93" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H93" s="20">
-        <v>43516</v>
+        <v>42174</v>
       </c>
       <c r="I93" s="21">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="10">
         <v>39</v>
       </c>
       <c r="B94" s="10">
-        <v>9788472237964</v>
+        <v>9788490625927</v>
       </c>
       <c r="C94" s="11">
-        <v>4303466</v>
+        <v>2342675</v>
       </c>
       <c r="D94" s="12" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="E94" s="13" t="s">
-        <v>208</v>
+        <v>29</v>
       </c>
       <c r="F94" s="11">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G94" s="13" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H94" s="14">
-        <v>38519</v>
+        <v>42174</v>
       </c>
       <c r="I94" s="15">
-        <v>19.5</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="23">
         <v>40</v>
       </c>
       <c r="B95" s="23">
-        <v>9788466360777</v>
+        <v>9788466329378</v>
       </c>
       <c r="C95" s="24">
-        <v>3053112</v>
+        <v>2434596</v>
       </c>
       <c r="D95" s="25" t="s">
-        <v>150</v>
+        <v>212</v>
       </c>
       <c r="E95" s="26" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F95" s="24">
         <v>21110</v>
       </c>
       <c r="G95" s="26" t="s">
         <v>14</v>
       </c>
       <c r="H95" s="27">
-        <v>45366</v>
+        <v>42389</v>
       </c>
       <c r="I95" s="28">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="10">
         <v>41</v>
       </c>
       <c r="B96" s="10">
-        <v>9788499089508</v>
+        <v>9788466331845</v>
       </c>
       <c r="C96" s="11">
-        <v>4464354</v>
+        <v>3386376</v>
       </c>
       <c r="D96" s="12" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="E96" s="13" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F96" s="11">
         <v>21110</v>
       </c>
       <c r="G96" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H96" s="14">
-        <v>40675</v>
+        <v>42503</v>
       </c>
       <c r="I96" s="15">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="16">
         <v>42</v>
       </c>
       <c r="B97" s="16">
-        <v>9788439745297</v>
+        <v>9788408299592</v>
       </c>
       <c r="C97" s="17">
-        <v>3173129</v>
+        <v>3159347</v>
       </c>
       <c r="D97" s="18" t="s">
-        <v>215</v>
+        <v>113</v>
       </c>
       <c r="E97" s="19" t="s">
-        <v>149</v>
+        <v>114</v>
       </c>
       <c r="F97" s="17">
         <v>11110</v>
       </c>
       <c r="G97" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H97" s="20">
-        <v>45826</v>
+        <v>45752</v>
       </c>
       <c r="I97" s="21">
         <v>38.5</v>
       </c>
     </row>
-    <row r="98" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="10">
         <v>43</v>
       </c>
       <c r="B98" s="10">
-        <v>9788499088044</v>
+        <v>9788410381032</v>
       </c>
       <c r="C98" s="11">
-        <v>7137346</v>
+        <v>3172798</v>
       </c>
       <c r="D98" s="12" t="s">
-        <v>216</v>
+        <v>159</v>
       </c>
       <c r="E98" s="13" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F98" s="11">
         <v>21110</v>
       </c>
       <c r="G98" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H98" s="14">
-        <v>40767</v>
+        <v>45868</v>
       </c>
       <c r="I98" s="15">
-        <v>22.5</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="16">
         <v>44</v>
       </c>
       <c r="B99" s="16">
-        <v>9788490322222</v>
+        <v>9788498383638</v>
       </c>
       <c r="C99" s="17">
-        <v>2350831</v>
+        <v>7442912</v>
       </c>
       <c r="D99" s="18" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="E99" s="19" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F99" s="17">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="G99" s="19" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H99" s="20">
-        <v>41417</v>
+        <v>40850</v>
       </c>
       <c r="I99" s="21">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="10">
         <v>45</v>
       </c>
       <c r="B100" s="10">
-        <v>9788490665404</v>
+        <v>9788479532536</v>
       </c>
       <c r="C100" s="11">
-        <v>9847219</v>
+        <v>6042333</v>
       </c>
       <c r="D100" s="12" t="s">
-        <v>218</v>
+        <v>82</v>
       </c>
       <c r="E100" s="13" t="s">
-        <v>208</v>
+        <v>83</v>
       </c>
       <c r="F100" s="11">
-        <v>22500</v>
+        <v>24720</v>
       </c>
       <c r="G100" s="13" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="H100" s="14">
-        <v>43246</v>
+        <v>40213</v>
       </c>
       <c r="I100" s="15">
-        <v>19.5</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="16">
         <v>46</v>
       </c>
       <c r="B101" s="16">
-        <v>9788469602614</v>
+        <v>9788410496316</v>
       </c>
       <c r="C101" s="17">
-        <v>2567039</v>
+        <v>3172755</v>
       </c>
       <c r="D101" s="18" t="s">
-        <v>93</v>
+        <v>215</v>
       </c>
       <c r="E101" s="19" t="s">
-        <v>79</v>
+        <v>154</v>
       </c>
       <c r="F101" s="17">
-        <v>11800</v>
+        <v>11600</v>
       </c>
       <c r="G101" s="19" t="s">
-        <v>15</v>
+        <v>155</v>
       </c>
       <c r="H101" s="20">
-        <v>42727</v>
+        <v>45803</v>
       </c>
       <c r="I101" s="21">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="10">
         <v>47</v>
       </c>
       <c r="B102" s="10">
-        <v>9788490709856</v>
+        <v>9788466337120</v>
       </c>
       <c r="C102" s="11">
-        <v>3172797</v>
+        <v>2559710</v>
       </c>
       <c r="D102" s="12" t="s">
-        <v>219</v>
+        <v>112</v>
       </c>
       <c r="E102" s="13" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="F102" s="11">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G102" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H102" s="14">
-        <v>45826</v>
+        <v>42746</v>
       </c>
       <c r="I102" s="15">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="16">
         <v>48</v>
       </c>
       <c r="B103" s="16">
-        <v>9788408299592</v>
+        <v>9788466381925</v>
       </c>
       <c r="C103" s="17">
-        <v>3159347</v>
+        <v>3173094</v>
       </c>
       <c r="D103" s="18" t="s">
-        <v>119</v>
+        <v>216</v>
       </c>
       <c r="E103" s="19" t="s">
-        <v>120</v>
+        <v>29</v>
       </c>
       <c r="F103" s="17">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G103" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H103" s="20">
-        <v>45752</v>
+        <v>45826</v>
       </c>
       <c r="I103" s="21">
-        <v>38.5</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="10">
         <v>49</v>
       </c>
       <c r="B104" s="10">
-        <v>9788466379779</v>
+        <v>9788466337854</v>
       </c>
       <c r="C104" s="11">
-        <v>3118941</v>
+        <v>2598770</v>
       </c>
       <c r="D104" s="12" t="s">
-        <v>80</v>
+        <v>217</v>
       </c>
       <c r="E104" s="13" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F104" s="11">
-        <v>21110</v>
+        <v>21500</v>
       </c>
       <c r="G104" s="13" t="s">
-        <v>14</v>
+        <v>56</v>
       </c>
       <c r="H104" s="14">
-        <v>45686</v>
+        <v>42811</v>
       </c>
       <c r="I104" s="15">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="16">
         <v>50</v>
       </c>
       <c r="B105" s="16">
-        <v>9788467016901</v>
+        <v>9788497592444</v>
       </c>
       <c r="C105" s="17">
-        <v>9915672</v>
+        <v>4287088</v>
       </c>
       <c r="D105" s="18" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="E105" s="19" t="s">
-        <v>147</v>
+        <v>29</v>
       </c>
       <c r="F105" s="17">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G105" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H105" s="20">
-        <v>38590</v>
+        <v>38526</v>
       </c>
       <c r="I105" s="21">
-        <v>25.5</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="29" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B106" s="29"/>
       <c r="C106" s="30"/>
       <c r="D106" s="31"/>
       <c r="E106" s="29"/>
       <c r="F106" s="32"/>
       <c r="G106" s="32"/>
       <c r="H106" s="32"/>
       <c r="I106" s="32"/>
     </row>
-    <row r="107" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="107" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="10">
         <v>1</v>
       </c>
       <c r="B107" s="10">
-        <v>9788831003384</v>
+        <v>9788831003391</v>
       </c>
       <c r="C107" s="11">
-        <v>2522277</v>
+        <v>2522279</v>
       </c>
       <c r="D107" s="12" t="s">
-        <v>62</v>
+        <v>134</v>
       </c>
       <c r="E107" s="13" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="F107" s="11">
         <v>22500</v>
       </c>
       <c r="G107" s="13" t="s">
         <v>18</v>
       </c>
       <c r="H107" s="14">
-        <v>43871</v>
+        <v>43869</v>
       </c>
       <c r="I107" s="15">
-        <v>10.7</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="16">
         <v>2</v>
       </c>
       <c r="B108" s="16">
-        <v>9788845278617</v>
+        <v>9788831003421</v>
       </c>
       <c r="C108" s="17">
-        <v>2762498</v>
+        <v>2522360</v>
       </c>
       <c r="D108" s="18" t="s">
-        <v>94</v>
+        <v>219</v>
       </c>
       <c r="E108" s="19" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="F108" s="17">
-        <v>21400</v>
+        <v>22500</v>
       </c>
       <c r="G108" s="19" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H108" s="20">
-        <v>42450</v>
+        <v>43870</v>
       </c>
       <c r="I108" s="21">
-        <v>9.5</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>27.5</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="10">
         <v>3</v>
       </c>
       <c r="B109" s="10">
         <v>9788866320326</v>
       </c>
       <c r="C109" s="11">
         <v>5524776</v>
       </c>
       <c r="D109" s="12" t="s">
+        <v>43</v>
+      </c>
+      <c r="E109" s="13" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="F109" s="11">
         <v>11110</v>
       </c>
       <c r="G109" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H109" s="14">
         <v>40869</v>
       </c>
       <c r="I109" s="15">
         <v>35</v>
       </c>
     </row>
-    <row r="110" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="110" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="16">
         <v>4</v>
       </c>
       <c r="B110" s="16">
-        <v>9788806239831</v>
+        <v>9788842934844</v>
       </c>
       <c r="C110" s="17">
-        <v>2123956</v>
+        <v>3068787</v>
       </c>
       <c r="D110" s="18" t="s">
-        <v>42</v>
+        <v>92</v>
       </c>
       <c r="E110" s="19" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
       <c r="F110" s="17">
         <v>11110</v>
       </c>
       <c r="G110" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H110" s="20">
-        <v>43407</v>
+        <v>45411</v>
       </c>
       <c r="I110" s="21">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="10">
         <v>5</v>
       </c>
       <c r="B111" s="10">
         <v>9788806243692</v>
       </c>
       <c r="C111" s="11">
         <v>2468000</v>
       </c>
       <c r="D111" s="12" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E111" s="13" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F111" s="11">
         <v>21110</v>
       </c>
       <c r="G111" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H111" s="14">
         <v>44281</v>
       </c>
       <c r="I111" s="15">
         <v>21</v>
       </c>
     </row>
-    <row r="112" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="112" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="16">
         <v>6</v>
       </c>
       <c r="B112" s="16">
-        <v>9788823513457</v>
+        <v>9788845278617</v>
       </c>
       <c r="C112" s="17">
-        <v>2944060</v>
+        <v>2762498</v>
       </c>
       <c r="D112" s="18" t="s">
-        <v>68</v>
+        <v>220</v>
       </c>
       <c r="E112" s="19" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="F112" s="17">
-        <v>21500</v>
+        <v>21400</v>
       </c>
       <c r="G112" s="19" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="H112" s="20">
-        <v>42900</v>
+        <v>42450</v>
       </c>
       <c r="I112" s="21">
-        <v>16.5</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="10">
         <v>7</v>
       </c>
       <c r="B113" s="10">
-        <v>9788807883828</v>
+        <v>9788823513457</v>
       </c>
       <c r="C113" s="11">
-        <v>9801723</v>
+        <v>2944060</v>
       </c>
       <c r="D113" s="12" t="s">
-        <v>152</v>
+        <v>64</v>
       </c>
       <c r="E113" s="13" t="s">
-        <v>153</v>
+        <v>65</v>
       </c>
       <c r="F113" s="11">
-        <v>21110</v>
+        <v>21500</v>
       </c>
       <c r="G113" s="13" t="s">
-        <v>14</v>
+        <v>56</v>
       </c>
       <c r="H113" s="14">
-        <v>41689</v>
+        <v>42900</v>
       </c>
       <c r="I113" s="15">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>16.5</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="16">
         <v>8</v>
       </c>
       <c r="B114" s="16">
-        <v>9788806219352</v>
+        <v>9788831020787</v>
       </c>
       <c r="C114" s="17">
-        <v>4098129</v>
+        <v>1795155</v>
       </c>
       <c r="D114" s="18" t="s">
         <v>221</v>
       </c>
       <c r="E114" s="19" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="F114" s="17">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="G114" s="19" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H114" s="20">
-        <v>41674</v>
+        <v>45876</v>
       </c>
       <c r="I114" s="21">
-        <v>23.5</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>16.5</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A115" s="10">
         <v>9</v>
       </c>
       <c r="B115" s="10">
-        <v>9788842934844</v>
+        <v>9788807883828</v>
       </c>
       <c r="C115" s="11">
-        <v>3068787</v>
+        <v>9801723</v>
       </c>
       <c r="D115" s="12" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="E115" s="13" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="F115" s="11">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G115" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H115" s="14">
-        <v>45411</v>
+        <v>41689</v>
       </c>
       <c r="I115" s="15">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A116" s="16">
         <v>10</v>
       </c>
       <c r="B116" s="16">
-        <v>9788834603000</v>
+        <v>9788817161367</v>
       </c>
       <c r="C116" s="17">
-        <v>2845921</v>
+        <v>2923031</v>
       </c>
       <c r="D116" s="18" t="s">
-        <v>96</v>
+        <v>222</v>
       </c>
       <c r="E116" s="19" t="s">
-        <v>49</v>
+        <v>223</v>
       </c>
       <c r="F116" s="17">
-        <v>21200</v>
+        <v>12500</v>
       </c>
       <c r="G116" s="19" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="H116" s="20">
-        <v>44628</v>
+        <v>44894</v>
       </c>
       <c r="I116" s="21">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A117" s="10">
         <v>11</v>
       </c>
       <c r="B117" s="10">
-        <v>9788831003391</v>
+        <v>9788899358501</v>
       </c>
       <c r="C117" s="11">
-        <v>2522279</v>
+        <v>2691982</v>
       </c>
       <c r="D117" s="12" t="s">
-        <v>155</v>
+        <v>136</v>
       </c>
       <c r="E117" s="13" t="s">
-        <v>63</v>
+        <v>130</v>
       </c>
       <c r="F117" s="11">
-        <v>22500</v>
+        <v>18600</v>
       </c>
       <c r="G117" s="13" t="s">
-        <v>18</v>
+        <v>103</v>
       </c>
       <c r="H117" s="14">
-        <v>43869</v>
+        <v>43643</v>
       </c>
       <c r="I117" s="15">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A118" s="16">
         <v>12</v>
       </c>
       <c r="B118" s="16">
-        <v>9788804666639</v>
+        <v>9788845916755</v>
       </c>
       <c r="C118" s="17">
-        <v>2504919</v>
+        <v>2068532</v>
       </c>
       <c r="D118" s="18" t="s">
-        <v>121</v>
+        <v>90</v>
       </c>
       <c r="E118" s="19" t="s">
-        <v>70</v>
+        <v>46</v>
       </c>
       <c r="F118" s="17">
         <v>21110</v>
       </c>
       <c r="G118" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H118" s="20">
-        <v>42552</v>
+        <v>37859</v>
       </c>
       <c r="I118" s="21">
-        <v>23.5</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A119" s="10">
         <v>13</v>
       </c>
       <c r="B119" s="10">
-        <v>9788845916755</v>
+        <v>9788866324119</v>
       </c>
       <c r="C119" s="11">
-        <v>2068532</v>
+        <v>5530253</v>
       </c>
       <c r="D119" s="12" t="s">
-        <v>95</v>
+        <v>224</v>
       </c>
       <c r="E119" s="13" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="F119" s="11">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G119" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H119" s="14">
-        <v>37859</v>
+        <v>41659</v>
       </c>
       <c r="I119" s="15">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A120" s="16">
         <v>14</v>
       </c>
       <c r="B120" s="16">
-        <v>9788806207694</v>
+        <v>9788806219291</v>
       </c>
       <c r="C120" s="17">
-        <v>3788199</v>
+        <v>6565247</v>
       </c>
       <c r="D120" s="18" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="E120" s="19" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F120" s="17">
         <v>21110</v>
       </c>
       <c r="G120" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H120" s="20">
-        <v>40794</v>
+        <v>41695</v>
       </c>
       <c r="I120" s="21">
         <v>23.5</v>
       </c>
     </row>
-    <row r="121" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="121" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A121" s="10">
         <v>15</v>
       </c>
       <c r="B121" s="10">
-        <v>9788809869455</v>
+        <v>9788806242329</v>
       </c>
       <c r="C121" s="11">
-        <v>2944067</v>
+        <v>2944069</v>
       </c>
       <c r="D121" s="12" t="s">
-        <v>81</v>
+        <v>67</v>
       </c>
       <c r="E121" s="13" t="s">
-        <v>82</v>
+        <v>42</v>
       </c>
       <c r="F121" s="11">
-        <v>14540</v>
+        <v>11110</v>
       </c>
       <c r="G121" s="13" t="s">
-        <v>74</v>
+        <v>14</v>
       </c>
       <c r="H121" s="14">
-        <v>43474</v>
+        <v>44982</v>
       </c>
       <c r="I121" s="15">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>29.5</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="16">
         <v>16</v>
       </c>
       <c r="B122" s="16">
-        <v>9788845915147</v>
+        <v>9788804772118</v>
       </c>
       <c r="C122" s="17">
-        <v>2384973</v>
+        <v>2929153</v>
       </c>
       <c r="D122" s="18" t="s">
-        <v>222</v>
+        <v>115</v>
       </c>
       <c r="E122" s="19" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="F122" s="17">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G122" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H122" s="20">
-        <v>37043</v>
+        <v>44909</v>
       </c>
       <c r="I122" s="21">
-        <v>16.5</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="10">
         <v>17</v>
       </c>
       <c r="B123" s="10">
-        <v>9788807895746</v>
+        <v>9788806239831</v>
       </c>
       <c r="C123" s="11">
-        <v>2923030</v>
+        <v>2123956</v>
       </c>
       <c r="D123" s="12" t="s">
-        <v>154</v>
+        <v>41</v>
       </c>
       <c r="E123" s="13" t="s">
-        <v>153</v>
+        <v>42</v>
       </c>
       <c r="F123" s="11">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G123" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H123" s="14">
-        <v>44894</v>
+        <v>43407</v>
       </c>
       <c r="I123" s="15">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="16">
         <v>18</v>
       </c>
       <c r="B124" s="16">
-        <v>9788804772118</v>
+        <v>9788806219352</v>
       </c>
       <c r="C124" s="17">
-        <v>2929153</v>
+        <v>4098129</v>
       </c>
       <c r="D124" s="18" t="s">
-        <v>122</v>
+        <v>162</v>
       </c>
       <c r="E124" s="19" t="s">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="F124" s="17">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G124" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H124" s="20">
-        <v>44909</v>
+        <v>41674</v>
       </c>
       <c r="I124" s="21">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>23.5</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="10">
         <v>19</v>
       </c>
       <c r="B125" s="10">
-        <v>9788893443029</v>
+        <v>9788817183499</v>
       </c>
       <c r="C125" s="11">
-        <v>8281050</v>
+        <v>3068786</v>
       </c>
       <c r="D125" s="12" t="s">
-        <v>156</v>
+        <v>225</v>
       </c>
       <c r="E125" s="13" t="s">
-        <v>157</v>
+        <v>223</v>
       </c>
       <c r="F125" s="11">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G125" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H125" s="14">
-        <v>42951</v>
+        <v>45411</v>
       </c>
       <c r="I125" s="15">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A126" s="16">
         <v>20</v>
       </c>
       <c r="B126" s="16">
-        <v>9788866326403</v>
+        <v>9788834603000</v>
       </c>
       <c r="C126" s="17">
-        <v>2538905</v>
+        <v>2845921</v>
       </c>
       <c r="D126" s="18" t="s">
-        <v>158</v>
+        <v>91</v>
       </c>
       <c r="E126" s="19" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F126" s="17">
-        <v>11110</v>
+        <v>21200</v>
       </c>
       <c r="G126" s="19" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H126" s="20">
-        <v>42479</v>
+        <v>44628</v>
       </c>
       <c r="I126" s="21">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A127" s="10">
         <v>21</v>
       </c>
       <c r="B127" s="10">
-        <v>9788806219291</v>
+        <v>9788809869455</v>
       </c>
       <c r="C127" s="11">
-        <v>6565247</v>
+        <v>2944067</v>
       </c>
       <c r="D127" s="12" t="s">
-        <v>105</v>
+        <v>77</v>
       </c>
       <c r="E127" s="13" t="s">
-        <v>43</v>
+        <v>78</v>
       </c>
       <c r="F127" s="11">
-        <v>21110</v>
+        <v>14540</v>
       </c>
       <c r="G127" s="13" t="s">
-        <v>14</v>
+        <v>70</v>
       </c>
       <c r="H127" s="14">
-        <v>41695</v>
+        <v>43474</v>
       </c>
       <c r="I127" s="15">
-        <v>22.5</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A128" s="16">
         <v>22</v>
       </c>
       <c r="B128" s="16">
-        <v>9788845901843</v>
+        <v>9788817174459</v>
       </c>
       <c r="C128" s="17">
-        <v>2563231</v>
+        <v>1720279</v>
       </c>
       <c r="D128" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="E128" s="19" t="s">
         <v>223</v>
       </c>
-      <c r="E128" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F128" s="17">
-        <v>21110</v>
+        <v>11200</v>
       </c>
       <c r="G128" s="19" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H128" s="20">
-        <v>37957</v>
+        <v>45915</v>
       </c>
       <c r="I128" s="21">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>46.5</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" s="10">
         <v>23</v>
       </c>
       <c r="B129" s="10">
-        <v>9788899358501</v>
+        <v>9788806207694</v>
       </c>
       <c r="C129" s="11">
-        <v>2691982</v>
+        <v>3788199</v>
       </c>
       <c r="D129" s="12" t="s">
-        <v>159</v>
+        <v>101</v>
       </c>
       <c r="E129" s="13" t="s">
-        <v>151</v>
+        <v>42</v>
       </c>
       <c r="F129" s="11">
-        <v>18600</v>
+        <v>21110</v>
       </c>
       <c r="G129" s="13" t="s">
-        <v>109</v>
+        <v>14</v>
       </c>
       <c r="H129" s="14">
-        <v>43643</v>
+        <v>40794</v>
       </c>
       <c r="I129" s="15">
-        <v>64.739999999999995</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>23.5</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A130" s="16">
         <v>24</v>
       </c>
       <c r="B130" s="16">
-        <v>9788838940750</v>
+        <v>9788817184601</v>
       </c>
       <c r="C130" s="17">
-        <v>2290843</v>
+        <v>3067382</v>
       </c>
       <c r="D130" s="18" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="E130" s="19" t="s">
-        <v>46</v>
+        <v>223</v>
       </c>
       <c r="F130" s="17">
-        <v>21600</v>
+        <v>21110</v>
       </c>
       <c r="G130" s="19" t="s">
-        <v>198</v>
+        <v>14</v>
       </c>
       <c r="H130" s="20">
-        <v>44078</v>
+        <v>45411</v>
       </c>
       <c r="I130" s="21">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>33.5</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A131" s="10">
         <v>25</v>
       </c>
       <c r="B131" s="10">
-        <v>9788833574462</v>
+        <v>9788893443029</v>
       </c>
       <c r="C131" s="11">
-        <v>2886644</v>
+        <v>8281050</v>
       </c>
       <c r="D131" s="12" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="E131" s="13" t="s">
-        <v>45</v>
+        <v>135</v>
       </c>
       <c r="F131" s="11">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G131" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H131" s="14">
-        <v>44757</v>
+        <v>42951</v>
       </c>
       <c r="I131" s="15">
-        <v>21.5</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>26.5</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A132" s="16">
         <v>26</v>
       </c>
       <c r="B132" s="16">
-        <v>9788866325512</v>
+        <v>9788866321811</v>
       </c>
       <c r="C132" s="17">
-        <v>5546915</v>
+        <v>5545064</v>
       </c>
       <c r="D132" s="18" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="E132" s="19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F132" s="17">
         <v>11110</v>
       </c>
       <c r="G132" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H132" s="20">
-        <v>42271</v>
+        <v>42028</v>
       </c>
       <c r="I132" s="21">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>36.5</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A133" s="10">
         <v>27</v>
       </c>
       <c r="B133" s="10">
-        <v>9788806219673</v>
+        <v>9788899358488</v>
       </c>
       <c r="C133" s="11">
-        <v>2925749</v>
+        <v>2691985</v>
       </c>
       <c r="D133" s="12" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="E133" s="13" t="s">
-        <v>43</v>
+        <v>130</v>
       </c>
       <c r="F133" s="11">
-        <v>21110</v>
+        <v>18600</v>
       </c>
       <c r="G133" s="13" t="s">
-        <v>14</v>
+        <v>103</v>
       </c>
       <c r="H133" s="14">
-        <v>41890</v>
+        <v>43643</v>
       </c>
       <c r="I133" s="15">
-        <v>27.5</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>43.5</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A134" s="16">
         <v>28</v>
       </c>
       <c r="B134" s="16">
-        <v>9788868360436</v>
+        <v>9788817022248</v>
       </c>
       <c r="C134" s="17">
-        <v>8726850</v>
+        <v>2175506</v>
       </c>
       <c r="D134" s="18" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="E134" s="19" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="F134" s="17">
-        <v>21110</v>
+        <v>27400</v>
       </c>
       <c r="G134" s="19" t="s">
-        <v>14</v>
+        <v>232</v>
       </c>
       <c r="H134" s="20">
-        <v>41554</v>
+        <v>40568</v>
       </c>
       <c r="I134" s="21">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A135" s="10">
         <v>29</v>
       </c>
       <c r="B135" s="10">
-        <v>9788807892158</v>
+        <v>9788807895746</v>
       </c>
       <c r="C135" s="11">
-        <v>1893025</v>
+        <v>2923030</v>
       </c>
       <c r="D135" s="12" t="s">
-        <v>230</v>
+        <v>133</v>
       </c>
       <c r="E135" s="13" t="s">
-        <v>153</v>
+        <v>132</v>
       </c>
       <c r="F135" s="11">
         <v>21110</v>
       </c>
       <c r="G135" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H135" s="14">
-        <v>43717</v>
+        <v>44894</v>
       </c>
       <c r="I135" s="15">
-        <v>18.5</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A136" s="16">
         <v>30</v>
       </c>
       <c r="B136" s="16">
-        <v>9788806242329</v>
+        <v>9788838940750</v>
       </c>
       <c r="C136" s="17">
-        <v>2944069</v>
+        <v>2290843</v>
       </c>
       <c r="D136" s="18" t="s">
-        <v>71</v>
+        <v>163</v>
       </c>
       <c r="E136" s="19" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F136" s="17">
-        <v>11110</v>
+        <v>21600</v>
       </c>
       <c r="G136" s="19" t="s">
-        <v>14</v>
+        <v>155</v>
       </c>
       <c r="H136" s="20">
-        <v>44982</v>
+        <v>44078</v>
       </c>
       <c r="I136" s="21">
-        <v>29.5</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A137" s="29" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B137" s="29"/>
       <c r="C137" s="30"/>
       <c r="D137" s="31"/>
       <c r="E137" s="29"/>
       <c r="F137" s="32"/>
       <c r="G137" s="32"/>
       <c r="H137" s="32"/>
       <c r="I137" s="32"/>
     </row>
-    <row r="138" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="138" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A138" s="10">
         <v>1</v>
       </c>
       <c r="B138" s="10">
-        <v>9786255942579</v>
+        <v>9786256149014</v>
       </c>
       <c r="C138" s="11">
-        <v>3180551</v>
+        <v>3107659</v>
       </c>
       <c r="D138" s="12" t="s">
-        <v>163</v>
+        <v>100</v>
       </c>
       <c r="E138" s="13" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F138" s="11">
         <v>21110</v>
       </c>
       <c r="G138" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H138" s="14">
-        <v>45825</v>
+        <v>45589</v>
       </c>
       <c r="I138" s="15">
-        <v>11.99</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>13.99</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A139" s="16">
         <v>2</v>
       </c>
       <c r="B139" s="16">
-        <v>9786256149014</v>
+        <v>9786255799050</v>
       </c>
       <c r="C139" s="17">
-        <v>3107659</v>
+        <v>2008804</v>
       </c>
       <c r="D139" s="18" t="s">
-        <v>106</v>
+        <v>233</v>
       </c>
       <c r="E139" s="19" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="F139" s="17">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G139" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H139" s="20">
-        <v>45589</v>
+        <v>45919</v>
       </c>
       <c r="I139" s="21">
-        <v>13.99</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>22.99</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A140" s="10">
         <v>3</v>
       </c>
       <c r="B140" s="10">
-        <v>9786256329225</v>
+        <v>9786256329485</v>
       </c>
       <c r="C140" s="11">
-        <v>3140996</v>
+        <v>2011734</v>
       </c>
       <c r="D140" s="12" t="s">
-        <v>110</v>
+        <v>234</v>
       </c>
       <c r="E140" s="13" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="F140" s="11">
         <v>21110</v>
       </c>
       <c r="G140" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H140" s="14">
-        <v>45681</v>
+        <v>45945</v>
       </c>
       <c r="I140" s="15">
-        <v>12.99</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>14.99</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A141" s="16">
         <v>4</v>
       </c>
       <c r="B141" s="16">
-        <v>9786053114413</v>
+        <v>9786256608740</v>
       </c>
       <c r="C141" s="17">
-        <v>2970774</v>
+        <v>3062688</v>
       </c>
       <c r="D141" s="18" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="E141" s="19" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F141" s="17">
         <v>21110</v>
       </c>
       <c r="G141" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H141" s="20">
-        <v>43897</v>
+        <v>45379</v>
       </c>
       <c r="I141" s="21">
-        <v>14.99</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>11.99</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A142" s="10">
         <v>5</v>
       </c>
       <c r="B142" s="10">
-        <v>9786053417095</v>
+        <v>9786257099301</v>
       </c>
       <c r="C142" s="11">
-        <v>2972902</v>
+        <v>2431040</v>
       </c>
       <c r="D142" s="12" t="s">
-        <v>164</v>
+        <v>84</v>
       </c>
       <c r="E142" s="13" t="s">
-        <v>165</v>
+        <v>52</v>
       </c>
       <c r="F142" s="11">
-        <v>22000</v>
+        <v>11110</v>
       </c>
       <c r="G142" s="13" t="s">
-        <v>125</v>
+        <v>14</v>
       </c>
       <c r="H142" s="14">
-        <v>44221</v>
+        <v>44252</v>
       </c>
       <c r="I142" s="15">
-        <v>9.99</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>12.99</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A143" s="16">
         <v>6</v>
       </c>
       <c r="B143" s="16">
-        <v>9786057572189</v>
+        <v>9789750724435</v>
       </c>
       <c r="C143" s="17">
-        <v>3070911</v>
+        <v>2334863</v>
       </c>
       <c r="D143" s="18" t="s">
-        <v>231</v>
+        <v>141</v>
       </c>
       <c r="E143" s="19" t="s">
-        <v>232</v>
+        <v>142</v>
       </c>
       <c r="F143" s="17">
-        <v>24720</v>
+        <v>21400</v>
       </c>
       <c r="G143" s="19" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="H143" s="20">
-        <v>43678</v>
+        <v>42041</v>
       </c>
       <c r="I143" s="21">
-        <v>11.99</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>8.99</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A144" s="10">
         <v>7</v>
       </c>
       <c r="B144" s="10">
-        <v>9786255939050</v>
+        <v>9786254416286</v>
       </c>
       <c r="C144" s="11">
-        <v>3180343</v>
+        <v>2866417</v>
       </c>
       <c r="D144" s="12" t="s">
-        <v>160</v>
+        <v>144</v>
       </c>
       <c r="E144" s="13" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F144" s="11">
-        <v>11110</v>
+        <v>24000</v>
       </c>
       <c r="G144" s="13" t="s">
-        <v>14</v>
+        <v>117</v>
       </c>
       <c r="H144" s="14">
-        <v>45810</v>
+        <v>44679</v>
       </c>
       <c r="I144" s="15">
-        <v>13.99</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>11.99</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A145" s="16">
         <v>8</v>
       </c>
       <c r="B145" s="16">
-        <v>9789750724435</v>
+        <v>9786256329225</v>
       </c>
       <c r="C145" s="17">
-        <v>2334863</v>
+        <v>3140996</v>
       </c>
       <c r="D145" s="18" t="s">
-        <v>166</v>
+        <v>104</v>
       </c>
       <c r="E145" s="19" t="s">
-        <v>167</v>
+        <v>68</v>
       </c>
       <c r="F145" s="17">
-        <v>21400</v>
+        <v>21110</v>
       </c>
       <c r="G145" s="19" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="H145" s="20">
-        <v>42041</v>
+        <v>45681</v>
       </c>
       <c r="I145" s="21">
-        <v>8.99</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>12.99</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A146" s="10">
         <v>9</v>
       </c>
       <c r="B146" s="10">
-        <v>9789754704723</v>
+        <v>9786053114413</v>
       </c>
       <c r="C146" s="11">
-        <v>3129288</v>
+        <v>2970774</v>
       </c>
       <c r="D146" s="12" t="s">
-        <v>233</v>
+        <v>119</v>
       </c>
       <c r="E146" s="13" t="s">
-        <v>234</v>
+        <v>50</v>
       </c>
       <c r="F146" s="11">
         <v>21110</v>
       </c>
       <c r="G146" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H146" s="14">
-        <v>38208</v>
+        <v>43897</v>
       </c>
       <c r="I146" s="15">
-        <v>14.99</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>15.99</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A147" s="16">
         <v>10</v>
       </c>
       <c r="B147" s="16">
-        <v>9786257099301</v>
+        <v>9786255942579</v>
       </c>
       <c r="C147" s="17">
-        <v>2431040</v>
+        <v>3180551</v>
       </c>
       <c r="D147" s="18" t="s">
-        <v>88</v>
+        <v>138</v>
       </c>
       <c r="E147" s="19" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="F147" s="17">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G147" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H147" s="20">
-        <v>44252</v>
+        <v>45825</v>
       </c>
       <c r="I147" s="21">
-        <v>13.99</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>11.99</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A148" s="10">
         <v>11</v>
       </c>
       <c r="B148" s="10">
-        <v>9786254416286</v>
+        <v>9786053417095</v>
       </c>
       <c r="C148" s="11">
-        <v>2866417</v>
+        <v>2972902</v>
       </c>
       <c r="D148" s="12" t="s">
-        <v>169</v>
+        <v>139</v>
       </c>
       <c r="E148" s="13" t="s">
-        <v>51</v>
+        <v>140</v>
       </c>
       <c r="F148" s="11">
-        <v>24000</v>
+        <v>22000</v>
       </c>
       <c r="G148" s="13" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="H148" s="14">
-        <v>44679</v>
+        <v>44221</v>
       </c>
       <c r="I148" s="15">
-        <v>11.99</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>9.99</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A149" s="16">
         <v>12</v>
       </c>
       <c r="B149" s="16">
-        <v>9786256209817</v>
+        <v>9786057572189</v>
       </c>
       <c r="C149" s="17">
-        <v>3136992</v>
+        <v>3070911</v>
       </c>
       <c r="D149" s="18" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="E149" s="19" t="s">
-        <v>51</v>
+        <v>165</v>
       </c>
       <c r="F149" s="17">
-        <v>21110</v>
+        <v>24720</v>
       </c>
       <c r="G149" s="19" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H149" s="20">
-        <v>45653</v>
+        <v>43678</v>
       </c>
       <c r="I149" s="21">
         <v>11.99</v>
       </c>
     </row>
-    <row r="150" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="150" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A150" s="10">
         <v>13</v>
       </c>
       <c r="B150" s="10">
         <v>9786256209435</v>
       </c>
       <c r="C150" s="11">
         <v>3134639</v>
       </c>
       <c r="D150" s="12" t="s">
-        <v>235</v>
+        <v>166</v>
       </c>
       <c r="E150" s="13" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F150" s="11">
         <v>21110</v>
       </c>
       <c r="G150" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H150" s="14">
         <v>45616</v>
       </c>
       <c r="I150" s="15">
-        <v>12.99</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>13.99</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A151" s="16">
         <v>14</v>
       </c>
       <c r="B151" s="16">
-        <v>9786256372016</v>
+        <v>9786050849196</v>
       </c>
       <c r="C151" s="17">
-        <v>2926293</v>
+        <v>3166343</v>
       </c>
       <c r="D151" s="18" t="s">
+        <v>235</v>
+      </c>
+      <c r="E151" s="19" t="s">
         <v>236</v>
       </c>
-      <c r="E151" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F151" s="17">
-        <v>21110</v>
+        <v>25000</v>
       </c>
       <c r="G151" s="19" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="H151" s="20">
-        <v>44909</v>
+        <v>45740</v>
       </c>
       <c r="I151" s="21">
-        <v>13.99</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>16.989999999999998</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A152" s="10">
         <v>15</v>
       </c>
       <c r="B152" s="10">
-        <v>9789756779194</v>
+        <v>9789752698949</v>
       </c>
       <c r="C152" s="11">
-        <v>2396920</v>
+        <v>2209009</v>
       </c>
       <c r="D152" s="12" t="s">
         <v>237</v>
       </c>
       <c r="E152" s="13" t="s">
         <v>238</v>
       </c>
       <c r="F152" s="11">
         <v>15470</v>
       </c>
       <c r="G152" s="13" t="s">
-        <v>239</v>
+        <v>168</v>
       </c>
       <c r="H152" s="14">
-        <v>41614</v>
+        <v>41674</v>
       </c>
       <c r="I152" s="15">
-        <v>25.99</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>29.99</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A153" s="16">
         <v>16</v>
       </c>
       <c r="B153" s="16">
-        <v>9786052494189</v>
+        <v>9786258222890</v>
       </c>
       <c r="C153" s="17">
-        <v>2868134</v>
+        <v>3049091</v>
       </c>
       <c r="D153" s="18" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="E153" s="19" t="s">
-        <v>241</v>
+        <v>68</v>
       </c>
       <c r="F153" s="17">
-        <v>25000</v>
+        <v>21110</v>
       </c>
       <c r="G153" s="19" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="H153" s="20">
-        <v>43978</v>
+        <v>45346</v>
       </c>
       <c r="I153" s="21">
-        <v>16.989999999999998</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>14.99</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A154" s="10">
         <v>17</v>
       </c>
       <c r="B154" s="10">
-        <v>9786256608740</v>
+        <v>9789756779637</v>
       </c>
       <c r="C154" s="11">
-        <v>3062688</v>
+        <v>2015116</v>
       </c>
       <c r="D154" s="12" t="s">
-        <v>123</v>
+        <v>240</v>
       </c>
       <c r="E154" s="13" t="s">
-        <v>55</v>
+        <v>167</v>
       </c>
       <c r="F154" s="11">
-        <v>21110</v>
+        <v>15470</v>
       </c>
       <c r="G154" s="13" t="s">
-        <v>14</v>
+        <v>168</v>
       </c>
       <c r="H154" s="14">
-        <v>45379</v>
+        <v>41709</v>
       </c>
       <c r="I154" s="15">
-        <v>11.99</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>44.99</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A155" s="16">
         <v>18</v>
       </c>
       <c r="B155" s="16">
-        <v>9789753638029</v>
+        <v>9786055455408</v>
       </c>
       <c r="C155" s="17">
-        <v>6693326</v>
+        <v>2021573</v>
       </c>
       <c r="D155" s="18" t="s">
-        <v>170</v>
+        <v>241</v>
       </c>
       <c r="E155" s="19" t="s">
-        <v>171</v>
+        <v>242</v>
       </c>
       <c r="F155" s="17">
-        <v>21110</v>
+        <v>25000</v>
       </c>
       <c r="G155" s="19" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="H155" s="20">
-        <v>39722</v>
+        <v>44868</v>
       </c>
       <c r="I155" s="21">
-        <v>8.99</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>22.99</v>
+      </c>
+    </row>
+    <row r="156" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A156" s="10">
         <v>19</v>
       </c>
       <c r="B156" s="10">
-        <v>9786059844765</v>
+        <v>9786255939050</v>
       </c>
       <c r="C156" s="11">
-        <v>3121271</v>
+        <v>3180343</v>
       </c>
       <c r="D156" s="12" t="s">
-        <v>161</v>
+        <v>137</v>
       </c>
       <c r="E156" s="13" t="s">
-        <v>162</v>
+        <v>50</v>
       </c>
       <c r="F156" s="11">
-        <v>25000</v>
+        <v>11110</v>
       </c>
       <c r="G156" s="13" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="H156" s="14">
-        <v>43084</v>
+        <v>45810</v>
       </c>
       <c r="I156" s="15">
-        <v>11.99</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>13.99</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A157" s="16">
         <v>20</v>
       </c>
       <c r="B157" s="16">
-        <v>9799756457749</v>
+        <v>9789757549215</v>
       </c>
       <c r="C157" s="17">
-        <v>3152185</v>
+        <v>9183639</v>
       </c>
       <c r="D157" s="18" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E157" s="19" t="s">
-        <v>162</v>
+        <v>244</v>
       </c>
       <c r="F157" s="17">
-        <v>25000</v>
+        <v>22100</v>
       </c>
       <c r="G157" s="19" t="s">
-        <v>52</v>
+        <v>143</v>
       </c>
       <c r="H157" s="20">
-        <v>41900</v>
+        <v>40499</v>
       </c>
       <c r="I157" s="21">
-        <v>11.99</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>14.99</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A158" s="29" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B158" s="29"/>
       <c r="C158" s="30"/>
       <c r="D158" s="31"/>
       <c r="E158" s="29"/>
       <c r="F158" s="32"/>
       <c r="G158" s="32"/>
       <c r="H158" s="32"/>
       <c r="I158" s="32"/>
     </row>
-    <row r="159" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="159" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A159" s="10">
         <v>1</v>
       </c>
       <c r="B159" s="10">
-        <v>9785170878888</v>
+        <v>9785353057826</v>
       </c>
       <c r="C159" s="11">
-        <v>2134778</v>
+        <v>7503580</v>
       </c>
       <c r="D159" s="12" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E159" s="13" t="s">
-        <v>57</v>
+        <v>245</v>
       </c>
       <c r="F159" s="11">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G159" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H159" s="14">
-        <v>43761</v>
+        <v>42925</v>
       </c>
       <c r="I159" s="15">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A160" s="16">
         <v>2</v>
       </c>
       <c r="B160" s="16">
         <v>9785353073468</v>
       </c>
       <c r="C160" s="17">
         <v>2584364</v>
       </c>
       <c r="D160" s="18" t="s">
-        <v>173</v>
+        <v>145</v>
       </c>
       <c r="E160" s="19" t="s">
-        <v>57</v>
+        <v>245</v>
       </c>
       <c r="F160" s="17">
         <v>12100</v>
       </c>
       <c r="G160" s="19" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="H160" s="20">
         <v>42898</v>
       </c>
       <c r="I160" s="21">
         <v>10</v>
       </c>
     </row>
-    <row r="161" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="161" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A161" s="10">
         <v>3</v>
       </c>
       <c r="B161" s="10">
-        <v>9785699901302</v>
+        <v>9785170878888</v>
       </c>
       <c r="C161" s="11">
-        <v>2981627</v>
+        <v>2134778</v>
       </c>
       <c r="D161" s="12" t="s">
-        <v>89</v>
+        <v>69</v>
       </c>
       <c r="E161" s="13" t="s">
-        <v>57</v>
+        <v>245</v>
       </c>
       <c r="F161" s="11">
-        <v>11400</v>
+        <v>21110</v>
       </c>
       <c r="G161" s="13" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="H161" s="14">
-        <v>45089</v>
+        <v>43761</v>
       </c>
       <c r="I161" s="15">
         <v>10</v>
       </c>
     </row>
-    <row r="162" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="162" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A162" s="16">
         <v>4</v>
       </c>
       <c r="B162" s="16">
-        <v>9785040929344</v>
+        <v>9785446112166</v>
       </c>
       <c r="C162" s="17">
-        <v>2794567</v>
+        <v>3118737</v>
       </c>
       <c r="D162" s="18" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="E162" s="19" t="s">
-        <v>57</v>
+        <v>245</v>
       </c>
       <c r="F162" s="17">
-        <v>28600</v>
+        <v>15310</v>
       </c>
       <c r="G162" s="19" t="s">
-        <v>109</v>
+        <v>247</v>
       </c>
       <c r="H162" s="20">
-        <v>44476</v>
+        <v>45611</v>
       </c>
       <c r="I162" s="21">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A163" s="10">
         <v>5</v>
       </c>
       <c r="B163" s="10">
-        <v>9785041021320</v>
+        <v>9785170924370</v>
       </c>
       <c r="C163" s="11">
-        <v>2981591</v>
+        <v>2475886</v>
       </c>
       <c r="D163" s="12" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="E163" s="13" t="s">
-        <v>57</v>
+        <v>245</v>
       </c>
       <c r="F163" s="11">
-        <v>14810</v>
+        <v>12100</v>
       </c>
       <c r="G163" s="13" t="s">
-        <v>54</v>
+        <v>143</v>
       </c>
       <c r="H163" s="14">
-        <v>45103</v>
+        <v>42405</v>
       </c>
       <c r="I163" s="15">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="164" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A164" s="16">
         <v>6</v>
       </c>
       <c r="B164" s="16">
-        <v>9785699475155</v>
+        <v>9785041813956</v>
       </c>
       <c r="C164" s="17">
-        <v>9347895</v>
+        <v>3139251</v>
       </c>
       <c r="D164" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="E164" s="19" t="s">
         <v>245</v>
       </c>
-      <c r="E164" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F164" s="17">
-        <v>12300</v>
+        <v>11110</v>
       </c>
       <c r="G164" s="19" t="s">
-        <v>246</v>
+        <v>14</v>
       </c>
       <c r="H164" s="20">
-        <v>41258</v>
+        <v>45715</v>
       </c>
       <c r="I164" s="21">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="165" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A165" s="10">
         <v>7</v>
       </c>
       <c r="B165" s="10">
-        <v>9785041813956</v>
+        <v>9785699901302</v>
       </c>
       <c r="C165" s="11">
-        <v>3139251</v>
+        <v>2981627</v>
       </c>
       <c r="D165" s="12" t="s">
-        <v>174</v>
+        <v>85</v>
       </c>
       <c r="E165" s="13" t="s">
-        <v>57</v>
+        <v>245</v>
       </c>
       <c r="F165" s="11">
-        <v>11110</v>
+        <v>11400</v>
       </c>
       <c r="G165" s="13" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H165" s="14">
-        <v>45715</v>
+        <v>45089</v>
       </c>
       <c r="I165" s="15">
         <v>10</v>
       </c>
     </row>
-    <row r="166" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="166" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A166" s="16">
         <v>8</v>
       </c>
       <c r="B166" s="16">
-        <v>9785041024116</v>
+        <v>9785171004910</v>
       </c>
       <c r="C166" s="17">
-        <v>2794438</v>
+        <v>2645633</v>
       </c>
       <c r="D166" s="18" t="s">
-        <v>127</v>
+        <v>249</v>
       </c>
       <c r="E166" s="19" t="s">
-        <v>57</v>
+        <v>245</v>
       </c>
       <c r="F166" s="17">
-        <v>11110</v>
+        <v>11400</v>
       </c>
       <c r="G166" s="19" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H166" s="20">
-        <v>44478</v>
+        <v>43336</v>
       </c>
       <c r="I166" s="21">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="167" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A167" s="10">
         <v>9</v>
       </c>
       <c r="B167" s="10">
-        <v>9785699371372</v>
+        <v>9785699475254</v>
       </c>
       <c r="C167" s="11">
-        <v>3494896</v>
+        <v>3007359</v>
       </c>
       <c r="D167" s="12" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="E167" s="13" t="s">
-        <v>57</v>
+        <v>245</v>
       </c>
       <c r="F167" s="11">
-        <v>12600</v>
+        <v>28600</v>
       </c>
       <c r="G167" s="13" t="s">
-        <v>248</v>
+        <v>103</v>
       </c>
       <c r="H167" s="14">
-        <v>40799</v>
+        <v>41052</v>
       </c>
       <c r="I167" s="15">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A168" s="16">
         <v>10</v>
       </c>
       <c r="B168" s="16">
-        <v>9785353035855</v>
+        <v>9785699475155</v>
       </c>
       <c r="C168" s="17">
-        <v>2584369</v>
+        <v>9347895</v>
       </c>
       <c r="D168" s="18" t="s">
-        <v>249</v>
+        <v>170</v>
       </c>
       <c r="E168" s="19" t="s">
-        <v>57</v>
+        <v>245</v>
       </c>
       <c r="F168" s="17">
-        <v>12500</v>
+        <v>12300</v>
       </c>
       <c r="G168" s="19" t="s">
-        <v>18</v>
+        <v>171</v>
       </c>
       <c r="H168" s="20">
-        <v>42769</v>
+        <v>41258</v>
       </c>
       <c r="I168" s="21">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A169" s="10">
         <v>11</v>
       </c>
       <c r="B169" s="10">
-        <v>9785041173692</v>
+        <v>9785389016668</v>
       </c>
       <c r="C169" s="11">
-        <v>2934155</v>
+        <v>8096236</v>
       </c>
       <c r="D169" s="12" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E169" s="13" t="s">
-        <v>57</v>
+        <v>245</v>
       </c>
       <c r="F169" s="11">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G169" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H169" s="14">
-        <v>44965</v>
+        <v>41276</v>
       </c>
       <c r="I169" s="15">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A170" s="16">
         <v>12</v>
       </c>
       <c r="B170" s="16">
-        <v>9785170898350</v>
+        <v>9785040929344</v>
       </c>
       <c r="C170" s="17">
-        <v>2941890</v>
+        <v>2794567</v>
       </c>
       <c r="D170" s="18" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="E170" s="19" t="s">
-        <v>57</v>
+        <v>245</v>
       </c>
       <c r="F170" s="17">
-        <v>18700</v>
+        <v>28600</v>
       </c>
       <c r="G170" s="19" t="s">
-        <v>176</v>
+        <v>103</v>
       </c>
       <c r="H170" s="20">
-        <v>42830</v>
+        <v>44476</v>
       </c>
       <c r="I170" s="21">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A171" s="10">
         <v>13</v>
       </c>
       <c r="B171" s="10">
-        <v>9785353057826</v>
+        <v>9785699371372</v>
       </c>
       <c r="C171" s="11">
-        <v>7503580</v>
+        <v>3494896</v>
       </c>
       <c r="D171" s="12" t="s">
-        <v>83</v>
+        <v>172</v>
       </c>
       <c r="E171" s="13" t="s">
-        <v>57</v>
+        <v>245</v>
       </c>
       <c r="F171" s="11">
-        <v>11110</v>
+        <v>12600</v>
       </c>
       <c r="G171" s="13" t="s">
-        <v>14</v>
+        <v>173</v>
       </c>
       <c r="H171" s="14">
-        <v>42925</v>
+        <v>40799</v>
       </c>
       <c r="I171" s="15">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A172" s="16">
         <v>14</v>
       </c>
       <c r="B172" s="16">
-        <v>9785171346126</v>
+        <v>9785389026469</v>
       </c>
       <c r="C172" s="17">
-        <v>2794585</v>
+        <v>2126278</v>
       </c>
       <c r="D172" s="18" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E172" s="19" t="s">
-        <v>57</v>
+        <v>245</v>
       </c>
       <c r="F172" s="17">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G172" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H172" s="20">
-        <v>44476</v>
+        <v>41936</v>
       </c>
       <c r="I172" s="21">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A173" s="10">
         <v>15</v>
       </c>
       <c r="B173" s="10">
-        <v>9785041204792</v>
+        <v>9785171341053</v>
       </c>
       <c r="C173" s="11">
-        <v>2949731</v>
+        <v>2949757</v>
       </c>
       <c r="D173" s="12" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E173" s="13" t="s">
-        <v>57</v>
+        <v>245</v>
       </c>
       <c r="F173" s="11">
-        <v>14810</v>
+        <v>14740</v>
       </c>
       <c r="G173" s="13" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="H173" s="14">
-        <v>45015</v>
+        <v>44999</v>
       </c>
       <c r="I173" s="15">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:I2"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="1.7716535433070868" bottom="1.3779527559055118" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="50" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Fett"&amp;12
 &amp;K243478Libri GmbH&amp;"-,Standard"&amp;11
 &amp;12Hamburg • Bad Hersfeld&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;10&amp;K243478Libri GmbH • Friedensallee 273 • 22763 Hamburg • AG Hamburg HRB 65430
 Geschäftsführung: Alyna Wnukowsky (Sprecherin), Ulrich Vollmer
 Aufsichtsratsvorsitzender: Dr. Markus Conrad&amp;R&amp;K243478&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
@@ -6788,110 +6792,110 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="504620ad-4a5b-4e98-91c4-34164cb416e2" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c7883763-1633-4a33-844b-a4f27752bb33">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
-</file>
-[...7 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F48E8238-8233-4AA5-A554-3B582D5F89B0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996B258D-5A6A-4734-BF2E-505977B0BDE3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC4D9CF9-E2A7-47E5-9512-037AD31ADBFF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="c9f90cda-9d81-4aea-911d-f949aaf4de02"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" enabled="0" method="" siteId="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>