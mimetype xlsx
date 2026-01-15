--- v1 (2025-10-31)
+++ v2 (2026-01-15)
@@ -1,855 +1,725 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestseller\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestseller\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3CA8CBA0-E43D-4417-9A40-929E381CDA15}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2E5C0B4B-71D8-4C3C-A5A4-85FE698CA918}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
   </bookViews>
   <sheets>
     <sheet name="TopInternational" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">TopInternational!$B$159:$I$173</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">TopInternational!$A$1:$I$173</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">TopInternational!$B$128:$I$142</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">TopInternational!$A$1:$I$142</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">TopInternational!$3:$3</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="510" uniqueCount="254">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="419" uniqueCount="211">
   <si>
     <t>Ranking</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Libri-No.</t>
   </si>
   <si>
     <t>Author: Title</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Product Classification</t>
   </si>
   <si>
     <t>Product Classification Text</t>
   </si>
   <si>
     <t>First in</t>
   </si>
   <si>
     <t>RRP</t>
   </si>
   <si>
     <t>French</t>
   </si>
   <si>
     <t>Saint-Exupery, A: Petit Prince</t>
   </si>
   <si>
     <t>Gallimard</t>
   </si>
   <si>
     <t>Fairy-tales/Legends</t>
   </si>
   <si>
     <t>Camus, A: L'etranger</t>
   </si>
   <si>
     <t>Fiction</t>
   </si>
   <si>
     <t>Cartoons/Comics</t>
   </si>
   <si>
-    <t>Ernaux, A: La Place</t>
-[...1 lines deleted...]
-  <si>
     <t>Rowling, J: Harry Potter 1 / école des sorciers</t>
   </si>
   <si>
     <t>Childrens Books/Fiction</t>
   </si>
   <si>
     <t>Sagan, F: Bonjour tristesse</t>
   </si>
   <si>
     <t>Pocket</t>
   </si>
   <si>
     <t>Hachette</t>
   </si>
   <si>
-    <t>Carle, E: La chenille qui fait des trous</t>
-[...4 lines deleted...]
-  <si>
     <t>interforum editis</t>
   </si>
   <si>
     <t>Slimani, L: pays des autres</t>
   </si>
   <si>
     <t>Crime Stories</t>
   </si>
   <si>
     <t>Spanish</t>
   </si>
   <si>
     <t>Allende, I: Violeta</t>
   </si>
   <si>
     <t>DEBOLSILLO</t>
   </si>
   <si>
     <t>Saint-Exupéry, A: Principito</t>
   </si>
   <si>
     <t>SALAMANDRA</t>
   </si>
   <si>
     <t>Garcia Marquez, G: Cien anos</t>
   </si>
   <si>
     <t>Booket</t>
   </si>
   <si>
     <t>Ruiz Zafón, C: Sombra del Viento</t>
   </si>
   <si>
     <t>Ediciones B</t>
   </si>
   <si>
     <t>Garcia Marquez, G: Muerte anunciada</t>
   </si>
   <si>
     <t>Esoteric/Anthroposophy</t>
   </si>
   <si>
     <t>Coelho, P: El Alquimista</t>
   </si>
   <si>
     <t>Esquivel, L: Como agua para chocolate</t>
   </si>
   <si>
-    <t>Italian</t>
-[...25 lines deleted...]
-  <si>
     <t>Turkish</t>
   </si>
   <si>
     <t>Destek Yayinevi</t>
   </si>
   <si>
     <t>Humanities</t>
   </si>
   <si>
     <t>Müptela Yayinevi</t>
   </si>
   <si>
     <t>Guidebooks/Self-help</t>
   </si>
   <si>
     <t>Indigo Kitap</t>
   </si>
   <si>
     <t>Russian</t>
   </si>
   <si>
     <t>Lyrics/Poetry/Essays/Speeches</t>
   </si>
   <si>
     <t>Berest, A: Carte postale</t>
   </si>
   <si>
     <t>Allende, I: Viento conoce mi nombre</t>
   </si>
   <si>
     <t>Allende, I: Ciudad de las Bestias</t>
   </si>
   <si>
-    <t>Salani Editore S.p.A.</t>
-[...1 lines deleted...]
-  <si>
     <t>J'ai Lu</t>
   </si>
   <si>
     <t>Colombani, L: Tresse</t>
   </si>
   <si>
     <t>Ediciones SM</t>
   </si>
   <si>
-    <t>Lahiri, J: In altre parole</t>
-[...10 lines deleted...]
-  <si>
     <t>Hayy Kitap</t>
   </si>
   <si>
-    <t>Tolstoj, L: Anna Karenina</t>
-[...1 lines deleted...]
-  <si>
     <t>Cooking/Food/Drink</t>
   </si>
   <si>
     <t>Oerberg, H: Lingua latina per se illustrata: familia romana</t>
   </si>
   <si>
     <t>Celesa</t>
   </si>
   <si>
     <t>Literary Studies</t>
   </si>
   <si>
     <t>Sempe, J: petit Nicolas</t>
   </si>
   <si>
     <t>Salvat Editores</t>
   </si>
   <si>
-    <t>Vargas Llosa, M: Dedico mi silencio</t>
-[...10 lines deleted...]
-  <si>
     <t>Faye, G: Petit pays</t>
   </si>
   <si>
     <t>Ron, M: Culpa mía</t>
   </si>
   <si>
     <t>Ruiz, M: cuatro Acuerdos</t>
   </si>
   <si>
     <t>Ediciones Urano</t>
   </si>
   <si>
     <t>Esen, D: Bir Kürt Sevdim</t>
   </si>
   <si>
     <t>Saint-Exupéry, A: Malenkij prinz</t>
   </si>
   <si>
-    <t>Carr?re: L adversaire</t>
-[...1 lines deleted...]
-  <si>
     <t>Allende, I : Casa de los espiritus</t>
   </si>
   <si>
     <t>Garcia Marquez, G: Tiempos del colera</t>
   </si>
   <si>
     <t>Asterix Span. 14 Hispania</t>
   </si>
   <si>
-    <t>Sciascia, L: Giorno della civetta</t>
-[...10 lines deleted...]
-  <si>
     <t>Asterix Franz./gaulois/SA</t>
   </si>
   <si>
     <t>Chacour, E: Ce que je sais de toi</t>
   </si>
   <si>
     <t>Camus, A: Mythe de Sisyphe</t>
   </si>
   <si>
     <t>Philosophy</t>
   </si>
   <si>
     <t>Bucay, J: Dejame que te cuente</t>
   </si>
   <si>
-    <t>Ginzburg, N: Lessico famigliare</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Aktas, M: Kalbi Iyi Olanin Yolu Zordur - Yükü agir olur iyi </t>
   </si>
   <si>
-    <t>Ammaniti, N: Io non ho paura</t>
-[...1 lines deleted...]
-  <si>
     <t>Gramática de uso del espa?ol: Teoría y práctica A1-B2</t>
   </si>
   <si>
     <t>Schoolbooks/Adult Education</t>
   </si>
   <si>
-    <t>Gürlek, E: Cay Koy Yeniden Basliyoruz</t>
-[...1 lines deleted...]
-  <si>
     <t>Modiano, P: Danseuse</t>
   </si>
   <si>
-    <t>Dicker, J: Tr?s Catastrophique Visite du Zoo</t>
-[...1 lines deleted...]
-  <si>
     <t>Camus, A: Peste</t>
   </si>
   <si>
     <t>Flaubert, G: Madame Bovary</t>
   </si>
   <si>
-    <t>Leblanc, M: Ars?ne Lupin 1/Gentleman-Cambrioleur</t>
-[...1 lines deleted...]
-  <si>
     <t>Rowling, J: Harry Potter 1/piedra</t>
   </si>
   <si>
     <t>Vargas Llosa, M: Ciudad y los perros</t>
   </si>
   <si>
-    <t>Bola?o, R: 2666</t>
-[...4 lines deleted...]
-  <si>
     <t>PLANETA</t>
   </si>
   <si>
-    <t>Calvino, I: Citta' invisibili</t>
-[...7 lines deleted...]
-  <si>
     <t>Childrens Books</t>
   </si>
   <si>
-    <t>Ergin, S: Canli Yasa</t>
-[...1 lines deleted...]
-  <si>
     <t>Foenkinos, D: vie heureuse</t>
   </si>
   <si>
     <t>Andrea, J: Veiller sur elle</t>
   </si>
   <si>
     <t>Schlesser, T: Yeux de Mona</t>
   </si>
   <si>
-    <t>Daas, F: Petite derni?re</t>
-[...4 lines deleted...]
-  <si>
     <t>McFadden, F: Femme de ménage</t>
   </si>
   <si>
-    <t>Besson, P: Soir d'été</t>
-[...1 lines deleted...]
-  <si>
     <t>Espinosa, A: Que te dire cuando te vuelva a ver</t>
   </si>
   <si>
     <t>Ruiz Zafon, C: Principe de la niebla</t>
   </si>
   <si>
     <t>Literatura Random House</t>
   </si>
   <si>
-    <t>Edilingua Edizioni</t>
-[...22 lines deleted...]
-  <si>
     <t>Mengüc, H: Her Karsilasma Bir Mesajdir</t>
   </si>
   <si>
     <t>Rafaella: Bebekler Icin Uykudan Önce Öyküler</t>
   </si>
   <si>
     <t>1001 Cicek Kitaplar</t>
   </si>
   <si>
     <t>Saint-Exupery, A: Kücük Prens</t>
   </si>
   <si>
     <t>Can Yayinlari</t>
   </si>
   <si>
     <t>Childrens Books/Baby and Preschool/Fiction</t>
   </si>
   <si>
-    <t>Müthis Psikoloji: Seni Yoran Her Seyi Birak</t>
-[...1 lines deleted...]
-  <si>
     <t>Chukovskij, K: Ajbolit. Kniga-panoramka</t>
   </si>
   <si>
     <t>Kawamura, G: Esli vse koshki v mire ischeznut</t>
   </si>
   <si>
     <t>Bussi, M: Assassins de l'aube</t>
   </si>
   <si>
-    <t>Norek, O: Guerriers de l'hiver</t>
-[...1 lines deleted...]
-  <si>
     <t>Hoover, C: Regretting you</t>
   </si>
   <si>
-    <t>Da Empoli, G: L'heure des prédateurs</t>
-[...1 lines deleted...]
-  <si>
     <t>Empoli, G: Mage du Kremlin</t>
   </si>
   <si>
     <t>Ernaux, A: Les années</t>
   </si>
   <si>
     <t>Garcia Marquez, G: En Agosto nos vemos</t>
   </si>
   <si>
-    <t>ALFAGUARA</t>
-[...4 lines deleted...]
-  <si>
     <t>Rivera, A: Nina del sombrero azul</t>
   </si>
   <si>
     <t>Cortázar, J: Rayuela</t>
   </si>
   <si>
     <t>TUSQUETS</t>
   </si>
   <si>
     <t>Esclapez, M: Mujeres que arden</t>
   </si>
   <si>
     <t>Borges; J: Ficciones</t>
   </si>
   <si>
     <t>Cercas, J: Loco de Dios en el fin del mundo</t>
   </si>
   <si>
-    <t>Levi, P: Se questo ? un uomo</t>
-[...13 lines deleted...]
-  <si>
     <t>Yeni Boyut Yayinlari</t>
   </si>
   <si>
     <t>Theology/Religion</t>
   </si>
   <si>
-    <t>Zhukova, N: Propisi. Komplekt iz 3-h chastej</t>
-[...7 lines deleted...]
-  <si>
     <t>Puschkin, A: Skazki</t>
   </si>
   <si>
     <t>Childrens Books/Fairy Tales</t>
   </si>
   <si>
-    <t>International Top-Titles November/December 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Goscinny, R: Astérix - Astérix en Lusitanie - n°41</t>
   </si>
   <si>
     <t>McFadden, F: Femme de ménage voit tout</t>
   </si>
   <si>
     <t>Faye, G: Jacaranda</t>
   </si>
   <si>
-    <t>Beuglet, N: L'ultime avertissement</t>
-[...4 lines deleted...]
-  <si>
     <t>Sodis(Folio,L Imaginaire)</t>
   </si>
   <si>
     <t>Guide Hachette des vins 2026</t>
   </si>
   <si>
-    <t>Herge: Tintin/Ile noire</t>
-[...7 lines deleted...]
-  <si>
     <t>Childrens Books/Learning/Games</t>
   </si>
   <si>
-    <t>Coben, H: Méfie-toi</t>
-[...7 lines deleted...]
-  <si>
     <t>Hassaine, L: Panorama</t>
   </si>
   <si>
-    <t>Collins, S: Hunger Games 1/Französ.</t>
-[...7 lines deleted...]
-  <si>
     <t>Goscinny, R: Astérix  40 -  L'Iris Blanc</t>
   </si>
   <si>
     <t>Les editions Albert René</t>
   </si>
   <si>
-    <t>Camus, A: Chute</t>
-[...22 lines deleted...]
-  <si>
     <t>Allende, I: Mujeres del alma mia</t>
   </si>
   <si>
     <t>Montero, C: Desorden que dejas</t>
   </si>
   <si>
-    <t>Padura, L: Adiós, Hemingway</t>
-[...13 lines deleted...]
-  <si>
     <t>Garcia Marquez, G: Coronel</t>
   </si>
   <si>
     <t>Vargas Llosa, M: Travesuras de la ni?a mala</t>
   </si>
   <si>
     <t>Cercas, J: Soldados de Salamina</t>
   </si>
   <si>
-    <t>Cortázar, J: Bestiario</t>
-[...7 lines deleted...]
-  <si>
     <t>Cabrillana, L: Maestra gitana</t>
   </si>
   <si>
-    <t>García Lorca, F: Casa de Bernarda Alba</t>
-[...1 lines deleted...]
-  <si>
     <t>Marquez, G: Doce Cuentos Peregrinos</t>
   </si>
   <si>
-    <t>Rowling Jk: HARRY POTTER E L ORDINE DELLA FENICE VOL</t>
-[...40 lines deleted...]
-  <si>
     <t>Yolyapan, R: Anadolu Sifacilgi</t>
   </si>
   <si>
     <t>Kabadayi, Z: Seni Affetmiyorum</t>
   </si>
   <si>
     <t>Yildiz, M: Allah Sevdigine Dert Verir</t>
   </si>
   <si>
     <t>Timas Yayinlari</t>
   </si>
   <si>
     <t>Suruc, S: Kainatin Efendisi Peygamberimizin Hayati</t>
   </si>
   <si>
     <t>Nesil Yayinlari</t>
   </si>
   <si>
-    <t>Kabadayi, Z: Kirdigin Yerden Kiril</t>
-[...4 lines deleted...]
-  <si>
     <t>Süleyman El-Cezuli, M: Aciklamali Delailü'l Hayrat</t>
   </si>
   <si>
     <t>tikla24.de BS</t>
   </si>
   <si>
-    <t>Carle, E: Ac Tirtil</t>
-[...4 lines deleted...]
-  <si>
     <t>KNIZHNIK Internationale</t>
   </si>
   <si>
-    <t>Clear, J: Atomnye privychki. Kak priobresti horoshie privych</t>
-[...1 lines deleted...]
-  <si>
     <t>Psychology</t>
   </si>
   <si>
     <t>Uspenskij, E: Cheburashka, Krokodil Gena, Shapokljak</t>
   </si>
   <si>
     <t>Chukovskij, K: 50 ljubimyh malen'kih skazok</t>
   </si>
   <si>
-    <t>Zhukova, N: Uroki chistopisanija i gramotnosti</t>
-[...1 lines deleted...]
-  <si>
     <t>Bulgakow, M: Master i Margarita</t>
   </si>
   <si>
-    <t>Dostojewski, F: Unizhennye i oskorblennye</t>
-[...1 lines deleted...]
-  <si>
     <t>Wells, M: Taro Ujejta. Bol'shaja kniga simvolov</t>
+  </si>
+  <si>
+    <t>International Top-Titles January/February 2026</t>
+  </si>
+  <si>
+    <t>Mauvignier, L: La maison vide</t>
+  </si>
+  <si>
+    <t>Minuit</t>
+  </si>
+  <si>
+    <t>Gary, R: Vie devant soi</t>
+  </si>
+  <si>
+    <t>Levy, M: Librairie des livres interdits</t>
+  </si>
+  <si>
+    <t>Appanah, N : La nuit au coeur</t>
+  </si>
+  <si>
+    <t>Daoud, K: Houris</t>
+  </si>
+  <si>
+    <t>DaCosta, M: Tout le bleu du ciel</t>
+  </si>
+  <si>
+    <t>Verne, J: Tour du monde</t>
+  </si>
+  <si>
+    <t>Perrin, V: Changer l'eau des fleurs</t>
+  </si>
+  <si>
+    <t>Sempé, J: Le Petit Nicolas c'est Noel</t>
+  </si>
+  <si>
+    <t>Brown, D: Secret des secrets</t>
+  </si>
+  <si>
+    <t>Jean Claude Latt?s Ed.</t>
+  </si>
+  <si>
+    <t>Mackesy, C: enfant, la taupe, le renard et le cheval</t>
+  </si>
+  <si>
+    <t>Les Arenes Editions</t>
+  </si>
+  <si>
+    <t>Slimani, L: Chanson douce</t>
+  </si>
+  <si>
+    <t>Clermont-Tonnerre, A: Je voulais vivre</t>
+  </si>
+  <si>
+    <t>Grasset</t>
+  </si>
+  <si>
+    <t>Schmitt, E: Monsieur Ibrahim et les fleurs du Coran</t>
+  </si>
+  <si>
+    <t>Slimani, L: J'emporterai le feu</t>
+  </si>
+  <si>
+    <t>Goscinny, R:Asterix 6/Cleopatre</t>
+  </si>
+  <si>
+    <t>Benavent, E: Toda la verdad de mis mentiras</t>
+  </si>
+  <si>
+    <t>Val, J: Vera Una historia de amor</t>
+  </si>
+  <si>
+    <t>Chic, C: Aunque llueva en primavera</t>
+  </si>
+  <si>
+    <t>Juan Carlos I.: Reconciliacion</t>
+  </si>
+  <si>
+    <t>History</t>
+  </si>
+  <si>
+    <t>Llenas, A: Monstruo de colores</t>
+  </si>
+  <si>
+    <t>Childrens B./Baby or Preschool/Non-Fiction</t>
+  </si>
+  <si>
+    <t>Aramburu, F: Patria</t>
+  </si>
+  <si>
+    <t>Benavent, E: Esnob</t>
+  </si>
+  <si>
+    <t>Allende, I: Largo petalo de mar</t>
+  </si>
+  <si>
+    <t>Rulfo, J: Pedro Paramo</t>
+  </si>
+  <si>
+    <t>CATEDRA</t>
+  </si>
+  <si>
+    <t>Santiago, M: Chica del lago</t>
+  </si>
+  <si>
+    <t>Santiago, M: Hijo olvidado</t>
+  </si>
+  <si>
+    <t>Castillo, J: Cuco de cristal</t>
+  </si>
+  <si>
+    <t>Borges, J: El Aleph</t>
+  </si>
+  <si>
+    <t>Jiménez, J: Platero y yo</t>
+  </si>
+  <si>
+    <t>Espasa-Calpe</t>
+  </si>
+  <si>
+    <t>Quino: Mafalda, las tiras</t>
+  </si>
+  <si>
+    <t>LUMEN</t>
+  </si>
+  <si>
+    <t>Benavent, E: En los zapatos de Valeria</t>
+  </si>
+  <si>
+    <t>Ali, S: Kürk Mantolu Madonna</t>
+  </si>
+  <si>
+    <t>Yapi Kredi Yayinlari</t>
+  </si>
+  <si>
+    <t>Budayicioglu, G: Kral Kaybederse</t>
+  </si>
+  <si>
+    <t>Dogan Kitap</t>
+  </si>
+  <si>
+    <t>Aurelius, M: Kendime Düsünceler</t>
+  </si>
+  <si>
+    <t>Türkiye Is Bankasi Kültür</t>
+  </si>
+  <si>
+    <t>Ibin, S: En Cok da Iyi Niyet Yorar Insani</t>
+  </si>
+  <si>
+    <t>Richards, C: Sevginin Gücü</t>
+  </si>
+  <si>
+    <t>Kur'an-i Kerim Meali</t>
+  </si>
+  <si>
+    <t>Gazali, I: Dua ve Zikir</t>
+  </si>
+  <si>
+    <t>Celik Yayinevi</t>
+  </si>
+  <si>
+    <t>Gazali, I: Nefs Terbiyesi ve Ahlaki Güzellestirme</t>
+  </si>
+  <si>
+    <t>Cesur, D: Gecmise Bay Bay Gelecege Hay Hay</t>
+  </si>
+  <si>
+    <t>Kronik Kitap</t>
+  </si>
+  <si>
+    <t>Kinsun: Kirildim Ama Iyilesiyorum</t>
+  </si>
+  <si>
+    <t>Pasternak, B: Doktor Zivago</t>
+  </si>
+  <si>
+    <t>Strelecky, J: Kafe na kraju zemli</t>
+  </si>
+  <si>
+    <t>Rowling: Harry Potter 1/russisch</t>
+  </si>
+  <si>
+    <t>Zeland, V: Transerfing real'nosti (I) Prostranstvo variantov</t>
+  </si>
+  <si>
+    <t>Zhukova, O: Azbuka s krupnymi bukvami dlja malyshej</t>
+  </si>
+  <si>
+    <t>Frankl, V: Skazat' zhizni "Da!". Psiholog v konclagere</t>
+  </si>
+  <si>
+    <t>Stahl, S: Rebenok v tebe dolzhen obresti dom. Vernut'sja v d</t>
+  </si>
+  <si>
+    <t>Carrère: L adversaire</t>
+  </si>
+  <si>
+    <t>Carrère, E: Kolkhoze</t>
+  </si>
+  <si>
+    <t>Leblanc, M: Arsène Lupin 1/Gentleman-Cambrioleur</t>
+  </si>
+  <si>
+    <t>Daas, F: Petite dernière</t>
+  </si>
+  <si>
+    <t>Dicker, J: Très Catastrophique Visite du Zoo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1595,70 +1465,70 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D61CB4B-7791-4ED0-AE80-E77BE2D65B28}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I173"/>
+  <dimension ref="A1:I142"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A146" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D181" sqref="D181"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D39" sqref="D39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.28515625" style="3" customWidth="1"/>
     <col min="2" max="2" width="14" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.28515625" style="8" customWidth="1"/>
     <col min="4" max="4" width="55.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="22.42578125" style="3" customWidth="1"/>
     <col min="6" max="6" width="14.140625" customWidth="1"/>
     <col min="7" max="7" width="28.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="33" customFormat="1" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="36" t="s">
-        <v>174</v>
+        <v>142</v>
       </c>
       <c r="B1" s="36"/>
       <c r="C1" s="36"/>
       <c r="D1" s="36"/>
       <c r="E1" s="36"/>
       <c r="F1" s="36"/>
       <c r="G1" s="36"/>
       <c r="H1" s="36"/>
       <c r="I1" s="36"/>
     </row>
     <row r="2" spans="1:9" s="33" customFormat="1" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="36"/>
       <c r="B2" s="36"/>
       <c r="C2" s="36"/>
       <c r="D2" s="36"/>
       <c r="E2" s="36"/>
       <c r="F2" s="36"/>
       <c r="G2" s="36"/>
       <c r="H2" s="36"/>
       <c r="I2" s="36"/>
     </row>
     <row r="3" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
@@ -1689,4874 +1559,3991 @@
     </row>
     <row r="4" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="29" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="29"/>
       <c r="C4" s="30"/>
       <c r="D4" s="31"/>
       <c r="E4" s="29"/>
       <c r="F4" s="29"/>
       <c r="G4" s="29"/>
       <c r="H4" s="29"/>
       <c r="I4" s="29"/>
     </row>
     <row r="5" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="10">
         <v>1</v>
       </c>
       <c r="B5" s="10">
         <v>9782017253709</v>
       </c>
       <c r="C5" s="11">
         <v>3167662</v>
       </c>
       <c r="D5" s="12" t="s">
-        <v>175</v>
+        <v>112</v>
       </c>
       <c r="E5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F5" s="11">
         <v>21800</v>
       </c>
       <c r="G5" s="13" t="s">
         <v>15</v>
       </c>
       <c r="H5" s="14">
         <v>45955</v>
       </c>
       <c r="I5" s="34">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="16">
         <v>2</v>
       </c>
       <c r="B6" s="16">
-        <v>9782070416219</v>
+        <v>9782707356741</v>
       </c>
       <c r="C6" s="17">
-        <v>5734169</v>
+        <v>3181117</v>
       </c>
       <c r="D6" s="18" t="s">
-        <v>86</v>
+        <v>143</v>
       </c>
       <c r="E6" s="19" t="s">
-        <v>11</v>
+        <v>144</v>
       </c>
       <c r="F6" s="17">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G6" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H6" s="20">
-        <v>37029</v>
+        <v>45897</v>
       </c>
       <c r="I6" s="35">
-        <v>11.5</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="10">
         <v>3</v>
       </c>
       <c r="B7" s="10">
-        <v>9782290415634</v>
+        <v>9782070408504</v>
       </c>
       <c r="C7" s="11">
-        <v>3167722</v>
+        <v>4012968</v>
       </c>
       <c r="D7" s="12" t="s">
-        <v>176</v>
+        <v>10</v>
       </c>
       <c r="E7" s="13" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="F7" s="11">
-        <v>21200</v>
+        <v>21400</v>
       </c>
       <c r="G7" s="13" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="H7" s="14">
-        <v>45936</v>
+        <v>38114</v>
       </c>
       <c r="I7" s="34">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="16">
         <v>4</v>
       </c>
       <c r="B8" s="16">
-        <v>9782070408504</v>
+        <v>9782070360420</v>
       </c>
       <c r="C8" s="17">
-        <v>4012968</v>
+        <v>5071798</v>
       </c>
       <c r="D8" s="18" t="s">
-        <v>10</v>
+        <v>76</v>
       </c>
       <c r="E8" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="17">
-        <v>21400</v>
+        <v>21110</v>
       </c>
       <c r="G8" s="19" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="H8" s="20">
-        <v>38114</v>
+        <v>36861</v>
       </c>
       <c r="I8" s="35">
-        <v>11</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="10">
         <v>5</v>
       </c>
       <c r="B9" s="10">
-        <v>9782755664317</v>
+        <v>9782070416219</v>
       </c>
       <c r="C9" s="11">
-        <v>2939708</v>
+        <v>5734169</v>
       </c>
       <c r="D9" s="12" t="s">
-        <v>149</v>
+        <v>206</v>
       </c>
       <c r="E9" s="13" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F9" s="11">
         <v>21110</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="14">
-        <v>44966</v>
+        <v>37029</v>
       </c>
       <c r="I9" s="34">
-        <v>13</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="16">
         <v>6</v>
       </c>
       <c r="B10" s="16">
-        <v>9782253252030</v>
+        <v>9782070360024</v>
       </c>
       <c r="C10" s="17">
-        <v>3167673</v>
+        <v>5071763</v>
       </c>
       <c r="D10" s="18" t="s">
-        <v>177</v>
+        <v>13</v>
       </c>
       <c r="E10" s="19" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F10" s="17">
         <v>21110</v>
       </c>
       <c r="G10" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H10" s="20">
-        <v>45930</v>
+        <v>36871</v>
       </c>
       <c r="I10" s="35">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="10">
         <v>7</v>
       </c>
       <c r="B11" s="10">
-        <v>9782253906568</v>
+        <v>9782070373628</v>
       </c>
       <c r="C11" s="11">
-        <v>9380175</v>
+        <v>8753814</v>
       </c>
       <c r="D11" s="12" t="s">
-        <v>62</v>
+        <v>145</v>
       </c>
       <c r="E11" s="13" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F11" s="11">
         <v>21110</v>
       </c>
       <c r="G11" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H11" s="14">
-        <v>43256</v>
+        <v>38736</v>
       </c>
       <c r="I11" s="34">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="16">
         <v>8</v>
       </c>
       <c r="B12" s="16">
-        <v>9782070360024</v>
+        <v>9782075187541</v>
       </c>
       <c r="C12" s="17">
-        <v>5071763</v>
+        <v>2988351</v>
       </c>
       <c r="D12" s="18" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E12" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="17">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="G12" s="19" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H12" s="20">
-        <v>36871</v>
+        <v>45119</v>
       </c>
       <c r="I12" s="35">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="10">
         <v>9</v>
       </c>
       <c r="B13" s="10">
-        <v>9782253080084</v>
+        <v>9782266325325</v>
       </c>
       <c r="C13" s="11">
-        <v>2778247</v>
+        <v>3167648</v>
       </c>
       <c r="D13" s="12" t="s">
-        <v>123</v>
+        <v>146</v>
       </c>
       <c r="E13" s="13" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F13" s="11">
         <v>21110</v>
       </c>
       <c r="G13" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H13" s="14">
-        <v>44447</v>
+        <v>45975</v>
       </c>
       <c r="I13" s="34">
-        <v>12.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="16">
         <v>10</v>
       </c>
       <c r="B14" s="16">
-        <v>9782070360420</v>
+        <v>9782818061985</v>
       </c>
       <c r="C14" s="17">
-        <v>5071798</v>
+        <v>3181116</v>
       </c>
       <c r="D14" s="18" t="s">
-        <v>107</v>
+        <v>207</v>
       </c>
       <c r="E14" s="19" t="s">
-        <v>11</v>
+        <v>115</v>
       </c>
       <c r="F14" s="17">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G14" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H14" s="20">
-        <v>36861</v>
+        <v>45897</v>
       </c>
       <c r="I14" s="35">
-        <v>12.5</v>
+        <v>35.5</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="10">
         <v>11</v>
       </c>
       <c r="B15" s="10">
-        <v>9782075187541</v>
+        <v>9782290391174</v>
       </c>
       <c r="C15" s="11">
-        <v>2988351</v>
+        <v>3168269</v>
       </c>
       <c r="D15" s="12" t="s">
-        <v>17</v>
+        <v>85</v>
       </c>
       <c r="E15" s="13" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="F15" s="11">
-        <v>22500</v>
+        <v>21200</v>
       </c>
       <c r="G15" s="13" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="H15" s="14">
-        <v>45119</v>
+        <v>45775</v>
       </c>
       <c r="I15" s="34">
-        <v>13</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="16">
         <v>12</v>
       </c>
       <c r="B16" s="16">
-        <v>9782266352833</v>
+        <v>9782253252030</v>
       </c>
       <c r="C16" s="17">
-        <v>3167643</v>
+        <v>3167673</v>
       </c>
       <c r="D16" s="18" t="s">
-        <v>178</v>
+        <v>114</v>
       </c>
       <c r="E16" s="19" t="s">
         <v>20</v>
       </c>
       <c r="F16" s="17">
-        <v>21200</v>
+        <v>21110</v>
       </c>
       <c r="G16" s="19" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H16" s="20">
-        <v>45925</v>
+        <v>45930</v>
       </c>
       <c r="I16" s="35">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="10">
         <v>13</v>
       </c>
       <c r="B17" s="10">
-        <v>9782253907947</v>
+        <v>9782377359493</v>
       </c>
       <c r="C17" s="11">
-        <v>3155079</v>
+        <v>2473548</v>
       </c>
       <c r="D17" s="12" t="s">
-        <v>122</v>
+        <v>208</v>
       </c>
       <c r="E17" s="13" t="s">
         <v>21</v>
       </c>
       <c r="F17" s="11">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="G17" s="13" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="H17" s="14">
-        <v>45793</v>
+        <v>44301</v>
       </c>
       <c r="I17" s="34">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="16">
         <v>14</v>
       </c>
       <c r="B18" s="16">
-        <v>9782818061985</v>
+        <v>9782253080084</v>
       </c>
       <c r="C18" s="17">
-        <v>3181116</v>
+        <v>2778247</v>
       </c>
       <c r="D18" s="18" t="s">
-        <v>179</v>
+        <v>209</v>
       </c>
       <c r="E18" s="19" t="s">
-        <v>180</v>
+        <v>20</v>
       </c>
       <c r="F18" s="17">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G18" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H18" s="20">
-        <v>45897</v>
+        <v>44447</v>
       </c>
       <c r="I18" s="35">
-        <v>35.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="10">
         <v>15</v>
       </c>
       <c r="B19" s="10">
-        <v>9782493909930</v>
+        <v>9782253907947</v>
       </c>
       <c r="C19" s="11">
-        <v>3168497</v>
+        <v>3155079</v>
       </c>
       <c r="D19" s="12" t="s">
-        <v>121</v>
+        <v>84</v>
       </c>
       <c r="E19" s="13" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F19" s="11">
         <v>21110</v>
       </c>
       <c r="G19" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H19" s="14">
-        <v>45790</v>
+        <v>45793</v>
       </c>
       <c r="I19" s="34">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="16">
         <v>16</v>
       </c>
       <c r="B20" s="16">
-        <v>9782073096203</v>
+        <v>9782266344258</v>
       </c>
       <c r="C20" s="17">
-        <v>3115868</v>
+        <v>3072407</v>
       </c>
       <c r="D20" s="18" t="s">
-        <v>120</v>
+        <v>18</v>
       </c>
       <c r="E20" s="19" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="F20" s="17">
         <v>21110</v>
       </c>
       <c r="G20" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H20" s="20">
-        <v>45782</v>
+        <v>45409</v>
       </c>
       <c r="I20" s="35">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="10">
         <v>17</v>
       </c>
       <c r="B21" s="10">
-        <v>9782253070443</v>
+        <v>9782290415634</v>
       </c>
       <c r="C21" s="11">
-        <v>4724704</v>
+        <v>3167722</v>
       </c>
       <c r="D21" s="12" t="s">
-        <v>80</v>
+        <v>113</v>
       </c>
       <c r="E21" s="13" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="F21" s="11">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="G21" s="13" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="H21" s="14">
-        <v>42982</v>
+        <v>45936</v>
       </c>
       <c r="I21" s="34">
-        <v>12.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="16">
         <v>18</v>
       </c>
       <c r="B22" s="16">
-        <v>9782017315414</v>
+        <v>9782072923470</v>
       </c>
       <c r="C22" s="17">
-        <v>3186386</v>
+        <v>2190511</v>
       </c>
       <c r="D22" s="18" t="s">
-        <v>181</v>
+        <v>22</v>
       </c>
       <c r="E22" s="19" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F22" s="17">
-        <v>14580</v>
+        <v>21110</v>
       </c>
       <c r="G22" s="19" t="s">
-        <v>70</v>
+        <v>14</v>
       </c>
       <c r="H22" s="20">
-        <v>45899</v>
+        <v>44335</v>
       </c>
       <c r="I22" s="35">
-        <v>52.5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="10">
         <v>19</v>
       </c>
       <c r="B23" s="10">
-        <v>9782266344258</v>
+        <v>9782012101333</v>
       </c>
       <c r="C23" s="11">
-        <v>3072407</v>
+        <v>4571860</v>
       </c>
       <c r="D23" s="12" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="E23" s="13" t="s">
         <v>20</v>
       </c>
       <c r="F23" s="11">
-        <v>21110</v>
+        <v>21800</v>
       </c>
       <c r="G23" s="13" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H23" s="14">
-        <v>45409</v>
+        <v>38166</v>
       </c>
       <c r="I23" s="34">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="16">
         <v>20</v>
       </c>
       <c r="B24" s="16">
-        <v>9782070402472</v>
+        <v>9782073080028</v>
       </c>
       <c r="C24" s="17">
-        <v>6378498</v>
+        <v>3181072</v>
       </c>
       <c r="D24" s="18" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="E24" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="17">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G24" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H24" s="20">
-        <v>40200</v>
+        <v>45889</v>
       </c>
       <c r="I24" s="35">
-        <v>13</v>
+        <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="10">
         <v>21</v>
       </c>
       <c r="B25" s="10">
-        <v>9782203001831</v>
+        <v>9782070322886</v>
       </c>
       <c r="C25" s="11">
-        <v>8556881</v>
+        <v>8697256</v>
       </c>
       <c r="D25" s="12" t="s">
-        <v>182</v>
+        <v>69</v>
       </c>
       <c r="E25" s="13" t="s">
-        <v>183</v>
+        <v>11</v>
       </c>
       <c r="F25" s="11">
-        <v>11800</v>
+        <v>15270</v>
       </c>
       <c r="G25" s="13" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="H25" s="14">
-        <v>39393</v>
+        <v>38511</v>
       </c>
       <c r="I25" s="34">
-        <v>12.5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="16">
         <v>22</v>
       </c>
       <c r="B26" s="16">
-        <v>9782072923470</v>
+        <v>9782070364237</v>
       </c>
       <c r="C26" s="17">
-        <v>2190511</v>
+        <v>5224292</v>
       </c>
       <c r="D26" s="18" t="s">
-        <v>25</v>
+        <v>56</v>
       </c>
       <c r="E26" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="17">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="G26" s="19" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H26" s="20">
-        <v>44335</v>
+        <v>36825</v>
       </c>
       <c r="I26" s="35">
-        <v>14</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="10">
         <v>23</v>
       </c>
       <c r="B27" s="10">
-        <v>9782266353267</v>
+        <v>9782493909930</v>
       </c>
       <c r="C27" s="11">
-        <v>3167644</v>
+        <v>3168497</v>
       </c>
       <c r="D27" s="12" t="s">
-        <v>147</v>
+        <v>83</v>
       </c>
       <c r="E27" s="13" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F27" s="11">
-        <v>21200</v>
+        <v>21110</v>
       </c>
       <c r="G27" s="13" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H27" s="14">
-        <v>45889</v>
+        <v>45790</v>
       </c>
       <c r="I27" s="34">
-        <v>13.5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="16">
         <v>24</v>
       </c>
       <c r="B28" s="16">
-        <v>9781474904155</v>
+        <v>9782889730742</v>
       </c>
       <c r="C28" s="17">
-        <v>4990030</v>
+        <v>3149937</v>
       </c>
       <c r="D28" s="18" t="s">
-        <v>184</v>
+        <v>210</v>
       </c>
       <c r="E28" s="19" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F28" s="17">
-        <v>12930</v>
+        <v>11110</v>
       </c>
       <c r="G28" s="19" t="s">
-        <v>185</v>
+        <v>14</v>
       </c>
       <c r="H28" s="20">
-        <v>42884</v>
+        <v>45729</v>
       </c>
       <c r="I28" s="35">
-        <v>10</v>
+        <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="10">
         <v>25</v>
       </c>
       <c r="B29" s="10">
-        <v>9782070377220</v>
+        <v>9782253937708</v>
       </c>
       <c r="C29" s="11">
-        <v>3425010</v>
+        <v>2866758</v>
       </c>
       <c r="D29" s="12" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="E29" s="13" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F29" s="11">
         <v>21110</v>
       </c>
       <c r="G29" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H29" s="14">
-        <v>38636</v>
+        <v>44811</v>
       </c>
       <c r="I29" s="34">
-        <v>9</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="16">
         <v>26</v>
       </c>
       <c r="B30" s="16">
-        <v>9782889730742</v>
+        <v>9782072999994</v>
       </c>
       <c r="C30" s="17">
-        <v>3149937</v>
+        <v>3073380</v>
       </c>
       <c r="D30" s="18" t="s">
-        <v>106</v>
+        <v>148</v>
       </c>
       <c r="E30" s="19" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="F30" s="17">
         <v>11110</v>
       </c>
       <c r="G30" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H30" s="20">
-        <v>45729</v>
+        <v>45513</v>
       </c>
       <c r="I30" s="35">
-        <v>28</v>
+        <v>34</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="10">
         <v>27</v>
       </c>
       <c r="B31" s="10">
-        <v>9782073003911</v>
+        <v>9782073096203</v>
       </c>
       <c r="C31" s="11">
-        <v>2917708</v>
+        <v>3115868</v>
       </c>
       <c r="D31" s="12" t="s">
-        <v>151</v>
+        <v>82</v>
       </c>
       <c r="E31" s="13" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="11">
         <v>21110</v>
       </c>
       <c r="G31" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H31" s="14">
-        <v>45295</v>
+        <v>45782</v>
       </c>
       <c r="I31" s="34">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="16">
         <v>28</v>
       </c>
       <c r="B32" s="16">
-        <v>9782290391174</v>
+        <v>9782017315414</v>
       </c>
       <c r="C32" s="17">
-        <v>3168269</v>
+        <v>3186386</v>
       </c>
       <c r="D32" s="18" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="E32" s="19" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F32" s="17">
-        <v>21200</v>
+        <v>14580</v>
       </c>
       <c r="G32" s="19" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="H32" s="20">
-        <v>45775</v>
+        <v>45899</v>
       </c>
       <c r="I32" s="35">
-        <v>13.5</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="10">
         <v>29</v>
       </c>
       <c r="B33" s="10">
-        <v>9782266350891</v>
+        <v>9782253934103</v>
       </c>
       <c r="C33" s="11">
-        <v>3167645</v>
+        <v>2661886</v>
       </c>
       <c r="D33" s="12" t="s">
-        <v>186</v>
+        <v>149</v>
       </c>
       <c r="E33" s="13" t="s">
         <v>20</v>
       </c>
       <c r="F33" s="11">
-        <v>21200</v>
+        <v>21110</v>
       </c>
       <c r="G33" s="13" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H33" s="14">
-        <v>45934</v>
+        <v>43906</v>
       </c>
       <c r="I33" s="34">
-        <v>13.5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="16">
         <v>30</v>
       </c>
       <c r="B34" s="16">
-        <v>9782073095381</v>
+        <v>9782014001334</v>
       </c>
       <c r="C34" s="17">
-        <v>3115832</v>
+        <v>2954637</v>
       </c>
       <c r="D34" s="18" t="s">
-        <v>105</v>
+        <v>119</v>
       </c>
       <c r="E34" s="19" t="s">
-        <v>11</v>
+        <v>120</v>
       </c>
       <c r="F34" s="17">
-        <v>21110</v>
+        <v>11800</v>
       </c>
       <c r="G34" s="19" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H34" s="20">
-        <v>45700</v>
+        <v>45223</v>
       </c>
       <c r="I34" s="35">
-        <v>11</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="10">
         <v>31</v>
       </c>
       <c r="B35" s="10">
-        <v>9782070364237</v>
+        <v>9782253012696</v>
       </c>
       <c r="C35" s="11">
-        <v>5224292</v>
+        <v>4964330</v>
       </c>
       <c r="D35" s="12" t="s">
-        <v>74</v>
+        <v>150</v>
       </c>
       <c r="E35" s="13" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F35" s="11">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G35" s="13" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H35" s="14">
-        <v>36825</v>
+        <v>36872</v>
       </c>
       <c r="I35" s="34">
-        <v>12.5</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="16">
         <v>32</v>
       </c>
       <c r="B36" s="16">
-        <v>9782871421740</v>
+        <v>9782073034809</v>
       </c>
       <c r="C36" s="17">
-        <v>3790509</v>
+        <v>3115829</v>
       </c>
       <c r="D36" s="18" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="E36" s="19" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="F36" s="17">
         <v>21110</v>
       </c>
       <c r="G36" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H36" s="20">
-        <v>38499</v>
+        <v>45660</v>
       </c>
       <c r="I36" s="35">
-        <v>7.5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="10">
         <v>33</v>
       </c>
       <c r="B37" s="10">
-        <v>9782266348690</v>
+        <v>9782073129246</v>
       </c>
       <c r="C37" s="11">
-        <v>3167651</v>
+        <v>2069856</v>
       </c>
       <c r="D37" s="12" t="s">
-        <v>187</v>
+        <v>100</v>
       </c>
       <c r="E37" s="13" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F37" s="11">
         <v>21110</v>
       </c>
       <c r="G37" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H37" s="14">
-        <v>45940</v>
+        <v>45990</v>
       </c>
       <c r="I37" s="34">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="16">
         <v>34</v>
       </c>
       <c r="B38" s="16">
-        <v>9782073034809</v>
+        <v>9782253238027</v>
       </c>
       <c r="C38" s="17">
-        <v>3115829</v>
+        <v>2055428</v>
       </c>
       <c r="D38" s="18" t="s">
-        <v>95</v>
+        <v>151</v>
       </c>
       <c r="E38" s="19" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F38" s="17">
         <v>21110</v>
       </c>
       <c r="G38" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H38" s="20">
-        <v>45660</v>
+        <v>43760</v>
       </c>
       <c r="I38" s="35">
-        <v>14</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="39" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="10">
         <v>35</v>
       </c>
       <c r="B39" s="10">
-        <v>9782253937708</v>
+        <v>9782070629480</v>
       </c>
       <c r="C39" s="11">
-        <v>2866758</v>
+        <v>2310716</v>
       </c>
       <c r="D39" s="12" t="s">
-        <v>57</v>
+        <v>152</v>
       </c>
       <c r="E39" s="13" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F39" s="11">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="G39" s="13" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H39" s="14">
-        <v>44811</v>
+        <v>40477</v>
       </c>
       <c r="I39" s="34">
-        <v>14.5</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="40" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="16">
         <v>36</v>
       </c>
       <c r="B40" s="16">
-        <v>9782073113207</v>
+        <v>9782253070443</v>
       </c>
       <c r="C40" s="17">
-        <v>3143062</v>
+        <v>4724704</v>
       </c>
       <c r="D40" s="18" t="s">
-        <v>150</v>
+        <v>58</v>
       </c>
       <c r="E40" s="19" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F40" s="17">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G40" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H40" s="20">
-        <v>45748</v>
+        <v>42982</v>
       </c>
       <c r="I40" s="35">
-        <v>28</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="41" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="10">
         <v>37</v>
       </c>
       <c r="B41" s="10">
-        <v>9782253241973</v>
+        <v>9782709668385</v>
       </c>
       <c r="C41" s="11">
-        <v>2990573</v>
+        <v>3184944</v>
       </c>
       <c r="D41" s="12" t="s">
-        <v>188</v>
+        <v>153</v>
       </c>
       <c r="E41" s="13" t="s">
-        <v>21</v>
+        <v>154</v>
       </c>
       <c r="F41" s="11">
-        <v>21110</v>
+        <v>11200</v>
       </c>
       <c r="G41" s="13" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="H41" s="14">
-        <v>45141</v>
+        <v>45904</v>
       </c>
       <c r="I41" s="34">
-        <v>14</v>
+        <v>39</v>
       </c>
     </row>
     <row r="42" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="16">
         <v>38</v>
       </c>
       <c r="B42" s="16">
-        <v>9782377359493</v>
+        <v>9791037501271</v>
       </c>
       <c r="C42" s="17">
-        <v>2473548</v>
+        <v>2370016</v>
       </c>
       <c r="D42" s="18" t="s">
-        <v>109</v>
+        <v>155</v>
       </c>
       <c r="E42" s="19" t="s">
-        <v>24</v>
+        <v>156</v>
       </c>
       <c r="F42" s="17">
-        <v>21200</v>
+        <v>12600</v>
       </c>
       <c r="G42" s="19" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="H42" s="20">
-        <v>44301</v>
+        <v>44233</v>
       </c>
       <c r="I42" s="35">
-        <v>13</v>
+        <v>27</v>
       </c>
     </row>
     <row r="43" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="10">
         <v>39</v>
       </c>
       <c r="B43" s="10">
-        <v>9782073095282</v>
+        <v>9782073003911</v>
       </c>
       <c r="C43" s="11">
-        <v>3115831</v>
+        <v>2917708</v>
       </c>
       <c r="D43" s="12" t="s">
-        <v>189</v>
+        <v>99</v>
       </c>
       <c r="E43" s="13" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="11">
         <v>21110</v>
       </c>
       <c r="G43" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H43" s="14">
-        <v>45692</v>
+        <v>45295</v>
       </c>
       <c r="I43" s="34">
-        <v>12.5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="44" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="16">
         <v>40</v>
       </c>
       <c r="B44" s="16">
-        <v>9782266260770</v>
+        <v>9782073095282</v>
       </c>
       <c r="C44" s="17">
-        <v>2458481</v>
+        <v>3115831</v>
       </c>
       <c r="D44" s="18" t="s">
-        <v>190</v>
+        <v>118</v>
       </c>
       <c r="E44" s="19" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F44" s="17">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G44" s="19" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H44" s="20">
-        <v>43116</v>
+        <v>45692</v>
       </c>
       <c r="I44" s="35">
-        <v>12</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="45" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="10">
         <v>41</v>
       </c>
       <c r="B45" s="10">
-        <v>9782012101333</v>
+        <v>9782072764929</v>
       </c>
       <c r="C45" s="11">
-        <v>4571860</v>
+        <v>2515551</v>
       </c>
       <c r="D45" s="12" t="s">
-        <v>94</v>
+        <v>157</v>
       </c>
       <c r="E45" s="13" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="F45" s="11">
-        <v>21800</v>
+        <v>21110</v>
       </c>
       <c r="G45" s="13" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H45" s="14">
-        <v>38166</v>
+        <v>43231</v>
       </c>
       <c r="I45" s="34">
-        <v>16</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="46" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="16">
         <v>42</v>
       </c>
       <c r="B46" s="16">
-        <v>9782266344036</v>
+        <v>9782070413119</v>
       </c>
       <c r="C46" s="17">
-        <v>3115843</v>
+        <v>6159370</v>
       </c>
       <c r="D46" s="18" t="s">
-        <v>126</v>
+        <v>77</v>
       </c>
       <c r="E46" s="19" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F46" s="17">
         <v>21110</v>
       </c>
       <c r="G46" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H46" s="20">
-        <v>45667</v>
+        <v>40556</v>
       </c>
       <c r="I46" s="35">
-        <v>11.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="10">
         <v>43</v>
       </c>
       <c r="B47" s="10">
-        <v>9782073115744</v>
+        <v>9782266353267</v>
       </c>
       <c r="C47" s="11">
-        <v>3180896</v>
+        <v>3167644</v>
       </c>
       <c r="D47" s="12" t="s">
-        <v>191</v>
+        <v>97</v>
       </c>
       <c r="E47" s="13" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="F47" s="11">
-        <v>11110</v>
+        <v>21200</v>
       </c>
       <c r="G47" s="13" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="H47" s="14">
         <v>45889</v>
       </c>
       <c r="I47" s="34">
-        <v>12.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="48" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="16">
         <v>44</v>
       </c>
       <c r="B48" s="16">
-        <v>9782290349229</v>
+        <v>9782246831662</v>
       </c>
       <c r="C48" s="17">
-        <v>6850120</v>
+        <v>2031486</v>
       </c>
       <c r="D48" s="18" t="s">
-        <v>192</v>
+        <v>158</v>
       </c>
       <c r="E48" s="19" t="s">
-        <v>61</v>
+        <v>159</v>
       </c>
       <c r="F48" s="17">
-        <v>21200</v>
+        <v>11110</v>
       </c>
       <c r="G48" s="19" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H48" s="20">
-        <v>38575</v>
+        <v>45979</v>
       </c>
       <c r="I48" s="35">
-        <v>12.5</v>
+        <v>36</v>
       </c>
     </row>
     <row r="49" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="10">
         <v>45</v>
       </c>
       <c r="B49" s="10">
-        <v>9782014001334</v>
+        <v>9791042902162</v>
       </c>
       <c r="C49" s="11">
-        <v>2954637</v>
+        <v>2031480</v>
       </c>
       <c r="D49" s="12" t="s">
-        <v>193</v>
+        <v>98</v>
       </c>
       <c r="E49" s="13" t="s">
-        <v>194</v>
+        <v>20</v>
       </c>
       <c r="F49" s="11">
-        <v>11800</v>
+        <v>21110</v>
       </c>
       <c r="G49" s="13" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H49" s="14">
-        <v>45223</v>
+        <v>45990</v>
       </c>
       <c r="I49" s="34">
-        <v>15.5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="50" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="16">
         <v>46</v>
       </c>
       <c r="B50" s="16">
-        <v>9782266335225</v>
+        <v>9782073095381</v>
       </c>
       <c r="C50" s="17">
-        <v>3167649</v>
+        <v>3115832</v>
       </c>
       <c r="D50" s="18" t="s">
-        <v>148</v>
+        <v>75</v>
       </c>
       <c r="E50" s="19" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F50" s="17">
         <v>21110</v>
       </c>
       <c r="G50" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H50" s="20">
-        <v>45889</v>
+        <v>45700</v>
       </c>
       <c r="I50" s="35">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="10">
         <v>47</v>
       </c>
       <c r="B51" s="10">
-        <v>9782070360109</v>
+        <v>9782253166634</v>
       </c>
       <c r="C51" s="11">
-        <v>5071747</v>
+        <v>7172893</v>
       </c>
       <c r="D51" s="12" t="s">
-        <v>195</v>
+        <v>160</v>
       </c>
       <c r="E51" s="13" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F51" s="11">
         <v>21110</v>
       </c>
       <c r="G51" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H51" s="14">
-        <v>36860</v>
+        <v>41010</v>
       </c>
       <c r="I51" s="34">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="16">
         <v>48</v>
       </c>
       <c r="B52" s="16">
-        <v>9782070322886</v>
+        <v>9782073098368</v>
       </c>
       <c r="C52" s="17">
-        <v>8697256</v>
+        <v>3115833</v>
       </c>
       <c r="D52" s="18" t="s">
-        <v>96</v>
+        <v>161</v>
       </c>
       <c r="E52" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="17">
-        <v>15270</v>
+        <v>11110</v>
       </c>
       <c r="G52" s="19" t="s">
-        <v>97</v>
+        <v>14</v>
       </c>
       <c r="H52" s="20">
-        <v>38511</v>
+        <v>45682</v>
       </c>
       <c r="I52" s="35">
-        <v>14</v>
+        <v>34</v>
       </c>
     </row>
     <row r="53" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="10">
         <v>49</v>
       </c>
       <c r="B53" s="10">
-        <v>9782070413119</v>
+        <v>9782253906568</v>
       </c>
       <c r="C53" s="11">
-        <v>6159370</v>
+        <v>9380175</v>
       </c>
       <c r="D53" s="12" t="s">
-        <v>108</v>
+        <v>49</v>
       </c>
       <c r="E53" s="13" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F53" s="11">
         <v>21110</v>
       </c>
       <c r="G53" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H53" s="14">
-        <v>40556</v>
+        <v>43256</v>
       </c>
       <c r="I53" s="34">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="54" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="16">
         <v>50</v>
       </c>
       <c r="B54" s="16">
-        <v>9782253251675</v>
+        <v>9782012101388</v>
       </c>
       <c r="C54" s="17">
-        <v>3155073</v>
+        <v>4571525</v>
       </c>
       <c r="D54" s="18" t="s">
-        <v>124</v>
+        <v>162</v>
       </c>
       <c r="E54" s="19" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F54" s="17">
-        <v>21110</v>
+        <v>21800</v>
       </c>
       <c r="G54" s="19" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H54" s="20">
-        <v>45779</v>
+        <v>38166</v>
       </c>
       <c r="I54" s="35">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="55" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="29" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B55" s="29"/>
       <c r="C55" s="30"/>
       <c r="D55" s="31"/>
       <c r="E55" s="29"/>
       <c r="F55" s="32"/>
       <c r="G55" s="32"/>
       <c r="H55" s="32"/>
       <c r="I55" s="32"/>
     </row>
     <row r="56" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="10">
         <v>1</v>
       </c>
       <c r="B56" s="10">
-        <v>9788493579852</v>
+        <v>9788497592208</v>
       </c>
       <c r="C56" s="11">
-        <v>3003866</v>
+        <v>7858973</v>
       </c>
       <c r="D56" s="12" t="s">
-        <v>71</v>
+        <v>29</v>
       </c>
       <c r="E56" s="13" t="s">
-        <v>72</v>
+        <v>26</v>
       </c>
       <c r="F56" s="11">
-        <v>15770</v>
+        <v>11110</v>
       </c>
       <c r="G56" s="13" t="s">
-        <v>73</v>
+        <v>14</v>
       </c>
       <c r="H56" s="14">
-        <v>41373</v>
+        <v>37679</v>
       </c>
       <c r="I56" s="15">
-        <v>35.5</v>
+        <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="16">
         <v>2</v>
       </c>
       <c r="B57" s="16">
-        <v>9788497592208</v>
+        <v>9788498381498</v>
       </c>
       <c r="C57" s="17">
-        <v>7858973</v>
+        <v>2806894</v>
       </c>
       <c r="D57" s="18" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E57" s="19" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F57" s="17">
-        <v>11110</v>
+        <v>22500</v>
       </c>
       <c r="G57" s="19" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H57" s="20">
-        <v>37679</v>
+        <v>39496</v>
       </c>
       <c r="I57" s="21">
-        <v>21</v>
+        <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="10">
         <v>3</v>
       </c>
       <c r="B58" s="10">
-        <v>9788466378420</v>
+        <v>9788483462034</v>
       </c>
       <c r="C58" s="11">
-        <v>3173095</v>
+        <v>7120699</v>
       </c>
       <c r="D58" s="12" t="s">
-        <v>153</v>
+        <v>64</v>
       </c>
       <c r="E58" s="13" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F58" s="11">
         <v>21110</v>
       </c>
       <c r="G58" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H58" s="14">
-        <v>45859</v>
+        <v>39018</v>
       </c>
       <c r="I58" s="15">
-        <v>19</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="59" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="16">
         <v>4</v>
       </c>
       <c r="B59" s="16">
-        <v>9788498381498</v>
+        <v>9788408253105</v>
       </c>
       <c r="C59" s="17">
-        <v>2806894</v>
+        <v>2895628</v>
       </c>
       <c r="D59" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="E59" s="19" t="s">
         <v>30</v>
       </c>
-      <c r="E59" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F59" s="17">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G59" s="19" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H59" s="20">
-        <v>39496</v>
+        <v>44813</v>
       </c>
       <c r="I59" s="21">
-        <v>11</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="60" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="10">
         <v>5</v>
       </c>
       <c r="B60" s="10">
-        <v>9788483462034</v>
+        <v>9788466378420</v>
       </c>
       <c r="C60" s="11">
-        <v>7120699</v>
+        <v>3173095</v>
       </c>
       <c r="D60" s="12" t="s">
-        <v>87</v>
+        <v>101</v>
       </c>
       <c r="E60" s="13" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F60" s="11">
         <v>21110</v>
       </c>
       <c r="G60" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H60" s="14">
-        <v>39018</v>
+        <v>45859</v>
       </c>
       <c r="I60" s="15">
-        <v>17.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="16">
         <v>6</v>
       </c>
       <c r="B61" s="16">
-        <v>9788432249013</v>
+        <v>9788469602614</v>
       </c>
       <c r="C61" s="17">
-        <v>1835424</v>
+        <v>2567039</v>
       </c>
       <c r="D61" s="18" t="s">
-        <v>196</v>
+        <v>66</v>
       </c>
       <c r="E61" s="19" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="F61" s="17">
-        <v>11110</v>
+        <v>11800</v>
       </c>
       <c r="G61" s="19" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H61" s="20">
-        <v>45946</v>
+        <v>42727</v>
       </c>
       <c r="I61" s="21">
-        <v>17.5</v>
+        <v>21</v>
       </c>
     </row>
     <row r="62" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="10">
         <v>7</v>
       </c>
       <c r="B62" s="10">
-        <v>9788434893511</v>
+        <v>9788408163435</v>
       </c>
       <c r="C62" s="11">
-        <v>2944059</v>
+        <v>7991550</v>
       </c>
       <c r="D62" s="12" t="s">
-        <v>102</v>
+        <v>31</v>
       </c>
       <c r="E62" s="13" t="s">
-        <v>63</v>
+        <v>30</v>
       </c>
       <c r="F62" s="11">
-        <v>18600</v>
+        <v>21110</v>
       </c>
       <c r="G62" s="13" t="s">
-        <v>103</v>
+        <v>14</v>
       </c>
       <c r="H62" s="14">
-        <v>40488</v>
+        <v>42936</v>
       </c>
       <c r="I62" s="15">
-        <v>35.5</v>
+        <v>21</v>
       </c>
     </row>
     <row r="63" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="16">
         <v>8</v>
       </c>
       <c r="B63" s="16">
         <v>9788466374613</v>
       </c>
       <c r="C63" s="17">
         <v>3063890</v>
       </c>
       <c r="D63" s="18" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="E63" s="19" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F63" s="17">
         <v>21110</v>
       </c>
       <c r="G63" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H63" s="20">
         <v>45497</v>
       </c>
       <c r="I63" s="21">
         <v>22.5</v>
       </c>
     </row>
     <row r="64" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="10">
         <v>9</v>
       </c>
       <c r="B64" s="10">
-        <v>9791387652234</v>
+        <v>9788493579852</v>
       </c>
       <c r="C64" s="11">
-        <v>1835416</v>
+        <v>3003866</v>
       </c>
       <c r="D64" s="12" t="s">
-        <v>197</v>
+        <v>53</v>
       </c>
       <c r="E64" s="13" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="F64" s="11">
-        <v>11200</v>
+        <v>15770</v>
       </c>
       <c r="G64" s="13" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="H64" s="14">
-        <v>45946</v>
+        <v>41373</v>
       </c>
       <c r="I64" s="15">
-        <v>21</v>
+        <v>35.5</v>
       </c>
     </row>
     <row r="65" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="16">
         <v>10</v>
       </c>
       <c r="B65" s="16">
-        <v>9788467078978</v>
+        <v>9788413143644</v>
       </c>
       <c r="C65" s="17">
-        <v>1835408</v>
+        <v>3147123</v>
       </c>
       <c r="D65" s="18" t="s">
-        <v>198</v>
+        <v>59</v>
       </c>
       <c r="E65" s="19" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F65" s="17">
         <v>11110</v>
       </c>
       <c r="G65" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H65" s="20">
-        <v>45945</v>
+        <v>45148</v>
       </c>
       <c r="I65" s="21">
-        <v>17.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="66" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="10">
         <v>11</v>
       </c>
       <c r="B66" s="10">
-        <v>9788497592437</v>
+        <v>9788466329088</v>
       </c>
       <c r="C66" s="11">
-        <v>7750366</v>
+        <v>2422560</v>
       </c>
       <c r="D66" s="12" t="s">
         <v>36</v>
       </c>
       <c r="E66" s="13" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F66" s="11">
         <v>21110</v>
       </c>
       <c r="G66" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H66" s="14">
-        <v>38377</v>
+        <v>42503</v>
       </c>
       <c r="I66" s="15">
         <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="16">
         <v>12</v>
       </c>
       <c r="B67" s="16">
-        <v>9788408163435</v>
+        <v>9788497592437</v>
       </c>
       <c r="C67" s="17">
-        <v>7991550</v>
+        <v>7750366</v>
       </c>
       <c r="D67" s="18" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E67" s="19" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="F67" s="17">
         <v>21110</v>
       </c>
       <c r="G67" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H67" s="20">
-        <v>42936</v>
+        <v>38377</v>
       </c>
       <c r="I67" s="21">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="10">
         <v>13</v>
       </c>
       <c r="B68" s="10">
-        <v>9788408253105</v>
+        <v>9788418173004</v>
       </c>
       <c r="C68" s="11">
-        <v>2895628</v>
+        <v>2944394</v>
       </c>
       <c r="D68" s="12" t="s">
-        <v>38</v>
+        <v>78</v>
       </c>
       <c r="E68" s="13" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F68" s="11">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="G68" s="13" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H68" s="14">
-        <v>44813</v>
+        <v>44848</v>
       </c>
       <c r="I68" s="15">
-        <v>17.5</v>
+        <v>21</v>
       </c>
     </row>
     <row r="69" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="16">
         <v>14</v>
       </c>
       <c r="B69" s="16">
-        <v>9788466329088</v>
+        <v>9788497935692</v>
       </c>
       <c r="C69" s="17">
-        <v>2422560</v>
+        <v>8127620</v>
       </c>
       <c r="D69" s="18" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="E69" s="19" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F69" s="17">
         <v>21110</v>
       </c>
       <c r="G69" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H69" s="20">
-        <v>42503</v>
+        <v>38419</v>
       </c>
       <c r="I69" s="21">
         <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="10">
         <v>15</v>
       </c>
       <c r="B70" s="10">
-        <v>9788497935692</v>
+        <v>9788497592451</v>
       </c>
       <c r="C70" s="11">
-        <v>8127620</v>
+        <v>2124513</v>
       </c>
       <c r="D70" s="12" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="E70" s="13" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F70" s="11">
         <v>21110</v>
       </c>
       <c r="G70" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H70" s="14">
-        <v>38419</v>
+        <v>38265</v>
       </c>
       <c r="I70" s="15">
-        <v>17.5</v>
+        <v>21</v>
       </c>
     </row>
     <row r="71" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="16">
         <v>16</v>
       </c>
       <c r="B71" s="16">
-        <v>9788497592451</v>
+        <v>9788466362887</v>
       </c>
       <c r="C71" s="17">
-        <v>2124513</v>
+        <v>2916424</v>
       </c>
       <c r="D71" s="18" t="s">
-        <v>88</v>
+        <v>25</v>
       </c>
       <c r="E71" s="19" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F71" s="17">
         <v>21110</v>
       </c>
       <c r="G71" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H71" s="20">
-        <v>38265</v>
+        <v>44961</v>
       </c>
       <c r="I71" s="21">
         <v>21</v>
       </c>
     </row>
     <row r="72" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="10">
         <v>17</v>
       </c>
       <c r="B72" s="10">
-        <v>9788418173004</v>
+        <v>9788466349864</v>
       </c>
       <c r="C72" s="11">
-        <v>2944394</v>
+        <v>2160648</v>
       </c>
       <c r="D72" s="12" t="s">
-        <v>110</v>
+        <v>163</v>
       </c>
       <c r="E72" s="13" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="F72" s="11">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G72" s="13" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H72" s="14">
-        <v>44848</v>
+        <v>43873</v>
       </c>
       <c r="I72" s="15">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="16">
         <v>18</v>
       </c>
       <c r="B73" s="16">
-        <v>9788413142012</v>
+        <v>9788408311614</v>
       </c>
       <c r="C73" s="17">
-        <v>2986783</v>
+        <v>2021500</v>
       </c>
       <c r="D73" s="18" t="s">
-        <v>81</v>
+        <v>164</v>
       </c>
       <c r="E73" s="19" t="s">
-        <v>35</v>
+        <v>80</v>
       </c>
       <c r="F73" s="17">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G73" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H73" s="20">
-        <v>44848</v>
+        <v>45985</v>
       </c>
       <c r="I73" s="21">
-        <v>19</v>
+        <v>35.5</v>
       </c>
     </row>
     <row r="74" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="10">
         <v>19</v>
       </c>
       <c r="B74" s="10">
-        <v>9788466362887</v>
+        <v>9788490709856</v>
       </c>
       <c r="C74" s="11">
-        <v>2916424</v>
+        <v>3172797</v>
       </c>
       <c r="D74" s="12" t="s">
-        <v>28</v>
+        <v>165</v>
       </c>
       <c r="E74" s="13" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F74" s="11">
         <v>21110</v>
       </c>
       <c r="G74" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H74" s="14">
-        <v>44961</v>
+        <v>45826</v>
       </c>
       <c r="I74" s="15">
-        <v>21</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="75" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="16">
         <v>20</v>
       </c>
       <c r="B75" s="16">
-        <v>9788469602614</v>
+        <v>9788466331906</v>
       </c>
       <c r="C75" s="17">
-        <v>2567039</v>
+        <v>3386686</v>
       </c>
       <c r="D75" s="18" t="s">
-        <v>89</v>
+        <v>103</v>
       </c>
       <c r="E75" s="19" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="F75" s="17">
-        <v>11800</v>
+        <v>21110</v>
       </c>
       <c r="G75" s="19" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H75" s="20">
-        <v>42727</v>
+        <v>42503</v>
       </c>
       <c r="I75" s="21">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="10">
         <v>21</v>
       </c>
       <c r="B76" s="10">
-        <v>9788466352550</v>
+        <v>9788499089508</v>
       </c>
       <c r="C76" s="11">
-        <v>2545670</v>
+        <v>4464354</v>
       </c>
       <c r="D76" s="12" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="E76" s="13" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F76" s="11">
-        <v>24810</v>
+        <v>21110</v>
       </c>
       <c r="G76" s="13" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="H76" s="14">
-        <v>43904</v>
+        <v>40675</v>
       </c>
       <c r="I76" s="15">
-        <v>17.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="16">
         <v>22</v>
       </c>
       <c r="B77" s="16">
-        <v>9788490323762</v>
+        <v>9788466352550</v>
       </c>
       <c r="C77" s="17">
-        <v>2350327</v>
+        <v>2545670</v>
       </c>
       <c r="D77" s="18" t="s">
-        <v>199</v>
+        <v>71</v>
       </c>
       <c r="E77" s="19" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F77" s="17">
-        <v>21110</v>
+        <v>24810</v>
       </c>
       <c r="G77" s="19" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="H77" s="20">
-        <v>41394</v>
+        <v>43904</v>
       </c>
       <c r="I77" s="21">
         <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="10">
         <v>23</v>
       </c>
       <c r="B78" s="10">
-        <v>9788497130585</v>
+        <v>9788408296225</v>
       </c>
       <c r="C78" s="11">
-        <v>5810736</v>
+        <v>2029679</v>
       </c>
       <c r="D78" s="12" t="s">
-        <v>200</v>
+        <v>166</v>
       </c>
       <c r="E78" s="13" t="s">
-        <v>201</v>
+        <v>80</v>
       </c>
       <c r="F78" s="11">
-        <v>18500</v>
+        <v>15580</v>
       </c>
       <c r="G78" s="13" t="s">
-        <v>202</v>
+        <v>167</v>
       </c>
       <c r="H78" s="14">
-        <v>41970</v>
+        <v>46008</v>
       </c>
       <c r="I78" s="15">
-        <v>17.5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="79" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="16">
         <v>24</v>
       </c>
       <c r="B79" s="16">
-        <v>9788466359634</v>
+        <v>9788466379403</v>
       </c>
       <c r="C79" s="17">
-        <v>2827622</v>
+        <v>3173103</v>
       </c>
       <c r="D79" s="18" t="s">
-        <v>203</v>
+        <v>102</v>
       </c>
       <c r="E79" s="19" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F79" s="17">
-        <v>21500</v>
+        <v>21110</v>
       </c>
       <c r="G79" s="19" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="H79" s="20">
-        <v>44622</v>
+        <v>45860</v>
       </c>
       <c r="I79" s="21">
-        <v>17.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="10">
         <v>25</v>
       </c>
       <c r="B80" s="10">
-        <v>9788408072805</v>
+        <v>9788490625934</v>
       </c>
       <c r="C80" s="11">
-        <v>6577423</v>
+        <v>2342643</v>
       </c>
       <c r="D80" s="12" t="s">
-        <v>128</v>
+        <v>79</v>
       </c>
       <c r="E80" s="13" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="F80" s="11">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G80" s="13" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H80" s="14">
-        <v>39284</v>
+        <v>42174</v>
       </c>
       <c r="I80" s="15">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="81" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="16">
         <v>26</v>
       </c>
       <c r="B81" s="16">
-        <v>9788466379779</v>
+        <v>9788439745297</v>
       </c>
       <c r="C81" s="17">
-        <v>3118941</v>
+        <v>3173129</v>
       </c>
       <c r="D81" s="18" t="s">
-        <v>76</v>
+        <v>107</v>
       </c>
       <c r="E81" s="19" t="s">
-        <v>29</v>
+        <v>88</v>
       </c>
       <c r="F81" s="17">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G81" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H81" s="20">
-        <v>45686</v>
+        <v>45826</v>
       </c>
       <c r="I81" s="21">
-        <v>21</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="82" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="10">
         <v>27</v>
       </c>
       <c r="B82" s="10">
-        <v>9788439745297</v>
+        <v>9788493987749</v>
       </c>
       <c r="C82" s="11">
-        <v>3173129</v>
+        <v>2334351</v>
       </c>
       <c r="D82" s="12" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="E82" s="13" t="s">
-        <v>129</v>
+        <v>54</v>
       </c>
       <c r="F82" s="11">
-        <v>11110</v>
+        <v>12200</v>
       </c>
       <c r="G82" s="13" t="s">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="H82" s="14">
-        <v>45826</v>
+        <v>42122</v>
       </c>
       <c r="I82" s="15">
-        <v>38.5</v>
+        <v>26</v>
       </c>
     </row>
     <row r="83" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="16">
         <v>28</v>
       </c>
       <c r="B83" s="16">
-        <v>9788466379403</v>
+        <v>9788466359634</v>
       </c>
       <c r="C83" s="17">
-        <v>3173103</v>
+        <v>2827622</v>
       </c>
       <c r="D83" s="18" t="s">
-        <v>156</v>
+        <v>121</v>
       </c>
       <c r="E83" s="19" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F83" s="17">
-        <v>21110</v>
+        <v>21500</v>
       </c>
       <c r="G83" s="19" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="H83" s="20">
-        <v>45860</v>
+        <v>44622</v>
       </c>
       <c r="I83" s="21">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="84" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="10">
         <v>29</v>
       </c>
       <c r="B84" s="10">
-        <v>9788466331906</v>
+        <v>9788466329378</v>
       </c>
       <c r="C84" s="11">
-        <v>3386686</v>
+        <v>2434596</v>
       </c>
       <c r="D84" s="12" t="s">
-        <v>157</v>
+        <v>125</v>
       </c>
       <c r="E84" s="13" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F84" s="11">
         <v>21110</v>
       </c>
       <c r="G84" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H84" s="14">
-        <v>42503</v>
+        <v>42389</v>
       </c>
       <c r="I84" s="15">
         <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="16">
         <v>30</v>
       </c>
       <c r="B85" s="16">
-        <v>9788467050271</v>
+        <v>9788434893511</v>
       </c>
       <c r="C85" s="17">
-        <v>3103378</v>
+        <v>2944059</v>
       </c>
       <c r="D85" s="18" t="s">
-        <v>204</v>
+        <v>73</v>
       </c>
       <c r="E85" s="19" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="F85" s="17">
-        <v>21200</v>
+        <v>18600</v>
       </c>
       <c r="G85" s="19" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="H85" s="20">
-        <v>42931</v>
+        <v>40488</v>
       </c>
       <c r="I85" s="21">
-        <v>19</v>
+        <v>35.5</v>
       </c>
     </row>
     <row r="86" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="10">
         <v>31</v>
       </c>
       <c r="B86" s="10">
-        <v>9788483839089</v>
+        <v>9788497592444</v>
       </c>
       <c r="C86" s="11">
-        <v>2080754</v>
+        <v>4287088</v>
       </c>
       <c r="D86" s="12" t="s">
-        <v>205</v>
+        <v>127</v>
       </c>
       <c r="E86" s="13" t="s">
-        <v>158</v>
+        <v>26</v>
       </c>
       <c r="F86" s="11">
         <v>21110</v>
       </c>
       <c r="G86" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H86" s="14">
-        <v>41900</v>
+        <v>38526</v>
       </c>
       <c r="I86" s="15">
-        <v>12.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="16">
         <v>32</v>
       </c>
       <c r="B87" s="16">
-        <v>9788408306863</v>
+        <v>9788490667316</v>
       </c>
       <c r="C87" s="17">
-        <v>1712403</v>
+        <v>2726786</v>
       </c>
       <c r="D87" s="18" t="s">
-        <v>206</v>
+        <v>170</v>
       </c>
       <c r="E87" s="19" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
       <c r="F87" s="17">
-        <v>11200</v>
+        <v>21110</v>
       </c>
       <c r="G87" s="19" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H87" s="20">
-        <v>45923</v>
+        <v>43717</v>
       </c>
       <c r="I87" s="21">
-        <v>40</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="88" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="10">
         <v>33</v>
       </c>
       <c r="B88" s="10">
-        <v>9788419261298</v>
+        <v>9788466379397</v>
       </c>
       <c r="C88" s="11">
-        <v>2975085</v>
+        <v>3173093</v>
       </c>
       <c r="D88" s="12" t="s">
-        <v>207</v>
+        <v>171</v>
       </c>
       <c r="E88" s="13" t="s">
-        <v>208</v>
+        <v>26</v>
       </c>
       <c r="F88" s="11">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G88" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H88" s="14">
-        <v>45068</v>
+        <v>45811</v>
       </c>
       <c r="I88" s="15">
-        <v>29</v>
+        <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="16">
         <v>34</v>
       </c>
       <c r="B89" s="16">
-        <v>9788497592383</v>
+        <v>9788410381032</v>
       </c>
       <c r="C89" s="17">
-        <v>7734816</v>
+        <v>3172798</v>
       </c>
       <c r="D89" s="18" t="s">
-        <v>209</v>
+        <v>105</v>
       </c>
       <c r="E89" s="19" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F89" s="17">
         <v>21110</v>
       </c>
       <c r="G89" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H89" s="20">
-        <v>38377</v>
+        <v>45868</v>
       </c>
       <c r="I89" s="21">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="10">
         <v>35</v>
       </c>
       <c r="B90" s="10">
-        <v>9788499089508</v>
+        <v>9788466359627</v>
       </c>
       <c r="C90" s="11">
-        <v>4464354</v>
+        <v>2821872</v>
       </c>
       <c r="D90" s="12" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="E90" s="13" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F90" s="11">
         <v>21110</v>
       </c>
       <c r="G90" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H90" s="14">
-        <v>40675</v>
+        <v>44585</v>
       </c>
       <c r="I90" s="15">
-        <v>19</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="91" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="16">
         <v>36</v>
       </c>
       <c r="B91" s="16">
         <v>9788466346375</v>
       </c>
       <c r="C91" s="17">
         <v>2669101</v>
       </c>
       <c r="D91" s="18" t="s">
-        <v>127</v>
+        <v>86</v>
       </c>
       <c r="E91" s="19" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F91" s="17">
         <v>21110</v>
       </c>
       <c r="G91" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H91" s="20">
         <v>43516</v>
       </c>
       <c r="I91" s="21">
-        <v>17.5</v>
+        <v>21</v>
       </c>
     </row>
     <row r="92" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="10">
         <v>37</v>
       </c>
       <c r="B92" s="10">
-        <v>9788497592352</v>
+        <v>9788437604183</v>
       </c>
       <c r="C92" s="11">
-        <v>8283605</v>
+        <v>5473705</v>
       </c>
       <c r="D92" s="12" t="s">
-        <v>210</v>
+        <v>173</v>
       </c>
       <c r="E92" s="13" t="s">
-        <v>29</v>
+        <v>174</v>
       </c>
       <c r="F92" s="11">
         <v>21110</v>
       </c>
       <c r="G92" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H92" s="14">
-        <v>37719</v>
+        <v>38394</v>
       </c>
       <c r="I92" s="15">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="93" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="16">
         <v>38</v>
       </c>
       <c r="B93" s="16">
-        <v>9788490625934</v>
+        <v>9788466682732</v>
       </c>
       <c r="C93" s="17">
-        <v>2342643</v>
+        <v>2021370</v>
       </c>
       <c r="D93" s="18" t="s">
-        <v>111</v>
+        <v>175</v>
       </c>
       <c r="E93" s="19" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F93" s="17">
-        <v>21110</v>
+        <v>11200</v>
       </c>
       <c r="G93" s="19" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="H93" s="20">
-        <v>42174</v>
+        <v>45980</v>
       </c>
       <c r="I93" s="21">
-        <v>21</v>
+        <v>40</v>
       </c>
     </row>
     <row r="94" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="10">
         <v>39</v>
       </c>
       <c r="B94" s="10">
-        <v>9788490625927</v>
+        <v>9788413149882</v>
       </c>
       <c r="C94" s="11">
-        <v>2342675</v>
+        <v>3172802</v>
       </c>
       <c r="D94" s="12" t="s">
-        <v>211</v>
+        <v>176</v>
       </c>
       <c r="E94" s="13" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F94" s="11">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="G94" s="13" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="H94" s="14">
-        <v>42174</v>
+        <v>45796</v>
       </c>
       <c r="I94" s="15">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="95" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="23">
         <v>40</v>
       </c>
       <c r="B95" s="23">
-        <v>9788466329378</v>
+        <v>9788466381925</v>
       </c>
       <c r="C95" s="24">
-        <v>2434596</v>
+        <v>3173094</v>
       </c>
       <c r="D95" s="25" t="s">
-        <v>212</v>
+        <v>126</v>
       </c>
       <c r="E95" s="26" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F95" s="24">
         <v>21110</v>
       </c>
       <c r="G95" s="26" t="s">
         <v>14</v>
       </c>
       <c r="H95" s="27">
-        <v>42389</v>
+        <v>45826</v>
       </c>
       <c r="I95" s="28">
-        <v>19</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="96" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="10">
         <v>41</v>
       </c>
       <c r="B96" s="10">
-        <v>9788466331845</v>
+        <v>9788466374637</v>
       </c>
       <c r="C96" s="11">
-        <v>3386376</v>
+        <v>3018391</v>
       </c>
       <c r="D96" s="12" t="s">
-        <v>213</v>
+        <v>177</v>
       </c>
       <c r="E96" s="13" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F96" s="11">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="G96" s="13" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="H96" s="14">
-        <v>42503</v>
+        <v>45343</v>
       </c>
       <c r="I96" s="15">
-        <v>17.5</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="97" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="16">
         <v>42</v>
       </c>
       <c r="B97" s="16">
-        <v>9788408299592</v>
+        <v>9788408072805</v>
       </c>
       <c r="C97" s="17">
-        <v>3159347</v>
+        <v>6577423</v>
       </c>
       <c r="D97" s="18" t="s">
-        <v>113</v>
+        <v>87</v>
       </c>
       <c r="E97" s="19" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="F97" s="17">
-        <v>11110</v>
+        <v>22500</v>
       </c>
       <c r="G97" s="19" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H97" s="20">
-        <v>45752</v>
+        <v>39284</v>
       </c>
       <c r="I97" s="21">
-        <v>38.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="10">
         <v>43</v>
       </c>
       <c r="B98" s="10">
-        <v>9788410381032</v>
+        <v>9788497592352</v>
       </c>
       <c r="C98" s="11">
-        <v>3172798</v>
+        <v>8283605</v>
       </c>
       <c r="D98" s="12" t="s">
-        <v>159</v>
+        <v>123</v>
       </c>
       <c r="E98" s="13" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="F98" s="11">
         <v>21110</v>
       </c>
       <c r="G98" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H98" s="14">
-        <v>45868</v>
+        <v>37719</v>
       </c>
       <c r="I98" s="15">
         <v>19</v>
       </c>
     </row>
     <row r="99" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="16">
         <v>44</v>
       </c>
       <c r="B99" s="16">
-        <v>9788498383638</v>
+        <v>9788479532536</v>
       </c>
       <c r="C99" s="17">
-        <v>7442912</v>
+        <v>6042333</v>
       </c>
       <c r="D99" s="18" t="s">
-        <v>214</v>
+        <v>60</v>
       </c>
       <c r="E99" s="19" t="s">
-        <v>31</v>
+        <v>61</v>
       </c>
       <c r="F99" s="17">
-        <v>22500</v>
+        <v>24720</v>
       </c>
       <c r="G99" s="19" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="H99" s="20">
-        <v>40850</v>
+        <v>40213</v>
       </c>
       <c r="I99" s="21">
-        <v>24</v>
+        <v>17</v>
       </c>
     </row>
     <row r="100" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="10">
         <v>45</v>
       </c>
       <c r="B100" s="10">
-        <v>9788479532536</v>
+        <v>9788499089515</v>
       </c>
       <c r="C100" s="11">
-        <v>6042333</v>
+        <v>3491269</v>
       </c>
       <c r="D100" s="12" t="s">
-        <v>82</v>
+        <v>178</v>
       </c>
       <c r="E100" s="13" t="s">
-        <v>83</v>
+        <v>26</v>
       </c>
       <c r="F100" s="11">
-        <v>24720</v>
+        <v>21110</v>
       </c>
       <c r="G100" s="13" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="H100" s="14">
-        <v>40213</v>
+        <v>40675</v>
       </c>
       <c r="I100" s="15">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="16">
         <v>46</v>
       </c>
       <c r="B101" s="16">
-        <v>9788410496316</v>
+        <v>9788467019766</v>
       </c>
       <c r="C101" s="17">
-        <v>3172755</v>
+        <v>1601644</v>
       </c>
       <c r="D101" s="18" t="s">
-        <v>215</v>
+        <v>179</v>
       </c>
       <c r="E101" s="19" t="s">
-        <v>154</v>
+        <v>180</v>
       </c>
       <c r="F101" s="17">
-        <v>11600</v>
+        <v>21110</v>
       </c>
       <c r="G101" s="19" t="s">
-        <v>155</v>
+        <v>14</v>
       </c>
       <c r="H101" s="20">
-        <v>45803</v>
+        <v>41347</v>
       </c>
       <c r="I101" s="21">
-        <v>32</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="102" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="10">
         <v>47</v>
       </c>
       <c r="B102" s="10">
-        <v>9788466337120</v>
+        <v>9788467050271</v>
       </c>
       <c r="C102" s="11">
-        <v>2559710</v>
+        <v>5138132</v>
       </c>
       <c r="D102" s="12" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="E102" s="13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F102" s="11">
-        <v>11110</v>
+        <v>21200</v>
       </c>
       <c r="G102" s="13" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="H102" s="14">
-        <v>42746</v>
+        <v>42931</v>
       </c>
       <c r="I102" s="15">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="16">
         <v>48</v>
       </c>
       <c r="B103" s="16">
-        <v>9788466381925</v>
+        <v>9788426418760</v>
       </c>
       <c r="C103" s="17">
-        <v>3173094</v>
+        <v>2215053</v>
       </c>
       <c r="D103" s="18" t="s">
-        <v>216</v>
+        <v>181</v>
       </c>
       <c r="E103" s="19" t="s">
-        <v>29</v>
+        <v>182</v>
       </c>
       <c r="F103" s="17">
-        <v>21110</v>
+        <v>11800</v>
       </c>
       <c r="G103" s="19" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H103" s="20">
-        <v>45826</v>
+        <v>41018</v>
       </c>
       <c r="I103" s="21">
-        <v>17.5</v>
+        <v>37</v>
       </c>
     </row>
     <row r="104" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="10">
         <v>49</v>
       </c>
       <c r="B104" s="10">
-        <v>9788466337854</v>
+        <v>9788490625927</v>
       </c>
       <c r="C104" s="11">
-        <v>2598770</v>
+        <v>2342675</v>
       </c>
       <c r="D104" s="12" t="s">
-        <v>217</v>
+        <v>124</v>
       </c>
       <c r="E104" s="13" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F104" s="11">
-        <v>21500</v>
+        <v>21110</v>
       </c>
       <c r="G104" s="13" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="H104" s="14">
-        <v>42811</v>
+        <v>42174</v>
       </c>
       <c r="I104" s="15">
-        <v>14.5</v>
+        <v>21</v>
       </c>
     </row>
     <row r="105" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="16">
         <v>50</v>
       </c>
       <c r="B105" s="16">
-        <v>9788497592444</v>
+        <v>9788490628973</v>
       </c>
       <c r="C105" s="17">
-        <v>4287088</v>
+        <v>2509846</v>
       </c>
       <c r="D105" s="18" t="s">
-        <v>218</v>
+        <v>183</v>
       </c>
       <c r="E105" s="19" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F105" s="17">
         <v>21110</v>
       </c>
       <c r="G105" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H105" s="20">
-        <v>38526</v>
+        <v>42333</v>
       </c>
       <c r="I105" s="21">
-        <v>19</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="106" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="29" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B106" s="29"/>
       <c r="C106" s="30"/>
       <c r="D106" s="31"/>
       <c r="E106" s="29"/>
       <c r="F106" s="32"/>
       <c r="G106" s="32"/>
       <c r="H106" s="32"/>
       <c r="I106" s="32"/>
     </row>
     <row r="107" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="10">
         <v>1</v>
       </c>
       <c r="B107" s="10">
-        <v>9788831003391</v>
+        <v>9789753638029</v>
       </c>
       <c r="C107" s="11">
-        <v>2522279</v>
+        <v>6693326</v>
       </c>
       <c r="D107" s="12" t="s">
-        <v>134</v>
+        <v>184</v>
       </c>
       <c r="E107" s="13" t="s">
-        <v>60</v>
+        <v>185</v>
       </c>
       <c r="F107" s="11">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G107" s="13" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H107" s="14">
-        <v>43869</v>
+        <v>39722</v>
       </c>
       <c r="I107" s="15">
-        <v>20</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="108" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="16">
         <v>2</v>
       </c>
       <c r="B108" s="16">
-        <v>9788831003421</v>
+        <v>9789750724435</v>
       </c>
       <c r="C108" s="17">
-        <v>2522360</v>
+        <v>2334863</v>
       </c>
       <c r="D108" s="18" t="s">
-        <v>219</v>
+        <v>92</v>
       </c>
       <c r="E108" s="19" t="s">
-        <v>60</v>
+        <v>93</v>
       </c>
       <c r="F108" s="17">
-        <v>22500</v>
+        <v>21400</v>
       </c>
       <c r="G108" s="19" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="H108" s="20">
-        <v>43870</v>
+        <v>42041</v>
       </c>
       <c r="I108" s="21">
-        <v>27.5</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="109" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="10">
         <v>3</v>
       </c>
       <c r="B109" s="10">
-        <v>9788866320326</v>
+        <v>9786256149014</v>
       </c>
       <c r="C109" s="11">
-        <v>5524776</v>
+        <v>3107659</v>
       </c>
       <c r="D109" s="12" t="s">
-        <v>43</v>
+        <v>72</v>
       </c>
       <c r="E109" s="13" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F109" s="11">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G109" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H109" s="14">
-        <v>40869</v>
+        <v>45589</v>
       </c>
       <c r="I109" s="15">
-        <v>35</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="110" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="16">
         <v>4</v>
       </c>
       <c r="B110" s="16">
-        <v>9788842934844</v>
+        <v>9786055455408</v>
       </c>
       <c r="C110" s="17">
-        <v>3068787</v>
+        <v>2021573</v>
       </c>
       <c r="D110" s="18" t="s">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="E110" s="19" t="s">
-        <v>93</v>
+        <v>135</v>
       </c>
       <c r="F110" s="17">
-        <v>11110</v>
+        <v>25000</v>
       </c>
       <c r="G110" s="19" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="H110" s="20">
-        <v>45411</v>
+        <v>44868</v>
       </c>
       <c r="I110" s="21">
-        <v>32</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="111" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="10">
         <v>5</v>
       </c>
       <c r="B111" s="10">
-        <v>9788806243692</v>
+        <v>9786256329485</v>
       </c>
       <c r="C111" s="11">
-        <v>2468000</v>
+        <v>2011734</v>
       </c>
       <c r="D111" s="12" t="s">
-        <v>47</v>
+        <v>129</v>
       </c>
       <c r="E111" s="13" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="F111" s="11">
         <v>21110</v>
       </c>
       <c r="G111" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H111" s="14">
-        <v>44281</v>
+        <v>45945</v>
       </c>
       <c r="I111" s="15">
-        <v>21</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="112" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="16">
         <v>6</v>
       </c>
       <c r="B112" s="16">
-        <v>9788845278617</v>
+        <v>9786053417095</v>
       </c>
       <c r="C112" s="17">
-        <v>2762498</v>
+        <v>2972902</v>
       </c>
       <c r="D112" s="18" t="s">
-        <v>220</v>
+        <v>90</v>
       </c>
       <c r="E112" s="19" t="s">
-        <v>48</v>
+        <v>91</v>
       </c>
       <c r="F112" s="17">
-        <v>21400</v>
+        <v>22000</v>
       </c>
       <c r="G112" s="19" t="s">
-        <v>12</v>
+        <v>81</v>
       </c>
       <c r="H112" s="20">
-        <v>42450</v>
+        <v>44221</v>
       </c>
       <c r="I112" s="21">
-        <v>11.5</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="113" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="10">
         <v>7</v>
       </c>
       <c r="B113" s="10">
-        <v>9788823513457</v>
+        <v>9786256162006</v>
       </c>
       <c r="C113" s="11">
-        <v>2944060</v>
+        <v>3151542</v>
       </c>
       <c r="D113" s="12" t="s">
-        <v>64</v>
+        <v>186</v>
       </c>
       <c r="E113" s="13" t="s">
-        <v>65</v>
+        <v>187</v>
       </c>
       <c r="F113" s="11">
-        <v>21500</v>
+        <v>21110</v>
       </c>
       <c r="G113" s="13" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="H113" s="14">
-        <v>42900</v>
+        <v>45734</v>
       </c>
       <c r="I113" s="15">
-        <v>16.5</v>
+        <v>19.989999999999998</v>
       </c>
     </row>
     <row r="114" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="16">
         <v>8</v>
       </c>
       <c r="B114" s="16">
-        <v>9788831020787</v>
+        <v>9786052954027</v>
       </c>
       <c r="C114" s="17">
-        <v>1795155</v>
+        <v>3170186</v>
       </c>
       <c r="D114" s="18" t="s">
-        <v>221</v>
+        <v>188</v>
       </c>
       <c r="E114" s="19" t="s">
-        <v>60</v>
+        <v>189</v>
       </c>
       <c r="F114" s="17">
-        <v>22500</v>
+        <v>25000</v>
       </c>
       <c r="G114" s="19" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="H114" s="20">
-        <v>45876</v>
+        <v>43720</v>
       </c>
       <c r="I114" s="21">
-        <v>16.5</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="115" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A115" s="10">
         <v>9</v>
       </c>
       <c r="B115" s="10">
-        <v>9788807883828</v>
+        <v>9786255942753</v>
       </c>
       <c r="C115" s="11">
-        <v>9801723</v>
+        <v>2016913</v>
       </c>
       <c r="D115" s="12" t="s">
-        <v>131</v>
+        <v>190</v>
       </c>
       <c r="E115" s="13" t="s">
-        <v>132</v>
+        <v>38</v>
       </c>
       <c r="F115" s="11">
         <v>21110</v>
       </c>
       <c r="G115" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H115" s="14">
-        <v>41689</v>
+        <v>45877</v>
       </c>
       <c r="I115" s="15">
-        <v>21.5</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="116" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A116" s="16">
         <v>10</v>
       </c>
       <c r="B116" s="16">
-        <v>9788817161367</v>
+        <v>9786052959923</v>
       </c>
       <c r="C116" s="17">
-        <v>2923031</v>
+        <v>3170188</v>
       </c>
       <c r="D116" s="18" t="s">
-        <v>222</v>
+        <v>191</v>
       </c>
       <c r="E116" s="19" t="s">
-        <v>223</v>
+        <v>189</v>
       </c>
       <c r="F116" s="17">
-        <v>12500</v>
+        <v>22000</v>
       </c>
       <c r="G116" s="19" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="H116" s="20">
-        <v>44894</v>
+        <v>44651</v>
       </c>
       <c r="I116" s="21">
-        <v>20</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="117" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A117" s="10">
         <v>11</v>
       </c>
       <c r="B117" s="10">
-        <v>9788899358501</v>
+        <v>9786050849196</v>
       </c>
       <c r="C117" s="11">
-        <v>2691982</v>
+        <v>3166343</v>
       </c>
       <c r="D117" s="12" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="E117" s="13" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F117" s="11">
-        <v>18600</v>
+        <v>25000</v>
       </c>
       <c r="G117" s="13" t="s">
-        <v>103</v>
+        <v>39</v>
       </c>
       <c r="H117" s="14">
-        <v>43643</v>
+        <v>45740</v>
       </c>
       <c r="I117" s="15">
-        <v>52</v>
+        <v>16.989999999999998</v>
       </c>
     </row>
     <row r="118" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A118" s="16">
         <v>12</v>
       </c>
       <c r="B118" s="16">
-        <v>9788845916755</v>
+        <v>9789756779194</v>
       </c>
       <c r="C118" s="17">
-        <v>2068532</v>
+        <v>2396920</v>
       </c>
       <c r="D118" s="18" t="s">
-        <v>90</v>
+        <v>192</v>
       </c>
       <c r="E118" s="19" t="s">
-        <v>46</v>
+        <v>108</v>
       </c>
       <c r="F118" s="17">
-        <v>21110</v>
+        <v>15470</v>
       </c>
       <c r="G118" s="19" t="s">
-        <v>14</v>
+        <v>109</v>
       </c>
       <c r="H118" s="20">
-        <v>37859</v>
+        <v>41614</v>
       </c>
       <c r="I118" s="21">
-        <v>20</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="119" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A119" s="10">
         <v>13</v>
       </c>
       <c r="B119" s="10">
-        <v>9788866324119</v>
+        <v>9789752698949</v>
       </c>
       <c r="C119" s="11">
-        <v>5530253</v>
+        <v>2209009</v>
       </c>
       <c r="D119" s="12" t="s">
-        <v>224</v>
+        <v>132</v>
       </c>
       <c r="E119" s="13" t="s">
-        <v>44</v>
+        <v>133</v>
       </c>
       <c r="F119" s="11">
-        <v>11110</v>
+        <v>15470</v>
       </c>
       <c r="G119" s="13" t="s">
-        <v>14</v>
+        <v>109</v>
       </c>
       <c r="H119" s="14">
-        <v>41659</v>
+        <v>41674</v>
       </c>
       <c r="I119" s="15">
-        <v>35</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="120" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A120" s="16">
         <v>14</v>
       </c>
       <c r="B120" s="16">
-        <v>9788806219291</v>
+        <v>9799756457749</v>
       </c>
       <c r="C120" s="17">
-        <v>6565247</v>
+        <v>3152185</v>
       </c>
       <c r="D120" s="18" t="s">
-        <v>99</v>
+        <v>193</v>
       </c>
       <c r="E120" s="19" t="s">
-        <v>42</v>
+        <v>194</v>
       </c>
       <c r="F120" s="17">
-        <v>21110</v>
+        <v>25000</v>
       </c>
       <c r="G120" s="19" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="H120" s="20">
-        <v>41695</v>
+        <v>41900</v>
       </c>
       <c r="I120" s="21">
-        <v>23.5</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="121" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A121" s="10">
         <v>15</v>
       </c>
       <c r="B121" s="10">
-        <v>9788806242329</v>
+        <v>9786257746168</v>
       </c>
       <c r="C121" s="11">
-        <v>2944069</v>
+        <v>3100016</v>
       </c>
       <c r="D121" s="12" t="s">
-        <v>67</v>
+        <v>195</v>
       </c>
       <c r="E121" s="13" t="s">
-        <v>42</v>
+        <v>194</v>
       </c>
       <c r="F121" s="11">
-        <v>11110</v>
+        <v>25000</v>
       </c>
       <c r="G121" s="13" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="H121" s="14">
-        <v>44982</v>
+        <v>44900</v>
       </c>
       <c r="I121" s="15">
-        <v>29.5</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="122" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="16">
         <v>16</v>
       </c>
       <c r="B122" s="16">
-        <v>9788804772118</v>
+        <v>9786257099301</v>
       </c>
       <c r="C122" s="17">
-        <v>2929153</v>
+        <v>2431040</v>
       </c>
       <c r="D122" s="18" t="s">
-        <v>115</v>
+        <v>62</v>
       </c>
       <c r="E122" s="19" t="s">
-        <v>66</v>
+        <v>40</v>
       </c>
       <c r="F122" s="17">
         <v>11110</v>
       </c>
       <c r="G122" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H122" s="20">
-        <v>44909</v>
+        <v>44252</v>
       </c>
       <c r="I122" s="21">
-        <v>21.5</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="123" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="10">
         <v>17</v>
       </c>
       <c r="B123" s="10">
-        <v>9788806239831</v>
+        <v>9786256228849</v>
       </c>
       <c r="C123" s="11">
-        <v>2123956</v>
+        <v>3180656</v>
       </c>
       <c r="D123" s="12" t="s">
-        <v>41</v>
+        <v>196</v>
       </c>
       <c r="E123" s="13" t="s">
-        <v>42</v>
+        <v>197</v>
       </c>
       <c r="F123" s="11">
         <v>11110</v>
       </c>
       <c r="G123" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H123" s="14">
-        <v>43407</v>
+        <v>45810</v>
       </c>
       <c r="I123" s="15">
-        <v>21.5</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="124" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="16">
         <v>18</v>
       </c>
       <c r="B124" s="16">
-        <v>9788806219352</v>
+        <v>9786255942579</v>
       </c>
       <c r="C124" s="17">
-        <v>4098129</v>
+        <v>3180551</v>
       </c>
       <c r="D124" s="18" t="s">
-        <v>162</v>
+        <v>89</v>
       </c>
       <c r="E124" s="19" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="F124" s="17">
         <v>21110</v>
       </c>
       <c r="G124" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H124" s="20">
-        <v>41674</v>
+        <v>45825</v>
       </c>
       <c r="I124" s="21">
-        <v>23.5</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="125" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="10">
         <v>19</v>
       </c>
       <c r="B125" s="10">
-        <v>9788817183499</v>
+        <v>9786255799128</v>
       </c>
       <c r="C125" s="11">
-        <v>3068786</v>
+        <v>2008808</v>
       </c>
       <c r="D125" s="12" t="s">
-        <v>225</v>
+        <v>198</v>
       </c>
       <c r="E125" s="13" t="s">
-        <v>223</v>
+        <v>38</v>
       </c>
       <c r="F125" s="11">
         <v>11110</v>
       </c>
       <c r="G125" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H125" s="14">
-        <v>45411</v>
+        <v>45925</v>
       </c>
       <c r="I125" s="15">
-        <v>30</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="126" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A126" s="16">
         <v>20</v>
       </c>
       <c r="B126" s="16">
-        <v>9788834603000</v>
+        <v>9786255799050</v>
       </c>
       <c r="C126" s="17">
-        <v>2845921</v>
+        <v>2008804</v>
       </c>
       <c r="D126" s="18" t="s">
-        <v>91</v>
+        <v>128</v>
       </c>
       <c r="E126" s="19" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="F126" s="17">
-        <v>21200</v>
+        <v>11110</v>
       </c>
       <c r="G126" s="19" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H126" s="20">
-        <v>44628</v>
+        <v>45919</v>
       </c>
       <c r="I126" s="21">
-        <v>32</v>
+        <v>19.989999999999998</v>
       </c>
     </row>
     <row r="127" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A127" s="10">
-[...25 lines deleted...]
-      </c>
+      <c r="A127" s="29" t="s">
+        <v>43</v>
+      </c>
+      <c r="B127" s="29"/>
+      <c r="C127" s="30"/>
+      <c r="D127" s="31"/>
+      <c r="E127" s="29"/>
+      <c r="F127" s="32"/>
+      <c r="G127" s="32"/>
+      <c r="H127" s="32"/>
+      <c r="I127" s="32"/>
     </row>
     <row r="128" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A128" s="16">
-[...24 lines deleted...]
-        <v>46.5</v>
+      <c r="A128" s="10">
+        <v>1</v>
+      </c>
+      <c r="B128" s="10">
+        <v>9785699901302</v>
+      </c>
+      <c r="C128" s="11">
+        <v>2981627</v>
+      </c>
+      <c r="D128" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="E128" s="13" t="s">
+        <v>136</v>
+      </c>
+      <c r="F128" s="11">
+        <v>11400</v>
+      </c>
+      <c r="G128" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="H128" s="14">
+        <v>45089</v>
+      </c>
+      <c r="I128" s="15">
+        <v>10</v>
       </c>
     </row>
     <row r="129" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A129" s="10">
+      <c r="A129" s="16">
+        <v>2</v>
+      </c>
+      <c r="B129" s="16">
+        <v>9785041813956</v>
+      </c>
+      <c r="C129" s="17">
+        <v>3139251</v>
+      </c>
+      <c r="D129" s="18" t="s">
+        <v>96</v>
+      </c>
+      <c r="E129" s="19" t="s">
+        <v>136</v>
+      </c>
+      <c r="F129" s="17">
+        <v>11110</v>
+      </c>
+      <c r="G129" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="H129" s="20">
+        <v>45715</v>
+      </c>
+      <c r="I129" s="21">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="10">
+        <v>3</v>
+      </c>
+      <c r="B130" s="10">
+        <v>9785353073468</v>
+      </c>
+      <c r="C130" s="11">
+        <v>2584364</v>
+      </c>
+      <c r="D130" s="12" t="s">
+        <v>95</v>
+      </c>
+      <c r="E130" s="13" t="s">
+        <v>136</v>
+      </c>
+      <c r="F130" s="11">
+        <v>12100</v>
+      </c>
+      <c r="G130" s="13" t="s">
+        <v>94</v>
+      </c>
+      <c r="H130" s="14">
+        <v>42898</v>
+      </c>
+      <c r="I130" s="15">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="16">
+        <v>4</v>
+      </c>
+      <c r="B131" s="16">
+        <v>9785389017245</v>
+      </c>
+      <c r="C131" s="17">
+        <v>8096368</v>
+      </c>
+      <c r="D131" s="18" t="s">
+        <v>199</v>
+      </c>
+      <c r="E131" s="19" t="s">
+        <v>136</v>
+      </c>
+      <c r="F131" s="17">
+        <v>21110</v>
+      </c>
+      <c r="G131" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="H131" s="20">
+        <v>41276</v>
+      </c>
+      <c r="I131" s="21">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="10">
+        <v>5</v>
+      </c>
+      <c r="B132" s="10">
+        <v>9785699973248</v>
+      </c>
+      <c r="C132" s="11">
+        <v>3160406</v>
+      </c>
+      <c r="D132" s="12" t="s">
+        <v>200</v>
+      </c>
+      <c r="E132" s="13" t="s">
+        <v>136</v>
+      </c>
+      <c r="F132" s="11">
+        <v>14810</v>
+      </c>
+      <c r="G132" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="H132" s="14">
+        <v>45762</v>
+      </c>
+      <c r="I132" s="15">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="16">
+        <v>6</v>
+      </c>
+      <c r="B133" s="16">
+        <v>9785389016668</v>
+      </c>
+      <c r="C133" s="17">
+        <v>8096236</v>
+      </c>
+      <c r="D133" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="E133" s="19" t="s">
+        <v>136</v>
+      </c>
+      <c r="F133" s="17">
+        <v>21110</v>
+      </c>
+      <c r="G133" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="H133" s="20">
+        <v>41276</v>
+      </c>
+      <c r="I133" s="21">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="10">
+        <v>7</v>
+      </c>
+      <c r="B134" s="10">
+        <v>9785699371372</v>
+      </c>
+      <c r="C134" s="11">
+        <v>3494896</v>
+      </c>
+      <c r="D134" s="12" t="s">
+        <v>110</v>
+      </c>
+      <c r="E134" s="13" t="s">
+        <v>136</v>
+      </c>
+      <c r="F134" s="11">
+        <v>12600</v>
+      </c>
+      <c r="G134" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="H134" s="14">
+        <v>40799</v>
+      </c>
+      <c r="I134" s="15">
         <v>23</v>
       </c>
-      <c r="B129" s="10">
-[...25 lines deleted...]
-      <c r="A130" s="16">
+    </row>
+    <row r="135" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="16">
+        <v>8</v>
+      </c>
+      <c r="B135" s="16">
+        <v>9785389074354</v>
+      </c>
+      <c r="C135" s="17">
+        <v>8251495</v>
+      </c>
+      <c r="D135" s="18" t="s">
+        <v>201</v>
+      </c>
+      <c r="E135" s="19" t="s">
+        <v>136</v>
+      </c>
+      <c r="F135" s="17">
+        <v>12500</v>
+      </c>
+      <c r="G135" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="H135" s="20">
+        <v>41717</v>
+      </c>
+      <c r="I135" s="21">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="10">
+        <v>9</v>
+      </c>
+      <c r="B136" s="10">
+        <v>9785171004910</v>
+      </c>
+      <c r="C136" s="11">
+        <v>2645633</v>
+      </c>
+      <c r="D136" s="12" t="s">
+        <v>139</v>
+      </c>
+      <c r="E136" s="13" t="s">
+        <v>136</v>
+      </c>
+      <c r="F136" s="11">
+        <v>11400</v>
+      </c>
+      <c r="G136" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="H136" s="14">
+        <v>43336</v>
+      </c>
+      <c r="I136" s="15">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="16">
+        <v>10</v>
+      </c>
+      <c r="B137" s="16">
+        <v>9785170924370</v>
+      </c>
+      <c r="C137" s="17">
+        <v>2475886</v>
+      </c>
+      <c r="D137" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="E137" s="19" t="s">
+        <v>136</v>
+      </c>
+      <c r="F137" s="17">
+        <v>12100</v>
+      </c>
+      <c r="G137" s="19" t="s">
+        <v>94</v>
+      </c>
+      <c r="H137" s="20">
+        <v>42405</v>
+      </c>
+      <c r="I137" s="21">
         <v>24</v>
       </c>
-      <c r="B130" s="16">
-[...209 lines deleted...]
-      <c r="I137" s="32"/>
     </row>
     <row r="138" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A138" s="10">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="B138" s="10">
-        <v>9786256149014</v>
+        <v>9785171341053</v>
       </c>
       <c r="C138" s="11">
-        <v>3107659</v>
+        <v>2949757</v>
       </c>
       <c r="D138" s="12" t="s">
-        <v>100</v>
+        <v>141</v>
       </c>
       <c r="E138" s="13" t="s">
-        <v>54</v>
+        <v>136</v>
       </c>
       <c r="F138" s="11">
-        <v>21110</v>
+        <v>14740</v>
       </c>
       <c r="G138" s="13" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="H138" s="14">
-        <v>45589</v>
+        <v>44999</v>
       </c>
       <c r="I138" s="15">
-        <v>13.99</v>
+        <v>15</v>
       </c>
     </row>
     <row r="139" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A139" s="16">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="B139" s="16">
-        <v>9786255799050</v>
+        <v>9785957306450</v>
       </c>
       <c r="C139" s="17">
-        <v>2008804</v>
+        <v>3160346</v>
       </c>
       <c r="D139" s="18" t="s">
-        <v>233</v>
+        <v>202</v>
       </c>
       <c r="E139" s="19" t="s">
-        <v>50</v>
+        <v>136</v>
       </c>
       <c r="F139" s="17">
-        <v>11110</v>
+        <v>14710</v>
       </c>
       <c r="G139" s="19" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="H139" s="20">
-        <v>45919</v>
+        <v>45773</v>
       </c>
       <c r="I139" s="21">
-        <v>22.99</v>
+        <v>16</v>
       </c>
     </row>
     <row r="140" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A140" s="10">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="B140" s="10">
-        <v>9786256329485</v>
+        <v>9785170824243</v>
       </c>
       <c r="C140" s="11">
-        <v>2011734</v>
+        <v>2643172</v>
       </c>
       <c r="D140" s="12" t="s">
-        <v>234</v>
+        <v>203</v>
       </c>
       <c r="E140" s="13" t="s">
-        <v>68</v>
+        <v>136</v>
       </c>
       <c r="F140" s="11">
-        <v>21110</v>
+        <v>12910</v>
       </c>
       <c r="G140" s="13" t="s">
-        <v>14</v>
+        <v>117</v>
       </c>
       <c r="H140" s="14">
-        <v>45945</v>
+        <v>43292</v>
       </c>
       <c r="I140" s="15">
-        <v>14.99</v>
+        <v>18</v>
       </c>
     </row>
     <row r="141" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A141" s="16">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="B141" s="16">
-        <v>9786256608740</v>
+        <v>9785916718386</v>
       </c>
       <c r="C141" s="17">
-        <v>3062688</v>
+        <v>9509810</v>
       </c>
       <c r="D141" s="18" t="s">
-        <v>116</v>
+        <v>204</v>
       </c>
       <c r="E141" s="19" t="s">
-        <v>54</v>
+        <v>136</v>
       </c>
       <c r="F141" s="17">
-        <v>21110</v>
+        <v>15380</v>
       </c>
       <c r="G141" s="19" t="s">
-        <v>14</v>
+        <v>137</v>
       </c>
       <c r="H141" s="20">
-        <v>45379</v>
+        <v>43195</v>
       </c>
       <c r="I141" s="21">
-        <v>11.99</v>
+        <v>21</v>
       </c>
     </row>
     <row r="142" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A142" s="10">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="B142" s="10">
-        <v>9786257099301</v>
+        <v>9785041021320</v>
       </c>
       <c r="C142" s="11">
-        <v>2431040</v>
+        <v>2981591</v>
       </c>
       <c r="D142" s="12" t="s">
-        <v>84</v>
+        <v>205</v>
       </c>
       <c r="E142" s="13" t="s">
-        <v>52</v>
+        <v>136</v>
       </c>
       <c r="F142" s="11">
-        <v>11110</v>
+        <v>14810</v>
       </c>
       <c r="G142" s="13" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="H142" s="14">
-        <v>44252</v>
+        <v>45103</v>
       </c>
       <c r="I142" s="15">
-        <v>12.99</v>
-[...380 lines deleted...]
-      <c r="A156" s="10">
         <v>19</v>
-      </c>
-[...499 lines deleted...]
-        <v>15</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:I2"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="1.7716535433070868" bottom="1.3779527559055118" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="50" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Fett"&amp;12
 &amp;K243478Libri GmbH&amp;"-,Standard"&amp;11
 &amp;12Hamburg • Bad Hersfeld&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;10&amp;K243478Libri GmbH • Friedensallee 273 • 22763 Hamburg • AG Hamburg HRB 65430
 Geschäftsführung: Alyna Wnukowsky (Sprecherin), Ulrich Vollmer
 Aufsichtsratsvorsitzender: Dr. Markus Conrad&amp;R&amp;K243478&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>