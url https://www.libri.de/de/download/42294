--- v2 (2026-01-15)
+++ v3 (2026-03-12)
@@ -6,88 +6,88 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestseller\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2E5C0B4B-71D8-4C3C-A5A4-85FE698CA918}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{189055E1-30E7-44A1-AED8-F7D973060528}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
   </bookViews>
   <sheets>
     <sheet name="TopInternational" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">TopInternational!$B$128:$I$142</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">TopInternational!$A$1:$I$142</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">TopInternational!$3:$3</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="419" uniqueCount="211">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="419" uniqueCount="204">
   <si>
     <t>Ranking</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Libri-No.</t>
   </si>
   <si>
     <t>Author: Title</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Product Classification</t>
   </si>
   <si>
     <t>Product Classification Text</t>
   </si>
   <si>
     <t>First in</t>
   </si>
   <si>
@@ -165,561 +165,540 @@
   <si>
     <t>Ediciones B</t>
   </si>
   <si>
     <t>Garcia Marquez, G: Muerte anunciada</t>
   </si>
   <si>
     <t>Esoteric/Anthroposophy</t>
   </si>
   <si>
     <t>Coelho, P: El Alquimista</t>
   </si>
   <si>
     <t>Esquivel, L: Como agua para chocolate</t>
   </si>
   <si>
     <t>Turkish</t>
   </si>
   <si>
     <t>Destek Yayinevi</t>
   </si>
   <si>
     <t>Humanities</t>
   </si>
   <si>
-    <t>Müptela Yayinevi</t>
-[...1 lines deleted...]
-  <si>
     <t>Guidebooks/Self-help</t>
   </si>
   <si>
     <t>Indigo Kitap</t>
   </si>
   <si>
     <t>Russian</t>
   </si>
   <si>
     <t>Lyrics/Poetry/Essays/Speeches</t>
   </si>
   <si>
-    <t>Berest, A: Carte postale</t>
-[...1 lines deleted...]
-  <si>
     <t>Allende, I: Viento conoce mi nombre</t>
   </si>
   <si>
     <t>Allende, I: Ciudad de las Bestias</t>
   </si>
   <si>
     <t>J'ai Lu</t>
   </si>
   <si>
     <t>Colombani, L: Tresse</t>
   </si>
   <si>
     <t>Ediciones SM</t>
   </si>
   <si>
-    <t>Hayy Kitap</t>
-[...4 lines deleted...]
-  <si>
     <t>Oerberg, H: Lingua latina per se illustrata: familia romana</t>
   </si>
   <si>
     <t>Celesa</t>
   </si>
   <si>
     <t>Literary Studies</t>
   </si>
   <si>
     <t>Sempe, J: petit Nicolas</t>
   </si>
   <si>
     <t>Salvat Editores</t>
   </si>
   <si>
     <t>Faye, G: Petit pays</t>
   </si>
   <si>
     <t>Ron, M: Culpa mía</t>
   </si>
   <si>
-    <t>Ruiz, M: cuatro Acuerdos</t>
-[...7 lines deleted...]
-  <si>
     <t>Saint-Exupéry, A: Malenkij prinz</t>
   </si>
   <si>
     <t>Allende, I : Casa de los espiritus</t>
   </si>
   <si>
     <t>Garcia Marquez, G: Tiempos del colera</t>
   </si>
   <si>
     <t>Asterix Span. 14 Hispania</t>
   </si>
   <si>
-    <t>Asterix Franz./gaulois/SA</t>
-[...4 lines deleted...]
-  <si>
     <t>Camus, A: Mythe de Sisyphe</t>
   </si>
   <si>
     <t>Philosophy</t>
   </si>
   <si>
-    <t>Bucay, J: Dejame que te cuente</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Aktas, M: Kalbi Iyi Olanin Yolu Zordur - Yükü agir olur iyi </t>
   </si>
   <si>
-    <t>Gramática de uso del espa?ol: Teoría y práctica A1-B2</t>
-[...1 lines deleted...]
-  <si>
     <t>Schoolbooks/Adult Education</t>
   </si>
   <si>
-    <t>Modiano, P: Danseuse</t>
-[...1 lines deleted...]
-  <si>
     <t>Camus, A: Peste</t>
   </si>
   <si>
-    <t>Flaubert, G: Madame Bovary</t>
-[...1 lines deleted...]
-  <si>
     <t>Rowling, J: Harry Potter 1/piedra</t>
   </si>
   <si>
     <t>Vargas Llosa, M: Ciudad y los perros</t>
   </si>
   <si>
     <t>PLANETA</t>
   </si>
   <si>
     <t>Childrens Books</t>
   </si>
   <si>
     <t>Foenkinos, D: vie heureuse</t>
   </si>
   <si>
     <t>Andrea, J: Veiller sur elle</t>
   </si>
   <si>
     <t>Schlesser, T: Yeux de Mona</t>
   </si>
   <si>
     <t>McFadden, F: Femme de ménage</t>
   </si>
   <si>
     <t>Espinosa, A: Que te dire cuando te vuelva a ver</t>
   </si>
   <si>
-    <t>Ruiz Zafon, C: Principe de la niebla</t>
-[...7 lines deleted...]
-  <si>
     <t>Rafaella: Bebekler Icin Uykudan Önce Öyküler</t>
   </si>
   <si>
     <t>1001 Cicek Kitaplar</t>
   </si>
   <si>
     <t>Saint-Exupery, A: Kücük Prens</t>
   </si>
   <si>
     <t>Can Yayinlari</t>
   </si>
   <si>
     <t>Childrens Books/Baby and Preschool/Fiction</t>
   </si>
   <si>
-    <t>Chukovskij, K: Ajbolit. Kniga-panoramka</t>
-[...1 lines deleted...]
-  <si>
     <t>Kawamura, G: Esli vse koshki v mire ischeznut</t>
   </si>
   <si>
-    <t>Bussi, M: Assassins de l'aube</t>
-[...10 lines deleted...]
-  <si>
     <t>Garcia Marquez, G: En Agosto nos vemos</t>
   </si>
   <si>
-    <t>Rivera, A: Nina del sombrero azul</t>
-[...1 lines deleted...]
-  <si>
     <t>Cortázar, J: Rayuela</t>
   </si>
   <si>
     <t>TUSQUETS</t>
   </si>
   <si>
     <t>Esclapez, M: Mujeres que arden</t>
   </si>
   <si>
     <t>Borges; J: Ficciones</t>
   </si>
   <si>
-    <t>Cercas, J: Loco de Dios en el fin del mundo</t>
-[...1 lines deleted...]
-  <si>
     <t>Yeni Boyut Yayinlari</t>
   </si>
   <si>
     <t>Theology/Religion</t>
   </si>
   <si>
     <t>Puschkin, A: Skazki</t>
   </si>
   <si>
     <t>Childrens Books/Fairy Tales</t>
   </si>
   <si>
     <t>Goscinny, R: Astérix - Astérix en Lusitanie - n°41</t>
   </si>
   <si>
     <t>McFadden, F: Femme de ménage voit tout</t>
   </si>
   <si>
     <t>Faye, G: Jacaranda</t>
   </si>
   <si>
-    <t>Sodis(Folio,L Imaginaire)</t>
-[...7 lines deleted...]
-  <si>
     <t>Hassaine, L: Panorama</t>
   </si>
   <si>
-    <t>Goscinny, R: Astérix  40 -  L'Iris Blanc</t>
-[...4 lines deleted...]
-  <si>
     <t>Allende, I: Mujeres del alma mia</t>
   </si>
   <si>
-    <t>Montero, C: Desorden que dejas</t>
-[...13 lines deleted...]
-  <si>
     <t>Marquez, G: Doce Cuentos Peregrinos</t>
   </si>
   <si>
-    <t>Yolyapan, R: Anadolu Sifacilgi</t>
-[...16 lines deleted...]
-  <si>
     <t>Süleyman El-Cezuli, M: Aciklamali Delailü'l Hayrat</t>
   </si>
   <si>
     <t>tikla24.de BS</t>
   </si>
   <si>
     <t>KNIZHNIK Internationale</t>
   </si>
   <si>
     <t>Psychology</t>
   </si>
   <si>
     <t>Uspenskij, E: Cheburashka, Krokodil Gena, Shapokljak</t>
   </si>
   <si>
     <t>Chukovskij, K: 50 ljubimyh malen'kih skazok</t>
   </si>
   <si>
-    <t>Bulgakow, M: Master i Margarita</t>
-[...1 lines deleted...]
-  <si>
     <t>Wells, M: Taro Ujejta. Bol'shaja kniga simvolov</t>
   </si>
   <si>
-    <t>International Top-Titles January/February 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Mauvignier, L: La maison vide</t>
   </si>
   <si>
     <t>Minuit</t>
   </si>
   <si>
     <t>Gary, R: Vie devant soi</t>
   </si>
   <si>
     <t>Levy, M: Librairie des livres interdits</t>
   </si>
   <si>
-    <t>Appanah, N : La nuit au coeur</t>
-[...4 lines deleted...]
-  <si>
     <t>DaCosta, M: Tout le bleu du ciel</t>
   </si>
   <si>
     <t>Verne, J: Tour du monde</t>
   </si>
   <si>
     <t>Perrin, V: Changer l'eau des fleurs</t>
   </si>
   <si>
-    <t>Sempé, J: Le Petit Nicolas c'est Noel</t>
-[...13 lines deleted...]
-  <si>
     <t>Slimani, L: Chanson douce</t>
   </si>
   <si>
-    <t>Clermont-Tonnerre, A: Je voulais vivre</t>
-[...7 lines deleted...]
-  <si>
     <t>Slimani, L: J'emporterai le feu</t>
   </si>
   <si>
-    <t>Goscinny, R:Asterix 6/Cleopatre</t>
-[...1 lines deleted...]
-  <si>
     <t>Benavent, E: Toda la verdad de mis mentiras</t>
   </si>
   <si>
-    <t>Val, J: Vera Una historia de amor</t>
-[...1 lines deleted...]
-  <si>
     <t>Chic, C: Aunque llueva en primavera</t>
   </si>
   <si>
     <t>Juan Carlos I.: Reconciliacion</t>
   </si>
   <si>
     <t>History</t>
   </si>
   <si>
-    <t>Llenas, A: Monstruo de colores</t>
-[...4 lines deleted...]
-  <si>
     <t>Aramburu, F: Patria</t>
   </si>
   <si>
-    <t>Benavent, E: Esnob</t>
-[...1 lines deleted...]
-  <si>
     <t>Allende, I: Largo petalo de mar</t>
   </si>
   <si>
     <t>Rulfo, J: Pedro Paramo</t>
   </si>
   <si>
     <t>CATEDRA</t>
   </si>
   <si>
-    <t>Santiago, M: Chica del lago</t>
-[...7 lines deleted...]
-  <si>
     <t>Borges, J: El Aleph</t>
   </si>
   <si>
-    <t>Jiménez, J: Platero y yo</t>
-[...10 lines deleted...]
-  <si>
     <t>Benavent, E: En los zapatos de Valeria</t>
   </si>
   <si>
     <t>Ali, S: Kürk Mantolu Madonna</t>
   </si>
   <si>
     <t>Yapi Kredi Yayinlari</t>
   </si>
   <si>
-    <t>Budayicioglu, G: Kral Kaybederse</t>
-[...4 lines deleted...]
-  <si>
     <t>Aurelius, M: Kendime Düsünceler</t>
   </si>
   <si>
     <t>Türkiye Is Bankasi Kültür</t>
   </si>
   <si>
     <t>Ibin, S: En Cok da Iyi Niyet Yorar Insani</t>
   </si>
   <si>
-    <t>Richards, C: Sevginin Gücü</t>
-[...1 lines deleted...]
-  <si>
     <t>Kur'an-i Kerim Meali</t>
   </si>
   <si>
-    <t>Gazali, I: Dua ve Zikir</t>
-[...1 lines deleted...]
-  <si>
     <t>Celik Yayinevi</t>
   </si>
   <si>
-    <t>Gazali, I: Nefs Terbiyesi ve Ahlaki Güzellestirme</t>
-[...13 lines deleted...]
-  <si>
     <t>Strelecky, J: Kafe na kraju zemli</t>
   </si>
   <si>
-    <t>Rowling: Harry Potter 1/russisch</t>
-[...7 lines deleted...]
-  <si>
     <t>Frankl, V: Skazat' zhizni "Da!". Psiholog v konclagere</t>
   </si>
   <si>
-    <t>Stahl, S: Rebenok v tebe dolzhen obresti dom. Vernut'sja v d</t>
-[...1 lines deleted...]
-  <si>
     <t>Carrère: L adversaire</t>
   </si>
   <si>
-    <t>Carrère, E: Kolkhoze</t>
-[...4 lines deleted...]
-  <si>
     <t>Daas, F: Petite dernière</t>
   </si>
   <si>
-    <t>Dicker, J: Très Catastrophique Visite du Zoo</t>
+    <t>International Top-Titles March/April 2026</t>
+  </si>
+  <si>
+    <t>Celine, L: Voyage au bout</t>
+  </si>
+  <si>
+    <t>Collin, P: Barman du Ritz</t>
+  </si>
+  <si>
+    <t>Gounelle, L: Monde presque parfait</t>
+  </si>
+  <si>
+    <t>Slimani, L: Regardez-Nous Danser</t>
+  </si>
+  <si>
+    <t>Bescherelle - conjugaison pour tous</t>
+  </si>
+  <si>
+    <t>Learning Aids</t>
+  </si>
+  <si>
+    <t>Vigan, D: Enfants sont rois</t>
+  </si>
+  <si>
+    <t>Vigan, D: No et moi</t>
+  </si>
+  <si>
+    <t>Dicker, J: Vérité sur l'Affaire Harry Quebert</t>
+  </si>
+  <si>
+    <t>Goscinny, R: Asterix Franz. tour de Gaule/SA</t>
+  </si>
+  <si>
+    <t>Camus, A: Chute</t>
+  </si>
+  <si>
+    <t>Perrin, V: Oubliés du dimanche</t>
+  </si>
+  <si>
+    <t>Nothomb, A: L'Impossible retour</t>
+  </si>
+  <si>
+    <t>Norek, O: Guerriers de l'hiver</t>
+  </si>
+  <si>
+    <t>Tintera, A: Mens - moi à l'oreille</t>
+  </si>
+  <si>
+    <t>Besson, P: Pension en Italie</t>
+  </si>
+  <si>
+    <t>Besson, P: Vous parler de mon fils</t>
+  </si>
+  <si>
+    <t>Bourbeau, L: Guérison des 5 blessures</t>
+  </si>
+  <si>
+    <t>Collette, S: Madelaine avant l'aube</t>
+  </si>
+  <si>
+    <t>Guez, O: Mesopotamia</t>
+  </si>
+  <si>
+    <t>Kérangal, M: Jour de ressac</t>
+  </si>
+  <si>
+    <t>Joffo, J: Sac de billes</t>
+  </si>
+  <si>
+    <t>Pichat, B: Petite bonne</t>
+  </si>
+  <si>
+    <t>Gramática de uso del español: Teoría y práctica A1-B2</t>
+  </si>
+  <si>
+    <t>Perez-Reverte, A: Isla de la mujer dormida</t>
+  </si>
+  <si>
+    <t>Sabato, E: tunel</t>
+  </si>
+  <si>
+    <t>Lucas, J: Melina</t>
+  </si>
+  <si>
+    <t>ANAYA</t>
+  </si>
+  <si>
+    <t>Bordons, P: La tierra de las papas</t>
+  </si>
+  <si>
+    <t>Ruiz Zafón, C: Marina</t>
+  </si>
+  <si>
+    <t>Sepulveda, L: historia de una gaviota y del gato</t>
+  </si>
+  <si>
+    <t>Cercas, J: Impostor</t>
+  </si>
+  <si>
+    <t>Martin, I: Alma negra</t>
+  </si>
+  <si>
+    <t>Zueco, L: Escalon 33</t>
+  </si>
+  <si>
+    <t>Campos, C: Pan de limón con semillas de amapola</t>
+  </si>
+  <si>
+    <t>Gonzalez, T: Vista del abismo</t>
+  </si>
+  <si>
+    <t>ALFAGUARA</t>
+  </si>
+  <si>
+    <t>Portas, L: Baile de la mareas</t>
+  </si>
+  <si>
+    <t>Bolaño, R: 2666</t>
+  </si>
+  <si>
+    <t>Padura, L: Ir a La Habana</t>
+  </si>
+  <si>
+    <t>Letters/Diaries/Biographies</t>
+  </si>
+  <si>
+    <t>Trapiello, A: Me piden que regrese</t>
+  </si>
+  <si>
+    <t>Mayo, P: Deseo para sofia</t>
+  </si>
+  <si>
+    <t>PLAZA &amp; JANÉS</t>
+  </si>
+  <si>
+    <t>Montero , R: Ridícula idea de no volver a verte</t>
+  </si>
+  <si>
+    <t>Vierci, P: Niño que heredo el silencio</t>
+  </si>
+  <si>
+    <t>Suma de Letras</t>
+  </si>
+  <si>
+    <t>Kübra Tongar, H: Ramazan Geldiginde</t>
+  </si>
+  <si>
+    <t>Pamuk, O: Masumiyet Müzesi</t>
+  </si>
+  <si>
+    <t>Gazali, I: Dilin Afetleri</t>
+  </si>
+  <si>
+    <t>Yazir, E: Kuran-i Kerim Türkce Meali</t>
+  </si>
+  <si>
+    <t>Dorlion Yayinlari</t>
+  </si>
+  <si>
+    <t>Tongar, H: Kur'an Psikolojisi</t>
+  </si>
+  <si>
+    <t>Erdenay, E: Uyurken Zayifla</t>
+  </si>
+  <si>
+    <t>Robbins, M: Birak Yapsinlar Teorisi</t>
+  </si>
+  <si>
+    <t>Non-Fiction</t>
+  </si>
+  <si>
+    <t>Kolektif: Kur`an-i Me Perkthim Ne Gjuhen Shqipe (Koran Arabi</t>
+  </si>
+  <si>
+    <t>Cagri Yayinlari</t>
+  </si>
+  <si>
+    <t>Basdil, M: Lemurya'nin Cocuklari</t>
+  </si>
+  <si>
+    <t>Tavasli, Y: Tam Namaz Hocasi</t>
+  </si>
+  <si>
+    <t>Tavasli Yayinlari</t>
+  </si>
+  <si>
+    <t>Gospodinov, G: Bahcivan ve Ölüm</t>
+  </si>
+  <si>
+    <t>Metis Yayincilik</t>
+  </si>
+  <si>
+    <t>Sikel, C: Sen Hala Annenin Kizisin</t>
+  </si>
+  <si>
+    <t>Listvin, D: Polnyj kurs nemeckogo jazyka</t>
+  </si>
+  <si>
+    <t>German as a Foreign Language</t>
+  </si>
+  <si>
+    <t>Primachenko, O: K sebe nezhno</t>
+  </si>
+  <si>
+    <t>Greene, R: 48 zakonov vlasti</t>
+  </si>
+  <si>
+    <t>Litvak, B: 7 shagov k stabil'noj samoocenke</t>
+  </si>
+  <si>
+    <t>Sparks, N: Speshi ljubit'</t>
+  </si>
+  <si>
+    <t>Murakami, H: Norvezhskij les</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1468,4118 +1447,4127 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D61CB4B-7791-4ED0-AE80-E77BE2D65B28}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I142"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D39" sqref="D39"/>
+      <selection activeCell="J8" sqref="J8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="8.28515625" style="3" customWidth="1"/>
+    <col min="1" max="1" width="8.33203125" style="3" customWidth="1"/>
     <col min="2" max="2" width="14" style="3" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="9.28515625" style="8" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="7" width="28.140625" customWidth="1"/>
+    <col min="3" max="3" width="9.33203125" style="8" customWidth="1"/>
+    <col min="4" max="4" width="55.6640625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="22.44140625" style="3" customWidth="1"/>
+    <col min="6" max="6" width="14.109375" customWidth="1"/>
+    <col min="7" max="7" width="28.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" s="33" customFormat="1" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:9" s="33" customFormat="1" ht="16.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="36" t="s">
-        <v>142</v>
+        <v>132</v>
       </c>
       <c r="B1" s="36"/>
       <c r="C1" s="36"/>
       <c r="D1" s="36"/>
       <c r="E1" s="36"/>
       <c r="F1" s="36"/>
       <c r="G1" s="36"/>
       <c r="H1" s="36"/>
       <c r="I1" s="36"/>
     </row>
-    <row r="2" spans="1:9" s="33" customFormat="1" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:9" s="33" customFormat="1" ht="16.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="36"/>
       <c r="B2" s="36"/>
       <c r="C2" s="36"/>
       <c r="D2" s="36"/>
       <c r="E2" s="36"/>
       <c r="F2" s="36"/>
       <c r="G2" s="36"/>
       <c r="H2" s="36"/>
       <c r="I2" s="36"/>
     </row>
-    <row r="3" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:9" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="22" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="22" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="9" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="9" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="4" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="29" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="29"/>
       <c r="C4" s="30"/>
       <c r="D4" s="31"/>
       <c r="E4" s="29"/>
       <c r="F4" s="29"/>
       <c r="G4" s="29"/>
       <c r="H4" s="29"/>
       <c r="I4" s="29"/>
     </row>
-    <row r="5" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="10">
         <v>1</v>
       </c>
       <c r="B5" s="10">
-        <v>9782017253709</v>
+        <v>9782070360024</v>
       </c>
       <c r="C5" s="11">
-        <v>3167662</v>
+        <v>5071763</v>
       </c>
       <c r="D5" s="12" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F5" s="11">
-        <v>21800</v>
+        <v>21110</v>
       </c>
       <c r="G5" s="13" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H5" s="14">
-        <v>45955</v>
+        <v>36871</v>
       </c>
       <c r="I5" s="34">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="16">
         <v>2</v>
       </c>
       <c r="B6" s="16">
-        <v>9782707356741</v>
+        <v>9782070416219</v>
       </c>
       <c r="C6" s="17">
-        <v>3181117</v>
+        <v>5734169</v>
       </c>
       <c r="D6" s="18" t="s">
-        <v>143</v>
+        <v>130</v>
       </c>
       <c r="E6" s="19" t="s">
-        <v>144</v>
+        <v>11</v>
       </c>
       <c r="F6" s="17">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G6" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H6" s="20">
-        <v>45897</v>
+        <v>37029</v>
       </c>
       <c r="I6" s="35">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="10">
         <v>3</v>
       </c>
       <c r="B7" s="10">
-        <v>9782070408504</v>
+        <v>9782070360284</v>
       </c>
       <c r="C7" s="11">
-        <v>4012968</v>
+        <v>5071879</v>
       </c>
       <c r="D7" s="12" t="s">
-        <v>10</v>
+        <v>133</v>
       </c>
       <c r="E7" s="13" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="11">
-        <v>21400</v>
+        <v>21110</v>
       </c>
       <c r="G7" s="13" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="H7" s="14">
-        <v>38114</v>
+        <v>36871</v>
       </c>
       <c r="I7" s="34">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>16.5</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="16">
         <v>4</v>
       </c>
       <c r="B8" s="16">
-        <v>9782070360420</v>
+        <v>9782070373628</v>
       </c>
       <c r="C8" s="17">
-        <v>5071798</v>
+        <v>8753814</v>
       </c>
       <c r="D8" s="18" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="E8" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="17">
         <v>21110</v>
       </c>
       <c r="G8" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="20">
-        <v>36861</v>
+        <v>38736</v>
       </c>
       <c r="I8" s="35">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="10">
         <v>5</v>
       </c>
       <c r="B9" s="10">
-        <v>9782070416219</v>
+        <v>9782070408504</v>
       </c>
       <c r="C9" s="11">
-        <v>5734169</v>
+        <v>4012968</v>
       </c>
       <c r="D9" s="12" t="s">
-        <v>206</v>
+        <v>10</v>
       </c>
       <c r="E9" s="13" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="11">
-        <v>21110</v>
+        <v>21400</v>
       </c>
       <c r="G9" s="13" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H9" s="14">
-        <v>37029</v>
+        <v>38114</v>
       </c>
       <c r="I9" s="34">
-        <v>11.5</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="16">
         <v>6</v>
       </c>
       <c r="B10" s="16">
-        <v>9782070360024</v>
+        <v>9782070360420</v>
       </c>
       <c r="C10" s="17">
-        <v>5071763</v>
+        <v>5071798</v>
       </c>
       <c r="D10" s="18" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="E10" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="17">
         <v>21110</v>
       </c>
       <c r="G10" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H10" s="20">
-        <v>36871</v>
+        <v>36861</v>
       </c>
       <c r="I10" s="35">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="10">
         <v>7</v>
       </c>
       <c r="B11" s="10">
-        <v>9782070373628</v>
+        <v>9782290415634</v>
       </c>
       <c r="C11" s="11">
-        <v>8753814</v>
+        <v>3167722</v>
       </c>
       <c r="D11" s="12" t="s">
-        <v>145</v>
+        <v>90</v>
       </c>
       <c r="E11" s="13" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="F11" s="11">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="G11" s="13" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="H11" s="14">
-        <v>38736</v>
+        <v>45936</v>
       </c>
       <c r="I11" s="34">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="16">
         <v>8</v>
       </c>
       <c r="B12" s="16">
-        <v>9782075187541</v>
+        <v>9782017253709</v>
       </c>
       <c r="C12" s="17">
-        <v>2988351</v>
+        <v>3167662</v>
       </c>
       <c r="D12" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" s="17">
+        <v>21800</v>
+      </c>
+      <c r="G12" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" s="20">
+        <v>45955</v>
+      </c>
+      <c r="I12" s="35">
         <v>16</v>
       </c>
-      <c r="E12" s="19" t="s">
-[...15 lines deleted...]
-    <row r="13" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="13" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="10">
         <v>9</v>
       </c>
       <c r="B13" s="10">
-        <v>9782266325325</v>
+        <v>9782072923470</v>
       </c>
       <c r="C13" s="11">
-        <v>3167648</v>
+        <v>2190511</v>
       </c>
       <c r="D13" s="12" t="s">
-        <v>146</v>
+        <v>22</v>
       </c>
       <c r="E13" s="13" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="F13" s="11">
         <v>21110</v>
       </c>
       <c r="G13" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H13" s="14">
-        <v>45975</v>
+        <v>44335</v>
       </c>
       <c r="I13" s="34">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="16">
         <v>10</v>
       </c>
       <c r="B14" s="16">
-        <v>9782818061985</v>
+        <v>9782253251828</v>
       </c>
       <c r="C14" s="17">
-        <v>3181116</v>
+        <v>3167678</v>
       </c>
       <c r="D14" s="18" t="s">
-        <v>207</v>
+        <v>134</v>
       </c>
       <c r="E14" s="19" t="s">
-        <v>115</v>
+        <v>20</v>
       </c>
       <c r="F14" s="17">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G14" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H14" s="20">
-        <v>45897</v>
+        <v>46041</v>
       </c>
       <c r="I14" s="35">
-        <v>35.5</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="10">
         <v>11</v>
       </c>
       <c r="B15" s="10">
-        <v>9782290391174</v>
+        <v>9782253070443</v>
       </c>
       <c r="C15" s="11">
-        <v>3168269</v>
+        <v>4724704</v>
       </c>
       <c r="D15" s="12" t="s">
-        <v>85</v>
+        <v>54</v>
       </c>
       <c r="E15" s="13" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="F15" s="11">
-        <v>21200</v>
+        <v>21110</v>
       </c>
       <c r="G15" s="13" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="H15" s="14">
-        <v>45775</v>
+        <v>42982</v>
       </c>
       <c r="I15" s="34">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="16">
         <v>12</v>
       </c>
       <c r="B16" s="16">
-        <v>9782253252030</v>
+        <v>9782073098368</v>
       </c>
       <c r="C16" s="17">
-        <v>3167673</v>
+        <v>3115833</v>
       </c>
       <c r="D16" s="18" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="E16" s="19" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F16" s="17">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G16" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="20">
-        <v>45930</v>
+        <v>45682</v>
       </c>
       <c r="I16" s="35">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="10">
         <v>13</v>
       </c>
       <c r="B17" s="10">
-        <v>9782377359493</v>
+        <v>9782253252023</v>
       </c>
       <c r="C17" s="11">
-        <v>2473548</v>
+        <v>2028650</v>
       </c>
       <c r="D17" s="12" t="s">
-        <v>208</v>
+        <v>135</v>
       </c>
       <c r="E17" s="13" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F17" s="11">
-        <v>21200</v>
+        <v>21110</v>
       </c>
       <c r="G17" s="13" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="H17" s="14">
-        <v>44301</v>
+        <v>46055</v>
       </c>
       <c r="I17" s="34">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="16">
         <v>14</v>
       </c>
       <c r="B18" s="16">
-        <v>9782253080084</v>
+        <v>9782073003713</v>
       </c>
       <c r="C18" s="17">
-        <v>2778247</v>
+        <v>2917702</v>
       </c>
       <c r="D18" s="18" t="s">
-        <v>209</v>
+        <v>136</v>
       </c>
       <c r="E18" s="19" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F18" s="17">
         <v>21110</v>
       </c>
       <c r="G18" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H18" s="20">
-        <v>44447</v>
+        <v>45045</v>
       </c>
       <c r="I18" s="35">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="10">
         <v>15</v>
       </c>
       <c r="B19" s="10">
-        <v>9782253907947</v>
+        <v>9782266344258</v>
       </c>
       <c r="C19" s="11">
-        <v>3155079</v>
+        <v>3072407</v>
       </c>
       <c r="D19" s="12" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="E19" s="13" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F19" s="11">
         <v>21110</v>
       </c>
       <c r="G19" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H19" s="14">
-        <v>45793</v>
+        <v>45409</v>
       </c>
       <c r="I19" s="34">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="16">
         <v>16</v>
       </c>
       <c r="B20" s="16">
-        <v>9782266344258</v>
+        <v>9782253252030</v>
       </c>
       <c r="C20" s="17">
-        <v>3072407</v>
+        <v>3167673</v>
       </c>
       <c r="D20" s="18" t="s">
-        <v>18</v>
+        <v>91</v>
       </c>
       <c r="E20" s="19" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F20" s="17">
         <v>21110</v>
       </c>
       <c r="G20" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H20" s="20">
-        <v>45409</v>
+        <v>45930</v>
       </c>
       <c r="I20" s="35">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="10">
         <v>17</v>
       </c>
       <c r="B21" s="10">
-        <v>9782290415634</v>
+        <v>9782707356741</v>
       </c>
       <c r="C21" s="11">
-        <v>3167722</v>
+        <v>3181117</v>
       </c>
       <c r="D21" s="12" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="E21" s="13" t="s">
-        <v>48</v>
+        <v>103</v>
       </c>
       <c r="F21" s="11">
-        <v>21200</v>
+        <v>11110</v>
       </c>
       <c r="G21" s="13" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="H21" s="14">
-        <v>45936</v>
+        <v>45897</v>
       </c>
       <c r="I21" s="34">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="16">
         <v>18</v>
       </c>
       <c r="B22" s="16">
-        <v>9782072923470</v>
+        <v>9782401104754</v>
       </c>
       <c r="C22" s="17">
-        <v>2190511</v>
+        <v>3086363</v>
       </c>
       <c r="D22" s="18" t="s">
-        <v>22</v>
+        <v>137</v>
       </c>
       <c r="E22" s="19" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F22" s="17">
-        <v>21110</v>
+        <v>18400</v>
       </c>
       <c r="G22" s="19" t="s">
-        <v>14</v>
+        <v>138</v>
       </c>
       <c r="H22" s="20">
-        <v>44335</v>
+        <v>45471</v>
       </c>
       <c r="I22" s="35">
         <v>14</v>
       </c>
     </row>
-    <row r="23" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="10">
         <v>19</v>
       </c>
       <c r="B23" s="10">
-        <v>9782012101333</v>
+        <v>9782073096203</v>
       </c>
       <c r="C23" s="11">
-        <v>4571860</v>
+        <v>3115868</v>
       </c>
       <c r="D23" s="12" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E23" s="13" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F23" s="11">
-        <v>21800</v>
+        <v>21110</v>
       </c>
       <c r="G23" s="13" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H23" s="14">
-        <v>38166</v>
+        <v>45782</v>
       </c>
       <c r="I23" s="34">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="16">
         <v>20</v>
       </c>
       <c r="B24" s="16">
-        <v>9782073080028</v>
+        <v>9782075187541</v>
       </c>
       <c r="C24" s="17">
-        <v>3181072</v>
+        <v>2988351</v>
       </c>
       <c r="D24" s="18" t="s">
-        <v>147</v>
+        <v>16</v>
       </c>
       <c r="E24" s="19" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="17">
-        <v>11110</v>
+        <v>22500</v>
       </c>
       <c r="G24" s="19" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H24" s="20">
-        <v>45889</v>
+        <v>45119</v>
       </c>
       <c r="I24" s="35">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="10">
         <v>21</v>
       </c>
       <c r="B25" s="10">
-        <v>9782070322886</v>
+        <v>9782073095282</v>
       </c>
       <c r="C25" s="11">
-        <v>8697256</v>
+        <v>3115831</v>
       </c>
       <c r="D25" s="12" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="E25" s="13" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="11">
-        <v>15270</v>
+        <v>21110</v>
       </c>
       <c r="G25" s="13" t="s">
-        <v>70</v>
+        <v>14</v>
       </c>
       <c r="H25" s="14">
-        <v>38511</v>
+        <v>45692</v>
       </c>
       <c r="I25" s="34">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="16">
         <v>22</v>
       </c>
       <c r="B26" s="16">
-        <v>9782070364237</v>
+        <v>9782253906568</v>
       </c>
       <c r="C26" s="17">
-        <v>5224292</v>
+        <v>9380175</v>
       </c>
       <c r="D26" s="18" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="E26" s="19" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F26" s="17">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G26" s="19" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="H26" s="20">
-        <v>36825</v>
+        <v>43256</v>
       </c>
       <c r="I26" s="35">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="10">
         <v>23</v>
       </c>
       <c r="B27" s="10">
-        <v>9782493909930</v>
+        <v>9782253080084</v>
       </c>
       <c r="C27" s="11">
-        <v>3168497</v>
+        <v>2778247</v>
       </c>
       <c r="D27" s="12" t="s">
-        <v>83</v>
+        <v>131</v>
       </c>
       <c r="E27" s="13" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F27" s="11">
         <v>21110</v>
       </c>
       <c r="G27" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H27" s="14">
-        <v>45790</v>
+        <v>44447</v>
       </c>
       <c r="I27" s="34">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="16">
         <v>24</v>
       </c>
       <c r="B28" s="16">
-        <v>9782889730742</v>
+        <v>9782253907947</v>
       </c>
       <c r="C28" s="17">
-        <v>3149937</v>
+        <v>3155079</v>
       </c>
       <c r="D28" s="18" t="s">
-        <v>210</v>
+        <v>71</v>
       </c>
       <c r="E28" s="19" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F28" s="17">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G28" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H28" s="20">
-        <v>45729</v>
+        <v>45793</v>
       </c>
       <c r="I28" s="35">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="10">
         <v>25</v>
       </c>
       <c r="B29" s="10">
-        <v>9782253937708</v>
+        <v>9782072977374</v>
       </c>
       <c r="C29" s="11">
-        <v>2866758</v>
+        <v>2866389</v>
       </c>
       <c r="D29" s="12" t="s">
-        <v>45</v>
+        <v>139</v>
       </c>
       <c r="E29" s="13" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F29" s="11">
         <v>21110</v>
       </c>
       <c r="G29" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H29" s="14">
-        <v>44811</v>
+        <v>44797</v>
       </c>
       <c r="I29" s="34">
-        <v>14.5</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="16">
         <v>26</v>
       </c>
       <c r="B30" s="16">
-        <v>9782072999994</v>
+        <v>9782253124801</v>
       </c>
       <c r="C30" s="17">
-        <v>3073380</v>
+        <v>7384998</v>
       </c>
       <c r="D30" s="18" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="E30" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" s="17">
+        <v>21110</v>
+      </c>
+      <c r="G30" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" s="20">
+        <v>39897</v>
+      </c>
+      <c r="I30" s="35">
         <v>11</v>
       </c>
-      <c r="F30" s="17">
-[...12 lines deleted...]
-    <row r="31" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="31" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="10">
         <v>27</v>
       </c>
       <c r="B31" s="10">
-        <v>9782073096203</v>
+        <v>9782070322886</v>
       </c>
       <c r="C31" s="11">
-        <v>3115868</v>
+        <v>8697256</v>
       </c>
       <c r="D31" s="12" t="s">
-        <v>82</v>
+        <v>60</v>
       </c>
       <c r="E31" s="13" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="11">
-        <v>21110</v>
+        <v>15270</v>
       </c>
       <c r="G31" s="13" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="H31" s="14">
-        <v>45782</v>
+        <v>38511</v>
       </c>
       <c r="I31" s="34">
         <v>14</v>
       </c>
     </row>
-    <row r="32" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="16">
         <v>28</v>
       </c>
       <c r="B32" s="16">
-        <v>9782017315414</v>
+        <v>9782070364237</v>
       </c>
       <c r="C32" s="17">
-        <v>3186386</v>
+        <v>5224292</v>
       </c>
       <c r="D32" s="18" t="s">
-        <v>116</v>
+        <v>52</v>
       </c>
       <c r="E32" s="19" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F32" s="17">
-        <v>14580</v>
+        <v>22500</v>
       </c>
       <c r="G32" s="19" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="H32" s="20">
-        <v>45899</v>
+        <v>36825</v>
       </c>
       <c r="I32" s="35">
-        <v>52.5</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="10">
         <v>29</v>
       </c>
       <c r="B33" s="10">
-        <v>9782253934103</v>
+        <v>9782889730087</v>
       </c>
       <c r="C33" s="11">
-        <v>2661886</v>
+        <v>2839688</v>
       </c>
       <c r="D33" s="12" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="E33" s="13" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F33" s="11">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="G33" s="13" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="H33" s="14">
-        <v>43906</v>
+        <v>44649</v>
       </c>
       <c r="I33" s="34">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="16">
         <v>30</v>
       </c>
       <c r="B34" s="16">
-        <v>9782014001334</v>
+        <v>9782290391174</v>
       </c>
       <c r="C34" s="17">
-        <v>2954637</v>
+        <v>3168269</v>
       </c>
       <c r="D34" s="18" t="s">
-        <v>119</v>
+        <v>72</v>
       </c>
       <c r="E34" s="19" t="s">
-        <v>120</v>
+        <v>46</v>
       </c>
       <c r="F34" s="17">
-        <v>11800</v>
+        <v>21200</v>
       </c>
       <c r="G34" s="19" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="H34" s="20">
-        <v>45223</v>
+        <v>45775</v>
       </c>
       <c r="I34" s="35">
-        <v>15.5</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="10">
         <v>31</v>
       </c>
       <c r="B35" s="10">
-        <v>9782253012696</v>
+        <v>9782072764929</v>
       </c>
       <c r="C35" s="11">
-        <v>4964330</v>
+        <v>2515551</v>
       </c>
       <c r="D35" s="12" t="s">
-        <v>150</v>
+        <v>109</v>
       </c>
       <c r="E35" s="13" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F35" s="11">
         <v>21110</v>
       </c>
       <c r="G35" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H35" s="14">
-        <v>36872</v>
+        <v>43231</v>
       </c>
       <c r="I35" s="34">
-        <v>8.5</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="16">
         <v>32</v>
       </c>
       <c r="B36" s="16">
-        <v>9782073034809</v>
+        <v>9782012101371</v>
       </c>
       <c r="C36" s="17">
-        <v>3115829</v>
+        <v>4572564</v>
       </c>
       <c r="D36" s="18" t="s">
-        <v>68</v>
+        <v>142</v>
       </c>
       <c r="E36" s="19" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F36" s="17">
-        <v>21110</v>
+        <v>21800</v>
       </c>
       <c r="G36" s="19" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H36" s="20">
-        <v>45660</v>
+        <v>38166</v>
       </c>
       <c r="I36" s="35">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="10">
         <v>33</v>
       </c>
       <c r="B37" s="10">
-        <v>9782073129246</v>
+        <v>9782253012696</v>
       </c>
       <c r="C37" s="11">
-        <v>2069856</v>
+        <v>4964330</v>
       </c>
       <c r="D37" s="12" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="E37" s="13" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F37" s="11">
         <v>21110</v>
       </c>
       <c r="G37" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H37" s="14">
-        <v>45990</v>
+        <v>36872</v>
       </c>
       <c r="I37" s="34">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="16">
         <v>34</v>
       </c>
       <c r="B38" s="16">
-        <v>9782253238027</v>
+        <v>9782070360109</v>
       </c>
       <c r="C38" s="17">
-        <v>2055428</v>
+        <v>5071747</v>
       </c>
       <c r="D38" s="18" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="E38" s="19" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F38" s="17">
         <v>21110</v>
       </c>
       <c r="G38" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H38" s="20">
-        <v>43760</v>
+        <v>36860</v>
       </c>
       <c r="I38" s="35">
-        <v>15.5</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="10">
         <v>35</v>
       </c>
       <c r="B39" s="10">
-        <v>9782070629480</v>
+        <v>9782266325325</v>
       </c>
       <c r="C39" s="11">
-        <v>2310716</v>
+        <v>3167648</v>
       </c>
       <c r="D39" s="12" t="s">
-        <v>152</v>
+        <v>105</v>
       </c>
       <c r="E39" s="13" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="F39" s="11">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G39" s="13" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="H39" s="14">
-        <v>40477</v>
+        <v>45975</v>
       </c>
       <c r="I39" s="34">
-        <v>11.5</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="16">
         <v>36</v>
       </c>
       <c r="B40" s="16">
-        <v>9782253070443</v>
+        <v>9782253071167</v>
       </c>
       <c r="C40" s="17">
-        <v>4724704</v>
+        <v>2102435</v>
       </c>
       <c r="D40" s="18" t="s">
-        <v>58</v>
+        <v>144</v>
       </c>
       <c r="E40" s="19" t="s">
         <v>20</v>
       </c>
       <c r="F40" s="17">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G40" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H40" s="20">
-        <v>42982</v>
+        <v>43033</v>
       </c>
       <c r="I40" s="35">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="10">
         <v>37</v>
       </c>
       <c r="B41" s="10">
-        <v>9782709668385</v>
+        <v>9782493909930</v>
       </c>
       <c r="C41" s="11">
-        <v>3184944</v>
+        <v>3168497</v>
       </c>
       <c r="D41" s="12" t="s">
-        <v>153</v>
+        <v>70</v>
       </c>
       <c r="E41" s="13" t="s">
-        <v>154</v>
+        <v>21</v>
       </c>
       <c r="F41" s="11">
-        <v>11200</v>
+        <v>21110</v>
       </c>
       <c r="G41" s="13" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="H41" s="14">
-        <v>45904</v>
+        <v>45790</v>
       </c>
       <c r="I41" s="34">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="16">
         <v>38</v>
       </c>
       <c r="B42" s="16">
-        <v>9791037501271</v>
+        <v>9782253911029</v>
       </c>
       <c r="C42" s="17">
-        <v>2370016</v>
+        <v>2028658</v>
       </c>
       <c r="D42" s="18" t="s">
-        <v>155</v>
+        <v>145</v>
       </c>
       <c r="E42" s="19" t="s">
-        <v>156</v>
+        <v>20</v>
       </c>
       <c r="F42" s="17">
-        <v>12600</v>
+        <v>21110</v>
       </c>
       <c r="G42" s="19" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="H42" s="20">
-        <v>44233</v>
+        <v>46035</v>
       </c>
       <c r="I42" s="35">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="10">
         <v>39</v>
       </c>
       <c r="B43" s="10">
-        <v>9782073003911</v>
+        <v>9782266335225</v>
       </c>
       <c r="C43" s="11">
-        <v>2917708</v>
+        <v>3167649</v>
       </c>
       <c r="D43" s="12" t="s">
-        <v>99</v>
+        <v>146</v>
       </c>
       <c r="E43" s="13" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="F43" s="11">
         <v>21110</v>
       </c>
       <c r="G43" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H43" s="14">
-        <v>45295</v>
+        <v>45889</v>
       </c>
       <c r="I43" s="34">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="16">
         <v>40</v>
       </c>
       <c r="B44" s="16">
-        <v>9782073095282</v>
+        <v>9782290432815</v>
       </c>
       <c r="C44" s="17">
-        <v>3115831</v>
+        <v>2082367</v>
       </c>
       <c r="D44" s="18" t="s">
-        <v>118</v>
+        <v>147</v>
       </c>
       <c r="E44" s="19" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="F44" s="17">
-        <v>21110</v>
+        <v>21200</v>
       </c>
       <c r="G44" s="19" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="H44" s="20">
-        <v>45692</v>
+        <v>46044</v>
       </c>
       <c r="I44" s="35">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="10">
         <v>41</v>
       </c>
       <c r="B45" s="10">
-        <v>9782072764929</v>
+        <v>9782260056782</v>
       </c>
       <c r="C45" s="11">
-        <v>2515551</v>
+        <v>2028542</v>
       </c>
       <c r="D45" s="12" t="s">
-        <v>157</v>
+        <v>148</v>
       </c>
       <c r="E45" s="13" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F45" s="11">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G45" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H45" s="14">
-        <v>43231</v>
+        <v>46043</v>
       </c>
       <c r="I45" s="34">
-        <v>12.5</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="16">
         <v>42</v>
       </c>
       <c r="B46" s="16">
-        <v>9782070413119</v>
+        <v>9782266353588</v>
       </c>
       <c r="C46" s="17">
-        <v>6159370</v>
+        <v>2028529</v>
       </c>
       <c r="D46" s="18" t="s">
-        <v>77</v>
+        <v>149</v>
       </c>
       <c r="E46" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="F46" s="17">
+        <v>21110</v>
+      </c>
+      <c r="G46" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="H46" s="20">
+        <v>46043</v>
+      </c>
+      <c r="I46" s="35">
         <v>11</v>
       </c>
-      <c r="F46" s="17">
-[...12 lines deleted...]
-    <row r="47" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="47" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="10">
         <v>43</v>
       </c>
       <c r="B47" s="10">
-        <v>9782266353267</v>
+        <v>9782266319157</v>
       </c>
       <c r="C47" s="11">
-        <v>3167644</v>
+        <v>2712840</v>
       </c>
       <c r="D47" s="12" t="s">
-        <v>97</v>
+        <v>150</v>
       </c>
       <c r="E47" s="13" t="s">
         <v>19</v>
       </c>
       <c r="F47" s="11">
-        <v>21200</v>
+        <v>24810</v>
       </c>
       <c r="G47" s="13" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H47" s="14">
-        <v>45889</v>
+        <v>44469</v>
       </c>
       <c r="I47" s="34">
-        <v>13.5</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="16">
         <v>44</v>
       </c>
       <c r="B48" s="16">
-        <v>9782246831662</v>
+        <v>9782253251972</v>
       </c>
       <c r="C48" s="17">
-        <v>2031486</v>
+        <v>2028649</v>
       </c>
       <c r="D48" s="18" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="E48" s="19" t="s">
-        <v>159</v>
+        <v>20</v>
       </c>
       <c r="F48" s="17">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G48" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H48" s="20">
-        <v>45979</v>
+        <v>46035</v>
       </c>
       <c r="I48" s="35">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="10">
         <v>45</v>
       </c>
       <c r="B49" s="10">
-        <v>9791042902162</v>
+        <v>9782253934103</v>
       </c>
       <c r="C49" s="11">
-        <v>2031480</v>
+        <v>2661886</v>
       </c>
       <c r="D49" s="12" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="E49" s="13" t="s">
         <v>20</v>
       </c>
       <c r="F49" s="11">
         <v>21110</v>
       </c>
       <c r="G49" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H49" s="14">
-        <v>45990</v>
+        <v>43906</v>
       </c>
       <c r="I49" s="34">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="16">
         <v>46</v>
       </c>
       <c r="B50" s="16">
-        <v>9782073095381</v>
+        <v>9782253909538</v>
       </c>
       <c r="C50" s="17">
-        <v>3115832</v>
+        <v>2083166</v>
       </c>
       <c r="D50" s="18" t="s">
-        <v>75</v>
+        <v>152</v>
       </c>
       <c r="E50" s="19" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F50" s="17">
         <v>21110</v>
       </c>
       <c r="G50" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H50" s="20">
-        <v>45700</v>
+        <v>46055</v>
       </c>
       <c r="I50" s="35">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="10">
         <v>47</v>
       </c>
       <c r="B51" s="10">
-        <v>9782253166634</v>
+        <v>9782073133151</v>
       </c>
       <c r="C51" s="11">
-        <v>7172893</v>
+        <v>2028755</v>
       </c>
       <c r="D51" s="12" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="E51" s="13" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F51" s="11">
         <v>21110</v>
       </c>
       <c r="G51" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H51" s="14">
-        <v>41010</v>
+        <v>46059</v>
       </c>
       <c r="I51" s="34">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="16">
         <v>48</v>
       </c>
       <c r="B52" s="16">
-        <v>9782073098368</v>
+        <v>9782253238027</v>
       </c>
       <c r="C52" s="17">
-        <v>3115833</v>
+        <v>2055428</v>
       </c>
       <c r="D52" s="18" t="s">
-        <v>161</v>
+        <v>108</v>
       </c>
       <c r="E52" s="19" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F52" s="17">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G52" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H52" s="20">
-        <v>45682</v>
+        <v>43760</v>
       </c>
       <c r="I52" s="35">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>15.5</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="10">
         <v>49</v>
       </c>
       <c r="B53" s="10">
-        <v>9782253906568</v>
+        <v>9782253029496</v>
       </c>
       <c r="C53" s="11">
-        <v>9380175</v>
+        <v>4961706</v>
       </c>
       <c r="D53" s="12" t="s">
-        <v>49</v>
+        <v>154</v>
       </c>
       <c r="E53" s="13" t="s">
         <v>20</v>
       </c>
       <c r="F53" s="11">
         <v>21110</v>
       </c>
       <c r="G53" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H53" s="14">
-        <v>43256</v>
+        <v>36867</v>
       </c>
       <c r="I53" s="34">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A54" s="16">
         <v>50</v>
       </c>
       <c r="B54" s="16">
-        <v>9782012101388</v>
+        <v>9782253251798</v>
       </c>
       <c r="C54" s="17">
-        <v>4571525</v>
+        <v>2028648</v>
       </c>
       <c r="D54" s="18" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="E54" s="19" t="s">
         <v>20</v>
       </c>
       <c r="F54" s="17">
-        <v>21800</v>
+        <v>21110</v>
       </c>
       <c r="G54" s="19" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H54" s="20">
-        <v>38166</v>
+        <v>46035</v>
       </c>
       <c r="I54" s="35">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="29" t="s">
         <v>24</v>
       </c>
       <c r="B55" s="29"/>
       <c r="C55" s="30"/>
       <c r="D55" s="31"/>
       <c r="E55" s="29"/>
       <c r="F55" s="32"/>
       <c r="G55" s="32"/>
       <c r="H55" s="32"/>
       <c r="I55" s="32"/>
     </row>
-    <row r="56" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="10">
         <v>1</v>
       </c>
       <c r="B56" s="10">
         <v>9788497592208</v>
       </c>
       <c r="C56" s="11">
         <v>7858973</v>
       </c>
       <c r="D56" s="12" t="s">
         <v>29</v>
       </c>
       <c r="E56" s="13" t="s">
         <v>26</v>
       </c>
       <c r="F56" s="11">
         <v>11110</v>
       </c>
       <c r="G56" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H56" s="14">
         <v>37679</v>
       </c>
       <c r="I56" s="15">
         <v>21</v>
       </c>
     </row>
-    <row r="57" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="16">
         <v>2</v>
       </c>
       <c r="B57" s="16">
-        <v>9788498381498</v>
+        <v>9788493579852</v>
       </c>
       <c r="C57" s="17">
-        <v>2806894</v>
+        <v>3003866</v>
       </c>
       <c r="D57" s="18" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="E57" s="19" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="F57" s="17">
-        <v>22500</v>
+        <v>15770</v>
       </c>
       <c r="G57" s="19" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="H57" s="20">
-        <v>39496</v>
+        <v>41373</v>
       </c>
       <c r="I57" s="21">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>35.5</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="10">
         <v>3</v>
       </c>
       <c r="B58" s="10">
-        <v>9788483462034</v>
+        <v>9788498381498</v>
       </c>
       <c r="C58" s="11">
-        <v>7120699</v>
+        <v>2806894</v>
       </c>
       <c r="D58" s="12" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="E58" s="13" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F58" s="11">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="G58" s="13" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H58" s="14">
-        <v>39018</v>
+        <v>39496</v>
       </c>
       <c r="I58" s="15">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="16">
         <v>4</v>
       </c>
       <c r="B59" s="16">
-        <v>9788408253105</v>
+        <v>9788466378420</v>
       </c>
       <c r="C59" s="17">
-        <v>2895628</v>
+        <v>3173095</v>
       </c>
       <c r="D59" s="18" t="s">
-        <v>35</v>
+        <v>80</v>
       </c>
       <c r="E59" s="19" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F59" s="17">
         <v>21110</v>
       </c>
       <c r="G59" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H59" s="20">
-        <v>44813</v>
+        <v>45859</v>
       </c>
       <c r="I59" s="21">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="10">
         <v>5</v>
       </c>
       <c r="B60" s="10">
-        <v>9788466378420</v>
+        <v>9788483462034</v>
       </c>
       <c r="C60" s="11">
-        <v>3173095</v>
+        <v>7120699</v>
       </c>
       <c r="D60" s="12" t="s">
-        <v>101</v>
+        <v>57</v>
       </c>
       <c r="E60" s="13" t="s">
         <v>26</v>
       </c>
       <c r="F60" s="11">
         <v>21110</v>
       </c>
       <c r="G60" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H60" s="14">
-        <v>45859</v>
+        <v>39018</v>
       </c>
       <c r="I60" s="15">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="16">
         <v>6</v>
       </c>
       <c r="B61" s="16">
-        <v>9788469602614</v>
+        <v>9788434893511</v>
       </c>
       <c r="C61" s="17">
-        <v>2567039</v>
+        <v>2944059</v>
       </c>
       <c r="D61" s="18" t="s">
-        <v>66</v>
+        <v>156</v>
       </c>
       <c r="E61" s="19" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="F61" s="17">
-        <v>11800</v>
+        <v>18600</v>
       </c>
       <c r="G61" s="19" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="H61" s="20">
-        <v>42727</v>
+        <v>40488</v>
       </c>
       <c r="I61" s="21">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>35.5</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="10">
         <v>7</v>
       </c>
       <c r="B62" s="10">
         <v>9788408163435</v>
       </c>
       <c r="C62" s="11">
         <v>7991550</v>
       </c>
       <c r="D62" s="12" t="s">
         <v>31</v>
       </c>
       <c r="E62" s="13" t="s">
         <v>30</v>
       </c>
       <c r="F62" s="11">
         <v>21110</v>
       </c>
       <c r="G62" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H62" s="14">
         <v>42936</v>
       </c>
       <c r="I62" s="15">
         <v>21</v>
       </c>
     </row>
-    <row r="63" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="16">
         <v>8</v>
       </c>
       <c r="B63" s="16">
-        <v>9788466374613</v>
+        <v>9788408253105</v>
       </c>
       <c r="C63" s="17">
-        <v>3063890</v>
+        <v>2895628</v>
       </c>
       <c r="D63" s="18" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="E63" s="19" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F63" s="17">
         <v>21110</v>
       </c>
       <c r="G63" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H63" s="20">
-        <v>45497</v>
+        <v>44813</v>
       </c>
       <c r="I63" s="21">
-        <v>22.5</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A64" s="10">
         <v>9</v>
       </c>
       <c r="B64" s="10">
-        <v>9788493579852</v>
+        <v>9788466329088</v>
       </c>
       <c r="C64" s="11">
-        <v>3003866</v>
+        <v>2422560</v>
       </c>
       <c r="D64" s="12" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="E64" s="13" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F64" s="11">
-        <v>15770</v>
+        <v>21110</v>
       </c>
       <c r="G64" s="13" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="H64" s="14">
-        <v>41373</v>
+        <v>42503</v>
       </c>
       <c r="I64" s="15">
-        <v>35.5</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65" s="16">
         <v>10</v>
       </c>
       <c r="B65" s="16">
-        <v>9788413143644</v>
+        <v>9788497592451</v>
       </c>
       <c r="C65" s="17">
-        <v>3147123</v>
+        <v>2124513</v>
       </c>
       <c r="D65" s="18" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E65" s="19" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F65" s="17">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G65" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H65" s="20">
-        <v>45148</v>
+        <v>38265</v>
       </c>
       <c r="I65" s="21">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="10">
         <v>11</v>
       </c>
       <c r="B66" s="10">
-        <v>9788466329088</v>
+        <v>9788497592437</v>
       </c>
       <c r="C66" s="11">
-        <v>2422560</v>
+        <v>7750366</v>
       </c>
       <c r="D66" s="12" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="E66" s="13" t="s">
         <v>26</v>
       </c>
       <c r="F66" s="11">
         <v>21110</v>
       </c>
       <c r="G66" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H66" s="14">
-        <v>42503</v>
+        <v>38377</v>
       </c>
       <c r="I66" s="15">
         <v>19</v>
       </c>
     </row>
-    <row r="67" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A67" s="16">
         <v>12</v>
       </c>
       <c r="B67" s="16">
-        <v>9788497592437</v>
+        <v>9788466390323</v>
       </c>
       <c r="C67" s="17">
-        <v>7750366</v>
+        <v>2029524</v>
       </c>
       <c r="D67" s="18" t="s">
-        <v>33</v>
+        <v>157</v>
       </c>
       <c r="E67" s="19" t="s">
         <v>26</v>
       </c>
       <c r="F67" s="17">
         <v>21110</v>
       </c>
       <c r="G67" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H67" s="20">
-        <v>38377</v>
+        <v>46049</v>
       </c>
       <c r="I67" s="21">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A68" s="10">
         <v>13</v>
       </c>
       <c r="B68" s="10">
-        <v>9788418173004</v>
+        <v>9788466359634</v>
       </c>
       <c r="C68" s="11">
-        <v>2944394</v>
+        <v>2827622</v>
       </c>
       <c r="D68" s="12" t="s">
-        <v>78</v>
+        <v>93</v>
       </c>
       <c r="E68" s="13" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F68" s="11">
-        <v>22500</v>
+        <v>21500</v>
       </c>
       <c r="G68" s="13" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="H68" s="14">
-        <v>44848</v>
+        <v>44622</v>
       </c>
       <c r="I68" s="15">
         <v>21</v>
       </c>
     </row>
-    <row r="69" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69" s="16">
         <v>14</v>
       </c>
       <c r="B69" s="16">
-        <v>9788497935692</v>
+        <v>9788408296225</v>
       </c>
       <c r="C69" s="17">
-        <v>8127620</v>
+        <v>2029679</v>
       </c>
       <c r="D69" s="18" t="s">
-        <v>47</v>
+        <v>113</v>
       </c>
       <c r="E69" s="19" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="F69" s="17">
-        <v>21110</v>
+        <v>15580</v>
       </c>
       <c r="G69" s="19" t="s">
-        <v>14</v>
+        <v>114</v>
       </c>
       <c r="H69" s="20">
-        <v>38419</v>
+        <v>46008</v>
       </c>
       <c r="I69" s="21">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A70" s="10">
         <v>15</v>
       </c>
       <c r="B70" s="10">
-        <v>9788497592451</v>
+        <v>9788497592444</v>
       </c>
       <c r="C70" s="11">
-        <v>2124513</v>
+        <v>4287088</v>
       </c>
       <c r="D70" s="12" t="s">
-        <v>65</v>
+        <v>94</v>
       </c>
       <c r="E70" s="13" t="s">
         <v>26</v>
       </c>
       <c r="F70" s="11">
         <v>21110</v>
       </c>
       <c r="G70" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H70" s="14">
-        <v>38265</v>
+        <v>38526</v>
       </c>
       <c r="I70" s="15">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A71" s="16">
         <v>16</v>
       </c>
       <c r="B71" s="16">
-        <v>9788466362887</v>
+        <v>9788437600895</v>
       </c>
       <c r="C71" s="17">
-        <v>2916424</v>
+        <v>4302885</v>
       </c>
       <c r="D71" s="18" t="s">
-        <v>25</v>
+        <v>158</v>
       </c>
       <c r="E71" s="19" t="s">
-        <v>26</v>
+        <v>118</v>
       </c>
       <c r="F71" s="17">
         <v>21110</v>
       </c>
       <c r="G71" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H71" s="20">
-        <v>44961</v>
+        <v>38519</v>
       </c>
       <c r="I71" s="21">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A72" s="10">
         <v>17</v>
       </c>
       <c r="B72" s="10">
         <v>9788466349864</v>
       </c>
       <c r="C72" s="11">
         <v>2160648</v>
       </c>
       <c r="D72" s="12" t="s">
-        <v>163</v>
+        <v>111</v>
       </c>
       <c r="E72" s="13" t="s">
         <v>26</v>
       </c>
       <c r="F72" s="11">
         <v>21110</v>
       </c>
       <c r="G72" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H72" s="14">
         <v>43873</v>
       </c>
       <c r="I72" s="15">
         <v>19</v>
       </c>
     </row>
-    <row r="73" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A73" s="16">
         <v>18</v>
       </c>
       <c r="B73" s="16">
-        <v>9788408311614</v>
+        <v>9791387739188</v>
       </c>
       <c r="C73" s="17">
-        <v>2021500</v>
+        <v>2029497</v>
       </c>
       <c r="D73" s="18" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="E73" s="19" t="s">
-        <v>80</v>
+        <v>160</v>
       </c>
       <c r="F73" s="17">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G73" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H73" s="20">
-        <v>45985</v>
+        <v>46045</v>
       </c>
       <c r="I73" s="21">
-        <v>35.5</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A74" s="10">
         <v>19</v>
       </c>
       <c r="B74" s="10">
-        <v>9788490709856</v>
+        <v>9788413142012</v>
       </c>
       <c r="C74" s="11">
-        <v>3172797</v>
+        <v>2986783</v>
       </c>
       <c r="D74" s="12" t="s">
-        <v>165</v>
+        <v>55</v>
       </c>
       <c r="E74" s="13" t="s">
         <v>32</v>
       </c>
       <c r="F74" s="11">
         <v>21110</v>
       </c>
       <c r="G74" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H74" s="14">
-        <v>45826</v>
+        <v>44848</v>
       </c>
       <c r="I74" s="15">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A75" s="16">
         <v>20</v>
       </c>
       <c r="B75" s="16">
-        <v>9788466331906</v>
+        <v>9788466374613</v>
       </c>
       <c r="C75" s="17">
-        <v>3386686</v>
+        <v>3063890</v>
       </c>
       <c r="D75" s="18" t="s">
-        <v>103</v>
+        <v>44</v>
       </c>
       <c r="E75" s="19" t="s">
         <v>26</v>
       </c>
       <c r="F75" s="17">
         <v>21110</v>
       </c>
       <c r="G75" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H75" s="20">
-        <v>42503</v>
+        <v>45497</v>
       </c>
       <c r="I75" s="21">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A76" s="10">
         <v>21</v>
       </c>
       <c r="B76" s="10">
-        <v>9788499089508</v>
+        <v>9788491077787</v>
       </c>
       <c r="C76" s="11">
-        <v>4464354</v>
+        <v>2170490</v>
       </c>
       <c r="D76" s="12" t="s">
-        <v>106</v>
+        <v>161</v>
       </c>
       <c r="E76" s="13" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="F76" s="11">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="G76" s="13" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H76" s="14">
-        <v>40675</v>
+        <v>43398</v>
       </c>
       <c r="I76" s="15">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A77" s="16">
         <v>22</v>
       </c>
       <c r="B77" s="16">
-        <v>9788466352550</v>
+        <v>9788418173004</v>
       </c>
       <c r="C77" s="17">
-        <v>2545670</v>
+        <v>2944394</v>
       </c>
       <c r="D77" s="18" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="E77" s="19" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F77" s="17">
-        <v>24810</v>
+        <v>22500</v>
       </c>
       <c r="G77" s="19" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="H77" s="20">
-        <v>43904</v>
+        <v>44848</v>
       </c>
       <c r="I77" s="21">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A78" s="10">
         <v>23</v>
       </c>
       <c r="B78" s="10">
-        <v>9788408296225</v>
+        <v>9788408004349</v>
       </c>
       <c r="C78" s="11">
-        <v>2029679</v>
+        <v>9229078</v>
       </c>
       <c r="D78" s="12" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="E78" s="13" t="s">
-        <v>80</v>
+        <v>30</v>
       </c>
       <c r="F78" s="11">
-        <v>15580</v>
+        <v>21110</v>
       </c>
       <c r="G78" s="13" t="s">
-        <v>167</v>
+        <v>14</v>
       </c>
       <c r="H78" s="14">
-        <v>46008</v>
+        <v>41016</v>
       </c>
       <c r="I78" s="15">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A79" s="16">
         <v>24</v>
       </c>
       <c r="B79" s="16">
-        <v>9788466379403</v>
+        <v>9788472237964</v>
       </c>
       <c r="C79" s="17">
-        <v>3173103</v>
+        <v>4303466</v>
       </c>
       <c r="D79" s="18" t="s">
-        <v>102</v>
+        <v>163</v>
       </c>
       <c r="E79" s="19" t="s">
-        <v>26</v>
+        <v>82</v>
       </c>
       <c r="F79" s="17">
-        <v>21110</v>
+        <v>22500</v>
       </c>
       <c r="G79" s="19" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H79" s="20">
-        <v>45860</v>
+        <v>38519</v>
       </c>
       <c r="I79" s="21">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A80" s="10">
         <v>25</v>
       </c>
       <c r="B80" s="10">
-        <v>9788490625934</v>
+        <v>9788466388603</v>
       </c>
       <c r="C80" s="11">
-        <v>2342643</v>
+        <v>2021425</v>
       </c>
       <c r="D80" s="12" t="s">
-        <v>79</v>
+        <v>164</v>
       </c>
       <c r="E80" s="13" t="s">
         <v>26</v>
       </c>
       <c r="F80" s="11">
         <v>21110</v>
       </c>
       <c r="G80" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H80" s="14">
-        <v>42174</v>
+        <v>46008</v>
       </c>
       <c r="I80" s="15">
         <v>21</v>
       </c>
     </row>
-    <row r="81" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A81" s="16">
         <v>26</v>
       </c>
       <c r="B81" s="16">
-        <v>9788439745297</v>
+        <v>9788466362887</v>
       </c>
       <c r="C81" s="17">
-        <v>3173129</v>
+        <v>2916424</v>
       </c>
       <c r="D81" s="18" t="s">
-        <v>107</v>
+        <v>25</v>
       </c>
       <c r="E81" s="19" t="s">
-        <v>88</v>
+        <v>26</v>
       </c>
       <c r="F81" s="17">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G81" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H81" s="20">
-        <v>45826</v>
+        <v>44961</v>
       </c>
       <c r="I81" s="21">
-        <v>38.5</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A82" s="10">
         <v>27</v>
       </c>
       <c r="B82" s="10">
-        <v>9788493987749</v>
+        <v>9788466382700</v>
       </c>
       <c r="C82" s="11">
-        <v>2334351</v>
+        <v>2029522</v>
       </c>
       <c r="D82" s="12" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="E82" s="13" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F82" s="11">
-        <v>12200</v>
+        <v>21200</v>
       </c>
       <c r="G82" s="13" t="s">
-        <v>169</v>
+        <v>23</v>
       </c>
       <c r="H82" s="14">
-        <v>42122</v>
+        <v>46045</v>
       </c>
       <c r="I82" s="15">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A83" s="16">
         <v>28</v>
       </c>
       <c r="B83" s="16">
-        <v>9788466359634</v>
+        <v>9788413144207</v>
       </c>
       <c r="C83" s="17">
-        <v>2827622</v>
+        <v>2029606</v>
       </c>
       <c r="D83" s="18" t="s">
-        <v>121</v>
+        <v>166</v>
       </c>
       <c r="E83" s="19" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F83" s="17">
-        <v>21500</v>
+        <v>21200</v>
       </c>
       <c r="G83" s="19" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="H83" s="20">
-        <v>44622</v>
+        <v>46049</v>
       </c>
       <c r="I83" s="21">
         <v>21</v>
       </c>
     </row>
-    <row r="84" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A84" s="10">
         <v>29</v>
       </c>
       <c r="B84" s="10">
-        <v>9788466329378</v>
+        <v>9788499089508</v>
       </c>
       <c r="C84" s="11">
-        <v>2434596</v>
+        <v>4464354</v>
       </c>
       <c r="D84" s="12" t="s">
-        <v>125</v>
+        <v>84</v>
       </c>
       <c r="E84" s="13" t="s">
         <v>26</v>
       </c>
       <c r="F84" s="11">
         <v>21110</v>
       </c>
       <c r="G84" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H84" s="14">
-        <v>42389</v>
+        <v>40675</v>
       </c>
       <c r="I84" s="15">
         <v>19</v>
       </c>
     </row>
-    <row r="85" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A85" s="16">
         <v>30</v>
       </c>
       <c r="B85" s="16">
-        <v>9788434893511</v>
+        <v>9788408170396</v>
       </c>
       <c r="C85" s="17">
-        <v>2944059</v>
+        <v>9395431</v>
       </c>
       <c r="D85" s="18" t="s">
-        <v>73</v>
+        <v>167</v>
       </c>
       <c r="E85" s="19" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="F85" s="17">
-        <v>18600</v>
+        <v>21110</v>
       </c>
       <c r="G85" s="19" t="s">
-        <v>74</v>
+        <v>14</v>
       </c>
       <c r="H85" s="20">
-        <v>40488</v>
+        <v>43228</v>
       </c>
       <c r="I85" s="21">
-        <v>35.5</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A86" s="10">
         <v>31</v>
       </c>
       <c r="B86" s="10">
-        <v>9788497592444</v>
+        <v>9788410381032</v>
       </c>
       <c r="C86" s="11">
-        <v>4287088</v>
+        <v>3172798</v>
       </c>
       <c r="D86" s="12" t="s">
-        <v>127</v>
+        <v>83</v>
       </c>
       <c r="E86" s="13" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F86" s="11">
         <v>21110</v>
       </c>
       <c r="G86" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H86" s="14">
-        <v>38526</v>
+        <v>45868</v>
       </c>
       <c r="I86" s="15">
         <v>19</v>
       </c>
     </row>
-    <row r="87" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A87" s="16">
         <v>32</v>
       </c>
       <c r="B87" s="16">
-        <v>9788490667316</v>
+        <v>9788410299443</v>
       </c>
       <c r="C87" s="17">
-        <v>2726786</v>
+        <v>2029632</v>
       </c>
       <c r="D87" s="18" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="E87" s="19" t="s">
-        <v>104</v>
+        <v>169</v>
       </c>
       <c r="F87" s="17">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G87" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H87" s="20">
-        <v>43717</v>
+        <v>46062</v>
       </c>
       <c r="I87" s="21">
-        <v>22.5</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A88" s="10">
         <v>33</v>
       </c>
       <c r="B88" s="10">
-        <v>9788466379397</v>
+        <v>9788437604183</v>
       </c>
       <c r="C88" s="11">
-        <v>3173093</v>
+        <v>5473705</v>
       </c>
       <c r="D88" s="12" t="s">
-        <v>171</v>
+        <v>117</v>
       </c>
       <c r="E88" s="13" t="s">
-        <v>26</v>
+        <v>118</v>
       </c>
       <c r="F88" s="11">
         <v>21110</v>
       </c>
       <c r="G88" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H88" s="14">
-        <v>45811</v>
+        <v>38394</v>
       </c>
       <c r="I88" s="15">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A89" s="16">
         <v>34</v>
       </c>
       <c r="B89" s="16">
-        <v>9788410381032</v>
+        <v>9788469602614</v>
       </c>
       <c r="C89" s="17">
-        <v>3172798</v>
+        <v>2567039</v>
       </c>
       <c r="D89" s="18" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="E89" s="19" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="F89" s="17">
-        <v>21110</v>
+        <v>11800</v>
       </c>
       <c r="G89" s="19" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H89" s="20">
-        <v>45868</v>
+        <v>42727</v>
       </c>
       <c r="I89" s="21">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A90" s="10">
         <v>35</v>
       </c>
       <c r="B90" s="10">
-        <v>9788466359627</v>
+        <v>9788490709856</v>
       </c>
       <c r="C90" s="11">
-        <v>2821872</v>
+        <v>3172797</v>
       </c>
       <c r="D90" s="12" t="s">
-        <v>172</v>
+        <v>112</v>
       </c>
       <c r="E90" s="13" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F90" s="11">
         <v>21110</v>
       </c>
       <c r="G90" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H90" s="14">
-        <v>44585</v>
+        <v>45826</v>
       </c>
       <c r="I90" s="15">
-        <v>22.5</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A91" s="16">
         <v>36</v>
       </c>
       <c r="B91" s="16">
-        <v>9788466346375</v>
+        <v>9788466381376</v>
       </c>
       <c r="C91" s="17">
-        <v>2669101</v>
+        <v>2029520</v>
       </c>
       <c r="D91" s="18" t="s">
-        <v>86</v>
+        <v>170</v>
       </c>
       <c r="E91" s="19" t="s">
         <v>26</v>
       </c>
       <c r="F91" s="17">
         <v>21110</v>
       </c>
       <c r="G91" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H91" s="20">
-        <v>43516</v>
+        <v>46045</v>
       </c>
       <c r="I91" s="21">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A92" s="10">
         <v>37</v>
       </c>
       <c r="B92" s="10">
-        <v>9788437604183</v>
+        <v>9788497935692</v>
       </c>
       <c r="C92" s="11">
-        <v>5473705</v>
+        <v>8127620</v>
       </c>
       <c r="D92" s="12" t="s">
-        <v>173</v>
+        <v>45</v>
       </c>
       <c r="E92" s="13" t="s">
-        <v>174</v>
+        <v>26</v>
       </c>
       <c r="F92" s="11">
         <v>21110</v>
       </c>
       <c r="G92" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H92" s="14">
-        <v>38394</v>
+        <v>38419</v>
       </c>
       <c r="I92" s="15">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A93" s="16">
         <v>38</v>
       </c>
       <c r="B93" s="16">
-        <v>9788466682732</v>
+        <v>9788466337120</v>
       </c>
       <c r="C93" s="17">
-        <v>2021370</v>
+        <v>2559710</v>
       </c>
       <c r="D93" s="18" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="E93" s="19" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F93" s="17">
-        <v>11200</v>
+        <v>11110</v>
       </c>
       <c r="G93" s="19" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="H93" s="20">
-        <v>45980</v>
+        <v>42746</v>
       </c>
       <c r="I93" s="21">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A94" s="10">
         <v>39</v>
       </c>
       <c r="B94" s="10">
-        <v>9788413149882</v>
+        <v>9788499089515</v>
       </c>
       <c r="C94" s="11">
-        <v>3172802</v>
+        <v>3491269</v>
       </c>
       <c r="D94" s="12" t="s">
-        <v>176</v>
+        <v>119</v>
       </c>
       <c r="E94" s="13" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F94" s="11">
-        <v>21200</v>
+        <v>21110</v>
       </c>
       <c r="G94" s="13" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="H94" s="14">
-        <v>45796</v>
+        <v>40675</v>
       </c>
       <c r="I94" s="15">
         <v>19</v>
       </c>
     </row>
-    <row r="95" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A95" s="23">
         <v>40</v>
       </c>
       <c r="B95" s="23">
-        <v>9788466381925</v>
+        <v>9788411076692</v>
       </c>
       <c r="C95" s="24">
-        <v>3173094</v>
+        <v>1676628</v>
       </c>
       <c r="D95" s="25" t="s">
-        <v>126</v>
+        <v>172</v>
       </c>
       <c r="E95" s="26" t="s">
-        <v>26</v>
+        <v>82</v>
       </c>
       <c r="F95" s="24">
-        <v>21110</v>
+        <v>21600</v>
       </c>
       <c r="G95" s="26" t="s">
-        <v>14</v>
+        <v>173</v>
       </c>
       <c r="H95" s="27">
-        <v>45826</v>
+        <v>45902</v>
       </c>
       <c r="I95" s="28">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A96" s="10">
         <v>41</v>
       </c>
       <c r="B96" s="10">
-        <v>9788466374637</v>
+        <v>9788423368860</v>
       </c>
       <c r="C96" s="11">
-        <v>3018391</v>
+        <v>2021522</v>
       </c>
       <c r="D96" s="12" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="E96" s="13" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F96" s="11">
-        <v>21200</v>
+        <v>21110</v>
       </c>
       <c r="G96" s="13" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="H96" s="14">
-        <v>45343</v>
+        <v>45980</v>
       </c>
       <c r="I96" s="15">
-        <v>20.5</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A97" s="16">
         <v>42</v>
       </c>
       <c r="B97" s="16">
-        <v>9788408072805</v>
+        <v>9788466359627</v>
       </c>
       <c r="C97" s="17">
-        <v>6577423</v>
+        <v>2821872</v>
       </c>
       <c r="D97" s="18" t="s">
-        <v>87</v>
+        <v>116</v>
       </c>
       <c r="E97" s="19" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F97" s="17">
-        <v>22500</v>
+        <v>21110</v>
       </c>
       <c r="G97" s="19" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="H97" s="20">
-        <v>39284</v>
+        <v>44585</v>
       </c>
       <c r="I97" s="21">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A98" s="10">
         <v>43</v>
       </c>
       <c r="B98" s="10">
-        <v>9788497592352</v>
+        <v>9788490667316</v>
       </c>
       <c r="C98" s="11">
-        <v>8283605</v>
+        <v>2726786</v>
       </c>
       <c r="D98" s="12" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="E98" s="13" t="s">
-        <v>26</v>
+        <v>82</v>
       </c>
       <c r="F98" s="11">
         <v>21110</v>
       </c>
       <c r="G98" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H98" s="14">
-        <v>37719</v>
+        <v>43717</v>
       </c>
       <c r="I98" s="15">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A99" s="16">
         <v>44</v>
       </c>
       <c r="B99" s="16">
-        <v>9788479532536</v>
+        <v>9788490628973</v>
       </c>
       <c r="C99" s="17">
-        <v>6042333</v>
+        <v>2509846</v>
       </c>
       <c r="D99" s="18" t="s">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="E99" s="19" t="s">
-        <v>61</v>
+        <v>26</v>
       </c>
       <c r="F99" s="17">
-        <v>24720</v>
+        <v>21110</v>
       </c>
       <c r="G99" s="19" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="H99" s="20">
-        <v>40213</v>
+        <v>42333</v>
       </c>
       <c r="I99" s="21">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A100" s="10">
         <v>45</v>
       </c>
       <c r="B100" s="10">
-        <v>9788499089515</v>
+        <v>9788466331906</v>
       </c>
       <c r="C100" s="11">
-        <v>3491269</v>
+        <v>3386686</v>
       </c>
       <c r="D100" s="12" t="s">
-        <v>178</v>
+        <v>81</v>
       </c>
       <c r="E100" s="13" t="s">
         <v>26</v>
       </c>
       <c r="F100" s="11">
         <v>21110</v>
       </c>
       <c r="G100" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H100" s="14">
-        <v>40675</v>
+        <v>42503</v>
       </c>
       <c r="I100" s="15">
         <v>19</v>
       </c>
     </row>
-    <row r="101" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A101" s="16">
         <v>46</v>
       </c>
       <c r="B101" s="16">
-        <v>9788467019766</v>
+        <v>9788466346375</v>
       </c>
       <c r="C101" s="17">
-        <v>1601644</v>
+        <v>2669101</v>
       </c>
       <c r="D101" s="18" t="s">
-        <v>179</v>
+        <v>73</v>
       </c>
       <c r="E101" s="19" t="s">
-        <v>180</v>
+        <v>26</v>
       </c>
       <c r="F101" s="17">
         <v>21110</v>
       </c>
       <c r="G101" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H101" s="20">
-        <v>41347</v>
+        <v>43516</v>
       </c>
       <c r="I101" s="21">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A102" s="10">
         <v>47</v>
       </c>
       <c r="B102" s="10">
-        <v>9788467050271</v>
+        <v>9788401037948</v>
       </c>
       <c r="C102" s="11">
-        <v>5138132</v>
+        <v>2029686</v>
       </c>
       <c r="D102" s="12" t="s">
-        <v>122</v>
+        <v>175</v>
       </c>
       <c r="E102" s="13" t="s">
-        <v>30</v>
+        <v>176</v>
       </c>
       <c r="F102" s="11">
-        <v>21200</v>
+        <v>11110</v>
       </c>
       <c r="G102" s="13" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="H102" s="14">
-        <v>42931</v>
+        <v>46057</v>
       </c>
       <c r="I102" s="15">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>35.5</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A103" s="16">
         <v>48</v>
       </c>
       <c r="B103" s="16">
-        <v>9788426418760</v>
+        <v>9788432239939</v>
       </c>
       <c r="C103" s="17">
-        <v>2215053</v>
+        <v>2941926</v>
       </c>
       <c r="D103" s="18" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="E103" s="19" t="s">
-        <v>182</v>
+        <v>30</v>
       </c>
       <c r="F103" s="17">
-        <v>11800</v>
+        <v>21110</v>
       </c>
       <c r="G103" s="19" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H103" s="20">
-        <v>41018</v>
+        <v>44970</v>
       </c>
       <c r="I103" s="21">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A104" s="10">
         <v>49</v>
       </c>
       <c r="B104" s="10">
-        <v>9788490625927</v>
+        <v>9788490625934</v>
       </c>
       <c r="C104" s="11">
-        <v>2342675</v>
+        <v>2342643</v>
       </c>
       <c r="D104" s="12" t="s">
-        <v>124</v>
+        <v>66</v>
       </c>
       <c r="E104" s="13" t="s">
         <v>26</v>
       </c>
       <c r="F104" s="11">
         <v>21110</v>
       </c>
       <c r="G104" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H104" s="14">
         <v>42174</v>
       </c>
       <c r="I104" s="15">
         <v>21</v>
       </c>
     </row>
-    <row r="105" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A105" s="16">
         <v>50</v>
       </c>
       <c r="B105" s="16">
-        <v>9788490628973</v>
+        <v>9791387512262</v>
       </c>
       <c r="C105" s="17">
-        <v>2509846</v>
+        <v>2029645</v>
       </c>
       <c r="D105" s="18" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="E105" s="19" t="s">
-        <v>26</v>
+        <v>179</v>
       </c>
       <c r="F105" s="17">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G105" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H105" s="20">
-        <v>42333</v>
+        <v>46062</v>
       </c>
       <c r="I105" s="21">
-        <v>17.5</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>35.5</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A106" s="29" t="s">
         <v>37</v>
       </c>
       <c r="B106" s="29"/>
       <c r="C106" s="30"/>
       <c r="D106" s="31"/>
       <c r="E106" s="29"/>
       <c r="F106" s="32"/>
       <c r="G106" s="32"/>
       <c r="H106" s="32"/>
       <c r="I106" s="32"/>
     </row>
-    <row r="107" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A107" s="10">
         <v>1</v>
       </c>
       <c r="B107" s="10">
         <v>9789753638029</v>
       </c>
       <c r="C107" s="11">
         <v>6693326</v>
       </c>
       <c r="D107" s="12" t="s">
-        <v>184</v>
+        <v>121</v>
       </c>
       <c r="E107" s="13" t="s">
-        <v>185</v>
+        <v>122</v>
       </c>
       <c r="F107" s="11">
         <v>21110</v>
       </c>
       <c r="G107" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H107" s="14">
         <v>39722</v>
       </c>
       <c r="I107" s="15">
         <v>8.99</v>
       </c>
     </row>
-    <row r="108" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A108" s="16">
         <v>2</v>
       </c>
       <c r="B108" s="16">
-        <v>9789750724435</v>
+        <v>9786256365223</v>
       </c>
       <c r="C108" s="17">
-        <v>2334863</v>
+        <v>2954971</v>
       </c>
       <c r="D108" s="18" t="s">
-        <v>92</v>
+        <v>180</v>
       </c>
       <c r="E108" s="19" t="s">
-        <v>93</v>
+        <v>41</v>
       </c>
       <c r="F108" s="17">
-        <v>21400</v>
+        <v>22100</v>
       </c>
       <c r="G108" s="19" t="s">
-        <v>12</v>
+        <v>78</v>
       </c>
       <c r="H108" s="20">
-        <v>42041</v>
+        <v>45002</v>
       </c>
       <c r="I108" s="21">
-        <v>8.99</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>11.99</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A109" s="10">
         <v>3</v>
       </c>
       <c r="B109" s="10">
-        <v>9786256149014</v>
+        <v>9789756779194</v>
       </c>
       <c r="C109" s="11">
-        <v>3107659</v>
+        <v>2396920</v>
       </c>
       <c r="D109" s="12" t="s">
-        <v>72</v>
+        <v>126</v>
       </c>
       <c r="E109" s="13" t="s">
-        <v>42</v>
+        <v>85</v>
       </c>
       <c r="F109" s="11">
-        <v>21110</v>
+        <v>15470</v>
       </c>
       <c r="G109" s="13" t="s">
-        <v>14</v>
+        <v>86</v>
       </c>
       <c r="H109" s="14">
-        <v>45589</v>
+        <v>41614</v>
       </c>
       <c r="I109" s="15">
-        <v>13.99</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>33.99</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A110" s="16">
         <v>4</v>
       </c>
       <c r="B110" s="16">
-        <v>9786055455408</v>
+        <v>9789750826146</v>
       </c>
       <c r="C110" s="17">
-        <v>2021573</v>
+        <v>7487983</v>
       </c>
       <c r="D110" s="18" t="s">
-        <v>134</v>
+        <v>181</v>
       </c>
       <c r="E110" s="19" t="s">
-        <v>135</v>
+        <v>122</v>
       </c>
       <c r="F110" s="17">
-        <v>25000</v>
+        <v>21110</v>
       </c>
       <c r="G110" s="19" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="H110" s="20">
-        <v>44868</v>
+        <v>41723</v>
       </c>
       <c r="I110" s="21">
-        <v>22.99</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>19.989999999999998</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A111" s="10">
         <v>5</v>
       </c>
       <c r="B111" s="10">
-        <v>9786256329485</v>
+        <v>9786053417095</v>
       </c>
       <c r="C111" s="11">
-        <v>2011734</v>
+        <v>2972902</v>
       </c>
       <c r="D111" s="12" t="s">
-        <v>129</v>
+        <v>74</v>
       </c>
       <c r="E111" s="13" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="F111" s="11">
-        <v>21110</v>
+        <v>22000</v>
       </c>
       <c r="G111" s="13" t="s">
-        <v>14</v>
+        <v>68</v>
       </c>
       <c r="H111" s="14">
-        <v>45945</v>
+        <v>44221</v>
       </c>
       <c r="I111" s="15">
-        <v>14.99</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>9.99</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A112" s="16">
         <v>6</v>
       </c>
       <c r="B112" s="16">
-        <v>9786053417095</v>
+        <v>9786059844765</v>
       </c>
       <c r="C112" s="17">
-        <v>2972902</v>
+        <v>3121271</v>
       </c>
       <c r="D112" s="18" t="s">
-        <v>90</v>
+        <v>182</v>
       </c>
       <c r="E112" s="19" t="s">
-        <v>91</v>
+        <v>127</v>
       </c>
       <c r="F112" s="17">
-        <v>22000</v>
+        <v>25000</v>
       </c>
       <c r="G112" s="19" t="s">
-        <v>81</v>
+        <v>39</v>
       </c>
       <c r="H112" s="20">
-        <v>44221</v>
+        <v>43084</v>
       </c>
       <c r="I112" s="21">
-        <v>9.99</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>11.99</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A113" s="10">
         <v>7</v>
       </c>
       <c r="B113" s="10">
-        <v>9786256162006</v>
+        <v>9786255942753</v>
       </c>
       <c r="C113" s="11">
-        <v>3151542</v>
+        <v>2016913</v>
       </c>
       <c r="D113" s="12" t="s">
-        <v>186</v>
+        <v>125</v>
       </c>
       <c r="E113" s="13" t="s">
-        <v>187</v>
+        <v>38</v>
       </c>
       <c r="F113" s="11">
         <v>21110</v>
       </c>
       <c r="G113" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H113" s="14">
-        <v>45734</v>
+        <v>45877</v>
       </c>
       <c r="I113" s="15">
-        <v>19.989999999999998</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>11.99</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A114" s="16">
         <v>8</v>
       </c>
       <c r="B114" s="16">
-        <v>9786052954027</v>
+        <v>9786052494189</v>
       </c>
       <c r="C114" s="17">
-        <v>3170186</v>
+        <v>2868134</v>
       </c>
       <c r="D114" s="18" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="E114" s="19" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="F114" s="17">
         <v>25000</v>
       </c>
       <c r="G114" s="19" t="s">
         <v>39</v>
       </c>
       <c r="H114" s="20">
-        <v>43720</v>
+        <v>43978</v>
       </c>
       <c r="I114" s="21">
-        <v>8.99</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>19.989999999999998</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A115" s="10">
         <v>9</v>
       </c>
       <c r="B115" s="10">
-        <v>9786255942753</v>
+        <v>9786256149014</v>
       </c>
       <c r="C115" s="11">
-        <v>2016913</v>
+        <v>3107659</v>
       </c>
       <c r="D115" s="12" t="s">
-        <v>190</v>
+        <v>62</v>
       </c>
       <c r="E115" s="13" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F115" s="11">
         <v>21110</v>
       </c>
       <c r="G115" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H115" s="14">
-        <v>45877</v>
+        <v>45589</v>
       </c>
       <c r="I115" s="15">
-        <v>11.99</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>12.99</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A116" s="16">
         <v>10</v>
       </c>
       <c r="B116" s="16">
-        <v>9786052959923</v>
+        <v>9786255790262</v>
       </c>
       <c r="C116" s="17">
-        <v>3170188</v>
+        <v>2101524</v>
       </c>
       <c r="D116" s="18" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="E116" s="19" t="s">
-        <v>189</v>
+        <v>96</v>
       </c>
       <c r="F116" s="17">
-        <v>22000</v>
+        <v>21110</v>
       </c>
       <c r="G116" s="19" t="s">
-        <v>81</v>
+        <v>14</v>
       </c>
       <c r="H116" s="20">
-        <v>44651</v>
+        <v>46058</v>
       </c>
       <c r="I116" s="21">
-        <v>8.99</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>11.99</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A117" s="10">
         <v>11</v>
       </c>
       <c r="B117" s="10">
-        <v>9786050849196</v>
+        <v>9789750724435</v>
       </c>
       <c r="C117" s="11">
-        <v>3166343</v>
+        <v>2334863</v>
       </c>
       <c r="D117" s="12" t="s">
-        <v>130</v>
+        <v>76</v>
       </c>
       <c r="E117" s="13" t="s">
-        <v>131</v>
+        <v>77</v>
       </c>
       <c r="F117" s="11">
-        <v>25000</v>
+        <v>21400</v>
       </c>
       <c r="G117" s="13" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H117" s="14">
-        <v>45740</v>
+        <v>42041</v>
       </c>
       <c r="I117" s="15">
-        <v>16.989999999999998</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>8.99</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A118" s="16">
         <v>12</v>
       </c>
       <c r="B118" s="16">
-        <v>9789756779194</v>
+        <v>9786055455408</v>
       </c>
       <c r="C118" s="17">
-        <v>2396920</v>
+        <v>2021573</v>
       </c>
       <c r="D118" s="18" t="s">
-        <v>192</v>
+        <v>95</v>
       </c>
       <c r="E118" s="19" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="F118" s="17">
-        <v>15470</v>
+        <v>25000</v>
       </c>
       <c r="G118" s="19" t="s">
-        <v>109</v>
+        <v>39</v>
       </c>
       <c r="H118" s="20">
-        <v>41614</v>
+        <v>44868</v>
       </c>
       <c r="I118" s="21">
-        <v>33.99</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>22.99</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A119" s="10">
         <v>13</v>
       </c>
       <c r="B119" s="10">
-        <v>9789752698949</v>
+        <v>9786258733174</v>
       </c>
       <c r="C119" s="11">
-        <v>2209009</v>
+        <v>2094778</v>
       </c>
       <c r="D119" s="12" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="E119" s="13" t="s">
-        <v>133</v>
+        <v>41</v>
       </c>
       <c r="F119" s="11">
-        <v>15470</v>
+        <v>25000</v>
       </c>
       <c r="G119" s="13" t="s">
-        <v>109</v>
+        <v>39</v>
       </c>
       <c r="H119" s="14">
-        <v>41674</v>
+        <v>46030</v>
       </c>
       <c r="I119" s="15">
-        <v>29.99</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>13.99</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A120" s="16">
         <v>14</v>
       </c>
       <c r="B120" s="16">
-        <v>9799756457749</v>
+        <v>9786255587756</v>
       </c>
       <c r="C120" s="17">
-        <v>3152185</v>
+        <v>2088780</v>
       </c>
       <c r="D120" s="18" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="E120" s="19" t="s">
-        <v>194</v>
+        <v>96</v>
       </c>
       <c r="F120" s="17">
-        <v>25000</v>
+        <v>24000</v>
       </c>
       <c r="G120" s="19" t="s">
-        <v>39</v>
+        <v>188</v>
       </c>
       <c r="H120" s="20">
-        <v>41900</v>
+        <v>45859</v>
       </c>
       <c r="I120" s="21">
-        <v>11.99</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14.99</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A121" s="10">
         <v>15</v>
       </c>
       <c r="B121" s="10">
-        <v>9786257746168</v>
+        <v>9789754541366</v>
       </c>
       <c r="C121" s="11">
-        <v>3100016</v>
+        <v>2988294</v>
       </c>
       <c r="D121" s="12" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="E121" s="13" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="F121" s="11">
         <v>25000</v>
       </c>
       <c r="G121" s="13" t="s">
         <v>39</v>
       </c>
       <c r="H121" s="14">
-        <v>44900</v>
+        <v>44231</v>
       </c>
       <c r="I121" s="15">
-        <v>9.99</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>49.99</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A122" s="16">
         <v>16</v>
       </c>
       <c r="B122" s="16">
-        <v>9786257099301</v>
+        <v>9786255799463</v>
       </c>
       <c r="C122" s="17">
-        <v>2431040</v>
+        <v>2087865</v>
       </c>
       <c r="D122" s="18" t="s">
-        <v>62</v>
+        <v>191</v>
       </c>
       <c r="E122" s="19" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F122" s="17">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G122" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H122" s="20">
-        <v>44252</v>
+        <v>45994</v>
       </c>
       <c r="I122" s="21">
-        <v>12.99</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>11.99</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A123" s="10">
         <v>17</v>
       </c>
       <c r="B123" s="10">
-        <v>9786256228849</v>
+        <v>9786052954027</v>
       </c>
       <c r="C123" s="11">
-        <v>3180656</v>
+        <v>3170186</v>
       </c>
       <c r="D123" s="12" t="s">
-        <v>196</v>
+        <v>123</v>
       </c>
       <c r="E123" s="13" t="s">
-        <v>197</v>
+        <v>124</v>
       </c>
       <c r="F123" s="11">
-        <v>11110</v>
+        <v>25000</v>
       </c>
       <c r="G123" s="13" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="H123" s="14">
-        <v>45810</v>
+        <v>43720</v>
       </c>
       <c r="I123" s="15">
-        <v>11.99</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>8.99</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A124" s="16">
         <v>18</v>
       </c>
       <c r="B124" s="16">
-        <v>9786255942579</v>
+        <v>9789758131006</v>
       </c>
       <c r="C124" s="17">
-        <v>3180551</v>
+        <v>4358066</v>
       </c>
       <c r="D124" s="18" t="s">
-        <v>89</v>
+        <v>192</v>
       </c>
       <c r="E124" s="19" t="s">
-        <v>38</v>
+        <v>193</v>
       </c>
       <c r="F124" s="17">
-        <v>21110</v>
+        <v>25470</v>
       </c>
       <c r="G124" s="19" t="s">
-        <v>14</v>
+        <v>86</v>
       </c>
       <c r="H124" s="20">
-        <v>45825</v>
+        <v>41159</v>
       </c>
       <c r="I124" s="21">
-        <v>11.99</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14.99</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A125" s="10">
         <v>19</v>
       </c>
       <c r="B125" s="10">
-        <v>9786255799128</v>
+        <v>9786053164258</v>
       </c>
       <c r="C125" s="11">
-        <v>2008808</v>
+        <v>2088783</v>
       </c>
       <c r="D125" s="12" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="E125" s="13" t="s">
-        <v>38</v>
+        <v>195</v>
       </c>
       <c r="F125" s="11">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G125" s="13" t="s">
         <v>14</v>
       </c>
       <c r="H125" s="14">
-        <v>45925</v>
+        <v>45934</v>
       </c>
       <c r="I125" s="15">
         <v>12.99</v>
       </c>
     </row>
-    <row r="126" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A126" s="16">
         <v>20</v>
       </c>
       <c r="B126" s="16">
-        <v>9786255799050</v>
+        <v>9786255799135</v>
       </c>
       <c r="C126" s="17">
-        <v>2008804</v>
+        <v>2082354</v>
       </c>
       <c r="D126" s="18" t="s">
-        <v>128</v>
+        <v>196</v>
       </c>
       <c r="E126" s="19" t="s">
         <v>38</v>
       </c>
       <c r="F126" s="17">
-        <v>11110</v>
+        <v>21110</v>
       </c>
       <c r="G126" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H126" s="20">
-        <v>45919</v>
+        <v>46006</v>
       </c>
       <c r="I126" s="21">
-        <v>19.989999999999998</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14.99</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A127" s="29" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B127" s="29"/>
       <c r="C127" s="30"/>
       <c r="D127" s="31"/>
       <c r="E127" s="29"/>
       <c r="F127" s="32"/>
       <c r="G127" s="32"/>
       <c r="H127" s="32"/>
       <c r="I127" s="32"/>
     </row>
-    <row r="128" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A128" s="10">
         <v>1</v>
       </c>
       <c r="B128" s="10">
         <v>9785699901302</v>
       </c>
       <c r="C128" s="11">
         <v>2981627</v>
       </c>
       <c r="D128" s="12" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="E128" s="13" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="F128" s="11">
         <v>11400</v>
       </c>
       <c r="G128" s="13" t="s">
         <v>12</v>
       </c>
       <c r="H128" s="14">
         <v>45089</v>
       </c>
       <c r="I128" s="15">
         <v>10</v>
       </c>
     </row>
-    <row r="129" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A129" s="16">
         <v>2</v>
       </c>
       <c r="B129" s="16">
-        <v>9785041813956</v>
+        <v>9785699973248</v>
       </c>
       <c r="C129" s="17">
-        <v>3139251</v>
+        <v>3160406</v>
       </c>
       <c r="D129" s="18" t="s">
-        <v>96</v>
+        <v>128</v>
       </c>
       <c r="E129" s="19" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="F129" s="17">
-        <v>11110</v>
+        <v>14810</v>
       </c>
       <c r="G129" s="19" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="H129" s="20">
-        <v>45715</v>
+        <v>45762</v>
       </c>
       <c r="I129" s="21">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A130" s="10">
         <v>3</v>
       </c>
       <c r="B130" s="10">
-        <v>9785353073468</v>
+        <v>9785170898350</v>
       </c>
       <c r="C130" s="11">
-        <v>2584364</v>
+        <v>3063917</v>
       </c>
       <c r="D130" s="12" t="s">
-        <v>95</v>
+        <v>197</v>
       </c>
       <c r="E130" s="13" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="F130" s="11">
-        <v>12100</v>
+        <v>18700</v>
       </c>
       <c r="G130" s="13" t="s">
-        <v>94</v>
+        <v>198</v>
       </c>
       <c r="H130" s="14">
-        <v>42898</v>
+        <v>42830</v>
       </c>
       <c r="I130" s="15">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A131" s="16">
         <v>4</v>
       </c>
       <c r="B131" s="16">
-        <v>9785389017245</v>
+        <v>9785699371372</v>
       </c>
       <c r="C131" s="17">
-        <v>8096368</v>
+        <v>3494896</v>
       </c>
       <c r="D131" s="18" t="s">
-        <v>199</v>
+        <v>87</v>
       </c>
       <c r="E131" s="19" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="F131" s="17">
-        <v>21110</v>
+        <v>12600</v>
       </c>
       <c r="G131" s="19" t="s">
-        <v>14</v>
+        <v>88</v>
       </c>
       <c r="H131" s="20">
-        <v>41276</v>
+        <v>40799</v>
       </c>
       <c r="I131" s="21">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A132" s="10">
         <v>5</v>
       </c>
       <c r="B132" s="10">
-        <v>9785699973248</v>
+        <v>9785041173692</v>
       </c>
       <c r="C132" s="11">
-        <v>3160406</v>
+        <v>2934155</v>
       </c>
       <c r="D132" s="12" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="E132" s="13" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="F132" s="11">
-        <v>14810</v>
+        <v>11110</v>
       </c>
       <c r="G132" s="13" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="H132" s="14">
-        <v>45762</v>
+        <v>44965</v>
       </c>
       <c r="I132" s="15">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A133" s="16">
         <v>6</v>
       </c>
       <c r="B133" s="16">
-        <v>9785389016668</v>
+        <v>9785041813956</v>
       </c>
       <c r="C133" s="17">
-        <v>8096236</v>
+        <v>3139251</v>
       </c>
       <c r="D133" s="18" t="s">
-        <v>140</v>
+        <v>79</v>
       </c>
       <c r="E133" s="19" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="F133" s="17">
-        <v>21110</v>
+        <v>11110</v>
       </c>
       <c r="G133" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H133" s="20">
-        <v>41276</v>
+        <v>45715</v>
       </c>
       <c r="I133" s="21">
         <v>10</v>
       </c>
     </row>
-    <row r="134" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A134" s="10">
         <v>7</v>
       </c>
       <c r="B134" s="10">
-        <v>9785699371372</v>
+        <v>9785386106997</v>
       </c>
       <c r="C134" s="11">
-        <v>3494896</v>
+        <v>3120364</v>
       </c>
       <c r="D134" s="12" t="s">
-        <v>110</v>
+        <v>200</v>
       </c>
       <c r="E134" s="13" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="F134" s="11">
-        <v>12600</v>
+        <v>14810</v>
       </c>
       <c r="G134" s="13" t="s">
-        <v>111</v>
+        <v>40</v>
       </c>
       <c r="H134" s="14">
-        <v>40799</v>
+        <v>45617</v>
       </c>
       <c r="I134" s="15">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A135" s="16">
         <v>8</v>
       </c>
       <c r="B135" s="16">
-        <v>9785389074354</v>
+        <v>9785171146290</v>
       </c>
       <c r="C135" s="17">
-        <v>8251495</v>
+        <v>2835954</v>
       </c>
       <c r="D135" s="18" t="s">
         <v>201</v>
       </c>
       <c r="E135" s="19" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="F135" s="17">
-        <v>12500</v>
+        <v>14810</v>
       </c>
       <c r="G135" s="19" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="H135" s="20">
-        <v>41717</v>
+        <v>44609</v>
       </c>
       <c r="I135" s="21">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A136" s="10">
         <v>9</v>
       </c>
       <c r="B136" s="10">
         <v>9785171004910</v>
       </c>
       <c r="C136" s="11">
         <v>2645633</v>
       </c>
       <c r="D136" s="12" t="s">
-        <v>139</v>
+        <v>100</v>
       </c>
       <c r="E136" s="13" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="F136" s="11">
         <v>11400</v>
       </c>
       <c r="G136" s="13" t="s">
         <v>12</v>
       </c>
       <c r="H136" s="14">
         <v>43336</v>
       </c>
       <c r="I136" s="15">
         <v>20</v>
       </c>
     </row>
-    <row r="137" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A137" s="16">
         <v>10</v>
       </c>
       <c r="B137" s="16">
-        <v>9785170924370</v>
+        <v>9785171004262</v>
       </c>
       <c r="C137" s="17">
-        <v>2475886</v>
+        <v>3139197</v>
       </c>
       <c r="D137" s="18" t="s">
-        <v>138</v>
+        <v>202</v>
       </c>
       <c r="E137" s="19" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="F137" s="17">
-        <v>12100</v>
+        <v>11110</v>
       </c>
       <c r="G137" s="19" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="H137" s="20">
-        <v>42405</v>
+        <v>45720</v>
       </c>
       <c r="I137" s="21">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A138" s="10">
         <v>11</v>
       </c>
       <c r="B138" s="10">
-        <v>9785171341053</v>
+        <v>9785041024116</v>
       </c>
       <c r="C138" s="11">
-        <v>2949757</v>
+        <v>2794438</v>
       </c>
       <c r="D138" s="12" t="s">
-        <v>141</v>
+        <v>128</v>
       </c>
       <c r="E138" s="13" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="F138" s="11">
-        <v>14740</v>
+        <v>11110</v>
       </c>
       <c r="G138" s="13" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="H138" s="14">
-        <v>44999</v>
+        <v>44478</v>
       </c>
       <c r="I138" s="15">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A139" s="16">
         <v>12</v>
       </c>
       <c r="B139" s="16">
-        <v>9785957306450</v>
+        <v>9785916718386</v>
       </c>
       <c r="C139" s="17">
-        <v>3160346</v>
+        <v>9509810</v>
       </c>
       <c r="D139" s="18" t="s">
-        <v>202</v>
+        <v>129</v>
       </c>
       <c r="E139" s="19" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="F139" s="17">
-        <v>14710</v>
+        <v>15380</v>
       </c>
       <c r="G139" s="19" t="s">
-        <v>34</v>
+        <v>98</v>
       </c>
       <c r="H139" s="20">
-        <v>45773</v>
+        <v>43195</v>
       </c>
       <c r="I139" s="21">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A140" s="10">
         <v>13</v>
       </c>
       <c r="B140" s="10">
-        <v>9785170824243</v>
+        <v>9785170924370</v>
       </c>
       <c r="C140" s="11">
-        <v>2643172</v>
+        <v>2475886</v>
       </c>
       <c r="D140" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="E140" s="13" t="s">
+        <v>97</v>
+      </c>
+      <c r="F140" s="11">
+        <v>12100</v>
+      </c>
+      <c r="G140" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="H140" s="14">
+        <v>42405</v>
+      </c>
+      <c r="I140" s="15">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A141" s="16">
+        <v>14</v>
+      </c>
+      <c r="B141" s="16">
+        <v>9785040944675</v>
+      </c>
+      <c r="C141" s="17">
+        <v>3096710</v>
+      </c>
+      <c r="D141" s="18" t="s">
         <v>203</v>
       </c>
-      <c r="E140" s="13" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="E141" s="19" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="F141" s="17">
-        <v>15380</v>
+        <v>11110</v>
       </c>
       <c r="G141" s="19" t="s">
-        <v>137</v>
+        <v>14</v>
       </c>
       <c r="H141" s="20">
-        <v>43195</v>
+        <v>45547</v>
       </c>
       <c r="I141" s="21">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A142" s="10">
         <v>15</v>
       </c>
       <c r="B142" s="10">
-        <v>9785041021320</v>
+        <v>9785171341053</v>
       </c>
       <c r="C142" s="11">
-        <v>2981591</v>
+        <v>2949757</v>
       </c>
       <c r="D142" s="12" t="s">
-        <v>205</v>
+        <v>101</v>
       </c>
       <c r="E142" s="13" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="F142" s="11">
-        <v>14810</v>
+        <v>14740</v>
       </c>
       <c r="G142" s="13" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H142" s="14">
-        <v>45103</v>
+        <v>44999</v>
       </c>
       <c r="I142" s="15">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:I2"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="1.7716535433070868" bottom="1.3779527559055118" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="50" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Fett"&amp;12
 &amp;K243478Libri GmbH&amp;"-,Standard"&amp;11
 &amp;12Hamburg • Bad Hersfeld&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;10&amp;K243478Libri GmbH • Friedensallee 273 • 22763 Hamburg • AG Hamburg HRB 65430
 Geschäftsführung: Alyna Wnukowsky (Sprecherin), Ulrich Vollmer
 Aufsichtsratsvorsitzender: Dr. Markus Conrad&amp;R&amp;K243478&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010007E2A28E331B1345B4C54C5E2471F1FA" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="23252ba61a2b42fee7d5f57213e57890">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c7883763-1633-4a33-844b-a4f27752bb33" xmlns:ns3="504620ad-4a5b-4e98-91c4-34164cb416e2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="548f94b230d87df06dce40b2da64a907" ns2:_="" ns3:_="">
     <xsd:import namespace="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <xsd:import namespace="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -5778,93 +5766,84 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="504620ad-4a5b-4e98-91c4-34164cb416e2" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c7883763-1633-4a33-844b-a4f27752bb33">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996B258D-5A6A-4734-BF2E-505977B0BDE3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F48E8238-8233-4AA5-A554-3B582D5F89B0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC4D9CF9-E2A7-47E5-9512-037AD31ADBFF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="c9f90cda-9d81-4aea-911d-f949aaf4de02"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" enabled="0" method="" siteId="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" removed="1"/>