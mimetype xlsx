--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -6,749 +6,812 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestandslisten_Quartalsremirückruflisten\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{550BB7B7-68F8-4C21-80F6-62A2E071C881}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{12780DFC-10B0-4854-A065-C44D2E201E29}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13176" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
+    <workbookView xWindow="-23148" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
   </bookViews>
   <sheets>
     <sheet name="JtB M" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'JtB M'!$A$1:$E$218</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'JtB M'!$A$1:$E$240</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'JtB M'!$4:$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="243" uniqueCount="242">
   <si>
     <t>Fett gedruckte Titel sind Neuerscheinungen des kommenden Quartals</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Libri-Nr.</t>
   </si>
   <si>
     <t>Titel</t>
   </si>
   <si>
     <t>UVP</t>
   </si>
   <si>
     <t>Warengruppe</t>
   </si>
   <si>
-    <t>Bestandsliste Just the Best M • 4. Quartal 2025</t>
+    <t>Aciman, A: Room on the Sea</t>
+  </si>
+  <si>
+    <t>Adichie, C: Dream Count</t>
+  </si>
+  <si>
+    <t>Alderton, D: Everything I Know About Love</t>
+  </si>
+  <si>
+    <t>Anderson, G: Want</t>
+  </si>
+  <si>
+    <t>Austen, J: Pride and Prejudice</t>
+  </si>
+  <si>
+    <t>Badawi, Z: African History of Africa</t>
+  </si>
+  <si>
+    <t>Baldacci, D: Strangers in Time</t>
+  </si>
+  <si>
+    <t>Bardugo, L: Familiar</t>
+  </si>
+  <si>
+    <t>Black, H: Cruel Prince</t>
+  </si>
+  <si>
+    <t>Blake, A: Dream On, Ramona Riley</t>
+  </si>
+  <si>
+    <t>Bregman, R: Moral Ambition</t>
+  </si>
+  <si>
+    <t>Brown, G: Book of Doors</t>
+  </si>
+  <si>
+    <t>Camus, A: Stranger</t>
+  </si>
+  <si>
+    <t>Carnegie, D: How to Win Friends</t>
+  </si>
+  <si>
+    <t>Child, L: In Too Deep</t>
+  </si>
+  <si>
+    <t>Clear, J: Atomic Habits</t>
+  </si>
+  <si>
+    <t>Coelho, P: Alchemist/25th Anniversary</t>
+  </si>
+  <si>
+    <t>Collins, S: Hunger Games: Sunrise on the Reaping</t>
+  </si>
+  <si>
+    <t>Coryell, T: Love Letters to a Serial Killer</t>
+  </si>
+  <si>
+    <t>Cusk, R: Parade</t>
+  </si>
+  <si>
+    <t>Danielewski, M: House of Leaves</t>
+  </si>
+  <si>
+    <t>Dostojewski, F: Crime and Punishment</t>
+  </si>
+  <si>
+    <t>Douglas, P: Corrupt</t>
+  </si>
+  <si>
+    <t>Douglas, P: Credence</t>
+  </si>
+  <si>
+    <t>Douglas, P: Hideaway</t>
+  </si>
+  <si>
+    <t>Durst, S: Spellshop</t>
+  </si>
+  <si>
+    <t>Estés, C: Women Who Run with the Wolves</t>
+  </si>
+  <si>
+    <t>Fortune, C: One Golden Summer</t>
+  </si>
+  <si>
+    <t>Fry, S: Odyssey</t>
+  </si>
+  <si>
+    <t>Garber, S: Ballad of Never After</t>
+  </si>
+  <si>
+    <t>Garber, S: Caraval</t>
+  </si>
+  <si>
+    <t>Garber, S: Curse For True Love</t>
+  </si>
+  <si>
+    <t>Garber, S: Once Upon a Broken Heart</t>
+  </si>
+  <si>
+    <t>García, H: Ikigai</t>
+  </si>
+  <si>
+    <t>Garmus, B: Lessons in Chemistry</t>
+  </si>
+  <si>
+    <t>Gillig, R: One Dark Window</t>
+  </si>
+  <si>
+    <t>Gillig, R: Two Twisted Crowns</t>
+  </si>
+  <si>
+    <t>Given, F: Women Living Deliciously</t>
+  </si>
+  <si>
+    <t>Grace, H: Icebreaker</t>
+  </si>
+  <si>
+    <t>Greene, R: Concise 48 Laws of Power</t>
+  </si>
+  <si>
+    <t>Haidt, J: Anxious Generation</t>
+  </si>
+  <si>
+    <t>Haig, M: Life Impossible</t>
+  </si>
+  <si>
+    <t>Haig, M: Midnight Library</t>
+  </si>
+  <si>
+    <t>Harari, Y: Nexus</t>
+  </si>
+  <si>
+    <t>Harari, Y: Sapiens</t>
+  </si>
+  <si>
+    <t>Harpman, J: I Who Have Never Known Men</t>
+  </si>
+  <si>
+    <t>Harris, R: Precipice</t>
+  </si>
+  <si>
+    <t>Hart, C: Quicksilver</t>
+  </si>
+  <si>
+    <t>Harvey, S: Orbital</t>
+  </si>
+  <si>
+    <t>Hazelwood, A: Deep End</t>
+  </si>
+  <si>
+    <t>Hazelwood, A: Problematic Summer Romance</t>
+  </si>
+  <si>
+    <t>Henry, E: Funny Story</t>
+  </si>
+  <si>
+    <t>Henry, E: Great Big Beautiful Life</t>
+  </si>
+  <si>
+    <t>Herbert, F: Dune</t>
+  </si>
+  <si>
+    <t>Hill, N: Think and Grow Rich</t>
+  </si>
+  <si>
+    <t>Holiday, R: Daily Stoic</t>
+  </si>
+  <si>
+    <t>Hoover, C: Verity</t>
+  </si>
+  <si>
+    <t>Housel, M: Psychology of Money: Timeless Lessons on Wealth</t>
+  </si>
+  <si>
+    <t>Huang, A: King of Envy</t>
+  </si>
+  <si>
+    <t>Huang, A: King of Greed</t>
+  </si>
+  <si>
+    <t>Huang, A: King of Pride</t>
+  </si>
+  <si>
+    <t>Huang, A: King of Sloth</t>
+  </si>
+  <si>
+    <t>Huang, A: King of Wrath</t>
+  </si>
+  <si>
+    <t>Huang, A: Striker/Deluxe Edition</t>
+  </si>
+  <si>
+    <t>Huang, A: Twisted Games</t>
+  </si>
+  <si>
+    <t>Huang, A: Twisted Hate</t>
+  </si>
+  <si>
+    <t>Huang, A: Twisted Lies</t>
+  </si>
+  <si>
+    <t>Huang, A: Twisted Love</t>
+  </si>
+  <si>
+    <t>Jimenez, A: Say You'll Remember Me</t>
+  </si>
+  <si>
+    <t>July, M: All Fours</t>
+  </si>
+  <si>
+    <t>Kahneman, D: Thinking, Fast and Slow</t>
+  </si>
+  <si>
+    <t>Kang, H: Greek Lessons</t>
+  </si>
+  <si>
+    <t>Kawamura, G: If Cats Disappeared from the World</t>
+  </si>
+  <si>
+    <t>Kent, R: God of Malice</t>
+  </si>
+  <si>
+    <t>Khabra, B: Collide</t>
+  </si>
+  <si>
+    <t>King, S: Never Flinch</t>
+  </si>
+  <si>
+    <t>Kishimi, I: Courage To Be Disliked</t>
+  </si>
+  <si>
+    <t>Kiyosaki, R: Rich Dad Poor Dad/Ann. Ed.</t>
+  </si>
+  <si>
+    <t>Kleinbaum, N: Dead Poets Society</t>
+  </si>
+  <si>
+    <t>Kolk, B: The Body Keeps the Score</t>
+  </si>
+  <si>
+    <t>Kuang, R: Babel</t>
+  </si>
+  <si>
+    <t>Kuang, R: Yellowface</t>
+  </si>
+  <si>
+    <t>Kushner, R: Creation Lake</t>
+  </si>
+  <si>
+    <t>Lee, H: To Kill a Mockingbird/60th Anniversary Ed.</t>
+  </si>
+  <si>
+    <t>Lowndes, L: How to Talk to Anyone</t>
+  </si>
+  <si>
+    <t>Maas, S: Assassin's Blade</t>
+  </si>
+  <si>
+    <t>Maas, S: Court of Frost and Starlight/Adult Ed.</t>
+  </si>
+  <si>
+    <t>Maas, S: Court of Mist and Fury/Adult Ed.</t>
+  </si>
+  <si>
+    <t>Maas, S: Court of Silver Flames</t>
+  </si>
+  <si>
+    <t>Maas, S: Court of Thorns and Roses/Adult Ed.</t>
+  </si>
+  <si>
+    <t>Maas, S: Court of Wings and Ruin</t>
+  </si>
+  <si>
+    <t>Maas, S: Crown of Midnight</t>
+  </si>
+  <si>
+    <t>Maas, S: Heir of Fire</t>
+  </si>
+  <si>
+    <t>Maas, S: House of Earth and Blood</t>
+  </si>
+  <si>
+    <t>Maas, S: Throne of Glass</t>
+  </si>
+  <si>
+    <t>Machida, S: Convenience Store by the Sea</t>
+  </si>
+  <si>
+    <t>McFadden, F: Boyfriend</t>
+  </si>
+  <si>
+    <t>McFadden, F: Crash</t>
+  </si>
+  <si>
+    <t>McFadden, F: Housemaid</t>
+  </si>
+  <si>
+    <t>McFadden, F: Housemaid Is Watching</t>
+  </si>
+  <si>
+    <t>McFadden, F: Housemaid's Secret</t>
+  </si>
+  <si>
+    <t>McFadden, F: Never Lie</t>
+  </si>
+  <si>
+    <t>Mcintire, E: Hooked</t>
+  </si>
+  <si>
+    <t>Mellors, C: Blue Sisters</t>
+  </si>
+  <si>
+    <t>Mellors, C: Cleopatra and Frankenstein</t>
+  </si>
+  <si>
+    <t>Michaelides, A: Silent Patient</t>
+  </si>
+  <si>
+    <t>Miller, M: Song of Achilles</t>
+  </si>
+  <si>
+    <t>Mochizuki, M: Full Moon Coffee Shop</t>
+  </si>
+  <si>
+    <t>Murphy, M: You Were Never Not Mine</t>
+  </si>
+  <si>
+    <t>Nabokov, V: Lolita</t>
+  </si>
+  <si>
+    <t>Nicole, A: Book of Azrael</t>
+  </si>
+  <si>
+    <t>Nowlin, L: If He Had Been with Me</t>
+  </si>
+  <si>
+    <t>Orwell, G: Nineteen Eighty-Four</t>
+  </si>
+  <si>
+    <t>Osman, R: Thursday Murder Club</t>
+  </si>
+  <si>
+    <t>Osman, R: We Solve Murders</t>
+  </si>
+  <si>
+    <t>Painter, L: Better Than the Movies</t>
+  </si>
+  <si>
+    <t>Parker, S: When the Moon Hatched</t>
+  </si>
+  <si>
+    <t>Perez, C: Invisible Women</t>
+  </si>
+  <si>
+    <t>Powers, R: Playground</t>
+  </si>
+  <si>
+    <t>Reid, A: Lady Macbeth</t>
+  </si>
+  <si>
+    <t>Reid, T: Atmosphere</t>
+  </si>
+  <si>
+    <t>Reid, T: Seven Husbands of Evelyn Hugo</t>
+  </si>
+  <si>
+    <t>Rio, M: Graveyard Shift</t>
+  </si>
+  <si>
+    <t>Rio, M: If We Were Villains</t>
+  </si>
+  <si>
+    <t>Roberts, L: Fearless</t>
+  </si>
+  <si>
+    <t>Roberts, L: Powerless</t>
+  </si>
+  <si>
+    <t>Roberts, L: Reckless</t>
+  </si>
+  <si>
+    <t>Rooney, S: Beautiful World, Where Are You</t>
+  </si>
+  <si>
+    <t>Rooney, S: Conversations with Friends</t>
+  </si>
+  <si>
+    <t>Rooney, S: Intermezzo</t>
+  </si>
+  <si>
+    <t>Rooney, S: Normal People</t>
+  </si>
+  <si>
+    <t>Rowling, J: Harry Potter 1/Philosopher's Stone</t>
+  </si>
+  <si>
+    <t>Rubin, R: Creative Act</t>
+  </si>
+  <si>
+    <t>Rushdie, S: Knife</t>
+  </si>
+  <si>
+    <t>Sage, L: Wild and Wrangled</t>
+  </si>
+  <si>
+    <t>Saint, J: Hera</t>
+  </si>
+  <si>
+    <t>Sehee, B: I Want to Die but I Still Want to Eat Tteokbokki</t>
+  </si>
+  <si>
+    <t>Sehee, B: I Want to Die but I Want to Eat Tteokbokki</t>
+  </si>
+  <si>
+    <t>Shafak, E: There are Rivers in the Sky</t>
+  </si>
+  <si>
+    <t>Silver, E: Flawless</t>
+  </si>
+  <si>
+    <t>Silver, E: Heartless</t>
+  </si>
+  <si>
+    <t>Silver, E: Hopeless</t>
+  </si>
+  <si>
+    <t>Silver, E: Powerless</t>
+  </si>
+  <si>
+    <t>Silver, E: Reckless</t>
+  </si>
+  <si>
+    <t>Silver, E: Wild Eyes</t>
+  </si>
+  <si>
+    <t>Silver, E: Wild Love</t>
+  </si>
+  <si>
+    <t>Silver, E: Wild Side</t>
+  </si>
+  <si>
+    <t>Silvera, A: Survivor Wants to Die at the End</t>
+  </si>
+  <si>
+    <t>Smith, K: Phantasma</t>
+  </si>
+  <si>
+    <t>Smith, P: Just Kids</t>
+  </si>
+  <si>
+    <t>Tartt, D: Secret History</t>
+  </si>
+  <si>
+    <t>Tomforde, L: Caught Up</t>
+  </si>
+  <si>
+    <t>Tomforde, L: Mile High</t>
+  </si>
+  <si>
+    <t>Tomforde, L: Play Along</t>
+  </si>
+  <si>
+    <t>Tomforde, L: Rewind It Back</t>
+  </si>
+  <si>
+    <t>Tomforde, L: Right Move</t>
+  </si>
+  <si>
+    <t>Vuong, O: Emperor of Gladness</t>
+  </si>
+  <si>
+    <t>Walsh, C: Binding 13</t>
+  </si>
+  <si>
+    <t>Walsh, C: Keeping 13</t>
+  </si>
+  <si>
+    <t>Walsh, C: Redeeming 6</t>
+  </si>
+  <si>
+    <t>Walsh, C: Saving 6</t>
+  </si>
+  <si>
+    <t>Walsh, C: Taming 7</t>
+  </si>
+  <si>
+    <t>Yagisawa, S: Days at the Morisaki Bookshop</t>
+  </si>
+  <si>
+    <t>Yanagihara, H: Little Life</t>
+  </si>
+  <si>
+    <t>Yarros, R: Fourth Wing</t>
+  </si>
+  <si>
+    <t>Yarros, R: Iron Flame</t>
+  </si>
+  <si>
+    <t>Yarros, R: Onyx Storm</t>
+  </si>
+  <si>
+    <t>Zevin, G: Tomorrow, and Tomorrow, and Tomorrow</t>
+  </si>
+  <si>
+    <t>Bestandsliste Just the Best M • 3. Quartal 2025</t>
   </si>
   <si>
     <t>Aaronovitch, B: Masquerades of Spring</t>
   </si>
   <si>
-    <t>Adichie, C: Dream Count</t>
-[...4 lines deleted...]
-  <si>
     <t>Allen, N: Caught Up</t>
   </si>
   <si>
     <t>Allen, N: Lights Out</t>
   </si>
   <si>
-    <t>Anderson, G: Want</t>
+    <t>Applebaum, A: Autocracy, Inc</t>
+  </si>
+  <si>
+    <t>Arena, B: Dance of Lies</t>
   </si>
   <si>
     <t>Asher, L: Love Arranged</t>
   </si>
   <si>
-    <t>Atwood, M: Book of Lives</t>
-[...1 lines deleted...]
-  <si>
     <t>Atwood, M: Handmaid's Tale</t>
   </si>
   <si>
-    <t>Austen, J: Pride and Prejudice</t>
-[...10 lines deleted...]
-  <si>
     <t>Bartlett, S: Diary of a CEO</t>
   </si>
   <si>
     <t>Bickers, T: Book Swap</t>
   </si>
   <si>
-    <t>Bradbury, R: Fahrenheit 451</t>
-[...2 lines deleted...]
-    <t>Broadbent, C: Daughter of No Worlds</t>
+    <t>Brandy, M: Say You Swear</t>
+  </si>
+  <si>
+    <t>Broadbent, C: Songbird and the Heart of Stone</t>
   </si>
   <si>
     <t>Brown, D: Secret of Secrets</t>
   </si>
   <si>
-    <t>Brown, P: Red Rising</t>
-[...1 lines deleted...]
-  <si>
     <t>Cameron, J: Artist's Way</t>
   </si>
   <si>
-    <t>Camus, A: Stranger</t>
-[...22 lines deleted...]
-  <si>
     <t>Cole, T: Write Me For You</t>
   </si>
   <si>
     <t>Corey, J: Mercy of Gods</t>
   </si>
   <si>
-    <t>Danielewski, M: House of Leaves</t>
-[...10 lines deleted...]
-  <si>
     <t>Erikson, T: Surrounded by Idiots Revised &amp; Expanded Edition</t>
   </si>
   <si>
-    <t>Espach, A: Notes on Your Sudden Disappearance</t>
-[...1 lines deleted...]
-  <si>
     <t>Espach, A: Wedding People</t>
   </si>
   <si>
-    <t>Estés, C: Women Who Run with the Wolves</t>
-[...2 lines deleted...]
-    <t>Fawcett, H: Emily Wilde's Compendium of Lost Tales</t>
+    <t xml:space="preserve">Everett, P: James </t>
   </si>
   <si>
     <t>Follett, K: Circle of Days</t>
   </si>
   <si>
     <t>Galbraith, R: Hallmarked Man</t>
   </si>
   <si>
-    <t>Garber, S: Alchemy of Secrets</t>
-[...10 lines deleted...]
-  <si>
     <t>Gillig, R: Knight and the Moth</t>
   </si>
   <si>
-    <t>Gillig, R: One Dark Window</t>
-[...10 lines deleted...]
-  <si>
     <t>Gilmore, L: Gingerbread Bakery</t>
   </si>
   <si>
-    <t>Gilmore, L: Pumpkin Spice Café</t>
-[...44 lines deleted...]
-    <t>Harvey, S: Orbital</t>
+    <t>Han, J: We'll Always Have Summer</t>
   </si>
   <si>
     <t>Hawkins, P: Blue Hour</t>
   </si>
   <si>
-    <t>Hazelwood, A: Deep End</t>
-[...23 lines deleted...]
-    <t>Hoover, C: Verity</t>
+    <t>Henry, E: Beach Read</t>
   </si>
   <si>
     <t>Horowitz, A: Marble Hall Murders</t>
   </si>
   <si>
-    <t>Housel, M: Psychology of Money: Timeless Lessons on Wealth</t>
-[...40 lines deleted...]
-  <si>
     <t>Jackson, H: Not Quite Dead Yet</t>
   </si>
   <si>
+    <t>Jimenez, A: Just For The Summer</t>
+  </si>
+  <si>
     <t>Jimenez, A: Part of Your World</t>
   </si>
   <si>
-    <t>Kahneman, D: Thinking, Fast and Slow</t>
-[...1 lines deleted...]
-  <si>
     <t>Kang, H: Vegetarian</t>
   </si>
   <si>
-    <t>Kashiwai, H: Menu of Happiness</t>
-[...4 lines deleted...]
-  <si>
     <t>Kent, R: God of Fury</t>
   </si>
   <si>
-    <t>Kent, R: God of Malice</t>
-[...4 lines deleted...]
-  <si>
     <t>Kent, R: God of Wrath</t>
   </si>
   <si>
-    <t>Killmore, R: Cinnamon Falls Mystery</t>
-[...4 lines deleted...]
-  <si>
     <t>King, S: You Like It Darker</t>
   </si>
   <si>
-    <t>Kishimi, I: Courage To Be Disliked</t>
-[...5 lines deleted...]
-    <t>Kleinbaum, N: Dead Poets Society</t>
+    <t>Klein, E: Abundance</t>
   </si>
   <si>
     <t>Klune, T: Somewhere Beyond the Sea</t>
   </si>
   <si>
-    <t>Kolk, B: The Body Keeps the Score</t>
-[...7 lines deleted...]
-  <si>
     <t>Kuang, R: Katabasis (Standard Edition)</t>
   </si>
   <si>
-    <t>Kuang, R: Yellowface</t>
-[...5 lines deleted...]
-    <t>Lembke, A: Dopamine Nation</t>
+    <t>Lee, M: Return to the DallerGut Dream Department Store</t>
   </si>
   <si>
     <t>Levitsky, S: How Democracies Die</t>
   </si>
   <si>
-    <t>Lowndes, L: How to Talk to Anyone</t>
-[...28 lines deleted...]
-  <si>
     <t>Maas, S: House of Flame and Shadow</t>
   </si>
   <si>
     <t>Maas, S: Queen of Shadows</t>
   </si>
   <si>
-    <t>Maas, S: Throne of Glass</t>
-[...2 lines deleted...]
-    <t>Machida, S: Convenience Store by the Sea</t>
+    <t>Maas, S: Tower of Dawn</t>
   </si>
   <si>
     <t>Maehrer, H: Accomplice to the Villain</t>
   </si>
   <si>
     <t>Maniscalco, K: Throne of Secrets</t>
   </si>
   <si>
-    <t>Manson, M: Subtle Art of Not Giving a F*ck</t>
-[...1 lines deleted...]
-  <si>
     <t>McEwan, I: What We Can Know</t>
   </si>
   <si>
-    <t>McFadden, F: Boyfriend</t>
-[...2 lines deleted...]
-    <t>McFadden, F: Crash</t>
+    <t>McFadden, F: Coworker</t>
   </si>
   <si>
     <t>McFadden, F: Do Not Disturb</t>
   </si>
   <si>
-    <t>McFadden, F: Housemaid</t>
-[...7 lines deleted...]
-  <si>
     <t>McFadden, F: Inmate</t>
   </si>
   <si>
-    <t>McFadden, F: Intruder</t>
-[...4 lines deleted...]
-  <si>
     <t>McFadden, F: Surrogate Mother</t>
   </si>
   <si>
     <t>McFadden, F: Teacher</t>
   </si>
   <si>
+    <t>McFadden, F: Tenant</t>
+  </si>
+  <si>
     <t>McFadden, F: Ward D</t>
   </si>
   <si>
-    <t>Mellors, C: Blue Sisters</t>
-[...19 lines deleted...]
-  <si>
     <t>Moore, L: God of the Woods</t>
   </si>
   <si>
     <t>Murakami, H: City and Its Uncertain Walls</t>
   </si>
   <si>
-    <t>Nicole, A: Book of Azrael</t>
+    <t>Nicholls, D: You Are Here</t>
+  </si>
+  <si>
+    <t>Nicole, A: Throne of Broken Gods</t>
   </si>
   <si>
     <t>Orwell, G: Animal Farm</t>
   </si>
   <si>
-    <t>Orwell, G: Nineteen Eighty-Four</t>
-[...1 lines deleted...]
-  <si>
     <t>Osman, R: Impossible Fortune</t>
   </si>
   <si>
-    <t>Osman, R: Thursday Murder Club</t>
-[...1 lines deleted...]
-  <si>
     <t>Painter, L: Maid for Each Other</t>
   </si>
   <si>
-    <t>Perez, C: Invisible Women</t>
-[...32 lines deleted...]
-    <t>Rushdie, S: Eleventh Hour</t>
+    <t>Roberts, L: Fearful</t>
   </si>
   <si>
     <t>Sanderson, B: Mistborn 1/Final Empire</t>
   </si>
   <si>
-    <t>Shafak, E: There are Rivers in the Sky</t>
-[...1 lines deleted...]
-  <si>
     <t>Shannon, S: Among the Burning Flowers</t>
   </si>
   <si>
-    <t>Silver, E: Flawless</t>
-[...13 lines deleted...]
-  <si>
     <t>Silver, E: Wild Card</t>
   </si>
   <si>
-    <t>Silver, E: Wild Eyes</t>
-[...16 lines deleted...]
-  <si>
     <t>Snyder, T: On Freedom</t>
   </si>
   <si>
     <t>Sparks, N: Counting Miracles</t>
   </si>
   <si>
-    <t>Stevenson, B: Everyone This Christmas Has A Secret</t>
-[...4 lines deleted...]
-  <si>
     <t>Tolle, E: The Power of Now</t>
   </si>
   <si>
-    <t>Tomforde, L: Caught Up</t>
-[...28 lines deleted...]
-  <si>
     <t>Walsh, C: Releasing 10</t>
   </si>
   <si>
-    <t>Walsh, C: Saving 6</t>
-[...4 lines deleted...]
-  <si>
     <t>Wouden, Y: Safekeep</t>
-  </si>
-[...16 lines deleted...]
-    <t>Zevin, G: Tomorrow, and Tomorrow, and Tomorrow</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -859,137 +922,141 @@
     <border>
       <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="28">
+  <cellXfs count="30">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="1" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="7" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="2" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="7" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...26 lines deleted...]
-    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 3" xfId="1" xr:uid="{E5547F80-CBED-4D8B-A4AB-8ADEC00C389C}"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <font>
         <b val="0"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="1" formatCode="0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
@@ -1219,53 +1286,53 @@
   <colors>
     <mruColors>
       <color rgb="FF243478"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{DB70F4E0-5122-44C9-A069-BAE66F739666}" name="Tabelle5" displayName="Tabelle5" ref="A4:E218" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5">
-[...1 lines deleted...]
-    <sortCondition ref="C5:C218"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{DB70F4E0-5122-44C9-A069-BAE66F739666}" name="Tabelle5" displayName="Tabelle5" ref="A4:E240" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:E226">
+    <sortCondition ref="C5:C226"/>
   </sortState>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{BE38B0E2-A417-42E3-A815-51EAF3316FCC}" name="EAN" dataDxfId="4" dataCellStyle="Standard 3"/>
     <tableColumn id="2" xr3:uid="{557C5361-75BF-41D0-9BE4-702B2D5D36F3}" name="Libri-Nr." dataDxfId="3" dataCellStyle="Standard 3"/>
     <tableColumn id="3" xr3:uid="{19984736-2128-4755-94EB-6DA12D7F4405}" name="Titel" dataDxfId="2" dataCellStyle="Standard 3"/>
     <tableColumn id="4" xr3:uid="{59F95023-B76C-4851-984F-F321023A9EA0}" name="UVP" dataDxfId="1" dataCellStyle="Standard 3"/>
     <tableColumn id="5" xr3:uid="{4A02480C-E1CF-4756-9D0C-FA32CF235BB9}" name="Warengruppe" dataDxfId="0" dataCellStyle="Standard 3"/>
   </tableColumns>
   <tableStyleInfo name="Libri-Tabellenformat" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022-Design">
   <a:themeElements>
     <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -1535,3793 +1602,4147 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D61CB4B-7791-4ED0-AE80-E77BE2D65B28}">
-  <dimension ref="A1:E218"/>
+  <dimension ref="A1:E240"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C13" sqref="C13"/>
+    <sheetView tabSelected="1" topLeftCell="A189" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="I246" sqref="I246"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="14.88671875" style="2" customWidth="1"/>
     <col min="2" max="2" width="9.88671875" style="2" customWidth="1"/>
     <col min="3" max="3" width="39" style="6" customWidth="1"/>
-    <col min="4" max="4" width="7.44140625" style="17" customWidth="1"/>
+    <col min="4" max="4" width="7.44140625" style="25" customWidth="1"/>
     <col min="5" max="5" width="15.5546875" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A1" s="26" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="26"/>
+      <c r="A1" s="28" t="s">
+        <v>174</v>
+      </c>
+      <c r="B1" s="28"/>
+      <c r="C1" s="28"/>
+      <c r="D1" s="28"/>
+      <c r="E1" s="28"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A2" s="27" t="s">
+      <c r="A2" s="29" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="27"/>
-[...2 lines deleted...]
-      <c r="E2" s="27"/>
+      <c r="B2" s="29"/>
+      <c r="C2" s="29"/>
+      <c r="D2" s="29"/>
+      <c r="E2" s="29"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="14" t="s">
+      <c r="D4" s="20" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="7">
+      <c r="A5" s="14">
         <v>9781473224414</v>
       </c>
-      <c r="B5" s="7">
+      <c r="B5" s="14">
         <v>3144060</v>
       </c>
-      <c r="C5" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E5" s="9">
+      <c r="C5" s="15" t="s">
+        <v>175</v>
+      </c>
+      <c r="D5" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E5" s="16">
         <v>21300</v>
       </c>
     </row>
     <row r="6" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A6" s="10">
-        <v>9780008685744</v>
+        <v>9780571385140</v>
       </c>
       <c r="B6" s="10">
-        <v>3067520</v>
+        <v>3097591</v>
       </c>
       <c r="C6" s="11" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>19.5</v>
+        <v>6</v>
+      </c>
+      <c r="D6" s="23">
+        <v>17.5</v>
       </c>
       <c r="E6" s="12">
         <v>11110</v>
       </c>
     </row>
     <row r="7" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="7">
-        <v>9780241982105</v>
+        <v>9780008685744</v>
       </c>
       <c r="B7" s="7">
-        <v>2680648</v>
+        <v>3067520</v>
       </c>
       <c r="C7" s="8" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>7</v>
+      </c>
+      <c r="D7" s="24">
+        <v>19.5</v>
       </c>
       <c r="E7" s="9">
-        <v>21600</v>
+        <v>11110</v>
       </c>
     </row>
     <row r="8" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A8" s="10">
-        <v>9781529442427</v>
+        <v>9780241982105</v>
       </c>
       <c r="B8" s="10">
-        <v>3153277</v>
+        <v>2680648</v>
       </c>
       <c r="C8" s="11" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D8" s="15">
+        <v>8</v>
+      </c>
+      <c r="D8" s="23">
         <v>14.5</v>
       </c>
       <c r="E8" s="12">
-        <v>21110</v>
+        <v>21600</v>
       </c>
     </row>
     <row r="9" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A9" s="7">
-        <v>9781529442397</v>
+        <v>9781529442427</v>
       </c>
       <c r="B9" s="7">
-        <v>3127296</v>
+        <v>3153277</v>
       </c>
       <c r="C9" s="8" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D9" s="16">
+        <v>176</v>
+      </c>
+      <c r="D9" s="24">
         <v>14.5</v>
       </c>
       <c r="E9" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="10" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="10">
+        <v>9781529442397</v>
+      </c>
+      <c r="B10" s="10">
+        <v>3127296</v>
+      </c>
+      <c r="C10" s="11" t="s">
+        <v>177</v>
+      </c>
+      <c r="D10" s="23">
+        <v>14.5</v>
+      </c>
+      <c r="E10" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="14">
         <v>9781526657909</v>
       </c>
-      <c r="B10" s="10">
+      <c r="B11" s="14">
         <v>3145236</v>
       </c>
-      <c r="C10" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="15">
+      <c r="C11" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="21">
         <v>14.5</v>
       </c>
-      <c r="E10" s="12">
+      <c r="E11" s="16">
         <v>25320</v>
       </c>
     </row>
-    <row r="11" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-    </row>
     <row r="12" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="18">
-[...12 lines deleted...]
-        <v>11600</v>
+      <c r="A12" s="10">
+        <v>9781802062120</v>
+      </c>
+      <c r="B12" s="10">
+        <v>3131199</v>
+      </c>
+      <c r="C12" s="11" t="s">
+        <v>178</v>
+      </c>
+      <c r="D12" s="23">
+        <v>14.5</v>
+      </c>
+      <c r="E12" s="12">
+        <v>27430</v>
       </c>
     </row>
     <row r="13" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A13" s="7">
-        <v>9780099740919</v>
+        <v>9781526681393</v>
       </c>
       <c r="B13" s="7">
-        <v>2298759</v>
+        <v>3097402</v>
       </c>
       <c r="C13" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>179</v>
+      </c>
+      <c r="D13" s="24">
+        <v>19.5</v>
       </c>
       <c r="E13" s="9">
-        <v>21110</v>
+        <v>11300</v>
       </c>
     </row>
     <row r="14" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="10">
-[...11 lines deleted...]
-      <c r="E14" s="12">
+      <c r="A14" s="17">
+        <v>9780349438016</v>
+      </c>
+      <c r="B14" s="17">
+        <v>3136731</v>
+      </c>
+      <c r="C14" s="18" t="s">
+        <v>180</v>
+      </c>
+      <c r="D14" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E14" s="19">
         <v>21110</v>
       </c>
     </row>
     <row r="15" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A15" s="7">
+        <v>9780099740919</v>
+      </c>
+      <c r="B15" s="7">
+        <v>2298759</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>181</v>
+      </c>
+      <c r="D15" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E15" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="10">
+        <v>9780141199078</v>
+      </c>
+      <c r="B16" s="10">
+        <v>2303957</v>
+      </c>
+      <c r="C16" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" s="23">
+        <v>10.5</v>
+      </c>
+      <c r="E16" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="14">
         <v>9780753560143</v>
       </c>
-      <c r="B15" s="7">
+      <c r="B17" s="14">
         <v>3099250</v>
       </c>
-      <c r="C15" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D15" s="16">
+      <c r="C17" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" s="21">
         <v>14.5</v>
       </c>
-      <c r="E15" s="9">
+      <c r="E17" s="16">
         <v>25590</v>
-      </c>
-[...32 lines deleted...]
-        <v>11300</v>
       </c>
     </row>
     <row r="18" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A18" s="10">
-        <v>9781529146523</v>
+        <v>9781538774359</v>
       </c>
       <c r="B18" s="10">
-        <v>3139068</v>
+        <v>3099009</v>
       </c>
       <c r="C18" s="11" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>12</v>
+      </c>
+      <c r="D18" s="23">
+        <v>18.5</v>
       </c>
       <c r="E18" s="12">
-        <v>27850</v>
+        <v>11200</v>
       </c>
     </row>
     <row r="19" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="7">
-        <v>9781399706087</v>
+        <v>9780241999844</v>
       </c>
       <c r="B19" s="7">
-        <v>3099383</v>
+        <v>3098547</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="D19" s="16">
+        <v>13</v>
+      </c>
+      <c r="D19" s="24">
         <v>13.5</v>
       </c>
       <c r="E19" s="9">
-        <v>21110</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="20" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A20" s="10">
-        <v>9780006546061</v>
+        <v>9781529146523</v>
       </c>
       <c r="B20" s="10">
-        <v>6679269</v>
+        <v>3139068</v>
       </c>
       <c r="C20" s="11" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>9.5</v>
+        <v>182</v>
+      </c>
+      <c r="D20" s="23">
+        <v>14.5</v>
       </c>
       <c r="E20" s="12">
-        <v>21110</v>
+        <v>27850</v>
       </c>
     </row>
     <row r="21" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="22">
-[...6 lines deleted...]
-        <v>23</v>
+      <c r="A21" s="7">
+        <v>9781399706087</v>
+      </c>
+      <c r="B21" s="7">
+        <v>3099383</v>
+      </c>
+      <c r="C21" s="8" t="s">
+        <v>183</v>
       </c>
       <c r="D21" s="24">
-        <v>21.5</v>
-[...2 lines deleted...]
-        <v>11300</v>
+        <v>13.5</v>
+      </c>
+      <c r="E21" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="22" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A22" s="10">
-        <v>9780385546898</v>
+        <v>9781471407277</v>
       </c>
       <c r="B22" s="10">
-        <v>3140724</v>
+        <v>7222602</v>
       </c>
       <c r="C22" s="11" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>31.5</v>
+        <v>14</v>
+      </c>
+      <c r="D22" s="23">
+        <v>12.5</v>
       </c>
       <c r="E22" s="12">
-        <v>11110</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="23" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="7">
-        <v>9781444758993</v>
+        <v>9780349441351</v>
       </c>
       <c r="B23" s="7">
-        <v>2086222</v>
+        <v>3098083</v>
       </c>
       <c r="C23" s="8" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>15</v>
+      </c>
+      <c r="D23" s="24">
+        <v>13.5</v>
       </c>
       <c r="E23" s="9">
-        <v>21300</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="24" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="10">
-        <v>9781788164290</v>
+        <v>9781398719484</v>
       </c>
       <c r="B24" s="10">
-        <v>2418547</v>
+        <v>2988486</v>
       </c>
       <c r="C24" s="11" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>184</v>
+      </c>
+      <c r="D24" s="23">
+        <v>14</v>
       </c>
       <c r="E24" s="12">
-        <v>14810</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="25" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A25" s="7">
-        <v>9780679720201</v>
+        <v>9781526685599</v>
       </c>
       <c r="B25" s="7">
-        <v>2163271</v>
+        <v>3097416</v>
       </c>
       <c r="C25" s="8" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>16.5</v>
+        <v>16</v>
+      </c>
+      <c r="D25" s="24">
+        <v>19.5</v>
       </c>
       <c r="E25" s="9">
-        <v>21110</v>
+        <v>15220</v>
       </c>
     </row>
     <row r="26" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A26" s="10">
-        <v>9781638932468</v>
+        <v>9781035050734</v>
       </c>
       <c r="B26" s="10">
-        <v>3106066</v>
+        <v>3145933</v>
       </c>
       <c r="C26" s="11" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>21.5</v>
+        <v>185</v>
+      </c>
+      <c r="D26" s="23">
+        <v>13.5</v>
       </c>
       <c r="E26" s="12">
-        <v>21110</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="27" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A27" s="7">
-[...12 lines deleted...]
-        <v>21110</v>
+      <c r="A27" s="14">
+        <v>9780385546898</v>
+      </c>
+      <c r="B27" s="14">
+        <v>3140724</v>
+      </c>
+      <c r="C27" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="D27" s="21">
+        <v>32.5</v>
+      </c>
+      <c r="E27" s="16">
+        <v>11110</v>
       </c>
     </row>
     <row r="28" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A28" s="10">
-        <v>9781439199190</v>
+        <v>9781804992395</v>
       </c>
       <c r="B28" s="10">
-        <v>6066828</v>
+        <v>3099363</v>
       </c>
       <c r="C28" s="11" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>17</v>
+      </c>
+      <c r="D28" s="23">
+        <v>13.5</v>
       </c>
       <c r="E28" s="12">
-        <v>24810</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="29" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="22">
-[...6 lines deleted...]
-        <v>31</v>
+      <c r="A29" s="7">
+        <v>9781788164290</v>
+      </c>
+      <c r="B29" s="7">
+        <v>2418547</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>187</v>
       </c>
       <c r="D29" s="24">
-        <v>21.5</v>
-[...2 lines deleted...]
-        <v>11200</v>
+        <v>25.5</v>
+      </c>
+      <c r="E29" s="9">
+        <v>14810</v>
       </c>
     </row>
     <row r="30" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A30" s="10">
-        <v>9780593189641</v>
+        <v>9780679720201</v>
       </c>
       <c r="B30" s="10">
-        <v>2795714</v>
+        <v>2163271</v>
       </c>
       <c r="C30" s="11" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>22.5</v>
+        <v>18</v>
+      </c>
+      <c r="D30" s="23">
+        <v>16.5</v>
       </c>
       <c r="E30" s="12">
-        <v>17850</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="31" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="22">
-[...6 lines deleted...]
-        <v>33</v>
+      <c r="A31" s="7">
+        <v>9781439199190</v>
+      </c>
+      <c r="B31" s="7">
+        <v>6066828</v>
+      </c>
+      <c r="C31" s="8" t="s">
+        <v>19</v>
       </c>
       <c r="D31" s="24">
-        <v>13.5</v>
-[...2 lines deleted...]
-        <v>21200</v>
+        <v>12.5</v>
+      </c>
+      <c r="E31" s="9">
+        <v>24810</v>
       </c>
     </row>
     <row r="32" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A32" s="10">
-        <v>9780062355300</v>
+        <v>9781804993675</v>
       </c>
       <c r="B32" s="10">
-        <v>5761492</v>
+        <v>3099362</v>
       </c>
       <c r="C32" s="11" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>9.5</v>
+        <v>20</v>
+      </c>
+      <c r="D32" s="23">
+        <v>13.5</v>
       </c>
       <c r="E32" s="12">
-        <v>21110</v>
+        <v>21200</v>
       </c>
     </row>
     <row r="33" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A33" s="7">
-        <v>9781405964708</v>
+        <v>9780593189641</v>
       </c>
       <c r="B33" s="7">
-        <v>3098564</v>
+        <v>2795714</v>
       </c>
       <c r="C33" s="8" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>21</v>
+      </c>
+      <c r="D33" s="24">
+        <v>22.5</v>
       </c>
       <c r="E33" s="9">
-        <v>21110</v>
+        <v>17850</v>
       </c>
     </row>
     <row r="34" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A34" s="10">
+        <v>9780062355300</v>
+      </c>
+      <c r="B34" s="10">
+        <v>5761492</v>
+      </c>
+      <c r="C34" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="D34" s="23">
+        <v>9.5</v>
+      </c>
+      <c r="E34" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="14">
+        <v>9781405964708</v>
+      </c>
+      <c r="B35" s="14">
+        <v>3098564</v>
+      </c>
+      <c r="C35" s="15" t="s">
+        <v>188</v>
+      </c>
+      <c r="D35" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E35" s="16">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" s="13" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A36" s="10">
+        <v>9780702340574</v>
+      </c>
+      <c r="B36" s="10">
+        <v>3094787</v>
+      </c>
+      <c r="C36" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="D36" s="23">
+        <v>26.5</v>
+      </c>
+      <c r="E36" s="12">
+        <v>12500</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="14">
         <v>9780356517827</v>
       </c>
-      <c r="B34" s="10">
+      <c r="B37" s="14">
         <v>3144041</v>
       </c>
-      <c r="C34" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D34" s="15">
+      <c r="C37" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="D37" s="21">
         <v>14.5</v>
       </c>
-      <c r="E34" s="12">
+      <c r="E37" s="16">
         <v>21300</v>
-      </c>
-[...49 lines deleted...]
-        <v>21110</v>
       </c>
     </row>
     <row r="38" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A38" s="10">
-        <v>9780593642016</v>
+        <v>9781398716728</v>
       </c>
       <c r="B38" s="10">
-        <v>3026648</v>
+        <v>3097864</v>
       </c>
       <c r="C38" s="11" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>24</v>
+      </c>
+      <c r="D38" s="23">
+        <v>13.5</v>
       </c>
       <c r="E38" s="12">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A39" s="7">
+        <v>9780571377961</v>
+      </c>
+      <c r="B39" s="7">
+        <v>3097586</v>
+      </c>
+      <c r="C39" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D39" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E39" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A40" s="10">
+        <v>9780375703768</v>
+      </c>
+      <c r="B40" s="10">
+        <v>4227328</v>
+      </c>
+      <c r="C40" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D40" s="23">
+        <v>30.5</v>
+      </c>
+      <c r="E40" s="12">
         <v>11110</v>
-      </c>
-[...32 lines deleted...]
-        <v>21110</v>
       </c>
     </row>
     <row r="41" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="7">
-        <v>9781399622752</v>
+        <v>9780140449136</v>
       </c>
       <c r="B41" s="7">
-        <v>3123749</v>
+        <v>8043310</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="D41" s="16">
+        <v>27</v>
+      </c>
+      <c r="D41" s="24">
         <v>13.5</v>
       </c>
       <c r="E41" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A42" s="10">
-        <v>9780345409874</v>
+        <v>9780593642009</v>
       </c>
       <c r="B42" s="10">
-        <v>2029030</v>
+        <v>3020329</v>
       </c>
       <c r="C42" s="11" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>11.5</v>
+        <v>28</v>
+      </c>
+      <c r="D42" s="23">
+        <v>13.5</v>
       </c>
       <c r="E42" s="12">
-        <v>24720</v>
-[...10 lines deleted...]
-        <v>45</v>
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A43" s="7">
+        <v>9780593641972</v>
+      </c>
+      <c r="B43" s="7">
+        <v>3014516</v>
+      </c>
+      <c r="C43" s="8" t="s">
+        <v>29</v>
       </c>
       <c r="D43" s="24">
-        <v>12.5</v>
-[...2 lines deleted...]
-        <v>21300</v>
+        <v>19.5</v>
+      </c>
+      <c r="E43" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A44" s="10">
-        <v>9781529442342</v>
+        <v>9780593642016</v>
       </c>
       <c r="B44" s="10">
-        <v>3139490</v>
+        <v>3026648</v>
       </c>
       <c r="C44" s="11" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>32.5</v>
+        <v>30</v>
+      </c>
+      <c r="D44" s="23">
+        <v>12.5</v>
       </c>
       <c r="E44" s="12">
-        <v>11200</v>
+        <v>11110</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A45" s="7">
-        <v>9781408723791</v>
+        <v>9781035042340</v>
       </c>
       <c r="B45" s="7">
-        <v>3144044</v>
+        <v>3097232</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>25.5</v>
+        <v>31</v>
+      </c>
+      <c r="D45" s="24">
+        <v>13.5</v>
       </c>
       <c r="E45" s="9">
-        <v>11200</v>
-[...16 lines deleted...]
-        <v>11300</v>
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" s="13" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A46" s="17">
+        <v>9781250420466</v>
+      </c>
+      <c r="B46" s="17">
+        <v>3170642</v>
+      </c>
+      <c r="C46" s="18" t="s">
+        <v>190</v>
+      </c>
+      <c r="D46" s="22">
+        <v>13</v>
+      </c>
+      <c r="E46" s="19">
+        <v>24810</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A47" s="7">
-        <v>9781786330895</v>
+        <v>9781399622752</v>
       </c>
       <c r="B47" s="7">
-        <v>2603812</v>
+        <v>3123749</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>19.5</v>
+        <v>191</v>
+      </c>
+      <c r="D47" s="24">
+        <v>13.5</v>
       </c>
       <c r="E47" s="9">
-        <v>14810</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A48" s="18">
-[...12 lines deleted...]
-        <v>21200</v>
+      <c r="A48" s="10">
+        <v>9780345409874</v>
+      </c>
+      <c r="B48" s="10">
+        <v>2029030</v>
+      </c>
+      <c r="C48" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D48" s="23">
+        <v>11.5</v>
+      </c>
+      <c r="E48" s="12">
+        <v>24720</v>
       </c>
     </row>
     <row r="49" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A49" s="7">
-        <v>9781804990926</v>
+        <v>9798217007394</v>
       </c>
       <c r="B49" s="7">
-        <v>2895995</v>
+        <v>3101352</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="D49" s="16">
+        <v>192</v>
+      </c>
+      <c r="D49" s="24">
         <v>13.5</v>
       </c>
       <c r="E49" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A50" s="10">
-[...12 lines deleted...]
-        <v>11300</v>
+      <c r="A50" s="17">
+        <v>9781529442342</v>
+      </c>
+      <c r="B50" s="17">
+        <v>3139490</v>
+      </c>
+      <c r="C50" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="D50" s="22">
+        <v>32.5</v>
+      </c>
+      <c r="E50" s="19">
+        <v>11200</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A51" s="7">
-        <v>9780356519494</v>
+        <v>9781405965439</v>
       </c>
       <c r="B51" s="7">
-        <v>2995064</v>
+        <v>3103760</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>33</v>
+      </c>
+      <c r="D51" s="24">
+        <v>13.5</v>
       </c>
       <c r="E51" s="9">
-        <v>21300</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A52" s="10">
-        <v>9780356519500</v>
+        <v>9781405948425</v>
       </c>
       <c r="B52" s="10">
-        <v>3013056</v>
+        <v>3098622</v>
       </c>
       <c r="C52" s="11" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D52" s="15">
+        <v>34</v>
+      </c>
+      <c r="D52" s="23">
         <v>14.5</v>
       </c>
       <c r="E52" s="12">
-        <v>21300</v>
+        <v>21400</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A53" s="7">
-[...12 lines deleted...]
-        <v>11110</v>
+      <c r="A53" s="14">
+        <v>9781408723791</v>
+      </c>
+      <c r="B53" s="14">
+        <v>3144044</v>
+      </c>
+      <c r="C53" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="D53" s="21">
+        <v>25.5</v>
+      </c>
+      <c r="E53" s="16">
+        <v>11200</v>
       </c>
     </row>
     <row r="54" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A54" s="10">
-        <v>9780008641580</v>
+        <v>9781529381009</v>
       </c>
       <c r="B54" s="10">
-        <v>3003790</v>
+        <v>2893943</v>
       </c>
       <c r="C54" s="11" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D54" s="15">
+        <v>35</v>
+      </c>
+      <c r="D54" s="23">
         <v>13.5</v>
       </c>
       <c r="E54" s="12">
-        <v>21110</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A55" s="7">
-        <v>9780008728090</v>
+        <v>9781250095268</v>
       </c>
       <c r="B55" s="7">
-        <v>3124447</v>
+        <v>2283415</v>
       </c>
       <c r="C55" s="8" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D55" s="16">
+        <v>36</v>
+      </c>
+      <c r="D55" s="24">
         <v>13.5</v>
       </c>
       <c r="E55" s="9">
-        <v>21110</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A56" s="10">
-        <v>9780008610678</v>
+        <v>9781529399325</v>
       </c>
       <c r="B56" s="10">
-        <v>2999511</v>
+        <v>2997350</v>
       </c>
       <c r="C56" s="11" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D56" s="15">
+        <v>37</v>
+      </c>
+      <c r="D56" s="23">
         <v>13.5</v>
       </c>
       <c r="E56" s="12">
-        <v>21110</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A57" s="22">
-[...6 lines deleted...]
-        <v>59</v>
+      <c r="A57" s="7">
+        <v>9781529380941</v>
+      </c>
+      <c r="B57" s="7">
+        <v>2790751</v>
+      </c>
+      <c r="C57" s="8" t="s">
+        <v>38</v>
       </c>
       <c r="D57" s="24">
-        <v>22.5</v>
-[...2 lines deleted...]
-        <v>14810</v>
+        <v>13.5</v>
+      </c>
+      <c r="E57" s="9">
+        <v>21300</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A58" s="10">
-        <v>9780349446684</v>
+        <v>9781786330895</v>
       </c>
       <c r="B58" s="10">
-        <v>1576542</v>
+        <v>2603812</v>
       </c>
       <c r="C58" s="11" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>39</v>
+      </c>
+      <c r="D58" s="23">
+        <v>19.5</v>
       </c>
       <c r="E58" s="12">
-        <v>21110</v>
+        <v>14810</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A59" s="7">
-        <v>9781398525689</v>
+        <v>9781804990926</v>
       </c>
       <c r="B59" s="7">
-        <v>2932479</v>
+        <v>2895995</v>
       </c>
       <c r="C59" s="8" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="D59" s="16">
+        <v>40</v>
+      </c>
+      <c r="D59" s="24">
         <v>13.5</v>
       </c>
       <c r="E59" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A60" s="10">
-        <v>9781861974044</v>
+        <v>9780356522975</v>
       </c>
       <c r="B60" s="10">
-        <v>5783410</v>
+        <v>3098085</v>
       </c>
       <c r="C60" s="11" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>195</v>
+      </c>
+      <c r="D60" s="23">
+        <v>21.5</v>
       </c>
       <c r="E60" s="12">
-        <v>27410</v>
+        <v>11300</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A61" s="22">
-[...6 lines deleted...]
-        <v>63</v>
+      <c r="A61" s="7">
+        <v>9780356519494</v>
+      </c>
+      <c r="B61" s="7">
+        <v>2995064</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>41</v>
       </c>
       <c r="D61" s="24">
-        <v>24.5</v>
-[...2 lines deleted...]
-        <v>11200</v>
+        <v>14.5</v>
+      </c>
+      <c r="E61" s="9">
+        <v>21300</v>
       </c>
     </row>
     <row r="62" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A62" s="10">
-        <v>9780593418574</v>
+        <v>9780356519500</v>
       </c>
       <c r="B62" s="10">
-        <v>3069666</v>
+        <v>3013056</v>
       </c>
       <c r="C62" s="11" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>22.5</v>
+        <v>42</v>
+      </c>
+      <c r="D62" s="23">
+        <v>14.5</v>
       </c>
       <c r="E62" s="12">
-        <v>17850</v>
-[...15 lines deleted...]
-      <c r="E63" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A63" s="14">
+        <v>9780008728090</v>
+      </c>
+      <c r="B63" s="14">
+        <v>3124447</v>
+      </c>
+      <c r="C63" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D63" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E63" s="16">
         <v>21110</v>
       </c>
     </row>
     <row r="64" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A64" s="10">
-        <v>9798217059201</v>
+        <v>9781914240485</v>
       </c>
       <c r="B64" s="10">
-        <v>3101781</v>
+        <v>3042547</v>
       </c>
       <c r="C64" s="11" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>15.5</v>
+        <v>43</v>
+      </c>
+      <c r="D64" s="23">
+        <v>26.5</v>
       </c>
       <c r="E64" s="12">
-        <v>15350</v>
+        <v>14810</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A65" s="7">
-[...12 lines deleted...]
-        <v>21110</v>
+      <c r="A65" s="14">
+        <v>9781914240515</v>
+      </c>
+      <c r="B65" s="14">
+        <v>3144584</v>
+      </c>
+      <c r="C65" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D65" s="21">
+        <v>22.5</v>
+      </c>
+      <c r="E65" s="16">
+        <v>14810</v>
       </c>
     </row>
     <row r="66" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A66" s="10">
-        <v>9781786892737</v>
+        <v>9781398525689</v>
       </c>
       <c r="B66" s="10">
-        <v>1560093</v>
+        <v>2932479</v>
       </c>
       <c r="C66" s="11" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="D66" s="15">
+        <v>44</v>
+      </c>
+      <c r="D66" s="23">
         <v>13.5</v>
       </c>
       <c r="E66" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A67" s="7">
-        <v>9781529933611</v>
+        <v>9781861974044</v>
       </c>
       <c r="B67" s="7">
-        <v>1600338</v>
+        <v>5783410</v>
       </c>
       <c r="C67" s="8" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>17.5</v>
+        <v>45</v>
+      </c>
+      <c r="D67" s="24">
+        <v>13.5</v>
       </c>
       <c r="E67" s="9">
-        <v>25590</v>
+        <v>27410</v>
       </c>
     </row>
     <row r="68" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A68" s="10">
-        <v>9780099590088</v>
+        <v>9798217059201</v>
       </c>
       <c r="B68" s="10">
-        <v>2144962</v>
+        <v>3101781</v>
       </c>
       <c r="C68" s="11" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>17.5</v>
+        <v>46</v>
+      </c>
+      <c r="D68" s="23">
+        <v>15.5</v>
       </c>
       <c r="E68" s="12">
-        <v>25530</v>
+        <v>15350</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A69" s="7">
-        <v>9781529111798</v>
+        <v>9781838855611</v>
       </c>
       <c r="B69" s="7">
-        <v>1686445</v>
+        <v>3097470</v>
       </c>
       <c r="C69" s="8" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="D69" s="16">
+        <v>47</v>
+      </c>
+      <c r="D69" s="24">
         <v>13.5</v>
       </c>
       <c r="E69" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="70" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A70" s="10">
-        <v>9781399745420</v>
+        <v>9781786892737</v>
       </c>
       <c r="B70" s="10">
-        <v>3099527</v>
+        <v>1560093</v>
       </c>
       <c r="C70" s="11" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>21.5</v>
+        <v>48</v>
+      </c>
+      <c r="D70" s="23">
+        <v>13.5</v>
       </c>
       <c r="E70" s="12">
-        <v>11300</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A71" s="7">
-        <v>9781529922936</v>
+        <v>9781416995593</v>
       </c>
       <c r="B71" s="7">
-        <v>3044178</v>
+        <v>9545158</v>
       </c>
       <c r="C71" s="8" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="D71" s="16">
+        <v>197</v>
+      </c>
+      <c r="D71" s="24">
         <v>13.5</v>
       </c>
       <c r="E71" s="9">
-        <v>21110</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A72" s="10">
-        <v>9781804995334</v>
+        <v>9781911717096</v>
       </c>
       <c r="B72" s="10">
-        <v>3138693</v>
+        <v>3040878</v>
       </c>
       <c r="C72" s="11" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>49</v>
+      </c>
+      <c r="D72" s="23">
+        <v>25.5</v>
       </c>
       <c r="E72" s="12">
-        <v>21200</v>
+        <v>15590</v>
       </c>
     </row>
     <row r="73" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A73" s="7">
-        <v>9781408728888</v>
+        <v>9780099590088</v>
       </c>
       <c r="B73" s="7">
-        <v>3085751</v>
+        <v>2144962</v>
       </c>
       <c r="C73" s="8" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>50</v>
+      </c>
+      <c r="D73" s="24">
+        <v>17.5</v>
       </c>
       <c r="E73" s="9">
-        <v>21110</v>
+        <v>25530</v>
       </c>
     </row>
     <row r="74" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A74" s="10">
-        <v>9781408725764</v>
+        <v>9781529111798</v>
       </c>
       <c r="B74" s="10">
-        <v>2796514</v>
+        <v>1686445</v>
       </c>
       <c r="C74" s="11" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="D74" s="15">
+        <v>51</v>
+      </c>
+      <c r="D74" s="23">
         <v>13.5</v>
       </c>
       <c r="E74" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A75" s="22">
-[...6 lines deleted...]
-        <v>77</v>
+      <c r="A75" s="7">
+        <v>9781804941294</v>
+      </c>
+      <c r="B75" s="7">
+        <v>3099263</v>
+      </c>
+      <c r="C75" s="8" t="s">
+        <v>52</v>
       </c>
       <c r="D75" s="24">
         <v>13.5</v>
       </c>
-      <c r="E75" s="25">
-        <v>11300</v>
+      <c r="E75" s="9">
+        <v>21200</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A76" s="10">
-        <v>9798217187430</v>
+        <v>9781399745420</v>
       </c>
       <c r="B76" s="10">
-        <v>3150835</v>
+        <v>3099527</v>
       </c>
       <c r="C76" s="11" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>53</v>
+      </c>
+      <c r="D76" s="23">
+        <v>21.5</v>
       </c>
       <c r="E76" s="12">
-        <v>11110</v>
+        <v>11300</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A77" s="7">
-        <v>9780593441213</v>
+        <v>9781529922936</v>
       </c>
       <c r="B77" s="7">
-        <v>3159804</v>
+        <v>3044178</v>
       </c>
       <c r="C77" s="8" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="D77" s="16">
+        <v>54</v>
+      </c>
+      <c r="D77" s="24">
         <v>13.5</v>
       </c>
       <c r="E77" s="9">
-        <v>11110</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A78" s="10">
-[...12 lines deleted...]
-        <v>21300</v>
+      <c r="A78" s="17">
+        <v>9781804995334</v>
+      </c>
+      <c r="B78" s="17">
+        <v>3138693</v>
+      </c>
+      <c r="C78" s="18" t="s">
+        <v>198</v>
+      </c>
+      <c r="D78" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E78" s="19">
+        <v>21200</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A79" s="7">
-        <v>9781585424337</v>
+        <v>9781408728888</v>
       </c>
       <c r="B79" s="7">
-        <v>2208217</v>
+        <v>3085751</v>
       </c>
       <c r="C79" s="8" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>55</v>
+      </c>
+      <c r="D79" s="24">
+        <v>13.5</v>
       </c>
       <c r="E79" s="9">
-        <v>27810</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="80" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A80" s="10">
-        <v>9780060959470</v>
+        <v>9798217187430</v>
       </c>
       <c r="B80" s="10">
-        <v>5777267</v>
+        <v>3150835</v>
       </c>
       <c r="C80" s="11" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>17.5</v>
+        <v>56</v>
+      </c>
+      <c r="D80" s="23">
+        <v>13.5</v>
       </c>
       <c r="E80" s="12">
-        <v>27440</v>
+        <v>11110</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A81" s="7">
-        <v>9781408726600</v>
+        <v>9780241989524</v>
       </c>
       <c r="B81" s="7">
-        <v>2836094</v>
+        <v>2354730</v>
       </c>
       <c r="C81" s="8" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>199</v>
+      </c>
+      <c r="D81" s="24">
+        <v>13.5</v>
       </c>
       <c r="E81" s="9">
-        <v>21200</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A82" s="10">
-        <v>9781804943007</v>
+        <v>9780593441213</v>
       </c>
       <c r="B82" s="10">
-        <v>3139066</v>
+        <v>3159804</v>
       </c>
       <c r="C82" s="11" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D82" s="15">
+        <v>57</v>
+      </c>
+      <c r="D82" s="23">
         <v>13.5</v>
       </c>
       <c r="E82" s="12">
-        <v>21200</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A83" s="7">
-        <v>9780857197689</v>
+        <v>9780241740613</v>
       </c>
       <c r="B83" s="7">
-        <v>2015155</v>
+        <v>3098609</v>
       </c>
       <c r="C83" s="8" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>22.5</v>
+        <v>58</v>
+      </c>
+      <c r="D83" s="24">
+        <v>21.5</v>
       </c>
       <c r="E83" s="9">
-        <v>17810</v>
+        <v>11110</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A84" s="18">
-[...12 lines deleted...]
-        <v>21110</v>
+      <c r="A84" s="10">
+        <v>9780340960196</v>
+      </c>
+      <c r="B84" s="10">
+        <v>2389475</v>
+      </c>
+      <c r="C84" s="11" t="s">
+        <v>59</v>
+      </c>
+      <c r="D84" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E84" s="12">
+        <v>21300</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A85" s="7">
-        <v>9780349436395</v>
+        <v>9781585424337</v>
       </c>
       <c r="B85" s="7">
-        <v>3091532</v>
+        <v>2208217</v>
       </c>
       <c r="C85" s="8" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>60</v>
+      </c>
+      <c r="D85" s="24">
+        <v>12.5</v>
       </c>
       <c r="E85" s="9">
-        <v>21110</v>
+        <v>27810</v>
       </c>
     </row>
     <row r="86" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A86" s="10">
-        <v>9780349436357</v>
+        <v>9781781257654</v>
       </c>
       <c r="B86" s="10">
-        <v>2982711</v>
+        <v>6091555</v>
       </c>
       <c r="C86" s="11" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>61</v>
+      </c>
+      <c r="D86" s="23">
+        <v>15.5</v>
       </c>
       <c r="E86" s="12">
-        <v>21110</v>
+        <v>25210</v>
       </c>
     </row>
     <row r="87" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A87" s="7">
-        <v>9780349436340</v>
+        <v>9781408726600</v>
       </c>
       <c r="B87" s="7">
-        <v>2949693</v>
+        <v>2836094</v>
       </c>
       <c r="C87" s="8" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="D87" s="16">
+        <v>62</v>
+      </c>
+      <c r="D87" s="24">
         <v>13.5</v>
       </c>
       <c r="E87" s="9">
-        <v>21110</v>
+        <v>21200</v>
       </c>
     </row>
     <row r="88" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A88" s="10">
-[...15 lines deleted...]
-    <row r="89" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A88" s="17">
+        <v>9781804943007</v>
+      </c>
+      <c r="B88" s="17">
+        <v>3139066</v>
+      </c>
+      <c r="C88" s="18" t="s">
+        <v>200</v>
+      </c>
+      <c r="D88" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E88" s="19">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A89" s="7">
-        <v>9780349436326</v>
+        <v>9780857197689</v>
       </c>
       <c r="B89" s="7">
-        <v>2901243</v>
+        <v>2015155</v>
       </c>
       <c r="C89" s="8" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>63</v>
+      </c>
+      <c r="D89" s="24">
+        <v>22.5</v>
       </c>
       <c r="E89" s="9">
-        <v>21110</v>
+        <v>17810</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A90" s="10">
-        <v>9780349442259</v>
+        <v>9780349436395</v>
       </c>
       <c r="B90" s="10">
-        <v>3045398</v>
+        <v>3091532</v>
       </c>
       <c r="C90" s="11" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="D90" s="15">
+        <v>64</v>
+      </c>
+      <c r="D90" s="23">
         <v>13.5</v>
       </c>
       <c r="E90" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A91" s="7">
-        <v>9780349434315</v>
+        <v>9780349436357</v>
       </c>
       <c r="B91" s="7">
-        <v>2874839</v>
+        <v>2982711</v>
       </c>
       <c r="C91" s="8" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>65</v>
+      </c>
+      <c r="D91" s="24">
+        <v>13.5</v>
       </c>
       <c r="E91" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A92" s="10">
-        <v>9780349434339</v>
+        <v>9780349436340</v>
       </c>
       <c r="B92" s="10">
-        <v>2874840</v>
+        <v>2949693</v>
       </c>
       <c r="C92" s="11" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>66</v>
+      </c>
+      <c r="D92" s="23">
+        <v>13.5</v>
       </c>
       <c r="E92" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A93" s="7">
-        <v>9780349434285</v>
+        <v>9780349436371</v>
       </c>
       <c r="B93" s="7">
-        <v>2875540</v>
+        <v>2996560</v>
       </c>
       <c r="C93" s="8" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>67</v>
+      </c>
+      <c r="D93" s="24">
+        <v>13.5</v>
       </c>
       <c r="E93" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="94" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A94" s="10">
-        <v>9780349434278</v>
+        <v>9780349436326</v>
       </c>
       <c r="B94" s="10">
-        <v>2874834</v>
+        <v>2901243</v>
       </c>
       <c r="C94" s="11" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>68</v>
+      </c>
+      <c r="D94" s="23">
+        <v>13.5</v>
       </c>
       <c r="E94" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A95" s="7">
-        <v>9780099477464</v>
+        <v>9780349442259</v>
       </c>
       <c r="B95" s="7">
-        <v>3957896</v>
+        <v>3045398</v>
       </c>
       <c r="C95" s="8" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>69</v>
+      </c>
+      <c r="D95" s="24">
+        <v>13.5</v>
       </c>
       <c r="E95" s="9">
-        <v>21300</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A96" s="18">
-[...12 lines deleted...]
-        <v>11110</v>
+      <c r="A96" s="10">
+        <v>9780349434315</v>
+      </c>
+      <c r="B96" s="10">
+        <v>2874839</v>
+      </c>
+      <c r="C96" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="D96" s="23">
+        <v>14.5</v>
+      </c>
+      <c r="E96" s="12">
+        <v>21110</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A97" s="7">
-        <v>9780241753699</v>
+        <v>9780349434339</v>
       </c>
       <c r="B97" s="7">
-        <v>3143943</v>
+        <v>2874840</v>
       </c>
       <c r="C97" s="8" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>21.5</v>
+        <v>71</v>
+      </c>
+      <c r="D97" s="24">
+        <v>14.5</v>
       </c>
       <c r="E97" s="9">
-        <v>11200</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A98" s="10">
-        <v>9780349433806</v>
+        <v>9780349434285</v>
       </c>
       <c r="B98" s="10">
-        <v>2868706</v>
+        <v>2875540</v>
       </c>
       <c r="C98" s="11" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="D98" s="15">
+        <v>72</v>
+      </c>
+      <c r="D98" s="23">
         <v>13.5</v>
       </c>
       <c r="E98" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A99" s="7">
-        <v>9780141033570</v>
+        <v>9780349434278</v>
       </c>
       <c r="B99" s="7">
-        <v>8329850</v>
+        <v>2874834</v>
       </c>
       <c r="C99" s="8" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>19.5</v>
+        <v>73</v>
+      </c>
+      <c r="D99" s="24">
+        <v>13.5</v>
       </c>
       <c r="E99" s="9">
-        <v>24810</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A100" s="10">
-[...12 lines deleted...]
-        <v>21110</v>
+      <c r="A100" s="17">
+        <v>9780241753699</v>
+      </c>
+      <c r="B100" s="17">
+        <v>3143943</v>
+      </c>
+      <c r="C100" s="18" t="s">
+        <v>201</v>
+      </c>
+      <c r="D100" s="22">
+        <v>21.5</v>
+      </c>
+      <c r="E100" s="19">
+        <v>11200</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A101" s="22">
-[...6 lines deleted...]
-        <v>103</v>
+      <c r="A101" s="7">
+        <v>9780349433844</v>
+      </c>
+      <c r="B101" s="7">
+        <v>3024358</v>
+      </c>
+      <c r="C101" s="8" t="s">
+        <v>202</v>
       </c>
       <c r="D101" s="24">
         <v>13.5</v>
       </c>
-      <c r="E101" s="25">
+      <c r="E101" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A102" s="18">
-[...11 lines deleted...]
-      <c r="E102" s="21">
+      <c r="A102" s="10">
+        <v>9780349433806</v>
+      </c>
+      <c r="B102" s="10">
+        <v>2868706</v>
+      </c>
+      <c r="C102" s="11" t="s">
+        <v>203</v>
+      </c>
+      <c r="D102" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E102" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="103" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A103" s="7">
-        <v>9781804955956</v>
+        <v>9780349442839</v>
       </c>
       <c r="B103" s="7">
-        <v>3125316</v>
+        <v>3095182</v>
       </c>
       <c r="C103" s="8" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>74</v>
+      </c>
+      <c r="D103" s="24">
+        <v>13.5</v>
       </c>
       <c r="E103" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A104" s="10">
-        <v>9781804955871</v>
+        <v>9781838853488</v>
       </c>
       <c r="B104" s="10">
-        <v>3122225</v>
+        <v>3097469</v>
       </c>
       <c r="C104" s="11" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>75</v>
+      </c>
+      <c r="D104" s="23">
+        <v>13.5</v>
       </c>
       <c r="E104" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A105" s="7">
-        <v>9781804955895</v>
+        <v>9780141033570</v>
       </c>
       <c r="B105" s="7">
-        <v>3122226</v>
+        <v>8329850</v>
       </c>
       <c r="C105" s="8" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>76</v>
+      </c>
+      <c r="D105" s="24">
+        <v>19.5</v>
       </c>
       <c r="E105" s="9">
-        <v>21110</v>
+        <v>24810</v>
       </c>
     </row>
     <row r="106" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A106" s="10">
-        <v>9781804955918</v>
+        <v>9780241997062</v>
       </c>
       <c r="B106" s="10">
-        <v>3125319</v>
+        <v>2997424</v>
       </c>
       <c r="C106" s="11" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>77</v>
+      </c>
+      <c r="D106" s="23">
+        <v>13.5</v>
       </c>
       <c r="E106" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A107" s="7">
-        <v>9781398550179</v>
+        <v>9781846276033</v>
       </c>
       <c r="B107" s="7">
-        <v>3148671</v>
+        <v>4319036</v>
       </c>
       <c r="C107" s="8" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D107" s="16">
+        <v>204</v>
+      </c>
+      <c r="D107" s="24">
         <v>13.5</v>
       </c>
       <c r="E107" s="9">
-        <v>21200</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:5" x14ac:dyDescent="0.3">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A108" s="10">
-        <v>9781914240874</v>
+        <v>9781509889174</v>
       </c>
       <c r="B108" s="10">
-        <v>3147264</v>
+        <v>2634995</v>
       </c>
       <c r="C108" s="11" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="D108" s="15">
+        <v>78</v>
+      </c>
+      <c r="D108" s="23">
         <v>14.5</v>
       </c>
       <c r="E108" s="12">
-        <v>21200</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A109" s="7">
-        <v>9781668098479</v>
+        <v>9781804955956</v>
       </c>
       <c r="B109" s="7">
-        <v>3145572</v>
+        <v>3125316</v>
       </c>
       <c r="C109" s="8" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>205</v>
+      </c>
+      <c r="D109" s="24">
+        <v>14.5</v>
       </c>
       <c r="E109" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A110" s="10">
-        <v>9781760630737</v>
+        <v>9781804955871</v>
       </c>
       <c r="B110" s="10">
-        <v>2660592</v>
+        <v>3122225</v>
       </c>
       <c r="C110" s="11" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>79</v>
+      </c>
+      <c r="D110" s="23">
+        <v>14.5</v>
       </c>
       <c r="E110" s="12">
-        <v>24810</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="111" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A111" s="7">
-        <v>9781612681139</v>
+        <v>9781804955918</v>
       </c>
       <c r="B111" s="7">
-        <v>2980686</v>
+        <v>3125319</v>
       </c>
       <c r="C111" s="8" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>11.5</v>
+        <v>206</v>
+      </c>
+      <c r="D111" s="24">
+        <v>14.5</v>
       </c>
       <c r="E111" s="9">
-        <v>27810</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A112" s="10">
-        <v>9781401308773</v>
+        <v>9781526677525</v>
       </c>
       <c r="B112" s="10">
-        <v>9071202</v>
+        <v>3033166</v>
       </c>
       <c r="C112" s="11" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>11.5</v>
+        <v>80</v>
+      </c>
+      <c r="D112" s="23">
+        <v>12.5</v>
       </c>
       <c r="E112" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A113" s="7">
-        <v>9781035009398</v>
+        <v>9781668098462</v>
       </c>
       <c r="B113" s="7">
-        <v>3145924</v>
+        <v>3125080</v>
       </c>
       <c r="C113" s="8" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>81</v>
+      </c>
+      <c r="D113" s="24">
+        <v>25.5</v>
       </c>
       <c r="E113" s="9">
-        <v>21300</v>
+        <v>11200</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A114" s="10">
-[...12 lines deleted...]
-        <v>15310</v>
+      <c r="A114" s="17">
+        <v>9781668098479</v>
+      </c>
+      <c r="B114" s="17">
+        <v>3145572</v>
+      </c>
+      <c r="C114" s="18" t="s">
+        <v>207</v>
+      </c>
+      <c r="D114" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E114" s="19">
+        <v>21110</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A115" s="22">
-[...6 lines deleted...]
-        <v>117</v>
+      <c r="A115" s="7">
+        <v>9781760630737</v>
+      </c>
+      <c r="B115" s="7">
+        <v>2660592</v>
+      </c>
+      <c r="C115" s="8" t="s">
+        <v>82</v>
       </c>
       <c r="D115" s="24">
-        <v>22.5</v>
-[...2 lines deleted...]
-        <v>11300</v>
+        <v>13.5</v>
+      </c>
+      <c r="E115" s="9">
+        <v>24810</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A116" s="10">
-        <v>9780063021433</v>
+        <v>9781612681139</v>
       </c>
       <c r="B116" s="10">
-        <v>2951644</v>
+        <v>2980686</v>
       </c>
       <c r="C116" s="11" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="D116" s="15">
+        <v>83</v>
+      </c>
+      <c r="D116" s="23">
         <v>11.5</v>
       </c>
       <c r="E116" s="12">
-        <v>11300</v>
+        <v>27810</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A117" s="7">
-        <v>9780063455245</v>
+        <v>9781668091326</v>
       </c>
       <c r="B117" s="7">
-        <v>3146009</v>
+        <v>3098331</v>
       </c>
       <c r="C117" s="8" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>21.5</v>
+        <v>208</v>
+      </c>
+      <c r="D117" s="24">
+        <v>20.5</v>
       </c>
       <c r="E117" s="9">
-        <v>11300</v>
+        <v>17430</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A118" s="10">
-        <v>9780008532819</v>
+        <v>9781401308773</v>
       </c>
       <c r="B118" s="10">
-        <v>3001090</v>
+        <v>9071202</v>
       </c>
       <c r="C118" s="11" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>84</v>
+      </c>
+      <c r="D118" s="23">
+        <v>11.5</v>
       </c>
       <c r="E118" s="12">
-        <v>21200</v>
-[...16 lines deleted...]
-        <v>21110</v>
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="119" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A119" s="14">
+        <v>9781035009398</v>
+      </c>
+      <c r="B119" s="14">
+        <v>3145924</v>
+      </c>
+      <c r="C119" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="D119" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E119" s="16">
+        <v>21300</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A120" s="10">
-        <v>9781472294159</v>
+        <v>9780141978611</v>
       </c>
       <c r="B120" s="10">
-        <v>2840118</v>
+        <v>5851270</v>
       </c>
       <c r="C120" s="11" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>85</v>
+      </c>
+      <c r="D120" s="23">
+        <v>17.5</v>
       </c>
       <c r="E120" s="12">
-        <v>25310</v>
+        <v>15310</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A121" s="7">
-        <v>9781984825773</v>
+        <v>9780063021433</v>
       </c>
       <c r="B121" s="7">
-        <v>2033789</v>
+        <v>2951644</v>
       </c>
       <c r="C121" s="8" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="D121" s="16">
+        <v>86</v>
+      </c>
+      <c r="D121" s="24">
         <v>11.5</v>
       </c>
       <c r="E121" s="9">
-        <v>27430</v>
+        <v>11300</v>
       </c>
     </row>
     <row r="122" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A122" s="10">
-[...12 lines deleted...]
-        <v>24810</v>
+      <c r="A122" s="17">
+        <v>9780063455245</v>
+      </c>
+      <c r="B122" s="17">
+        <v>3146009</v>
+      </c>
+      <c r="C122" s="18" t="s">
+        <v>210</v>
+      </c>
+      <c r="D122" s="22">
+        <v>21.5</v>
+      </c>
+      <c r="E122" s="19">
+        <v>11300</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A123" s="7">
-        <v>9781526635235</v>
+        <v>9780008532819</v>
       </c>
       <c r="B123" s="7">
-        <v>2897916</v>
+        <v>3001090</v>
       </c>
       <c r="C123" s="8" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>87</v>
+      </c>
+      <c r="D123" s="24">
+        <v>13.5</v>
       </c>
       <c r="E123" s="9">
-        <v>21300</v>
+        <v>21200</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A124" s="10">
-        <v>9781526617187</v>
+        <v>9781529933383</v>
       </c>
       <c r="B124" s="10">
-        <v>2596584</v>
+        <v>3104307</v>
       </c>
       <c r="C124" s="11" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="D124" s="15">
+        <v>88</v>
+      </c>
+      <c r="D124" s="23">
         <v>13.5</v>
       </c>
       <c r="E124" s="12">
-        <v>21300</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:5" x14ac:dyDescent="0.3">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A125" s="7">
-        <v>9781526617163</v>
+        <v>9780099549482</v>
       </c>
       <c r="B125" s="7">
-        <v>2596574</v>
+        <v>5225795</v>
       </c>
       <c r="C125" s="8" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>89</v>
+      </c>
+      <c r="D125" s="24">
+        <v>12.5</v>
       </c>
       <c r="E125" s="9">
-        <v>21300</v>
-[...15 lines deleted...]
-      <c r="E126" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="126" spans="1:5" s="13" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A126" s="17">
+        <v>9781035412808</v>
+      </c>
+      <c r="B126" s="17">
+        <v>3139427</v>
+      </c>
+      <c r="C126" s="18" t="s">
+        <v>211</v>
+      </c>
+      <c r="D126" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E126" s="19">
         <v>21300</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A127" s="7">
-        <v>9781526605399</v>
+        <v>9781984825773</v>
       </c>
       <c r="B127" s="7">
-        <v>2596569</v>
+        <v>2033789</v>
       </c>
       <c r="C127" s="8" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>212</v>
+      </c>
+      <c r="D127" s="24">
+        <v>11.5</v>
       </c>
       <c r="E127" s="9">
-        <v>21300</v>
+        <v>27430</v>
       </c>
     </row>
     <row r="128" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A128" s="10">
-        <v>9781526617170</v>
+        <v>9780722538074</v>
       </c>
       <c r="B128" s="10">
-        <v>2596583</v>
+        <v>2956367</v>
       </c>
       <c r="C128" s="11" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>90</v>
+      </c>
+      <c r="D128" s="23">
+        <v>10.5</v>
       </c>
       <c r="E128" s="12">
-        <v>21300</v>
+        <v>24810</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A129" s="7">
-        <v>9781526635211</v>
+        <v>9781526635235</v>
       </c>
       <c r="B129" s="7">
-        <v>2897910</v>
+        <v>2897916</v>
       </c>
       <c r="C129" s="8" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>91</v>
+      </c>
+      <c r="D129" s="24">
+        <v>12.5</v>
       </c>
       <c r="E129" s="9">
         <v>21300</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A130" s="10">
-        <v>9781526635228</v>
+        <v>9781526617187</v>
       </c>
       <c r="B130" s="10">
-        <v>2897911</v>
+        <v>2596584</v>
       </c>
       <c r="C130" s="11" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="D130" s="15">
+        <v>92</v>
+      </c>
+      <c r="D130" s="23">
         <v>13.5</v>
       </c>
       <c r="E130" s="12">
         <v>21300</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A131" s="7">
-        <v>9781526663559</v>
+        <v>9781526617163</v>
       </c>
       <c r="B131" s="7">
-        <v>2945951</v>
+        <v>2596574</v>
       </c>
       <c r="C131" s="8" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>93</v>
+      </c>
+      <c r="D131" s="24">
+        <v>14.5</v>
       </c>
       <c r="E131" s="9">
         <v>21300</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A132" s="10">
-        <v>9781526650344</v>
+        <v>9781526635365</v>
       </c>
       <c r="B132" s="10">
-        <v>3146531</v>
+        <v>2847694</v>
       </c>
       <c r="C132" s="11" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="D132" s="15">
+        <v>94</v>
+      </c>
+      <c r="D132" s="23">
         <v>13.5</v>
       </c>
       <c r="E132" s="12">
         <v>21300</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A133" s="7">
-        <v>9781526635259</v>
+        <v>9781526605399</v>
       </c>
       <c r="B133" s="7">
-        <v>2897912</v>
+        <v>2596569</v>
       </c>
       <c r="C133" s="8" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="D133" s="16">
+        <v>95</v>
+      </c>
+      <c r="D133" s="24">
         <v>13.5</v>
       </c>
       <c r="E133" s="9">
         <v>21300</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A134" s="10">
-        <v>9781526635297</v>
+        <v>9781526617170</v>
       </c>
       <c r="B134" s="10">
-        <v>2897881</v>
+        <v>2596583</v>
       </c>
       <c r="C134" s="11" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>96</v>
+      </c>
+      <c r="D134" s="23">
+        <v>14.5</v>
       </c>
       <c r="E134" s="12">
         <v>21300</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A135" s="7">
-        <v>9781398722774</v>
+        <v>9781526635211</v>
       </c>
       <c r="B135" s="7">
-        <v>3042539</v>
+        <v>2897910</v>
       </c>
       <c r="C135" s="8" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="D135" s="16">
+        <v>97</v>
+      </c>
+      <c r="D135" s="24">
         <v>13.5</v>
       </c>
       <c r="E135" s="9">
-        <v>21110</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="136" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A136" s="10">
-        <v>9781804993408</v>
+        <v>9781526635228</v>
       </c>
       <c r="B136" s="10">
-        <v>3138694</v>
+        <v>2897911</v>
       </c>
       <c r="C136" s="11" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="D136" s="15">
+        <v>98</v>
+      </c>
+      <c r="D136" s="23">
         <v>13.5</v>
       </c>
       <c r="E136" s="12">
         <v>21300</v>
       </c>
     </row>
     <row r="137" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A137" s="22">
-[...6 lines deleted...]
-        <v>139</v>
+      <c r="A137" s="7">
+        <v>9781526663559</v>
+      </c>
+      <c r="B137" s="7">
+        <v>2945951</v>
+      </c>
+      <c r="C137" s="8" t="s">
+        <v>99</v>
       </c>
       <c r="D137" s="24">
         <v>13.5</v>
       </c>
-      <c r="E137" s="25">
+      <c r="E137" s="9">
         <v>21300</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A138" s="10">
-        <v>9780062641540</v>
+        <v>9781526650344</v>
       </c>
       <c r="B138" s="10">
-        <v>2510122</v>
+        <v>3146531</v>
       </c>
       <c r="C138" s="11" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>19.5</v>
+        <v>213</v>
+      </c>
+      <c r="D138" s="23">
+        <v>13.5</v>
       </c>
       <c r="E138" s="12">
-        <v>14810</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A139" s="7">
-        <v>9781787335745</v>
+        <v>9781526635259</v>
       </c>
       <c r="B139" s="7">
-        <v>3144643</v>
+        <v>2897912</v>
       </c>
       <c r="C139" s="8" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>21.5</v>
+        <v>214</v>
+      </c>
+      <c r="D139" s="24">
+        <v>13.5</v>
       </c>
       <c r="E139" s="9">
-        <v>11110</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A140" s="10">
-        <v>9781464221408</v>
+        <v>9781526635297</v>
       </c>
       <c r="B140" s="10">
-        <v>3067905</v>
+        <v>2897881</v>
       </c>
       <c r="C140" s="11" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>100</v>
+      </c>
+      <c r="D140" s="23">
+        <v>12.5</v>
       </c>
       <c r="E140" s="12">
-        <v>21200</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A141" s="7">
-        <v>9781464228636</v>
+        <v>9781526635280</v>
       </c>
       <c r="B141" s="7">
-        <v>3097934</v>
+        <v>2897913</v>
       </c>
       <c r="C141" s="8" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="D141" s="16">
+        <v>215</v>
+      </c>
+      <c r="D141" s="24">
         <v>13.5</v>
       </c>
       <c r="E141" s="9">
-        <v>21200</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="142" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A142" s="10">
-        <v>9781464228582</v>
+        <v>9781398722774</v>
       </c>
       <c r="B142" s="10">
-        <v>3140586</v>
+        <v>3042539</v>
       </c>
       <c r="C142" s="11" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D142" s="15">
+        <v>101</v>
+      </c>
+      <c r="D142" s="23">
         <v>13.5</v>
       </c>
       <c r="E142" s="12">
-        <v>21200</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A143" s="7">
-[...12 lines deleted...]
-        <v>21200</v>
+      <c r="A143" s="14">
+        <v>9781804993408</v>
+      </c>
+      <c r="B143" s="14">
+        <v>3138694</v>
+      </c>
+      <c r="C143" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="D143" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E143" s="16">
+        <v>21300</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A144" s="10">
-[...12 lines deleted...]
-        <v>21200</v>
+      <c r="A144" s="17">
+        <v>9781399715720</v>
+      </c>
+      <c r="B144" s="17">
+        <v>3139569</v>
+      </c>
+      <c r="C144" s="18" t="s">
+        <v>217</v>
+      </c>
+      <c r="D144" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E144" s="19">
+        <v>21300</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A145" s="7">
-[...12 lines deleted...]
-        <v>21200</v>
+      <c r="A145" s="14">
+        <v>9781787335745</v>
+      </c>
+      <c r="B145" s="14">
+        <v>3144643</v>
+      </c>
+      <c r="C145" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="D145" s="21">
+        <v>21.5</v>
+      </c>
+      <c r="E145" s="16">
+        <v>11110</v>
       </c>
     </row>
     <row r="146" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A146" s="10">
-        <v>9781464221385</v>
+        <v>9781464221408</v>
       </c>
       <c r="B146" s="10">
-        <v>3012370</v>
+        <v>3067905</v>
       </c>
       <c r="C146" s="11" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>102</v>
+      </c>
+      <c r="D146" s="23">
+        <v>13</v>
       </c>
       <c r="E146" s="12">
         <v>21200</v>
       </c>
     </row>
     <row r="147" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A147" s="22">
-[...6 lines deleted...]
-        <v>149</v>
+      <c r="A147" s="7">
+        <v>9781464221347</v>
+      </c>
+      <c r="B147" s="7">
+        <v>3012366</v>
+      </c>
+      <c r="C147" s="8" t="s">
+        <v>219</v>
       </c>
       <c r="D147" s="24">
         <v>13.5</v>
       </c>
-      <c r="E147" s="25">
+      <c r="E147" s="9">
         <v>21200</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A148" s="10">
-        <v>9781464221361</v>
+        <v>9781464228636</v>
       </c>
       <c r="B148" s="10">
-        <v>3012368</v>
+        <v>3097934</v>
       </c>
       <c r="C148" s="11" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="D148" s="15">
+        <v>103</v>
+      </c>
+      <c r="D148" s="23">
         <v>13.5</v>
       </c>
       <c r="E148" s="12">
         <v>21200</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A149" s="7">
-[...11 lines deleted...]
-      <c r="E149" s="9">
+      <c r="A149" s="14">
+        <v>9781464228582</v>
+      </c>
+      <c r="B149" s="14">
+        <v>3140586</v>
+      </c>
+      <c r="C149" s="15" t="s">
+        <v>220</v>
+      </c>
+      <c r="D149" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E149" s="16">
         <v>21200</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A150" s="10">
-        <v>9781464221378</v>
+        <v>9781408728512</v>
       </c>
       <c r="B150" s="10">
-        <v>3012369</v>
+        <v>2979423</v>
       </c>
       <c r="C150" s="11" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="D150" s="15">
+        <v>104</v>
+      </c>
+      <c r="D150" s="23">
         <v>13.5</v>
       </c>
       <c r="E150" s="12">
         <v>21200</v>
       </c>
     </row>
     <row r="151" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A151" s="7">
-        <v>9781464228575</v>
+        <v>9781464223310</v>
       </c>
       <c r="B151" s="7">
-        <v>3102627</v>
+        <v>3012372</v>
       </c>
       <c r="C151" s="8" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="D151" s="16">
+        <v>105</v>
+      </c>
+      <c r="D151" s="24">
         <v>13.5</v>
       </c>
       <c r="E151" s="9">
         <v>21200</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A152" s="10">
-        <v>9780008623036</v>
+        <v>9780349132600</v>
       </c>
       <c r="B152" s="10">
-        <v>3105641</v>
+        <v>2992625</v>
       </c>
       <c r="C152" s="11" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>106</v>
+      </c>
+      <c r="D152" s="23">
+        <v>14.5</v>
       </c>
       <c r="E152" s="12">
-        <v>21110</v>
+        <v>21200</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A153" s="7">
-        <v>9780008421793</v>
+        <v>9781464221385</v>
       </c>
       <c r="B153" s="7">
-        <v>2898724</v>
+        <v>3012370</v>
       </c>
       <c r="C153" s="8" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="D153" s="16">
+        <v>221</v>
+      </c>
+      <c r="D153" s="24">
         <v>13.5</v>
       </c>
       <c r="E153" s="9">
-        <v>21110</v>
+        <v>21200</v>
       </c>
     </row>
     <row r="154" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A154" s="10">
-        <v>9781610392761</v>
+        <v>9781464221361</v>
       </c>
       <c r="B154" s="10">
-        <v>2417647</v>
+        <v>3012368</v>
       </c>
       <c r="C154" s="11" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>21.5</v>
+        <v>107</v>
+      </c>
+      <c r="D154" s="23">
+        <v>13.5</v>
       </c>
       <c r="E154" s="12">
-        <v>27850</v>
+        <v>21200</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A155" s="7">
-[...11 lines deleted...]
-      <c r="E155" s="9">
+      <c r="A155" s="14">
+        <v>9781464228605</v>
+      </c>
+      <c r="B155" s="14">
+        <v>3140584</v>
+      </c>
+      <c r="C155" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D155" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E155" s="16">
         <v>21200</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A156" s="10">
-        <v>9781408891384</v>
+        <v>9781464221378</v>
       </c>
       <c r="B156" s="10">
-        <v>2610301</v>
+        <v>3012369</v>
       </c>
       <c r="C156" s="11" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="D156" s="15">
+        <v>223</v>
+      </c>
+      <c r="D156" s="23">
         <v>13.5</v>
       </c>
       <c r="E156" s="12">
-        <v>21110</v>
+        <v>21200</v>
       </c>
     </row>
     <row r="157" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A157" s="7">
-        <v>9781914240942</v>
+        <v>9781464228629</v>
       </c>
       <c r="B157" s="7">
-        <v>3102455</v>
+        <v>3169236</v>
       </c>
       <c r="C157" s="8" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>224</v>
+      </c>
+      <c r="D157" s="24">
+        <v>13.5</v>
       </c>
       <c r="E157" s="9">
-        <v>21110</v>
+        <v>21200</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A158" s="18">
-[...11 lines deleted...]
-      <c r="E158" s="21">
+      <c r="A158" s="10">
+        <v>9781464228575</v>
+      </c>
+      <c r="B158" s="10">
+        <v>3102627</v>
+      </c>
+      <c r="C158" s="11" t="s">
+        <v>225</v>
+      </c>
+      <c r="D158" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E158" s="12">
         <v>21200</v>
       </c>
     </row>
     <row r="159" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A159" s="7">
-        <v>9780008663834</v>
+        <v>9781728278346</v>
       </c>
       <c r="B159" s="7">
-        <v>3134001</v>
+        <v>2902129</v>
       </c>
       <c r="C159" s="8" t="s">
-        <v>161</v>
-[...1 lines deleted...]
-      <c r="D159" s="16">
+        <v>108</v>
+      </c>
+      <c r="D159" s="24">
         <v>13.5</v>
       </c>
       <c r="E159" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A160" s="10">
-        <v>9781529926941</v>
+        <v>9780008623036</v>
       </c>
       <c r="B160" s="10">
-        <v>3139073</v>
+        <v>3105641</v>
       </c>
       <c r="C160" s="11" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>109</v>
+      </c>
+      <c r="D160" s="23">
+        <v>13.5</v>
       </c>
       <c r="E160" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="161" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A161" s="7">
-        <v>9781035414505</v>
+        <v>9780008421793</v>
       </c>
       <c r="B161" s="7">
-        <v>3020279</v>
+        <v>2898724</v>
       </c>
       <c r="C161" s="8" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>110</v>
+      </c>
+      <c r="D161" s="24">
+        <v>13.5</v>
       </c>
       <c r="E161" s="9">
-        <v>21300</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A162" s="10">
-        <v>9780141036137</v>
+        <v>9781409181637</v>
       </c>
       <c r="B162" s="10">
-        <v>6670385</v>
+        <v>2680177</v>
       </c>
       <c r="C162" s="11" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>111</v>
+      </c>
+      <c r="D162" s="23">
+        <v>14.5</v>
       </c>
       <c r="E162" s="12">
-        <v>21110</v>
+        <v>21200</v>
       </c>
     </row>
     <row r="163" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A163" s="7">
-        <v>9780141036144</v>
+        <v>9781408891384</v>
       </c>
       <c r="B163" s="7">
-        <v>6720331</v>
+        <v>2610301</v>
       </c>
       <c r="C163" s="8" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>112</v>
+      </c>
+      <c r="D163" s="24">
+        <v>13.5</v>
       </c>
       <c r="E163" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A164" s="10">
-        <v>9780241743997</v>
+        <v>9781914240942</v>
       </c>
       <c r="B164" s="10">
-        <v>3143951</v>
+        <v>3102455</v>
       </c>
       <c r="C164" s="11" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>21.5</v>
+        <v>113</v>
+      </c>
+      <c r="D164" s="23">
+        <v>14</v>
       </c>
       <c r="E164" s="12">
-        <v>11200</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A165" s="7">
-[...12 lines deleted...]
-        <v>21200</v>
+      <c r="A165" s="14">
+        <v>9780008663834</v>
+      </c>
+      <c r="B165" s="14">
+        <v>3134001</v>
+      </c>
+      <c r="C165" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="D165" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E165" s="16">
+        <v>21110</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A166" s="10">
-[...12 lines deleted...]
-        <v>11110</v>
+      <c r="A166" s="17">
+        <v>9781529926941</v>
+      </c>
+      <c r="B166" s="17">
+        <v>3139073</v>
+      </c>
+      <c r="C166" s="18" t="s">
+        <v>227</v>
+      </c>
+      <c r="D166" s="22">
+        <v>14.5</v>
+      </c>
+      <c r="E166" s="19">
+        <v>21110</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A167" s="7">
-        <v>9781784706289</v>
+        <v>9781405965392</v>
       </c>
       <c r="B167" s="7">
-        <v>2002257</v>
+        <v>3098624</v>
       </c>
       <c r="C167" s="8" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>17.5</v>
+        <v>114</v>
+      </c>
+      <c r="D167" s="24">
+        <v>13.5</v>
       </c>
       <c r="E167" s="9">
-        <v>27440</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A168" s="10">
-        <v>9781804950821</v>
+        <v>9780141182537</v>
       </c>
       <c r="B168" s="10">
-        <v>3139060</v>
+        <v>9906142</v>
       </c>
       <c r="C168" s="11" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="D168" s="15">
+        <v>115</v>
+      </c>
+      <c r="D168" s="23">
         <v>13.5</v>
       </c>
       <c r="E168" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A169" s="7">
-        <v>9780593983577</v>
+        <v>9781444715460</v>
       </c>
       <c r="B169" s="7">
-        <v>3115432</v>
+        <v>3099387</v>
       </c>
       <c r="C169" s="8" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>20.5</v>
+        <v>228</v>
+      </c>
+      <c r="D169" s="24">
+        <v>13.5</v>
       </c>
       <c r="E169" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A170" s="10">
-        <v>9781398515697</v>
+        <v>9781035414505</v>
       </c>
       <c r="B170" s="10">
-        <v>2797563</v>
+        <v>3020279</v>
       </c>
       <c r="C170" s="11" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>116</v>
+      </c>
+      <c r="D170" s="23">
+        <v>14.5</v>
       </c>
       <c r="E170" s="12">
-        <v>21110</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A171" s="7">
-        <v>9781035421138</v>
+        <v>9781035414536</v>
       </c>
       <c r="B171" s="7">
-        <v>3099427</v>
+        <v>3020281</v>
       </c>
       <c r="C171" s="8" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>229</v>
+      </c>
+      <c r="D171" s="24">
+        <v>14.5</v>
       </c>
       <c r="E171" s="9">
-        <v>21200</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A172" s="10">
-        <v>9781785656477</v>
+        <v>9781728205489</v>
       </c>
       <c r="B172" s="10">
-        <v>3981517</v>
+        <v>2868780</v>
       </c>
       <c r="C172" s="11" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>117</v>
+      </c>
+      <c r="D172" s="23">
+        <v>12.5</v>
       </c>
       <c r="E172" s="12">
-        <v>21200</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A173" s="7">
-        <v>9780571365449</v>
+        <v>9780141036137</v>
       </c>
       <c r="B173" s="7">
-        <v>2795987</v>
+        <v>6670385</v>
       </c>
       <c r="C173" s="8" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>230</v>
+      </c>
+      <c r="D173" s="24">
+        <v>12.5</v>
       </c>
       <c r="E173" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="174" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A174" s="10">
-        <v>9780571333134</v>
+        <v>9780141036144</v>
       </c>
       <c r="B174" s="10">
-        <v>2157905</v>
+        <v>6720331</v>
       </c>
       <c r="C174" s="11" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>118</v>
+      </c>
+      <c r="D174" s="23">
+        <v>12.5</v>
       </c>
       <c r="E174" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="175" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A175" s="7">
-[...12 lines deleted...]
-        <v>21110</v>
+      <c r="A175" s="14">
+        <v>9780241743997</v>
+      </c>
+      <c r="B175" s="14">
+        <v>3143951</v>
+      </c>
+      <c r="C175" s="15" t="s">
+        <v>231</v>
+      </c>
+      <c r="D175" s="21">
+        <v>21.5</v>
+      </c>
+      <c r="E175" s="16">
+        <v>11200</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A176" s="10">
-        <v>9780571334650</v>
+        <v>9780241988268</v>
       </c>
       <c r="B176" s="10">
-        <v>2055078</v>
+        <v>2320035</v>
       </c>
       <c r="C176" s="11" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="D176" s="15">
+        <v>119</v>
+      </c>
+      <c r="D176" s="23">
         <v>13.5</v>
       </c>
       <c r="E176" s="12">
-        <v>21110</v>
+        <v>21200</v>
       </c>
     </row>
     <row r="177" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A177" s="7">
-        <v>9780593652886</v>
+        <v>9780241997482</v>
       </c>
       <c r="B177" s="7">
-        <v>2936723</v>
+        <v>3098615</v>
       </c>
       <c r="C177" s="8" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>24.5</v>
+        <v>120</v>
+      </c>
+      <c r="D177" s="24">
+        <v>13.5</v>
       </c>
       <c r="E177" s="9">
-        <v>14810</v>
+        <v>21200</v>
       </c>
     </row>
     <row r="178" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A178" s="18">
-[...11 lines deleted...]
-      <c r="E178" s="21">
+      <c r="A178" s="10">
+        <v>9781398536517</v>
+      </c>
+      <c r="B178" s="10">
+        <v>3048977</v>
+      </c>
+      <c r="C178" s="11" t="s">
+        <v>121</v>
+      </c>
+      <c r="D178" s="23">
+        <v>12.5</v>
+      </c>
+      <c r="E178" s="12">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="179" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A179" s="14">
+        <v>9780593638033</v>
+      </c>
+      <c r="B179" s="14">
+        <v>3145545</v>
+      </c>
+      <c r="C179" s="15" t="s">
+        <v>232</v>
+      </c>
+      <c r="D179" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E179" s="16">
         <v>11110</v>
-      </c>
-[...15 lines deleted...]
-        <v>21300</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A180" s="10">
-        <v>9780241988749</v>
+        <v>9780008710262</v>
       </c>
       <c r="B180" s="10">
-        <v>3098543</v>
+        <v>3105704</v>
       </c>
       <c r="C180" s="11" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="D180" s="15">
+        <v>122</v>
+      </c>
+      <c r="D180" s="23">
         <v>13.5</v>
       </c>
       <c r="E180" s="12">
-        <v>21110</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="181" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A181" s="7">
-        <v>9781526686824</v>
+        <v>9781784706289</v>
       </c>
       <c r="B181" s="7">
-        <v>3145253</v>
+        <v>2002257</v>
       </c>
       <c r="C181" s="8" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>19.5</v>
+        <v>123</v>
+      </c>
+      <c r="D181" s="24">
+        <v>17.5</v>
       </c>
       <c r="E181" s="9">
-        <v>11300</v>
+        <v>27440</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A182" s="10">
-[...11 lines deleted...]
-      <c r="E182" s="12">
+      <c r="A182" s="17">
+        <v>9781804950821</v>
+      </c>
+      <c r="B182" s="17">
+        <v>3139060</v>
+      </c>
+      <c r="C182" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="D182" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E182" s="19">
         <v>21110</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A183" s="7">
-        <v>9780349437682</v>
+        <v>9781804945322</v>
       </c>
       <c r="B183" s="7">
-        <v>2975354</v>
+        <v>3099254</v>
       </c>
       <c r="C183" s="8" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>125</v>
+      </c>
+      <c r="D183" s="24">
+        <v>13.5</v>
       </c>
       <c r="E183" s="9">
-        <v>21110</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="184" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A184" s="10">
-        <v>9780349437743</v>
+        <v>9780593983577</v>
       </c>
       <c r="B184" s="10">
-        <v>2996883</v>
+        <v>3115432</v>
       </c>
       <c r="C184" s="11" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>126</v>
+      </c>
+      <c r="D184" s="23">
+        <v>20.5</v>
       </c>
       <c r="E184" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A185" s="7">
-        <v>9780349437705</v>
+        <v>9781398515697</v>
       </c>
       <c r="B185" s="7">
-        <v>2975347</v>
+        <v>2797563</v>
       </c>
       <c r="C185" s="8" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="D185" s="16">
+        <v>127</v>
+      </c>
+      <c r="D185" s="24">
         <v>13.5</v>
       </c>
       <c r="E185" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="186" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A186" s="10">
-        <v>9780349437729</v>
+        <v>9781035421138</v>
       </c>
       <c r="B186" s="10">
-        <v>2975355</v>
+        <v>3099427</v>
       </c>
       <c r="C186" s="11" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>128</v>
+      </c>
+      <c r="D186" s="23">
+        <v>12.5</v>
       </c>
       <c r="E186" s="12">
-        <v>21110</v>
+        <v>21200</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A187" s="7">
-        <v>9780349441696</v>
+        <v>9781785656477</v>
       </c>
       <c r="B187" s="7">
-        <v>3154079</v>
+        <v>3981517</v>
       </c>
       <c r="C187" s="8" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="D187" s="16">
+        <v>129</v>
+      </c>
+      <c r="D187" s="24">
         <v>13.5</v>
       </c>
       <c r="E187" s="9">
-        <v>21110</v>
+        <v>21200</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A188" s="10">
-[...12 lines deleted...]
-        <v>21110</v>
+      <c r="A188" s="17">
+        <v>9781398535763</v>
+      </c>
+      <c r="B188" s="17">
+        <v>3182276</v>
+      </c>
+      <c r="C188" s="18" t="s">
+        <v>233</v>
+      </c>
+      <c r="D188" s="22">
+        <v>19.5</v>
+      </c>
+      <c r="E188" s="19">
+        <v>12500</v>
       </c>
     </row>
     <row r="189" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A189" s="7">
-        <v>9780349441634</v>
+        <v>9781398531277</v>
       </c>
       <c r="B189" s="7">
-        <v>3066517</v>
+        <v>3088110</v>
       </c>
       <c r="C189" s="8" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>130</v>
+      </c>
+      <c r="D189" s="24">
+        <v>22.5</v>
       </c>
       <c r="E189" s="9">
-        <v>21110</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A190" s="10">
-        <v>9780349441672</v>
+        <v>9781398529489</v>
       </c>
       <c r="B190" s="10">
-        <v>3107615</v>
+        <v>2981537</v>
       </c>
       <c r="C190" s="11" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="D190" s="15">
+        <v>131</v>
+      </c>
+      <c r="D190" s="23">
         <v>13.5</v>
       </c>
       <c r="E190" s="12">
-        <v>21110</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A191" s="7">
-        <v>9781836182160</v>
+        <v>9781398530126</v>
       </c>
       <c r="B191" s="7">
-        <v>3132796</v>
+        <v>2997702</v>
       </c>
       <c r="C191" s="8" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>132</v>
+      </c>
+      <c r="D191" s="24">
+        <v>13.5</v>
       </c>
       <c r="E191" s="9">
-        <v>21300</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="192" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A192" s="18">
-[...12 lines deleted...]
-        <v>21600</v>
+      <c r="A192" s="10">
+        <v>9780571365449</v>
+      </c>
+      <c r="B192" s="10">
+        <v>2795987</v>
+      </c>
+      <c r="C192" s="11" t="s">
+        <v>133</v>
+      </c>
+      <c r="D192" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E192" s="12">
+        <v>21110</v>
       </c>
     </row>
     <row r="193" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A193" s="7">
-        <v>9780747568766</v>
+        <v>9780571333134</v>
       </c>
       <c r="B193" s="7">
-        <v>9802592</v>
+        <v>2157905</v>
       </c>
       <c r="C193" s="8" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>17.5</v>
+        <v>134</v>
+      </c>
+      <c r="D193" s="24">
+        <v>13.5</v>
       </c>
       <c r="E193" s="9">
-        <v>25970</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A194" s="10">
-        <v>9781529929287</v>
+        <v>9780571365487</v>
       </c>
       <c r="B194" s="10">
-        <v>3139074</v>
+        <v>3107660</v>
       </c>
       <c r="C194" s="11" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>135</v>
+      </c>
+      <c r="D194" s="23">
+        <v>13.5</v>
       </c>
       <c r="E194" s="12">
-        <v>27430</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="195" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A195" s="7">
-        <v>9780751585575</v>
+        <v>9780571334650</v>
       </c>
       <c r="B195" s="7">
-        <v>3144043</v>
+        <v>2055078</v>
       </c>
       <c r="C195" s="8" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="D195" s="16">
+        <v>136</v>
+      </c>
+      <c r="D195" s="24">
         <v>13.5</v>
       </c>
       <c r="E195" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="196" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-        <v>21200</v>
+    <row r="196" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A196" s="10">
+        <v>9781408855652</v>
+      </c>
+      <c r="B196" s="10">
+        <v>9842179</v>
+      </c>
+      <c r="C196" s="11" t="s">
+        <v>137</v>
+      </c>
+      <c r="D196" s="23">
+        <v>12.5</v>
+      </c>
+      <c r="E196" s="12">
+        <v>22500</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A197" s="7">
-        <v>9780140167771</v>
+        <v>9780593652886</v>
       </c>
       <c r="B197" s="7">
-        <v>8514011</v>
+        <v>2936723</v>
       </c>
       <c r="C197" s="8" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>138</v>
+      </c>
+      <c r="D197" s="24">
+        <v>24.5</v>
       </c>
       <c r="E197" s="9">
-        <v>21110</v>
+        <v>14810</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A198" s="10">
-        <v>9780340733509</v>
+        <v>9781529921168</v>
       </c>
       <c r="B198" s="10">
-        <v>4355059</v>
+        <v>3099239</v>
       </c>
       <c r="C198" s="11" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>17.5</v>
+        <v>139</v>
+      </c>
+      <c r="D198" s="23">
+        <v>14.5</v>
       </c>
       <c r="E198" s="12">
-        <v>14700</v>
+        <v>21600</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A199" s="7">
-        <v>9781399728591</v>
+        <v>9781529436754</v>
       </c>
       <c r="B199" s="7">
-        <v>2997948</v>
+        <v>3099404</v>
       </c>
       <c r="C199" s="8" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>140</v>
+      </c>
+      <c r="D199" s="24">
+        <v>14.5</v>
       </c>
       <c r="E199" s="9">
-        <v>11110</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A200" s="10">
-        <v>9781399728546</v>
+        <v>9781472292223</v>
       </c>
       <c r="B200" s="10">
-        <v>2983255</v>
+        <v>3099424</v>
       </c>
       <c r="C200" s="11" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="D200" s="15">
+        <v>141</v>
+      </c>
+      <c r="D200" s="23">
         <v>13.5</v>
       </c>
       <c r="E200" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="201" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A201" s="7">
-        <v>9781399728614</v>
+        <v>9780575089914</v>
       </c>
       <c r="B201" s="7">
-        <v>3038385</v>
+        <v>2972344</v>
       </c>
       <c r="C201" s="8" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>234</v>
+      </c>
+      <c r="D201" s="24">
+        <v>14.5</v>
       </c>
       <c r="E201" s="9">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:5" x14ac:dyDescent="0.3">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="202" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A202" s="10">
-        <v>9781399746427</v>
+        <v>9781526663665</v>
       </c>
       <c r="B202" s="10">
-        <v>3127255</v>
+        <v>3097374</v>
       </c>
       <c r="C202" s="11" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="D202" s="15">
+        <v>142</v>
+      </c>
+      <c r="D202" s="23">
         <v>13.5</v>
       </c>
       <c r="E202" s="12">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:5" x14ac:dyDescent="0.3">
+        <v>25310</v>
+      </c>
+    </row>
+    <row r="203" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A203" s="7">
-        <v>9781399728560</v>
+        <v>9781526648099</v>
       </c>
       <c r="B203" s="7">
-        <v>2983256</v>
+        <v>2939803</v>
       </c>
       <c r="C203" s="8" t="s">
-        <v>205</v>
-[...1 lines deleted...]
-      <c r="D203" s="16">
+        <v>143</v>
+      </c>
+      <c r="D203" s="24">
         <v>13.5</v>
       </c>
       <c r="E203" s="9">
-        <v>21110</v>
+        <v>21600</v>
       </c>
     </row>
     <row r="204" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A204" s="10">
-        <v>9781805335375</v>
+        <v>9780241988749</v>
       </c>
       <c r="B204" s="10">
-        <v>3128082</v>
+        <v>3098543</v>
       </c>
       <c r="C204" s="11" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="D204" s="15">
+        <v>144</v>
+      </c>
+      <c r="D204" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E204" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="205" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A205" s="14">
+        <v>9781526686824</v>
+      </c>
+      <c r="B205" s="14">
+        <v>3145253</v>
+      </c>
+      <c r="C205" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="D205" s="21">
         <v>19.5</v>
       </c>
-      <c r="E204" s="12">
-[...17 lines deleted...]
-        <v>11200</v>
+      <c r="E205" s="16">
+        <v>11300</v>
       </c>
     </row>
     <row r="206" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A206" s="10">
-        <v>9780349439259</v>
+        <v>9780349437675</v>
       </c>
       <c r="B206" s="10">
-        <v>2996891</v>
+        <v>2975348</v>
       </c>
       <c r="C206" s="11" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>145</v>
+      </c>
+      <c r="D206" s="23">
+        <v>13.5</v>
       </c>
       <c r="E206" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A207" s="7">
-        <v>9780349439273</v>
+        <v>9780349437682</v>
       </c>
       <c r="B207" s="7">
-        <v>2996892</v>
+        <v>2975354</v>
       </c>
       <c r="C207" s="8" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="D207" s="16">
+        <v>146</v>
+      </c>
+      <c r="D207" s="24">
         <v>14.5</v>
       </c>
       <c r="E207" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="208" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A208" s="10">
-        <v>9780349439303</v>
+        <v>9780349437743</v>
       </c>
       <c r="B208" s="10">
-        <v>2996894</v>
+        <v>2996883</v>
       </c>
       <c r="C208" s="11" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>147</v>
+      </c>
+      <c r="D208" s="23">
+        <v>13.5</v>
       </c>
       <c r="E208" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A209" s="7">
-        <v>9780349439341</v>
+        <v>9780349437705</v>
       </c>
       <c r="B209" s="7">
-        <v>3045410</v>
+        <v>2975347</v>
       </c>
       <c r="C209" s="8" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>148</v>
+      </c>
+      <c r="D209" s="24">
+        <v>13.5</v>
       </c>
       <c r="E209" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="210" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A210" s="10">
-        <v>9780349439280</v>
+        <v>9780349437729</v>
       </c>
       <c r="B210" s="10">
-        <v>2996893</v>
+        <v>2975355</v>
       </c>
       <c r="C210" s="11" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>149</v>
+      </c>
+      <c r="D210" s="23">
+        <v>13.5</v>
       </c>
       <c r="E210" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A211" s="7">
-[...11 lines deleted...]
-      <c r="E211" s="9">
+      <c r="A211" s="14">
+        <v>9780349441696</v>
+      </c>
+      <c r="B211" s="14">
+        <v>3154079</v>
+      </c>
+      <c r="C211" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="D211" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E211" s="16">
         <v>21110</v>
       </c>
     </row>
     <row r="212" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A212" s="10">
-        <v>9780241999776</v>
+        <v>9780349441641</v>
       </c>
       <c r="B212" s="10">
-        <v>3098568</v>
+        <v>3049958</v>
       </c>
       <c r="C212" s="11" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="D212" s="15">
+        <v>150</v>
+      </c>
+      <c r="D212" s="23">
         <v>13.5</v>
       </c>
       <c r="E212" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A213" s="22">
-[...6 lines deleted...]
-        <v>215</v>
+      <c r="A213" s="7">
+        <v>9780349441634</v>
+      </c>
+      <c r="B213" s="7">
+        <v>3066517</v>
+      </c>
+      <c r="C213" s="8" t="s">
+        <v>151</v>
       </c>
       <c r="D213" s="24">
-        <v>14.5</v>
-[...1 lines deleted...]
-      <c r="E213" s="25">
+        <v>13.5</v>
+      </c>
+      <c r="E213" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A214" s="10">
-        <v>9780804172707</v>
+        <v>9780349441672</v>
       </c>
       <c r="B214" s="10">
-        <v>2389210</v>
+        <v>3107615</v>
       </c>
       <c r="C214" s="11" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>152</v>
+      </c>
+      <c r="D214" s="23">
+        <v>13.5</v>
       </c>
       <c r="E214" s="12">
-        <v>11110</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A215" s="7">
-        <v>9780349437019</v>
+        <v>9780063458611</v>
       </c>
       <c r="B215" s="7">
-        <v>2941018</v>
+        <v>3137675</v>
       </c>
       <c r="C215" s="8" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>153</v>
+      </c>
+      <c r="D215" s="24">
+        <v>15.5</v>
       </c>
       <c r="E215" s="9">
-        <v>21300</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="216" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A216" s="10">
-        <v>9780349437057</v>
+        <v>9781836182160</v>
       </c>
       <c r="B216" s="10">
-        <v>2986283</v>
+        <v>3132796</v>
       </c>
       <c r="C216" s="11" t="s">
-        <v>218</v>
-[...1 lines deleted...]
-      <c r="D216" s="15">
+        <v>154</v>
+      </c>
+      <c r="D216" s="23">
         <v>14.5</v>
       </c>
       <c r="E216" s="12">
         <v>21300</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A217" s="7">
+        <v>9780747568766</v>
+      </c>
+      <c r="B217" s="7">
+        <v>9802592</v>
+      </c>
+      <c r="C217" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="D217" s="24">
+        <v>17.5</v>
+      </c>
+      <c r="E217" s="9">
+        <v>25970</v>
+      </c>
+    </row>
+    <row r="218" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A218" s="17">
+        <v>9781529929287</v>
+      </c>
+      <c r="B218" s="17">
+        <v>3139074</v>
+      </c>
+      <c r="C218" s="18" t="s">
+        <v>237</v>
+      </c>
+      <c r="D218" s="22">
+        <v>14.5</v>
+      </c>
+      <c r="E218" s="19">
+        <v>27430</v>
+      </c>
+    </row>
+    <row r="219" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A219" s="14">
+        <v>9780751585575</v>
+      </c>
+      <c r="B219" s="14">
+        <v>3144043</v>
+      </c>
+      <c r="C219" s="15" t="s">
+        <v>238</v>
+      </c>
+      <c r="D219" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E219" s="16">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="220" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A220" s="10">
+        <v>9780140167771</v>
+      </c>
+      <c r="B220" s="10">
+        <v>8514011</v>
+      </c>
+      <c r="C220" s="11" t="s">
+        <v>156</v>
+      </c>
+      <c r="D220" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E220" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="221" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A221" s="7">
+        <v>9780340733509</v>
+      </c>
+      <c r="B221" s="7">
+        <v>4355059</v>
+      </c>
+      <c r="C221" s="8" t="s">
+        <v>239</v>
+      </c>
+      <c r="D221" s="24">
+        <v>17.5</v>
+      </c>
+      <c r="E221" s="9">
+        <v>14700</v>
+      </c>
+    </row>
+    <row r="222" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A222" s="10">
+        <v>9781399728591</v>
+      </c>
+      <c r="B222" s="10">
+        <v>2997948</v>
+      </c>
+      <c r="C222" s="11" t="s">
+        <v>157</v>
+      </c>
+      <c r="D222" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E222" s="12">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="223" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A223" s="7">
+        <v>9781399728546</v>
+      </c>
+      <c r="B223" s="7">
+        <v>2983255</v>
+      </c>
+      <c r="C223" s="8" t="s">
+        <v>158</v>
+      </c>
+      <c r="D223" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E223" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="224" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A224" s="10">
+        <v>9781399728614</v>
+      </c>
+      <c r="B224" s="10">
+        <v>3038385</v>
+      </c>
+      <c r="C224" s="11" t="s">
+        <v>159</v>
+      </c>
+      <c r="D224" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E224" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="225" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A225" s="7">
+        <v>9781399746427</v>
+      </c>
+      <c r="B225" s="7">
+        <v>3127255</v>
+      </c>
+      <c r="C225" s="8" t="s">
+        <v>160</v>
+      </c>
+      <c r="D225" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E225" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="226" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A226" s="10">
+        <v>9781399728560</v>
+      </c>
+      <c r="B226" s="10">
+        <v>2983256</v>
+      </c>
+      <c r="C226" s="11" t="s">
+        <v>161</v>
+      </c>
+      <c r="D226" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E226" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="227" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A227" s="27">
+        <v>9781787335417</v>
+      </c>
+      <c r="B227">
+        <v>3099286</v>
+      </c>
+      <c r="C227" t="s">
+        <v>162</v>
+      </c>
+      <c r="D227" s="26">
+        <v>19.5</v>
+      </c>
+      <c r="E227" s="26">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="228" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A228" s="27">
+        <v>9780349439259</v>
+      </c>
+      <c r="B228">
+        <v>2996891</v>
+      </c>
+      <c r="C228" t="s">
+        <v>163</v>
+      </c>
+      <c r="D228" s="26">
+        <v>14.5</v>
+      </c>
+      <c r="E228" s="26">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="229" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A229" s="27">
+        <v>9780349439273</v>
+      </c>
+      <c r="B229">
+        <v>2996892</v>
+      </c>
+      <c r="C229" t="s">
+        <v>164</v>
+      </c>
+      <c r="D229" s="26">
+        <v>14.5</v>
+      </c>
+      <c r="E229" s="26">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="230" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A230" s="27">
+        <v>9780349439303</v>
+      </c>
+      <c r="B230">
+        <v>2996894</v>
+      </c>
+      <c r="C230" t="s">
+        <v>165</v>
+      </c>
+      <c r="D230" s="26">
+        <v>14.5</v>
+      </c>
+      <c r="E230" s="26">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="231" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A231" s="27">
+        <v>9780349439341</v>
+      </c>
+      <c r="B231">
+        <v>3045410</v>
+      </c>
+      <c r="C231" t="s">
+        <v>240</v>
+      </c>
+      <c r="D231" s="26">
+        <v>14.5</v>
+      </c>
+      <c r="E231" s="26">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="232" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A232" s="27">
+        <v>9780349439280</v>
+      </c>
+      <c r="B232">
+        <v>2996893</v>
+      </c>
+      <c r="C232" t="s">
+        <v>166</v>
+      </c>
+      <c r="D232" s="26">
+        <v>14.5</v>
+      </c>
+      <c r="E232" s="26">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="233" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A233" s="27">
+        <v>9780349439358</v>
+      </c>
+      <c r="B233">
+        <v>3060511</v>
+      </c>
+      <c r="C233" t="s">
+        <v>167</v>
+      </c>
+      <c r="D233" s="26">
+        <v>14.5</v>
+      </c>
+      <c r="E233" s="26">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="234" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A234" s="27">
+        <v>9780241999776</v>
+      </c>
+      <c r="B234">
+        <v>3098568</v>
+      </c>
+      <c r="C234" t="s">
+        <v>241</v>
+      </c>
+      <c r="D234" s="26">
+        <v>13.5</v>
+      </c>
+      <c r="E234" s="26">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="235" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A235" s="27">
+        <v>9781786583239</v>
+      </c>
+      <c r="B235">
+        <v>2945424</v>
+      </c>
+      <c r="C235" t="s">
+        <v>168</v>
+      </c>
+      <c r="D235" s="26">
+        <v>14.5</v>
+      </c>
+      <c r="E235" s="26">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="236" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A236" s="27">
+        <v>9780804172707</v>
+      </c>
+      <c r="B236">
+        <v>2389210</v>
+      </c>
+      <c r="C236" t="s">
+        <v>169</v>
+      </c>
+      <c r="D236" s="26">
+        <v>12.5</v>
+      </c>
+      <c r="E236" s="26">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="237" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A237" s="27">
+        <v>9780349437019</v>
+      </c>
+      <c r="B237">
+        <v>2941018</v>
+      </c>
+      <c r="C237" t="s">
+        <v>170</v>
+      </c>
+      <c r="D237" s="26">
+        <v>14.5</v>
+      </c>
+      <c r="E237" s="26">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="238" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A238" s="27">
+        <v>9780349437057</v>
+      </c>
+      <c r="B238">
+        <v>2986283</v>
+      </c>
+      <c r="C238" t="s">
+        <v>171</v>
+      </c>
+      <c r="D238" s="26">
+        <v>14.5</v>
+      </c>
+      <c r="E238" s="26">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="239" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A239" s="27">
         <v>9780349437071</v>
       </c>
-      <c r="B217" s="7">
+      <c r="B239">
         <v>3058758</v>
       </c>
-      <c r="C217" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D217" s="16">
+      <c r="C239" t="s">
+        <v>172</v>
+      </c>
+      <c r="D239" s="26">
         <v>22.5</v>
       </c>
-      <c r="E217" s="9">
+      <c r="E239" s="26">
         <v>21300</v>
       </c>
     </row>
-    <row r="218" spans="1:5" s="13" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="A218" s="10">
+    <row r="240" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A240" s="27">
         <v>9781529115543</v>
       </c>
-      <c r="B218" s="10">
+      <c r="B240">
         <v>2933737</v>
       </c>
-      <c r="C218" s="11" t="s">
-[...5 lines deleted...]
-      <c r="E218" s="12">
+      <c r="C240" t="s">
+        <v>173</v>
+      </c>
+      <c r="D240" s="26">
+        <v>13.5</v>
+      </c>
+      <c r="E240" s="26">
         <v>21110</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="1.7716535433070868" bottom="1.3779527559055118" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Fett"&amp;12
 &amp;K243478Libri GmbH&amp;"-,Standard"&amp;11
 &amp;12Hamburg • Bad Hersfeld&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;10&amp;K243478Libri GmbH • Friedensallee 273 • 22763 Hamburg • AG Hamburg HRB 65430
 Geschäftsführung: Alyna Wnukowsky (Sprecherin), Ulrich Vollmer
 Aufsichtsratsvorsitzender: Dr. Markus Conrad&amp;R&amp;K243478&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010007E2A28E331B1345B4C54C5E2471F1FA" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="23252ba61a2b42fee7d5f57213e57890">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c7883763-1633-4a33-844b-a4f27752bb33" xmlns:ns3="504620ad-4a5b-4e98-91c4-34164cb416e2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="548f94b230d87df06dce40b2da64a907" ns2:_="" ns3:_="">
     <xsd:import namespace="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <xsd:import namespace="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -5520,91 +5941,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="504620ad-4a5b-4e98-91c4-34164cb416e2" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c7883763-1633-4a33-844b-a4f27752bb33">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FE0C1D0-3A79-4DD4-9D58-894DDC706B9D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
+    <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC4D9CF9-E2A7-47E5-9512-037AD31ADBFF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="c9f90cda-9d81-4aea-911d-f949aaf4de02"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996B258D-5A6A-4734-BF2E-505977B0BDE3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" enabled="0" method="" siteId="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>