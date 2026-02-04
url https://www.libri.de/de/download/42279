--- v1 (2025-10-29)
+++ v2 (2026-02-04)
@@ -6,812 +6,806 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestandslisten_Quartalsremirückruflisten\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestandslisten_Quartalsremirückruflisten\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{12780DFC-10B0-4854-A065-C44D2E201E29}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CB82F20D-414A-4556-8313-AD3A4DCEFC35}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-23148" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
   </bookViews>
   <sheets>
     <sheet name="JtB M" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'JtB M'!$A$1:$E$240</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'JtB M'!$A$1:$E$218</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'JtB M'!$4:$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="243" uniqueCount="242">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="240">
   <si>
     <t>Fett gedruckte Titel sind Neuerscheinungen des kommenden Quartals</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Libri-Nr.</t>
   </si>
   <si>
     <t>Titel</t>
   </si>
   <si>
     <t>UVP</t>
   </si>
   <si>
     <t>Warengruppe</t>
   </si>
   <si>
-    <t>Aciman, A: Room on the Sea</t>
-[...1 lines deleted...]
-  <si>
     <t>Adichie, C: Dream Count</t>
   </si>
   <si>
     <t>Alderton, D: Everything I Know About Love</t>
   </si>
   <si>
+    <t>Allen, N: Caught Up</t>
+  </si>
+  <si>
+    <t>Allen, N: Lights Out</t>
+  </si>
+  <si>
     <t>Anderson, G: Want</t>
   </si>
   <si>
+    <t>Atwood, M: Book of Lives</t>
+  </si>
+  <si>
+    <t>Atwood, M: Handmaid's Tale</t>
+  </si>
+  <si>
     <t>Austen, J: Pride and Prejudice</t>
   </si>
   <si>
     <t>Badawi, Z: African History of Africa</t>
   </si>
   <si>
     <t>Baldacci, D: Strangers in Time</t>
   </si>
   <si>
-    <t>Bardugo, L: Familiar</t>
-[...5 lines deleted...]
-    <t>Blake, A: Dream On, Ramona Riley</t>
+    <t>Baldree, T: Brigands &amp; Breadknives</t>
+  </si>
+  <si>
+    <t>Bartlett, S: Diary of a CEO</t>
+  </si>
+  <si>
+    <t>Bradbury, R: Fahrenheit 451</t>
+  </si>
+  <si>
+    <t>Brown, D: Secret of Secrets</t>
+  </si>
+  <si>
+    <t>Brown, P: Red Rising</t>
+  </si>
+  <si>
+    <t>Cameron, J: Artist's Way</t>
+  </si>
+  <si>
+    <t>Camus, A: Stranger</t>
+  </si>
+  <si>
+    <t>Carlton, H: Haunting Adeline</t>
+  </si>
+  <si>
+    <t>Carnegie, D: How to Win Friends</t>
+  </si>
+  <si>
+    <t>Child, L: Exit Strategy</t>
+  </si>
+  <si>
+    <t>Clear, J: Atomic Habits</t>
+  </si>
+  <si>
+    <t>Coben, H: Nobody's Fool</t>
+  </si>
+  <si>
+    <t>Coelho, P: Alchemist/25th Anniversary</t>
+  </si>
+  <si>
+    <t>Danielewski, M: House of Leaves</t>
+  </si>
+  <si>
+    <t>Dostojewski, F: Crime and Punishment</t>
+  </si>
+  <si>
+    <t>Dostoyevsky, F: White Nights</t>
+  </si>
+  <si>
+    <t>Douglas, P: Hideaway</t>
+  </si>
+  <si>
+    <t>Erikson, T: Surrounded by Idiots Revised &amp; Expanded Edition</t>
+  </si>
+  <si>
+    <t>Espach, A: Notes on Your Sudden Disappearance</t>
+  </si>
+  <si>
+    <t>Espach, A: Wedding People</t>
+  </si>
+  <si>
+    <t>Estés, C: Women Who Run with the Wolves</t>
+  </si>
+  <si>
+    <t>Fawcett, H: Emily Wilde's Compendium of Lost Tales</t>
+  </si>
+  <si>
+    <t>Follett, K: Circle of Days</t>
+  </si>
+  <si>
+    <t>Galbraith, R: Hallmarked Man</t>
+  </si>
+  <si>
+    <t>Garber, S: Alchemy of Secrets</t>
+  </si>
+  <si>
+    <t>García, H: Ikigai</t>
+  </si>
+  <si>
+    <t>Gardner, L: Kiss Her Goodbye</t>
+  </si>
+  <si>
+    <t>Garmus, B: Lessons in Chemistry</t>
+  </si>
+  <si>
+    <t>Gillig, R: Knight and the Moth</t>
+  </si>
+  <si>
+    <t>Gillig, R: One Dark Window</t>
+  </si>
+  <si>
+    <t>Gillig, R: Two Twisted Crowns</t>
+  </si>
+  <si>
+    <t>Gilmore, L: Cinnamon Bun Book Store</t>
+  </si>
+  <si>
+    <t>Gilmore, L: Gingerbread Bakery</t>
+  </si>
+  <si>
+    <t>Gilmore, L: Pumpkin Spice Café</t>
+  </si>
+  <si>
+    <t>Given, F: Women Living Deliciously</t>
+  </si>
+  <si>
+    <t>Grace, H: Icebreaker</t>
+  </si>
+  <si>
+    <t>Greene, R: Concise 48 Laws of Power</t>
+  </si>
+  <si>
+    <t>Grisham, J: Widow</t>
+  </si>
+  <si>
+    <t>Guidara, W: Unreasonable Hospitality</t>
+  </si>
+  <si>
+    <t>Haddon, M: Curious Incident of Dog in Night-Time</t>
+  </si>
+  <si>
+    <t>Haig, M: Life Impossible</t>
+  </si>
+  <si>
+    <t>Haig, M: Midnight Library</t>
+  </si>
+  <si>
+    <t>Harari, Y: Nexus</t>
+  </si>
+  <si>
+    <t>Harari, Y: Sapiens</t>
+  </si>
+  <si>
+    <t>Harpman, J: I Who Have Never Known Men</t>
+  </si>
+  <si>
+    <t>Hart, C: Quicksilver</t>
+  </si>
+  <si>
+    <t>Harvey, S: Orbital</t>
+  </si>
+  <si>
+    <t>Hawkins, P: Blue Hour</t>
+  </si>
+  <si>
+    <t>Hazelwood, A: Love Hypothesis</t>
+  </si>
+  <si>
+    <t>Hazelwood, A: Mate</t>
+  </si>
+  <si>
+    <t>Herbert, F: Dune</t>
+  </si>
+  <si>
+    <t>Hill, N: Think and Grow Rich</t>
+  </si>
+  <si>
+    <t>Hooks, B: All about Love</t>
+  </si>
+  <si>
+    <t>Hoover, C: Verity</t>
+  </si>
+  <si>
+    <t>Horowitz, A: Marble Hall Murders</t>
+  </si>
+  <si>
+    <t>Housel, M: Psychology of Money: Timeless Lessons on Wealth</t>
+  </si>
+  <si>
+    <t>Huang, A: King of Envy</t>
+  </si>
+  <si>
+    <t>Huang, A: King of Greed</t>
+  </si>
+  <si>
+    <t>Huang, A: King of Pride</t>
+  </si>
+  <si>
+    <t>Huang, A: King of Sloth</t>
+  </si>
+  <si>
+    <t>Huang, A: King of Wrath</t>
+  </si>
+  <si>
+    <t>Huang, A: Striker/Deluxe Edition</t>
+  </si>
+  <si>
+    <t>Huang, A: Twisted Games</t>
+  </si>
+  <si>
+    <t>Huang, A: Twisted Hate</t>
+  </si>
+  <si>
+    <t>Huang, A: Twisted Lies</t>
+  </si>
+  <si>
+    <t>Huang, A: Twisted Love</t>
+  </si>
+  <si>
+    <t>Huxley, A: Brave New World</t>
+  </si>
+  <si>
+    <t>Irving, J: Queen Esther</t>
+  </si>
+  <si>
+    <t>Jackson, H: Not Quite Dead Yet</t>
+  </si>
+  <si>
+    <t>Kahneman, D: Thinking, Fast and Slow</t>
+  </si>
+  <si>
+    <t>Kang, H: Vegetarian</t>
+  </si>
+  <si>
+    <t>Kashiwai, H: Menu of Happiness</t>
+  </si>
+  <si>
+    <t>Kent, R: God of Fury</t>
+  </si>
+  <si>
+    <t>Kent, R: God of Malice</t>
+  </si>
+  <si>
+    <t>Kent, R: God of Pain</t>
+  </si>
+  <si>
+    <t>Kent, R: God of Wrath</t>
+  </si>
+  <si>
+    <t>Killmore, R: Cinnamon Falls Mystery</t>
+  </si>
+  <si>
+    <t>Kim, M: Eyes Are the Best Part</t>
+  </si>
+  <si>
+    <t>King, S: You Like It Darker</t>
+  </si>
+  <si>
+    <t>Kishimi, I: Courage To Be Disliked</t>
+  </si>
+  <si>
+    <t>Kiyosaki, R: Rich Dad Poor Dad/Ann. Ed.</t>
+  </si>
+  <si>
+    <t>Kleinbaum, N: Dead Poets Society</t>
+  </si>
+  <si>
+    <t>Kolk, B: The Body Keeps the Score</t>
+  </si>
+  <si>
+    <t>Kristoff, J: Empire of the Dawn</t>
+  </si>
+  <si>
+    <t>Kuang, R: Babel</t>
+  </si>
+  <si>
+    <t>Kuang, R: Katabasis (Standard Edition)</t>
+  </si>
+  <si>
+    <t>Kuang, R: Yellowface</t>
+  </si>
+  <si>
+    <t>Lee, H: To Kill a Mockingbird/60th Anniversary Ed.</t>
+  </si>
+  <si>
+    <t>Lembke, A: Dopamine Nation</t>
+  </si>
+  <si>
+    <t>Levitsky, S: How Democracies Die</t>
+  </si>
+  <si>
+    <t>Maas, S: Assassin's Blade</t>
+  </si>
+  <si>
+    <t>Maas, S: Court of Frost and Starlight/Adult Ed.</t>
+  </si>
+  <si>
+    <t>Maas, S: Court of Mist and Fury/Adult Ed.</t>
+  </si>
+  <si>
+    <t>Maas, S: Court of Silver Flames</t>
+  </si>
+  <si>
+    <t>Maas, S: Court of Thorns and Roses/Adult Ed.</t>
+  </si>
+  <si>
+    <t>Maas, S: Court of Wings and Ruin</t>
+  </si>
+  <si>
+    <t>Maas, S: Crown of Midnight</t>
+  </si>
+  <si>
+    <t>Maas, S: Heir of Fire</t>
+  </si>
+  <si>
+    <t>Maas, S: House of Earth and Blood</t>
+  </si>
+  <si>
+    <t>Maas, S: House of Flame and Shadow</t>
+  </si>
+  <si>
+    <t>Maas, S: Queen of Shadows</t>
+  </si>
+  <si>
+    <t>Maas, S: Throne of Glass</t>
+  </si>
+  <si>
+    <t>Maehrer, H: Accomplice to the Villain</t>
+  </si>
+  <si>
+    <t>Manson, M: Subtle Art of Not Giving a F*ck</t>
+  </si>
+  <si>
+    <t>McEwan, I: What We Can Know</t>
+  </si>
+  <si>
+    <t>McFadden, F: Boyfriend</t>
+  </si>
+  <si>
+    <t>McFadden, F: Crash</t>
+  </si>
+  <si>
+    <t>McFadden, F: Do Not Disturb</t>
+  </si>
+  <si>
+    <t>McFadden, F: Housemaid</t>
+  </si>
+  <si>
+    <t>McFadden, F: Housemaid Is Watching</t>
+  </si>
+  <si>
+    <t>McFadden, F: Housemaid's Secret</t>
+  </si>
+  <si>
+    <t>McFadden, F: Inmate</t>
+  </si>
+  <si>
+    <t>McFadden, F: Intruder</t>
+  </si>
+  <si>
+    <t>McFadden, F: Never Lie</t>
+  </si>
+  <si>
+    <t>McFadden, F: Surrogate Mother</t>
+  </si>
+  <si>
+    <t>McFadden, F: Teacher</t>
+  </si>
+  <si>
+    <t>McFadden, F: Ward D</t>
+  </si>
+  <si>
+    <t>Mellors, C: Blue Sisters</t>
+  </si>
+  <si>
+    <t>Mellors, C: Cleopatra and Frankenstein</t>
+  </si>
+  <si>
+    <t>Meyer, E: Culture Map</t>
+  </si>
+  <si>
+    <t>Miller, M: Song of Achilles</t>
+  </si>
+  <si>
+    <t>Mochizuki, M: Full Moon Coffee Shop</t>
+  </si>
+  <si>
+    <t>Moore, L: God of the Woods</t>
+  </si>
+  <si>
+    <t>Murakami, H: City and Its Uncertain Walls</t>
+  </si>
+  <si>
+    <t>Nicole, A: Book of Azrael</t>
+  </si>
+  <si>
+    <t>Orwell, G: Animal Farm</t>
+  </si>
+  <si>
+    <t>Orwell, G: Nineteen Eighty-Four</t>
+  </si>
+  <si>
+    <t>Osman, R: Impossible Fortune</t>
+  </si>
+  <si>
+    <t>Osman, R: Thursday Murder Club</t>
+  </si>
+  <si>
+    <t>Perez, C: Invisible Women</t>
+  </si>
+  <si>
+    <t>Powers, R: Playground</t>
+  </si>
+  <si>
+    <t>Reid, T: Atmosphere</t>
+  </si>
+  <si>
+    <t>Reid, T: Seven Husbands of Evelyn Hugo</t>
+  </si>
+  <si>
+    <t>Rio, M: If We Were Villains</t>
+  </si>
+  <si>
+    <t>Rooney, S: Conversations with Friends</t>
+  </si>
+  <si>
+    <t>Rooney, S: Intermezzo</t>
+  </si>
+  <si>
+    <t>Rooney, S: Normal People</t>
+  </si>
+  <si>
+    <t>Rubin, R: Creative Act</t>
+  </si>
+  <si>
+    <t>Rushdie, S: Eleventh Hour</t>
+  </si>
+  <si>
+    <t>Sanderson, B: Mistborn 1/Final Empire</t>
+  </si>
+  <si>
+    <t>Shafak, E: There are Rivers in the Sky</t>
+  </si>
+  <si>
+    <t>Silver, E: Flawless</t>
+  </si>
+  <si>
+    <t>Silver, E: Heartless</t>
+  </si>
+  <si>
+    <t>Silver, E: Hopeless</t>
+  </si>
+  <si>
+    <t>Silver, E: Powerless</t>
+  </si>
+  <si>
+    <t>Silver, E: Reckless</t>
+  </si>
+  <si>
+    <t>Silver, E: Wild Card</t>
+  </si>
+  <si>
+    <t>Silver, E: Wild Eyes</t>
+  </si>
+  <si>
+    <t>Silver, E: Wild Love</t>
+  </si>
+  <si>
+    <t>Silver, E: Wild Side</t>
+  </si>
+  <si>
+    <t>Smith, K: Phantasma</t>
+  </si>
+  <si>
+    <t>Smith, P: Bread of Angels</t>
+  </si>
+  <si>
+    <t>Smith, P: Just Kids</t>
+  </si>
+  <si>
+    <t>Snyder, T: On Freedom</t>
+  </si>
+  <si>
+    <t>Tartt, D: Secret History</t>
+  </si>
+  <si>
+    <t>Tolle, E: The Power of Now</t>
+  </si>
+  <si>
+    <t>Tomforde, L: Caught Up</t>
+  </si>
+  <si>
+    <t>Tomforde, L: Play Along</t>
+  </si>
+  <si>
+    <t>Tomforde, L: Rewind It Back</t>
+  </si>
+  <si>
+    <t>Tomforde, L: Right Move</t>
+  </si>
+  <si>
+    <t>Uketsu: Strange Houses</t>
+  </si>
+  <si>
+    <t>Uketsu: Strange Pictures</t>
+  </si>
+  <si>
+    <t>Walsh, C: Binding 13</t>
+  </si>
+  <si>
+    <t>Walsh, C: Keeping 13</t>
+  </si>
+  <si>
+    <t>Walsh, C: Redeeming 6</t>
+  </si>
+  <si>
+    <t>Walsh, C: Releasing 10</t>
+  </si>
+  <si>
+    <t>Walsh, C: Saving 6</t>
+  </si>
+  <si>
+    <t>Walsh, C: Taming 7</t>
+  </si>
+  <si>
+    <t>Wouden, Y: Safekeep</t>
+  </si>
+  <si>
+    <t>Yagisawa, S: Days at the Torunka Café</t>
+  </si>
+  <si>
+    <t>Yanagihara, H: Little Life</t>
+  </si>
+  <si>
+    <t>Yarros, R: Fourth Wing</t>
+  </si>
+  <si>
+    <t>Yarros, R: Iron Flame</t>
+  </si>
+  <si>
+    <t>Yarros, R: Onyx Storm</t>
+  </si>
+  <si>
+    <t>Zevin, G: Tomorrow, and Tomorrow, and Tomorrow</t>
+  </si>
+  <si>
+    <t>Bestandsliste Just the Best M • 1. Quartal 2026</t>
+  </si>
+  <si>
+    <t>Aaronovitch, B: Stone and Sky</t>
+  </si>
+  <si>
+    <t>Aber, A: Good Girl</t>
+  </si>
+  <si>
+    <t>Aciman, A: Stowaways</t>
+  </si>
+  <si>
+    <t>Adams, S: In Your Dreams</t>
+  </si>
+  <si>
+    <t>Allen, N: Game On</t>
+  </si>
+  <si>
+    <t>Argov, S: Why Men Love Bitches</t>
+  </si>
+  <si>
+    <t>Aster, A: Starside</t>
+  </si>
+  <si>
+    <t>Blake, A: Get Over It, April Evans</t>
+  </si>
+  <si>
+    <t>Brandy, M: Say You Swear</t>
   </si>
   <si>
     <t>Bregman, R: Moral Ambition</t>
   </si>
   <si>
-    <t>Brown, G: Book of Doors</t>
-[...16 lines deleted...]
-  <si>
     <t>Collins, S: Hunger Games: Sunrise on the Reaping</t>
   </si>
   <si>
-    <t>Coryell, T: Love Letters to a Serial Killer</t>
-[...31 lines deleted...]
-  <si>
     <t>Garber, S: Ballad of Never After</t>
   </si>
   <si>
     <t>Garber, S: Caraval</t>
   </si>
   <si>
-    <t>Garber, S: Curse For True Love</t>
+    <t>Garber, S: Curse for True Love</t>
   </si>
   <si>
     <t>Garber, S: Once Upon a Broken Heart</t>
   </si>
   <si>
-    <t>García, H: Ikigai</t>
-[...242 lines deleted...]
-    <t>Osman, R: We Solve Murders</t>
+    <t>Hall, C: Broken Country</t>
+  </si>
+  <si>
+    <t>Hart, C: Brimstone</t>
+  </si>
+  <si>
+    <t>Hazelwood, A: Bride</t>
+  </si>
+  <si>
+    <t>Hazelwood, A: Two Can Play</t>
+  </si>
+  <si>
+    <t>Huang, A: Defender/Deluxe Limited Edition</t>
+  </si>
+  <si>
+    <t>Islington, J: Will of the Many</t>
+  </si>
+  <si>
+    <t>Jewell, L: Don't Let Him In</t>
+  </si>
+  <si>
+    <t>Jimenez, A: Just For The Summer</t>
+  </si>
+  <si>
+    <t>Jimenez, A: Night We Met</t>
+  </si>
+  <si>
+    <t>Karp, A: Technological Republic</t>
+  </si>
+  <si>
+    <t>Kinney, J: Diary of a Wimpy Kid 20: Partypooper</t>
+  </si>
+  <si>
+    <t>Mackesy, C: Always Remember</t>
+  </si>
+  <si>
+    <t>McCurdy, J: Half His Age</t>
+  </si>
+  <si>
+    <t>McFadden, F: Dear Debbie</t>
+  </si>
+  <si>
+    <t>McFadden, F: Want to Know a Secret?</t>
+  </si>
+  <si>
+    <t>Moronova, K: Leave Me Behind</t>
+  </si>
+  <si>
+    <t>Moronova, K: My Blade, Your Back</t>
+  </si>
+  <si>
+    <t>Moronova, K: Your Knife, My Heart</t>
+  </si>
+  <si>
+    <t>Nicole, A: Throne of Broken Gods</t>
+  </si>
+  <si>
+    <t>O'Leary, B: Swept Away</t>
   </si>
   <si>
     <t>Painter, L: Better Than the Movies</t>
   </si>
   <si>
-    <t>Parker, S: When the Moon Hatched</t>
-[...23 lines deleted...]
-    <t>Roberts, L: Fearless</t>
+    <t>Painter, L: Fake Skating</t>
   </si>
   <si>
     <t>Roberts, L: Powerless</t>
   </si>
   <si>
-    <t>Roberts, L: Reckless</t>
-[...13 lines deleted...]
-  <si>
     <t>Rowling, J: Harry Potter 1/Philosopher's Stone</t>
   </si>
   <si>
-    <t>Rubin, R: Creative Act</t>
-[...308 lines deleted...]
-    <t>Wouden, Y: Safekeep</t>
+    <t>Sanderson, B: The Way of Kings</t>
+  </si>
+  <si>
+    <t>Sapkowski, A: Crossroads of Ravens</t>
+  </si>
+  <si>
+    <t>SenLinYu: Alchemised</t>
+  </si>
+  <si>
+    <t>Squibb, S: What's Your Dream?</t>
+  </si>
+  <si>
+    <t>Szalay, D: Flesh</t>
+  </si>
+  <si>
+    <t>Tomforde, L: In Her Own League</t>
+  </si>
+  <si>
+    <t>Tyler, A: Three Days in June</t>
+  </si>
+  <si>
+    <t>Weir, A: Project Hail Mary</t>
+  </si>
+  <si>
+    <t>Wynn-Williams, S: Careless People</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -922,141 +916,137 @@
     <border>
       <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="30">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="1" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="1" fontId="7" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...6 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="1" fontId="7" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="164" fontId="7" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 3" xfId="1" xr:uid="{E5547F80-CBED-4D8B-A4AB-8ADEC00C389C}"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <font>
         <b val="0"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="1" formatCode="0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
@@ -1286,53 +1276,53 @@
   <colors>
     <mruColors>
       <color rgb="FF243478"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{DB70F4E0-5122-44C9-A069-BAE66F739666}" name="Tabelle5" displayName="Tabelle5" ref="A4:E240" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5">
-[...1 lines deleted...]
-    <sortCondition ref="C5:C226"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{DB70F4E0-5122-44C9-A069-BAE66F739666}" name="Tabelle5" displayName="Tabelle5" ref="A4:E239" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:E239">
+    <sortCondition ref="C5:C239"/>
   </sortState>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{BE38B0E2-A417-42E3-A815-51EAF3316FCC}" name="EAN" dataDxfId="4" dataCellStyle="Standard 3"/>
     <tableColumn id="2" xr3:uid="{557C5361-75BF-41D0-9BE4-702B2D5D36F3}" name="Libri-Nr." dataDxfId="3" dataCellStyle="Standard 3"/>
     <tableColumn id="3" xr3:uid="{19984736-2128-4755-94EB-6DA12D7F4405}" name="Titel" dataDxfId="2" dataCellStyle="Standard 3"/>
     <tableColumn id="4" xr3:uid="{59F95023-B76C-4851-984F-F321023A9EA0}" name="UVP" dataDxfId="1" dataCellStyle="Standard 3"/>
     <tableColumn id="5" xr3:uid="{4A02480C-E1CF-4756-9D0C-FA32CF235BB9}" name="Warengruppe" dataDxfId="0" dataCellStyle="Standard 3"/>
   </tableColumns>
   <tableStyleInfo name="Libri-Tabellenformat" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022-Design">
   <a:themeElements>
     <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -1602,4147 +1592,4139 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D61CB4B-7791-4ED0-AE80-E77BE2D65B28}">
-  <dimension ref="A1:E240"/>
+  <dimension ref="A1:E239"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A189" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I246" sqref="I246"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="I16" sqref="I16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="14.88671875" style="2" customWidth="1"/>
     <col min="2" max="2" width="9.88671875" style="2" customWidth="1"/>
-    <col min="3" max="3" width="39" style="6" customWidth="1"/>
-    <col min="4" max="4" width="7.44140625" style="25" customWidth="1"/>
+    <col min="3" max="3" width="52.5546875" style="6" customWidth="1"/>
+    <col min="4" max="4" width="7.44140625" style="17" customWidth="1"/>
     <col min="5" max="5" width="15.5546875" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A1" s="28" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="28"/>
+      <c r="A1" s="26" t="s">
+        <v>191</v>
+      </c>
+      <c r="B1" s="26"/>
+      <c r="C1" s="26"/>
+      <c r="D1" s="26"/>
+      <c r="E1" s="26"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A2" s="29" t="s">
+      <c r="A2" s="27" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="29"/>
-[...2 lines deleted...]
-      <c r="E2" s="29"/>
+      <c r="B2" s="27"/>
+      <c r="C2" s="27"/>
+      <c r="D2" s="27"/>
+      <c r="E2" s="27"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="20" t="s">
+      <c r="D4" s="14" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="14">
-[...11 lines deleted...]
-      <c r="E5" s="16">
+      <c r="A5" s="22">
+        <v>9781473226739</v>
+      </c>
+      <c r="B5" s="22">
+        <v>1850067</v>
+      </c>
+      <c r="C5" s="23" t="s">
+        <v>192</v>
+      </c>
+      <c r="D5" s="24">
+        <v>14.5</v>
+      </c>
+      <c r="E5" s="25">
         <v>21300</v>
       </c>
     </row>
     <row r="6" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="10">
-[...12 lines deleted...]
-        <v>11110</v>
+      <c r="A6" s="18">
+        <v>9781526679109</v>
+      </c>
+      <c r="B6" s="18">
+        <v>3177886</v>
+      </c>
+      <c r="C6" s="19" t="s">
+        <v>193</v>
+      </c>
+      <c r="D6" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E6" s="21">
+        <v>21110</v>
       </c>
     </row>
     <row r="7" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="7">
-[...6 lines deleted...]
-        <v>7</v>
+      <c r="A7" s="22">
+        <v>9780571399925</v>
+      </c>
+      <c r="B7" s="22">
+        <v>1778870</v>
+      </c>
+      <c r="C7" s="23" t="s">
+        <v>194</v>
       </c>
       <c r="D7" s="24">
-        <v>19.5</v>
-[...1 lines deleted...]
-      <c r="E7" s="9">
+        <v>16.5</v>
+      </c>
+      <c r="E7" s="25">
         <v>11110</v>
       </c>
     </row>
     <row r="8" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A8" s="10">
-        <v>9780241982105</v>
+        <v>9780593723715</v>
       </c>
       <c r="B8" s="10">
-        <v>2680648</v>
+        <v>1860461</v>
       </c>
       <c r="C8" s="11" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>195</v>
+      </c>
+      <c r="D8" s="15">
+        <v>13.5</v>
       </c>
       <c r="E8" s="12">
-        <v>21600</v>
+        <v>11110</v>
       </c>
     </row>
     <row r="9" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="7">
-[...6 lines deleted...]
-        <v>176</v>
+      <c r="A9" s="22">
+        <v>9798217009305</v>
+      </c>
+      <c r="B9" s="22">
+        <v>1860950</v>
+      </c>
+      <c r="C9" s="23" t="s">
+        <v>6</v>
       </c>
       <c r="D9" s="24">
         <v>14.5</v>
       </c>
-      <c r="E9" s="9">
+      <c r="E9" s="25">
         <v>21110</v>
       </c>
     </row>
     <row r="10" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="10">
-        <v>9781529442397</v>
+        <v>9780241982105</v>
       </c>
       <c r="B10" s="10">
-        <v>3127296</v>
+        <v>2680648</v>
       </c>
       <c r="C10" s="11" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="D10" s="23">
+        <v>7</v>
+      </c>
+      <c r="D10" s="15">
         <v>14.5</v>
       </c>
       <c r="E10" s="12">
-        <v>21110</v>
+        <v>21600</v>
       </c>
     </row>
     <row r="11" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="14">
-[...8 lines deleted...]
-      <c r="D11" s="21">
+      <c r="A11" s="7">
+        <v>9781529442427</v>
+      </c>
+      <c r="B11" s="7">
+        <v>3153277</v>
+      </c>
+      <c r="C11" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="D11" s="16">
         <v>14.5</v>
       </c>
-      <c r="E11" s="16">
-        <v>25320</v>
+      <c r="E11" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="12" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="10">
-[...8 lines deleted...]
-      <c r="D12" s="23">
+      <c r="A12" s="18">
+        <v>9781529442458</v>
+      </c>
+      <c r="B12" s="18">
+        <v>1855239</v>
+      </c>
+      <c r="C12" s="19" t="s">
+        <v>196</v>
+      </c>
+      <c r="D12" s="20">
         <v>14.5</v>
       </c>
-      <c r="E12" s="12">
-        <v>27430</v>
+      <c r="E12" s="21">
+        <v>21110</v>
       </c>
     </row>
     <row r="13" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A13" s="7">
-        <v>9781526681393</v>
+        <v>9781529442397</v>
       </c>
       <c r="B13" s="7">
-        <v>3097402</v>
+        <v>3127296</v>
       </c>
       <c r="C13" s="8" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>19.5</v>
+        <v>9</v>
+      </c>
+      <c r="D13" s="16">
+        <v>14.5</v>
       </c>
       <c r="E13" s="9">
-        <v>11300</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="14" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="17">
-[...12 lines deleted...]
-        <v>21110</v>
+      <c r="A14" s="10">
+        <v>9781526657909</v>
+      </c>
+      <c r="B14" s="10">
+        <v>3145236</v>
+      </c>
+      <c r="C14" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E14" s="12">
+        <v>25320</v>
       </c>
     </row>
     <row r="15" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A15" s="7">
-        <v>9780099740919</v>
+        <v>9781580627566</v>
       </c>
       <c r="B15" s="7">
-        <v>2298759</v>
+        <v>2113044</v>
       </c>
       <c r="C15" s="8" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>197</v>
+      </c>
+      <c r="D15" s="16">
+        <v>16.5</v>
       </c>
       <c r="E15" s="9">
-        <v>21110</v>
+        <v>24830</v>
       </c>
     </row>
     <row r="16" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A16" s="10">
-[...12 lines deleted...]
-        <v>21110</v>
+      <c r="A16" s="18">
+        <v>9781037202414</v>
+      </c>
+      <c r="B16" s="18">
+        <v>1879863</v>
+      </c>
+      <c r="C16" s="19" t="s">
+        <v>198</v>
+      </c>
+      <c r="D16" s="20">
+        <v>19.5</v>
+      </c>
+      <c r="E16" s="21">
+        <v>11300</v>
       </c>
     </row>
     <row r="17" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="14">
-[...5 lines deleted...]
-      <c r="C17" s="15" t="s">
+      <c r="A17" s="7">
+        <v>9780385547512</v>
+      </c>
+      <c r="B17" s="7">
+        <v>3144641</v>
+      </c>
+      <c r="C17" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="D17" s="21">
-[...3 lines deleted...]
-        <v>25590</v>
+      <c r="D17" s="16">
+        <v>34.5</v>
+      </c>
+      <c r="E17" s="9">
+        <v>11600</v>
       </c>
     </row>
     <row r="18" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A18" s="10">
-        <v>9781538774359</v>
+        <v>9780099740919</v>
       </c>
       <c r="B18" s="10">
-        <v>3099009</v>
+        <v>2298759</v>
       </c>
       <c r="C18" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="D18" s="23">
-        <v>18.5</v>
+      <c r="D18" s="15">
+        <v>13.5</v>
       </c>
       <c r="E18" s="12">
-        <v>11200</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="19" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="7">
-        <v>9780241999844</v>
+        <v>9780141199078</v>
       </c>
       <c r="B19" s="7">
-        <v>3098547</v>
+        <v>2303957</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="D19" s="24">
-        <v>13.5</v>
+      <c r="D19" s="16">
+        <v>11.5</v>
       </c>
       <c r="E19" s="9">
-        <v>21300</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="20" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A20" s="10">
-        <v>9781529146523</v>
+        <v>9780753560143</v>
       </c>
       <c r="B20" s="10">
-        <v>3139068</v>
+        <v>3099250</v>
       </c>
       <c r="C20" s="11" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="D20" s="23">
+        <v>14</v>
+      </c>
+      <c r="D20" s="15">
         <v>14.5</v>
       </c>
       <c r="E20" s="12">
-        <v>27850</v>
+        <v>25590</v>
       </c>
     </row>
     <row r="21" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A21" s="7">
-        <v>9781399706087</v>
+        <v>9781035015801</v>
       </c>
       <c r="B21" s="7">
-        <v>3099383</v>
+        <v>3145915</v>
       </c>
       <c r="C21" s="8" t="s">
-        <v>183</v>
-[...1 lines deleted...]
-      <c r="D21" s="24">
+        <v>15</v>
+      </c>
+      <c r="D21" s="16">
         <v>13.5</v>
       </c>
       <c r="E21" s="9">
-        <v>21110</v>
+        <v>21200</v>
       </c>
     </row>
     <row r="22" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A22" s="10">
-        <v>9781471407277</v>
+        <v>9781035035953</v>
       </c>
       <c r="B22" s="10">
-        <v>7222602</v>
+        <v>3145908</v>
       </c>
       <c r="C22" s="11" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>16</v>
+      </c>
+      <c r="D22" s="15">
+        <v>19.5</v>
       </c>
       <c r="E22" s="12">
-        <v>22500</v>
+        <v>11300</v>
       </c>
     </row>
     <row r="23" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="7">
-        <v>9780349441351</v>
+        <v>9781529146523</v>
       </c>
       <c r="B23" s="7">
-        <v>3098083</v>
+        <v>3139068</v>
       </c>
       <c r="C23" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>17</v>
+      </c>
+      <c r="D23" s="16">
+        <v>14.5</v>
       </c>
       <c r="E23" s="9">
-        <v>21110</v>
+        <v>27850</v>
       </c>
     </row>
     <row r="24" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="10">
-[...11 lines deleted...]
-      <c r="E24" s="12">
+      <c r="A24" s="18">
+        <v>9780349441375</v>
+      </c>
+      <c r="B24" s="18">
+        <v>1674838</v>
+      </c>
+      <c r="C24" s="19" t="s">
+        <v>199</v>
+      </c>
+      <c r="D24" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E24" s="21">
         <v>21110</v>
       </c>
     </row>
     <row r="25" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A25" s="7">
-        <v>9781526685599</v>
+        <v>9780006546061</v>
       </c>
       <c r="B25" s="7">
-        <v>3097416</v>
+        <v>6679269</v>
       </c>
       <c r="C25" s="8" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>19.5</v>
+        <v>18</v>
+      </c>
+      <c r="D25" s="16">
+        <v>9.5</v>
       </c>
       <c r="E25" s="9">
-        <v>15220</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="26" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A26" s="10">
-        <v>9781035050734</v>
+        <v>9781398719484</v>
       </c>
       <c r="B26" s="10">
-        <v>3145933</v>
+        <v>2988486</v>
       </c>
       <c r="C26" s="11" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>200</v>
+      </c>
+      <c r="D26" s="15">
+        <v>14</v>
       </c>
       <c r="E26" s="12">
-        <v>21300</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="27" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A27" s="14">
-[...12 lines deleted...]
-        <v>11110</v>
+      <c r="A27" s="22">
+        <v>9781526685551</v>
+      </c>
+      <c r="B27" s="22">
+        <v>1765728</v>
+      </c>
+      <c r="C27" s="23" t="s">
+        <v>201</v>
+      </c>
+      <c r="D27" s="24">
+        <v>14.5</v>
+      </c>
+      <c r="E27" s="25">
+        <v>24810</v>
       </c>
     </row>
     <row r="28" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A28" s="10">
-        <v>9781804992395</v>
+        <v>9780385546898</v>
       </c>
       <c r="B28" s="10">
-        <v>3099363</v>
+        <v>3140724</v>
       </c>
       <c r="C28" s="11" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>19</v>
+      </c>
+      <c r="D28" s="15">
+        <v>32.5</v>
       </c>
       <c r="E28" s="12">
-        <v>21300</v>
+        <v>11110</v>
       </c>
     </row>
     <row r="29" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A29" s="7">
-        <v>9781788164290</v>
+        <v>9781444758993</v>
       </c>
       <c r="B29" s="7">
-        <v>2418547</v>
+        <v>2086222</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>25.5</v>
+        <v>20</v>
+      </c>
+      <c r="D29" s="16">
+        <v>14.5</v>
       </c>
       <c r="E29" s="9">
-        <v>14810</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="30" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A30" s="10">
-        <v>9780679720201</v>
+        <v>9781788164290</v>
       </c>
       <c r="B30" s="10">
-        <v>2163271</v>
+        <v>2418547</v>
       </c>
       <c r="C30" s="11" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>16.5</v>
+        <v>21</v>
+      </c>
+      <c r="D30" s="15">
+        <v>25</v>
       </c>
       <c r="E30" s="12">
-        <v>21110</v>
+        <v>14810</v>
       </c>
     </row>
     <row r="31" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A31" s="7">
-        <v>9781439199190</v>
+        <v>9780679720201</v>
       </c>
       <c r="B31" s="7">
-        <v>6066828</v>
+        <v>2163271</v>
       </c>
       <c r="C31" s="8" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>22</v>
+      </c>
+      <c r="D31" s="16">
+        <v>16.5</v>
       </c>
       <c r="E31" s="9">
-        <v>24810</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="32" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A32" s="10">
-        <v>9781804993675</v>
+        <v>9781638932468</v>
       </c>
       <c r="B32" s="10">
-        <v>3099362</v>
+        <v>3106066</v>
       </c>
       <c r="C32" s="11" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>23</v>
+      </c>
+      <c r="D32" s="15">
+        <v>19</v>
       </c>
       <c r="E32" s="12">
-        <v>21200</v>
+        <v>11110</v>
       </c>
     </row>
     <row r="33" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A33" s="7">
+        <v>9781439199190</v>
+      </c>
+      <c r="B33" s="7">
+        <v>6066828</v>
+      </c>
+      <c r="C33" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D33" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E33" s="9">
+        <v>24810</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="18">
+        <v>9781804993682</v>
+      </c>
+      <c r="B34" s="18">
+        <v>1854461</v>
+      </c>
+      <c r="C34" s="19" t="s">
+        <v>25</v>
+      </c>
+      <c r="D34" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E34" s="21">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="7">
+        <v>9780857505620</v>
+      </c>
+      <c r="B35" s="7">
+        <v>3138794</v>
+      </c>
+      <c r="C35" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D35" s="16">
+        <v>20.5</v>
+      </c>
+      <c r="E35" s="9">
+        <v>11200</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="10">
         <v>9780593189641</v>
       </c>
-      <c r="B33" s="7">
+      <c r="B36" s="10">
         <v>2795714</v>
       </c>
-      <c r="C33" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E33" s="9">
+      <c r="C36" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D36" s="15">
+        <v>21.5</v>
+      </c>
+      <c r="E36" s="12">
         <v>17850</v>
       </c>
     </row>
-    <row r="34" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...49 lines deleted...]
-    </row>
     <row r="37" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A37" s="14">
-[...12 lines deleted...]
-        <v>21300</v>
+      <c r="A37" s="7">
+        <v>9781804943434</v>
+      </c>
+      <c r="B37" s="7">
+        <v>3139085</v>
+      </c>
+      <c r="C37" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="D37" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E37" s="9">
+        <v>21200</v>
       </c>
     </row>
     <row r="38" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A38" s="10">
-        <v>9781398716728</v>
+        <v>9780062355300</v>
       </c>
       <c r="B38" s="10">
-        <v>3097864</v>
+        <v>5761492</v>
       </c>
       <c r="C38" s="11" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>28</v>
+      </c>
+      <c r="D38" s="15">
+        <v>9.5</v>
       </c>
       <c r="E38" s="12">
-        <v>21200</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:5" x14ac:dyDescent="0.3">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="19.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="7">
-        <v>9780571377961</v>
+        <v>9780702340574</v>
       </c>
       <c r="B39" s="7">
-        <v>3097586</v>
+        <v>3094787</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>202</v>
+      </c>
+      <c r="D39" s="16">
+        <v>25.5</v>
       </c>
       <c r="E39" s="9">
-        <v>21110</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A40" s="10">
         <v>9780375703768</v>
       </c>
       <c r="B40" s="10">
         <v>4227328</v>
       </c>
       <c r="C40" s="11" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>30.5</v>
+        <v>29</v>
+      </c>
+      <c r="D40" s="15">
+        <v>29.5</v>
       </c>
       <c r="E40" s="12">
         <v>11110</v>
       </c>
     </row>
     <row r="41" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="7">
         <v>9780140449136</v>
       </c>
       <c r="B41" s="7">
         <v>8043310</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D41" s="24">
+        <v>30</v>
+      </c>
+      <c r="D41" s="16">
         <v>13.5</v>
       </c>
       <c r="E41" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A42" s="10">
-        <v>9780593642009</v>
+        <v>9780241252086</v>
       </c>
       <c r="B42" s="10">
-        <v>3020329</v>
+        <v>3182077</v>
       </c>
       <c r="C42" s="11" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>31</v>
+      </c>
+      <c r="D42" s="15">
+        <v>6.5</v>
       </c>
       <c r="E42" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A43" s="7">
-        <v>9780593641972</v>
+        <v>9780593642016</v>
       </c>
       <c r="B43" s="7">
-        <v>3014516</v>
+        <v>3026648</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>19.5</v>
+        <v>32</v>
+      </c>
+      <c r="D43" s="16">
+        <v>12.5</v>
       </c>
       <c r="E43" s="9">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:5" x14ac:dyDescent="0.3">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" ht="19.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="10">
-        <v>9780593642016</v>
+        <v>9781250420466</v>
       </c>
       <c r="B44" s="10">
-        <v>3026648</v>
+        <v>3170642</v>
       </c>
       <c r="C44" s="11" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>33</v>
+      </c>
+      <c r="D44" s="15">
+        <v>13</v>
       </c>
       <c r="E44" s="12">
-        <v>11110</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:5" x14ac:dyDescent="0.3">
+        <v>24810</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" ht="19.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="7">
-        <v>9781035042340</v>
+        <v>9781399635479</v>
       </c>
       <c r="B45" s="7">
-        <v>3097232</v>
+        <v>1675940</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D45" s="24">
+        <v>34</v>
+      </c>
+      <c r="D45" s="16">
         <v>13.5</v>
       </c>
       <c r="E45" s="9">
-        <v>21300</v>
-[...16 lines deleted...]
-        <v>24810</v>
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="10">
+        <v>9781399622752</v>
+      </c>
+      <c r="B46" s="10">
+        <v>3123749</v>
+      </c>
+      <c r="C46" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D46" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E46" s="12">
+        <v>21110</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A47" s="7">
-        <v>9781399622752</v>
+        <v>9780345409874</v>
       </c>
       <c r="B47" s="7">
-        <v>3123749</v>
+        <v>2029030</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>36</v>
+      </c>
+      <c r="D47" s="16">
+        <v>10.5</v>
       </c>
       <c r="E47" s="9">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:5" x14ac:dyDescent="0.3">
+        <v>24720</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" ht="19.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="10">
-        <v>9780345409874</v>
+        <v>9780356519227</v>
       </c>
       <c r="B48" s="10">
-        <v>2029030</v>
+        <v>3144050</v>
       </c>
       <c r="C48" s="11" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>11.5</v>
+        <v>37</v>
+      </c>
+      <c r="D48" s="15">
+        <v>13.5</v>
       </c>
       <c r="E48" s="12">
-        <v>24720</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="49" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A49" s="7">
-        <v>9798217007394</v>
+        <v>9781529442342</v>
       </c>
       <c r="B49" s="7">
-        <v>3101352</v>
+        <v>3139490</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>38</v>
+      </c>
+      <c r="D49" s="16">
+        <v>31.5</v>
       </c>
       <c r="E49" s="9">
-        <v>21110</v>
+        <v>11200</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A50" s="17">
-[...11 lines deleted...]
-      <c r="E50" s="19">
+      <c r="A50" s="10">
+        <v>9781408723791</v>
+      </c>
+      <c r="B50" s="10">
+        <v>3144044</v>
+      </c>
+      <c r="C50" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="D50" s="15">
+        <v>24.5</v>
+      </c>
+      <c r="E50" s="12">
         <v>11200</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A51" s="7">
-        <v>9781405965439</v>
+        <v>9781399631334</v>
       </c>
       <c r="B51" s="7">
-        <v>3103760</v>
+        <v>3137679</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>40</v>
+      </c>
+      <c r="D51" s="16">
+        <v>21.5</v>
       </c>
       <c r="E51" s="9">
-        <v>21110</v>
+        <v>11300</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A52" s="10">
-        <v>9781405948425</v>
+        <v>9781399633888</v>
       </c>
       <c r="B52" s="10">
-        <v>3098622</v>
+        <v>1814958</v>
       </c>
       <c r="C52" s="11" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>203</v>
+      </c>
+      <c r="D52" s="15">
+        <v>13.5</v>
       </c>
       <c r="E52" s="12">
-        <v>21400</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A53" s="14">
-[...12 lines deleted...]
-        <v>11200</v>
+      <c r="A53" s="7">
+        <v>9781250095268</v>
+      </c>
+      <c r="B53" s="7">
+        <v>2283415</v>
+      </c>
+      <c r="C53" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="D53" s="16">
+        <v>12.5</v>
+      </c>
+      <c r="E53" s="9">
+        <v>12500</v>
       </c>
     </row>
     <row r="54" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A54" s="10">
-        <v>9781529381009</v>
+        <v>9781399633895</v>
       </c>
       <c r="B54" s="10">
-        <v>2893943</v>
+        <v>1814966</v>
       </c>
       <c r="C54" s="11" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="D54" s="23">
+        <v>205</v>
+      </c>
+      <c r="D54" s="15">
         <v>13.5</v>
       </c>
       <c r="E54" s="12">
-        <v>21300</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A55" s="7">
-        <v>9781250095268</v>
+        <v>9781399633871</v>
       </c>
       <c r="B55" s="7">
-        <v>2283415</v>
+        <v>1814940</v>
       </c>
       <c r="C55" s="8" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D55" s="24">
+        <v>206</v>
+      </c>
+      <c r="D55" s="16">
         <v>13.5</v>
       </c>
       <c r="E55" s="9">
-        <v>12500</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A56" s="10">
-        <v>9781529399325</v>
+        <v>9781786330895</v>
       </c>
       <c r="B56" s="10">
-        <v>2997350</v>
+        <v>2603812</v>
       </c>
       <c r="C56" s="11" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>41</v>
+      </c>
+      <c r="D56" s="15">
+        <v>19.5</v>
       </c>
       <c r="E56" s="12">
-        <v>22500</v>
+        <v>14810</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A57" s="7">
-        <v>9781529380941</v>
+        <v>9781804947432</v>
       </c>
       <c r="B57" s="7">
-        <v>2790751</v>
+        <v>3139084</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D57" s="24">
+        <v>42</v>
+      </c>
+      <c r="D57" s="16">
         <v>13.5</v>
       </c>
       <c r="E57" s="9">
-        <v>21300</v>
+        <v>21200</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A58" s="10">
-        <v>9781786330895</v>
+        <v>9781804990926</v>
       </c>
       <c r="B58" s="10">
-        <v>2603812</v>
+        <v>2895995</v>
       </c>
       <c r="C58" s="11" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>19.5</v>
+        <v>43</v>
+      </c>
+      <c r="D58" s="15">
+        <v>13.5</v>
       </c>
       <c r="E58" s="12">
-        <v>14810</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A59" s="7">
-        <v>9781804990926</v>
+        <v>9780356522975</v>
       </c>
       <c r="B59" s="7">
-        <v>2895995</v>
+        <v>3098085</v>
       </c>
       <c r="C59" s="8" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>44</v>
+      </c>
+      <c r="D59" s="16">
+        <v>20.5</v>
       </c>
       <c r="E59" s="9">
-        <v>21110</v>
+        <v>11300</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A60" s="10">
-        <v>9780356522975</v>
+        <v>9780356519494</v>
       </c>
       <c r="B60" s="10">
-        <v>3098085</v>
+        <v>2995064</v>
       </c>
       <c r="C60" s="11" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>21.5</v>
+        <v>45</v>
+      </c>
+      <c r="D60" s="15">
+        <v>14.5</v>
       </c>
       <c r="E60" s="12">
-        <v>11300</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A61" s="7">
-        <v>9780356519494</v>
+        <v>9780356519500</v>
       </c>
       <c r="B61" s="7">
-        <v>2995064</v>
+        <v>3013056</v>
       </c>
       <c r="C61" s="8" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D61" s="24">
+        <v>46</v>
+      </c>
+      <c r="D61" s="16">
         <v>14.5</v>
       </c>
       <c r="E61" s="9">
         <v>21300</v>
       </c>
     </row>
     <row r="62" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A62" s="10">
-        <v>9780356519500</v>
+        <v>9780008641580</v>
       </c>
       <c r="B62" s="10">
-        <v>3013056</v>
+        <v>3003790</v>
       </c>
       <c r="C62" s="11" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>47</v>
+      </c>
+      <c r="D62" s="15">
+        <v>13.5</v>
       </c>
       <c r="E62" s="12">
-        <v>21300</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A63" s="14">
+      <c r="A63" s="7">
         <v>9780008728090</v>
       </c>
-      <c r="B63" s="14">
+      <c r="B63" s="7">
         <v>3124447</v>
       </c>
-      <c r="C63" s="15" t="s">
-[...5 lines deleted...]
-      <c r="E63" s="16">
+      <c r="C63" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D63" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E63" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="64" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A64" s="10">
-        <v>9781914240485</v>
+        <v>9780008610678</v>
       </c>
       <c r="B64" s="10">
-        <v>3042547</v>
+        <v>2999511</v>
       </c>
       <c r="C64" s="11" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>26.5</v>
+        <v>49</v>
+      </c>
+      <c r="D64" s="15">
+        <v>13.5</v>
       </c>
       <c r="E64" s="12">
-        <v>14810</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A65" s="14">
+      <c r="A65" s="7">
         <v>9781914240515</v>
       </c>
-      <c r="B65" s="14">
+      <c r="B65" s="7">
         <v>3144584</v>
       </c>
-      <c r="C65" s="15" t="s">
-[...5 lines deleted...]
-      <c r="E65" s="16">
+      <c r="C65" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D65" s="16">
+        <v>21.5</v>
+      </c>
+      <c r="E65" s="9">
         <v>14810</v>
       </c>
     </row>
     <row r="66" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A66" s="10">
         <v>9781398525689</v>
       </c>
       <c r="B66" s="10">
         <v>2932479</v>
       </c>
       <c r="C66" s="11" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="D66" s="23">
+        <v>51</v>
+      </c>
+      <c r="D66" s="15">
         <v>13.5</v>
       </c>
       <c r="E66" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A67" s="7">
         <v>9781861974044</v>
       </c>
       <c r="B67" s="7">
         <v>5783410</v>
       </c>
       <c r="C67" s="8" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>52</v>
+      </c>
+      <c r="D67" s="16">
+        <v>14.5</v>
       </c>
       <c r="E67" s="9">
         <v>27410</v>
       </c>
     </row>
     <row r="68" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A68" s="10">
-        <v>9798217059201</v>
+        <v>9780385548984</v>
       </c>
       <c r="B68" s="10">
-        <v>3101781</v>
+        <v>3157005</v>
       </c>
       <c r="C68" s="11" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>15.5</v>
+        <v>53</v>
+      </c>
+      <c r="D68" s="15">
+        <v>23.5</v>
       </c>
       <c r="E68" s="12">
-        <v>15350</v>
+        <v>11200</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A69" s="7">
-        <v>9781838855611</v>
+        <v>9780593418574</v>
       </c>
       <c r="B69" s="7">
-        <v>3097470</v>
+        <v>3069666</v>
       </c>
       <c r="C69" s="8" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>54</v>
+      </c>
+      <c r="D69" s="16">
+        <v>21.5</v>
       </c>
       <c r="E69" s="9">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+        <v>17850</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" s="13" customFormat="1" ht="16.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A70" s="10">
-        <v>9781786892737</v>
+        <v>9780099470434</v>
       </c>
       <c r="B70" s="10">
-        <v>1560093</v>
+        <v>9991590</v>
       </c>
       <c r="C70" s="11" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>55</v>
+      </c>
+      <c r="D70" s="15">
+        <v>11.5</v>
       </c>
       <c r="E70" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A71" s="7">
-        <v>9781416995593</v>
+        <v>9781838855611</v>
       </c>
       <c r="B71" s="7">
-        <v>9545158</v>
+        <v>3097470</v>
       </c>
       <c r="C71" s="8" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="D71" s="24">
+        <v>56</v>
+      </c>
+      <c r="D71" s="16">
         <v>13.5</v>
       </c>
       <c r="E71" s="9">
-        <v>22500</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A72" s="10">
-        <v>9781911717096</v>
+        <v>9781786892737</v>
       </c>
       <c r="B72" s="10">
-        <v>3040878</v>
+        <v>1560093</v>
       </c>
       <c r="C72" s="11" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>25.5</v>
+        <v>57</v>
+      </c>
+      <c r="D72" s="15">
+        <v>13.5</v>
       </c>
       <c r="E72" s="12">
-        <v>15590</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="73" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A73" s="7">
-[...6 lines deleted...]
-        <v>50</v>
+      <c r="A73" s="22">
+        <v>9781399820431</v>
+      </c>
+      <c r="B73" s="22">
+        <v>1859528</v>
+      </c>
+      <c r="C73" s="23" t="s">
+        <v>207</v>
       </c>
       <c r="D73" s="24">
-        <v>17.5</v>
-[...2 lines deleted...]
-        <v>25530</v>
+        <v>14.5</v>
+      </c>
+      <c r="E73" s="25">
+        <v>21200</v>
       </c>
     </row>
     <row r="74" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A74" s="10">
-        <v>9781529111798</v>
+        <v>9781529933611</v>
       </c>
       <c r="B74" s="10">
-        <v>1686445</v>
+        <v>1600338</v>
       </c>
       <c r="C74" s="11" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>58</v>
+      </c>
+      <c r="D74" s="15">
+        <v>16.5</v>
       </c>
       <c r="E74" s="12">
-        <v>21110</v>
+        <v>25590</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A75" s="7">
-        <v>9781804941294</v>
+        <v>9780099590088</v>
       </c>
       <c r="B75" s="7">
-        <v>3099263</v>
+        <v>2144962</v>
       </c>
       <c r="C75" s="8" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>59</v>
+      </c>
+      <c r="D75" s="16">
+        <v>16.5</v>
       </c>
       <c r="E75" s="9">
-        <v>21200</v>
+        <v>25530</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A76" s="10">
-        <v>9781399745420</v>
+        <v>9781529111798</v>
       </c>
       <c r="B76" s="10">
-        <v>3099527</v>
+        <v>1686445</v>
       </c>
       <c r="C76" s="11" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>21.5</v>
+        <v>60</v>
+      </c>
+      <c r="D76" s="15">
+        <v>13.5</v>
       </c>
       <c r="E76" s="12">
-        <v>11300</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A77" s="7">
-        <v>9781529922936</v>
+        <v>9781399745482</v>
       </c>
       <c r="B77" s="7">
-        <v>3044178</v>
+        <v>3139584</v>
       </c>
       <c r="C77" s="8" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>208</v>
+      </c>
+      <c r="D77" s="16">
+        <v>20.5</v>
       </c>
       <c r="E77" s="9">
-        <v>21110</v>
+        <v>11300</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A78" s="17">
-[...12 lines deleted...]
-        <v>21200</v>
+      <c r="A78" s="10">
+        <v>9781399745420</v>
+      </c>
+      <c r="B78" s="10">
+        <v>3099527</v>
+      </c>
+      <c r="C78" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="D78" s="15">
+        <v>20.5</v>
+      </c>
+      <c r="E78" s="12">
+        <v>11300</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A79" s="7">
-        <v>9781408728888</v>
+        <v>9781529922936</v>
       </c>
       <c r="B79" s="7">
-        <v>3085751</v>
+        <v>3044178</v>
       </c>
       <c r="C79" s="8" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D79" s="24">
+        <v>62</v>
+      </c>
+      <c r="D79" s="16">
         <v>13.5</v>
       </c>
       <c r="E79" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="80" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A80" s="10">
-        <v>9798217187430</v>
+        <v>9781804995334</v>
       </c>
       <c r="B80" s="10">
-        <v>3150835</v>
+        <v>3138693</v>
       </c>
       <c r="C80" s="11" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D80" s="23">
+        <v>63</v>
+      </c>
+      <c r="D80" s="15">
         <v>13.5</v>
       </c>
       <c r="E80" s="12">
-        <v>11110</v>
+        <v>21200</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A81" s="7">
-        <v>9780241989524</v>
+        <v>9781408728864</v>
       </c>
       <c r="B81" s="7">
-        <v>2354730</v>
+        <v>2996552</v>
       </c>
       <c r="C81" s="8" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>209</v>
+      </c>
+      <c r="D81" s="16">
+        <v>14.5</v>
       </c>
       <c r="E81" s="9">
-        <v>21110</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A82" s="10">
-        <v>9780593441213</v>
+        <v>9781408725764</v>
       </c>
       <c r="B82" s="10">
-        <v>3159804</v>
+        <v>2796514</v>
       </c>
       <c r="C82" s="11" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D82" s="23">
+        <v>64</v>
+      </c>
+      <c r="D82" s="15">
         <v>13.5</v>
       </c>
       <c r="E82" s="12">
-        <v>11110</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A83" s="7">
-        <v>9780241740613</v>
+        <v>9780593952580</v>
       </c>
       <c r="B83" s="7">
-        <v>3098609</v>
+        <v>3148551</v>
       </c>
       <c r="C83" s="8" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>21.5</v>
+        <v>65</v>
+      </c>
+      <c r="D83" s="16">
+        <v>13.5</v>
       </c>
       <c r="E83" s="9">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A84" s="18">
+        <v>9798217192335</v>
+      </c>
+      <c r="B84" s="18">
+        <v>1886347</v>
+      </c>
+      <c r="C84" s="19" t="s">
+        <v>210</v>
+      </c>
+      <c r="D84" s="20">
+        <v>12.5</v>
+      </c>
+      <c r="E84" s="21">
         <v>11110</v>
-      </c>
-[...15 lines deleted...]
-        <v>21300</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A85" s="7">
-        <v>9781585424337</v>
+        <v>9780340960196</v>
       </c>
       <c r="B85" s="7">
-        <v>2208217</v>
+        <v>2389475</v>
       </c>
       <c r="C85" s="8" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>66</v>
+      </c>
+      <c r="D85" s="16">
+        <v>14.5</v>
       </c>
       <c r="E85" s="9">
-        <v>27810</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="86" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A86" s="10">
-        <v>9781781257654</v>
+        <v>9781585424337</v>
       </c>
       <c r="B86" s="10">
-        <v>6091555</v>
+        <v>2208217</v>
       </c>
       <c r="C86" s="11" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>15.5</v>
+        <v>67</v>
+      </c>
+      <c r="D86" s="15">
+        <v>11.5</v>
       </c>
       <c r="E86" s="12">
-        <v>25210</v>
+        <v>27810</v>
       </c>
     </row>
     <row r="87" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A87" s="7">
+        <v>9780060959470</v>
+      </c>
+      <c r="B87" s="7">
+        <v>5777267</v>
+      </c>
+      <c r="C87" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D87" s="16">
+        <v>16.5</v>
+      </c>
+      <c r="E87" s="9">
+        <v>27440</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="10">
         <v>9781408726600</v>
       </c>
-      <c r="B87" s="7">
+      <c r="B88" s="10">
         <v>2836094</v>
       </c>
-      <c r="C87" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E87" s="9">
+      <c r="C88" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="D88" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E88" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="88" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A88" s="17">
+    <row r="89" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A89" s="7">
         <v>9781804943007</v>
       </c>
-      <c r="B88" s="17">
+      <c r="B89" s="7">
         <v>3139066</v>
       </c>
-      <c r="C88" s="18" t="s">
-[...5 lines deleted...]
-      <c r="E88" s="19">
+      <c r="C89" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D89" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E89" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="89" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="A89" s="7">
+    <row r="90" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="10">
         <v>9780857197689</v>
       </c>
-      <c r="B89" s="7">
+      <c r="B90" s="10">
         <v>2015155</v>
       </c>
-      <c r="C89" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E89" s="9">
+      <c r="C90" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="D90" s="15">
+        <v>21.5</v>
+      </c>
+      <c r="E90" s="12">
         <v>17810</v>
-      </c>
-[...15 lines deleted...]
-        <v>21110</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A91" s="7">
-        <v>9780349436357</v>
+        <v>9780349442273</v>
       </c>
       <c r="B91" s="7">
-        <v>2982711</v>
+        <v>3144048</v>
       </c>
       <c r="C91" s="8" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D91" s="24">
+        <v>211</v>
+      </c>
+      <c r="D91" s="16">
         <v>13.5</v>
       </c>
       <c r="E91" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A92" s="10">
-        <v>9780349436340</v>
+        <v>9780349436395</v>
       </c>
       <c r="B92" s="10">
-        <v>2949693</v>
+        <v>3091532</v>
       </c>
       <c r="C92" s="11" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="D92" s="23">
+        <v>72</v>
+      </c>
+      <c r="D92" s="15">
         <v>13.5</v>
       </c>
       <c r="E92" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A93" s="7">
-        <v>9780349436371</v>
+        <v>9780349436357</v>
       </c>
       <c r="B93" s="7">
-        <v>2996560</v>
+        <v>2982711</v>
       </c>
       <c r="C93" s="8" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="D93" s="24">
+        <v>73</v>
+      </c>
+      <c r="D93" s="16">
         <v>13.5</v>
       </c>
       <c r="E93" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="94" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A94" s="10">
-        <v>9780349436326</v>
+        <v>9780349436340</v>
       </c>
       <c r="B94" s="10">
-        <v>2901243</v>
+        <v>2949693</v>
       </c>
       <c r="C94" s="11" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="D94" s="23">
+        <v>74</v>
+      </c>
+      <c r="D94" s="15">
         <v>13.5</v>
       </c>
       <c r="E94" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A95" s="7">
-        <v>9780349442259</v>
+        <v>9780349436371</v>
       </c>
       <c r="B95" s="7">
-        <v>3045398</v>
+        <v>2996560</v>
       </c>
       <c r="C95" s="8" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D95" s="24">
+        <v>75</v>
+      </c>
+      <c r="D95" s="16">
         <v>13.5</v>
       </c>
       <c r="E95" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A96" s="10">
-        <v>9780349434315</v>
+        <v>9780349436326</v>
       </c>
       <c r="B96" s="10">
-        <v>2874839</v>
+        <v>2901243</v>
       </c>
       <c r="C96" s="11" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>76</v>
+      </c>
+      <c r="D96" s="15">
+        <v>13.5</v>
       </c>
       <c r="E96" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A97" s="7">
-        <v>9780349434339</v>
+        <v>9780349442259</v>
       </c>
       <c r="B97" s="7">
-        <v>2874840</v>
+        <v>3045398</v>
       </c>
       <c r="C97" s="8" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>77</v>
+      </c>
+      <c r="D97" s="16">
+        <v>13.5</v>
       </c>
       <c r="E97" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A98" s="10">
-        <v>9780349434285</v>
+        <v>9780349434315</v>
       </c>
       <c r="B98" s="10">
-        <v>2875540</v>
+        <v>2874839</v>
       </c>
       <c r="C98" s="11" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>78</v>
+      </c>
+      <c r="D98" s="15">
+        <v>14.5</v>
       </c>
       <c r="E98" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A99" s="7">
-        <v>9780349434278</v>
+        <v>9780349434339</v>
       </c>
       <c r="B99" s="7">
-        <v>2874834</v>
+        <v>2874840</v>
       </c>
       <c r="C99" s="8" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>79</v>
+      </c>
+      <c r="D99" s="16">
+        <v>14.5</v>
       </c>
       <c r="E99" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A100" s="17">
-[...12 lines deleted...]
-        <v>11200</v>
+      <c r="A100" s="10">
+        <v>9780349434285</v>
+      </c>
+      <c r="B100" s="10">
+        <v>2875540</v>
+      </c>
+      <c r="C100" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="D100" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E100" s="12">
+        <v>21110</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A101" s="7">
-        <v>9780349433844</v>
+        <v>9780349434278</v>
       </c>
       <c r="B101" s="7">
-        <v>3024358</v>
+        <v>2874834</v>
       </c>
       <c r="C101" s="8" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>81</v>
+      </c>
+      <c r="D101" s="16">
+        <v>14.5</v>
       </c>
       <c r="E101" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A102" s="10">
-        <v>9780349433806</v>
+        <v>9780099477464</v>
       </c>
       <c r="B102" s="10">
-        <v>2868706</v>
+        <v>3957896</v>
       </c>
       <c r="C102" s="11" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>82</v>
+      </c>
+      <c r="D102" s="15">
+        <v>11.5</v>
       </c>
       <c r="E102" s="12">
-        <v>21110</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="103" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A103" s="7">
-        <v>9780349442839</v>
+        <v>9781471179136</v>
       </c>
       <c r="B103" s="7">
-        <v>3095182</v>
+        <v>3144764</v>
       </c>
       <c r="C103" s="8" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>83</v>
+      </c>
+      <c r="D103" s="16">
+        <v>19.5</v>
       </c>
       <c r="E103" s="9">
-        <v>21110</v>
+        <v>11110</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A104" s="10">
-        <v>9781838853488</v>
+        <v>9781668066621</v>
       </c>
       <c r="B104" s="10">
-        <v>3097469</v>
+        <v>3098305</v>
       </c>
       <c r="C104" s="11" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>212</v>
+      </c>
+      <c r="D104" s="15">
+        <v>14.5</v>
       </c>
       <c r="E104" s="12">
-        <v>21110</v>
+        <v>11300</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A105" s="7">
-        <v>9780141033570</v>
+        <v>9780241753699</v>
       </c>
       <c r="B105" s="7">
-        <v>8329850</v>
+        <v>3143943</v>
       </c>
       <c r="C105" s="8" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>19.5</v>
+        <v>84</v>
+      </c>
+      <c r="D105" s="16">
+        <v>20.5</v>
       </c>
       <c r="E105" s="9">
-        <v>24810</v>
+        <v>11200</v>
       </c>
     </row>
     <row r="106" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A106" s="10">
-[...12 lines deleted...]
-        <v>21110</v>
+      <c r="A106" s="18">
+        <v>9781804940266</v>
+      </c>
+      <c r="B106" s="18">
+        <v>1853643</v>
+      </c>
+      <c r="C106" s="19" t="s">
+        <v>213</v>
+      </c>
+      <c r="D106" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E106" s="21">
+        <v>21200</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A107" s="7">
-        <v>9781846276033</v>
+        <v>9780349433844</v>
       </c>
       <c r="B107" s="7">
-        <v>4319036</v>
+        <v>3024358</v>
       </c>
       <c r="C107" s="8" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>214</v>
+      </c>
+      <c r="D107" s="16">
+        <v>14.5</v>
       </c>
       <c r="E107" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="108" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E108" s="12">
+    <row r="108" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A108" s="18">
+        <v>9780349442846</v>
+      </c>
+      <c r="B108" s="18">
+        <v>1853031</v>
+      </c>
+      <c r="C108" s="19" t="s">
+        <v>215</v>
+      </c>
+      <c r="D108" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E108" s="21">
         <v>21110</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A109" s="7">
-        <v>9781804955956</v>
+        <v>9780141033570</v>
       </c>
       <c r="B109" s="7">
-        <v>3125316</v>
+        <v>8329850</v>
       </c>
       <c r="C109" s="8" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>85</v>
+      </c>
+      <c r="D109" s="16">
+        <v>19.5</v>
       </c>
       <c r="E109" s="9">
-        <v>21110</v>
+        <v>24810</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A110" s="10">
-        <v>9781804955871</v>
+        <v>9781846276033</v>
       </c>
       <c r="B110" s="10">
-        <v>3122225</v>
+        <v>4319036</v>
       </c>
       <c r="C110" s="11" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>86</v>
+      </c>
+      <c r="D110" s="15">
+        <v>13.5</v>
       </c>
       <c r="E110" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="111" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A111" s="7">
-[...6 lines deleted...]
-        <v>206</v>
+      <c r="A111" s="22">
+        <v>9781529945409</v>
+      </c>
+      <c r="B111" s="22">
+        <v>1853813</v>
+      </c>
+      <c r="C111" s="23" t="s">
+        <v>216</v>
       </c>
       <c r="D111" s="24">
-        <v>14.5</v>
-[...2 lines deleted...]
-        <v>21110</v>
+        <v>16.5</v>
+      </c>
+      <c r="E111" s="25">
+        <v>27430</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A112" s="10">
-        <v>9781526677525</v>
+        <v>9781035060733</v>
       </c>
       <c r="B112" s="10">
-        <v>3033166</v>
+        <v>3145919</v>
       </c>
       <c r="C112" s="11" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>87</v>
+      </c>
+      <c r="D112" s="15">
+        <v>14.5</v>
       </c>
       <c r="E112" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A113" s="7">
-        <v>9781668098462</v>
+        <v>9781804955956</v>
       </c>
       <c r="B113" s="7">
-        <v>3125080</v>
+        <v>3125316</v>
       </c>
       <c r="C113" s="8" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>25.5</v>
+        <v>88</v>
+      </c>
+      <c r="D113" s="16">
+        <v>14.5</v>
       </c>
       <c r="E113" s="9">
-        <v>11200</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A114" s="17">
-[...11 lines deleted...]
-      <c r="E114" s="19">
+      <c r="A114" s="10">
+        <v>9781804955871</v>
+      </c>
+      <c r="B114" s="10">
+        <v>3122225</v>
+      </c>
+      <c r="C114" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="D114" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E114" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A115" s="7">
-        <v>9781760630737</v>
+        <v>9781804955895</v>
       </c>
       <c r="B115" s="7">
-        <v>2660592</v>
+        <v>3122226</v>
       </c>
       <c r="C115" s="8" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>90</v>
+      </c>
+      <c r="D115" s="16">
+        <v>14.5</v>
       </c>
       <c r="E115" s="9">
-        <v>24810</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A116" s="10">
-        <v>9781612681139</v>
+        <v>9781804955918</v>
       </c>
       <c r="B116" s="10">
-        <v>2980686</v>
+        <v>3125319</v>
       </c>
       <c r="C116" s="11" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>11.5</v>
+        <v>91</v>
+      </c>
+      <c r="D116" s="15">
+        <v>14.5</v>
       </c>
       <c r="E116" s="12">
-        <v>27810</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A117" s="7">
-        <v>9781668091326</v>
+        <v>9781398550179</v>
       </c>
       <c r="B117" s="7">
-        <v>3098331</v>
+        <v>3148671</v>
       </c>
       <c r="C117" s="8" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>20.5</v>
+        <v>92</v>
+      </c>
+      <c r="D117" s="16">
+        <v>13.5</v>
       </c>
       <c r="E117" s="9">
-        <v>17430</v>
+        <v>21200</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A118" s="10">
-        <v>9781401308773</v>
+        <v>9781914240874</v>
       </c>
       <c r="B118" s="10">
-        <v>9071202</v>
+        <v>3147264</v>
       </c>
       <c r="C118" s="11" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D118" s="23">
+        <v>93</v>
+      </c>
+      <c r="D118" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E118" s="12">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="119" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A119" s="7">
+        <v>9781668098479</v>
+      </c>
+      <c r="B119" s="7">
+        <v>3145572</v>
+      </c>
+      <c r="C119" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="D119" s="16">
         <v>11.5</v>
       </c>
-      <c r="E118" s="12">
-[...20 lines deleted...]
-    <row r="120" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="E119" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="120" spans="1:5" ht="24" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A120" s="10">
-        <v>9780141978611</v>
+        <v>9780241745168</v>
       </c>
       <c r="B120" s="10">
-        <v>5851270</v>
+        <v>3148880</v>
       </c>
       <c r="C120" s="11" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>17.5</v>
+        <v>217</v>
+      </c>
+      <c r="D120" s="15">
+        <v>15.5</v>
       </c>
       <c r="E120" s="12">
-        <v>15310</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A121" s="7">
-        <v>9780063021433</v>
+        <v>9781760630737</v>
       </c>
       <c r="B121" s="7">
-        <v>2951644</v>
+        <v>2660592</v>
       </c>
       <c r="C121" s="8" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>11.5</v>
+        <v>95</v>
+      </c>
+      <c r="D121" s="16">
+        <v>13.5</v>
       </c>
       <c r="E121" s="9">
-        <v>11300</v>
+        <v>24810</v>
       </c>
     </row>
     <row r="122" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A122" s="17">
-[...12 lines deleted...]
-        <v>11300</v>
+      <c r="A122" s="10">
+        <v>9781612681139</v>
+      </c>
+      <c r="B122" s="10">
+        <v>2980686</v>
+      </c>
+      <c r="C122" s="11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D122" s="15">
+        <v>10.5</v>
+      </c>
+      <c r="E122" s="12">
+        <v>27810</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A123" s="7">
-        <v>9780008532819</v>
+        <v>9781401308773</v>
       </c>
       <c r="B123" s="7">
-        <v>3001090</v>
+        <v>9071202</v>
       </c>
       <c r="C123" s="8" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>97</v>
+      </c>
+      <c r="D123" s="16">
+        <v>11.5</v>
       </c>
       <c r="E123" s="9">
-        <v>21200</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A124" s="10">
-        <v>9781529933383</v>
+        <v>9780141978611</v>
       </c>
       <c r="B124" s="10">
-        <v>3104307</v>
+        <v>5851270</v>
       </c>
       <c r="C124" s="11" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>98</v>
+      </c>
+      <c r="D124" s="15">
+        <v>16.5</v>
       </c>
       <c r="E124" s="12">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+        <v>15310</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A125" s="7">
-        <v>9780099549482</v>
+        <v>9780008350543</v>
       </c>
       <c r="B125" s="7">
-        <v>5225795</v>
+        <v>3140058</v>
       </c>
       <c r="C125" s="8" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>99</v>
+      </c>
+      <c r="D125" s="16">
+        <v>21.5</v>
       </c>
       <c r="E125" s="9">
-        <v>21110</v>
-[...16 lines deleted...]
-        <v>21300</v>
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="126" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A126" s="10">
+        <v>9780063021433</v>
+      </c>
+      <c r="B126" s="10">
+        <v>2951644</v>
+      </c>
+      <c r="C126" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D126" s="15">
+        <v>11.5</v>
+      </c>
+      <c r="E126" s="12">
+        <v>11300</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A127" s="7">
-        <v>9781984825773</v>
+        <v>9780063455245</v>
       </c>
       <c r="B127" s="7">
-        <v>2033789</v>
+        <v>3146009</v>
       </c>
       <c r="C127" s="8" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>11.5</v>
+        <v>101</v>
+      </c>
+      <c r="D127" s="16">
+        <v>19.5</v>
       </c>
       <c r="E127" s="9">
-        <v>27430</v>
+        <v>11300</v>
       </c>
     </row>
     <row r="128" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A128" s="10">
-        <v>9780722538074</v>
+        <v>9780008532819</v>
       </c>
       <c r="B128" s="10">
-        <v>2956367</v>
+        <v>3001090</v>
       </c>
       <c r="C128" s="11" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>102</v>
+      </c>
+      <c r="D128" s="15">
+        <v>13.5</v>
       </c>
       <c r="E128" s="12">
-        <v>24810</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:5" x14ac:dyDescent="0.3">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5" ht="19.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A129" s="7">
-        <v>9781526635235</v>
+        <v>9780099549482</v>
       </c>
       <c r="B129" s="7">
-        <v>2897916</v>
+        <v>5225795</v>
       </c>
       <c r="C129" s="8" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>103</v>
+      </c>
+      <c r="D129" s="16">
+        <v>11.5</v>
       </c>
       <c r="E129" s="9">
-        <v>21300</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A130" s="10">
-        <v>9781526617187</v>
+        <v>9781472294159</v>
       </c>
       <c r="B130" s="10">
-        <v>2596584</v>
+        <v>2840118</v>
       </c>
       <c r="C130" s="11" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>104</v>
+      </c>
+      <c r="D130" s="15">
+        <v>14.5</v>
       </c>
       <c r="E130" s="12">
-        <v>21300</v>
+        <v>25310</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A131" s="7">
-        <v>9781526617163</v>
+        <v>9781984825773</v>
       </c>
       <c r="B131" s="7">
-        <v>2596574</v>
+        <v>2033789</v>
       </c>
       <c r="C131" s="8" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>105</v>
+      </c>
+      <c r="D131" s="16">
+        <v>10.5</v>
       </c>
       <c r="E131" s="9">
-        <v>21300</v>
+        <v>27430</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A132" s="10">
-        <v>9781526635365</v>
+        <v>9781526635235</v>
       </c>
       <c r="B132" s="10">
-        <v>2847694</v>
+        <v>2897916</v>
       </c>
       <c r="C132" s="11" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>106</v>
+      </c>
+      <c r="D132" s="15">
+        <v>11.5</v>
       </c>
       <c r="E132" s="12">
         <v>21300</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A133" s="7">
-        <v>9781526605399</v>
+        <v>9781526617187</v>
       </c>
       <c r="B133" s="7">
-        <v>2596569</v>
+        <v>2596584</v>
       </c>
       <c r="C133" s="8" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="D133" s="24">
+        <v>107</v>
+      </c>
+      <c r="D133" s="16">
         <v>13.5</v>
       </c>
       <c r="E133" s="9">
         <v>21300</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A134" s="10">
-        <v>9781526617170</v>
+        <v>9781526617163</v>
       </c>
       <c r="B134" s="10">
-        <v>2596583</v>
+        <v>2596574</v>
       </c>
       <c r="C134" s="11" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="D134" s="23">
+        <v>108</v>
+      </c>
+      <c r="D134" s="15">
         <v>14.5</v>
       </c>
       <c r="E134" s="12">
         <v>21300</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A135" s="7">
-        <v>9781526635211</v>
+        <v>9781526635365</v>
       </c>
       <c r="B135" s="7">
-        <v>2897910</v>
+        <v>2847694</v>
       </c>
       <c r="C135" s="8" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>109</v>
+      </c>
+      <c r="D135" s="16">
+        <v>14.5</v>
       </c>
       <c r="E135" s="9">
         <v>21300</v>
       </c>
     </row>
     <row r="136" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A136" s="10">
-        <v>9781526635228</v>
+        <v>9781526605399</v>
       </c>
       <c r="B136" s="10">
-        <v>2897911</v>
+        <v>2596569</v>
       </c>
       <c r="C136" s="11" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="D136" s="23">
+        <v>110</v>
+      </c>
+      <c r="D136" s="15">
         <v>13.5</v>
       </c>
       <c r="E136" s="12">
         <v>21300</v>
       </c>
     </row>
     <row r="137" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A137" s="7">
-        <v>9781526663559</v>
+        <v>9781526617170</v>
       </c>
       <c r="B137" s="7">
-        <v>2945951</v>
+        <v>2596583</v>
       </c>
       <c r="C137" s="8" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>111</v>
+      </c>
+      <c r="D137" s="16">
+        <v>14.5</v>
       </c>
       <c r="E137" s="9">
         <v>21300</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A138" s="10">
-        <v>9781526650344</v>
+        <v>9781526635211</v>
       </c>
       <c r="B138" s="10">
-        <v>3146531</v>
+        <v>2897910</v>
       </c>
       <c r="C138" s="11" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="D138" s="23">
+        <v>112</v>
+      </c>
+      <c r="D138" s="15">
         <v>13.5</v>
       </c>
       <c r="E138" s="12">
         <v>21300</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A139" s="7">
-        <v>9781526635259</v>
+        <v>9781526635228</v>
       </c>
       <c r="B139" s="7">
-        <v>2897912</v>
+        <v>2897911</v>
       </c>
       <c r="C139" s="8" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="D139" s="24">
+        <v>113</v>
+      </c>
+      <c r="D139" s="16">
         <v>13.5</v>
       </c>
       <c r="E139" s="9">
         <v>21300</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A140" s="10">
-        <v>9781526635297</v>
+        <v>9781526663559</v>
       </c>
       <c r="B140" s="10">
-        <v>2897881</v>
+        <v>2945951</v>
       </c>
       <c r="C140" s="11" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>114</v>
+      </c>
+      <c r="D140" s="15">
+        <v>13.5</v>
       </c>
       <c r="E140" s="12">
         <v>21300</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A141" s="7">
-        <v>9781526635280</v>
+        <v>9781526650344</v>
       </c>
       <c r="B141" s="7">
-        <v>2897913</v>
+        <v>3146531</v>
       </c>
       <c r="C141" s="8" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="D141" s="24">
+        <v>115</v>
+      </c>
+      <c r="D141" s="16">
         <v>13.5</v>
       </c>
       <c r="E141" s="9">
         <v>21300</v>
       </c>
     </row>
     <row r="142" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A142" s="10">
-        <v>9781398722774</v>
+        <v>9781526635259</v>
       </c>
       <c r="B142" s="10">
-        <v>3042539</v>
+        <v>2897912</v>
       </c>
       <c r="C142" s="11" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="D142" s="23">
+        <v>116</v>
+      </c>
+      <c r="D142" s="15">
         <v>13.5</v>
       </c>
       <c r="E142" s="12">
-        <v>21110</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A143" s="14">
+      <c r="A143" s="7">
+        <v>9781526635297</v>
+      </c>
+      <c r="B143" s="7">
+        <v>2897881</v>
+      </c>
+      <c r="C143" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="D143" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E143" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A144" s="10">
+        <v>9781529108446</v>
+      </c>
+      <c r="B144" s="10">
+        <v>3179849</v>
+      </c>
+      <c r="C144" s="11" t="s">
+        <v>218</v>
+      </c>
+      <c r="D144" s="15">
+        <v>28.5</v>
+      </c>
+      <c r="E144" s="12">
+        <v>14810</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A145" s="7">
         <v>9781804993408</v>
       </c>
-      <c r="B143" s="14">
+      <c r="B145" s="7">
         <v>3138694</v>
       </c>
-      <c r="C143" s="15" t="s">
-[...5 lines deleted...]
-      <c r="E143" s="16">
+      <c r="C145" s="8" t="s">
+        <v>118</v>
+      </c>
+      <c r="D145" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E145" s="9">
         <v>21300</v>
-      </c>
-[...32 lines deleted...]
-        <v>11110</v>
       </c>
     </row>
     <row r="146" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A146" s="10">
-        <v>9781464221408</v>
+        <v>9780062641540</v>
       </c>
       <c r="B146" s="10">
-        <v>3067905</v>
+        <v>2510122</v>
       </c>
       <c r="C146" s="11" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>119</v>
+      </c>
+      <c r="D146" s="15">
+        <v>18.5</v>
       </c>
       <c r="E146" s="12">
-        <v>21200</v>
+        <v>14810</v>
       </c>
     </row>
     <row r="147" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A147" s="7">
-[...5 lines deleted...]
-      <c r="C147" s="8" t="s">
+      <c r="A147" s="22">
+        <v>9780008617707</v>
+      </c>
+      <c r="B147" s="22">
+        <v>1864998</v>
+      </c>
+      <c r="C147" s="23" t="s">
         <v>219</v>
       </c>
       <c r="D147" s="24">
-        <v>13.5</v>
-[...2 lines deleted...]
-        <v>21200</v>
+        <v>20.5</v>
+      </c>
+      <c r="E147" s="25">
+        <v>11110</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A148" s="10">
-        <v>9781464228636</v>
+        <v>9781787335745</v>
       </c>
       <c r="B148" s="10">
-        <v>3097934</v>
+        <v>3144643</v>
       </c>
       <c r="C148" s="11" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>120</v>
+      </c>
+      <c r="D148" s="15">
+        <v>20.5</v>
       </c>
       <c r="E148" s="12">
-        <v>21200</v>
+        <v>11110</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A149" s="14">
-[...11 lines deleted...]
-      <c r="E149" s="16">
+      <c r="A149" s="7">
+        <v>9781464221408</v>
+      </c>
+      <c r="B149" s="7">
+        <v>3067905</v>
+      </c>
+      <c r="C149" s="8" t="s">
+        <v>121</v>
+      </c>
+      <c r="D149" s="16">
+        <v>12.5</v>
+      </c>
+      <c r="E149" s="9">
         <v>21200</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A150" s="10">
-        <v>9781408728512</v>
+        <v>9781464228636</v>
       </c>
       <c r="B150" s="10">
-        <v>2979423</v>
+        <v>3097934</v>
       </c>
       <c r="C150" s="11" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="D150" s="23">
+        <v>122</v>
+      </c>
+      <c r="D150" s="15">
         <v>13.5</v>
       </c>
       <c r="E150" s="12">
         <v>21200</v>
       </c>
     </row>
     <row r="151" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A151" s="7">
-[...6 lines deleted...]
-        <v>105</v>
+      <c r="A151" s="22">
+        <v>9781464266485</v>
+      </c>
+      <c r="B151" s="22">
+        <v>1850997</v>
+      </c>
+      <c r="C151" s="23" t="s">
+        <v>220</v>
       </c>
       <c r="D151" s="24">
         <v>13.5</v>
       </c>
-      <c r="E151" s="9">
+      <c r="E151" s="25">
         <v>21200</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A152" s="10">
-        <v>9780349132600</v>
+        <v>9781464228582</v>
       </c>
       <c r="B152" s="10">
-        <v>2992625</v>
+        <v>3140586</v>
       </c>
       <c r="C152" s="11" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>123</v>
+      </c>
+      <c r="D152" s="15">
+        <v>13.5</v>
       </c>
       <c r="E152" s="12">
         <v>21200</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A153" s="7">
-        <v>9781464221385</v>
+        <v>9781408728512</v>
       </c>
       <c r="B153" s="7">
-        <v>3012370</v>
+        <v>2979423</v>
       </c>
       <c r="C153" s="8" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>124</v>
+      </c>
+      <c r="D153" s="16">
+        <v>14.5</v>
       </c>
       <c r="E153" s="9">
         <v>21200</v>
       </c>
     </row>
     <row r="154" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A154" s="10">
-        <v>9781464221361</v>
+        <v>9781464223310</v>
       </c>
       <c r="B154" s="10">
-        <v>3012368</v>
+        <v>3012372</v>
       </c>
       <c r="C154" s="11" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="D154" s="23">
+        <v>125</v>
+      </c>
+      <c r="D154" s="15">
         <v>13.5</v>
       </c>
       <c r="E154" s="12">
         <v>21200</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A155" s="14">
-[...11 lines deleted...]
-      <c r="E155" s="16">
+      <c r="A155" s="7">
+        <v>9780349132600</v>
+      </c>
+      <c r="B155" s="7">
+        <v>2992625</v>
+      </c>
+      <c r="C155" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="D155" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E155" s="9">
         <v>21200</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A156" s="10">
-        <v>9781464221378</v>
+        <v>9781464221385</v>
       </c>
       <c r="B156" s="10">
-        <v>3012369</v>
+        <v>3012370</v>
       </c>
       <c r="C156" s="11" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="D156" s="23">
+        <v>127</v>
+      </c>
+      <c r="D156" s="15">
         <v>13.5</v>
       </c>
       <c r="E156" s="12">
         <v>21200</v>
       </c>
     </row>
     <row r="157" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A157" s="7">
-        <v>9781464228629</v>
+        <v>9781464228612</v>
       </c>
       <c r="B157" s="7">
-        <v>3169236</v>
+        <v>3155108</v>
       </c>
       <c r="C157" s="8" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="D157" s="24">
+        <v>128</v>
+      </c>
+      <c r="D157" s="16">
         <v>13.5</v>
       </c>
       <c r="E157" s="9">
         <v>21200</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A158" s="10">
-        <v>9781464228575</v>
+        <v>9781464221361</v>
       </c>
       <c r="B158" s="10">
-        <v>3102627</v>
+        <v>3012368</v>
       </c>
       <c r="C158" s="11" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="D158" s="23">
+        <v>129</v>
+      </c>
+      <c r="D158" s="15">
         <v>13.5</v>
       </c>
       <c r="E158" s="12">
         <v>21200</v>
       </c>
     </row>
     <row r="159" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A159" s="7">
-        <v>9781728278346</v>
+        <v>9781464228605</v>
       </c>
       <c r="B159" s="7">
-        <v>2902129</v>
+        <v>3140584</v>
       </c>
       <c r="C159" s="8" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D159" s="24">
+        <v>130</v>
+      </c>
+      <c r="D159" s="16">
         <v>13.5</v>
       </c>
       <c r="E159" s="9">
-        <v>21110</v>
+        <v>21200</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A160" s="10">
-        <v>9780008623036</v>
+        <v>9781464221378</v>
       </c>
       <c r="B160" s="10">
-        <v>3105641</v>
+        <v>3012369</v>
       </c>
       <c r="C160" s="11" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D160" s="23">
+        <v>131</v>
+      </c>
+      <c r="D160" s="15">
         <v>13.5</v>
       </c>
       <c r="E160" s="12">
-        <v>21110</v>
+        <v>21200</v>
       </c>
     </row>
     <row r="161" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A161" s="7">
-[...6 lines deleted...]
-        <v>110</v>
+      <c r="A161" s="22">
+        <v>9781464268533</v>
+      </c>
+      <c r="B161" s="22">
+        <v>1851012</v>
+      </c>
+      <c r="C161" s="23" t="s">
+        <v>221</v>
       </c>
       <c r="D161" s="24">
         <v>13.5</v>
       </c>
-      <c r="E161" s="9">
-        <v>21110</v>
+      <c r="E161" s="25">
+        <v>21200</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A162" s="10">
-        <v>9781409181637</v>
+        <v>9781464228575</v>
       </c>
       <c r="B162" s="10">
-        <v>2680177</v>
+        <v>3102627</v>
       </c>
       <c r="C162" s="11" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>132</v>
+      </c>
+      <c r="D162" s="15">
+        <v>13.5</v>
       </c>
       <c r="E162" s="12">
         <v>21200</v>
       </c>
     </row>
     <row r="163" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A163" s="7">
-        <v>9781408891384</v>
+        <v>9780008623036</v>
       </c>
       <c r="B163" s="7">
-        <v>2610301</v>
+        <v>3105641</v>
       </c>
       <c r="C163" s="8" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="D163" s="24">
+        <v>133</v>
+      </c>
+      <c r="D163" s="16">
         <v>13.5</v>
       </c>
       <c r="E163" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A164" s="10">
-        <v>9781914240942</v>
+        <v>9780008421793</v>
       </c>
       <c r="B164" s="10">
-        <v>3102455</v>
+        <v>2898724</v>
       </c>
       <c r="C164" s="11" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>134</v>
+      </c>
+      <c r="D164" s="15">
+        <v>13.5</v>
       </c>
       <c r="E164" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A165" s="14">
-[...12 lines deleted...]
-        <v>21110</v>
+      <c r="A165" s="7">
+        <v>9781610392761</v>
+      </c>
+      <c r="B165" s="7">
+        <v>2417647</v>
+      </c>
+      <c r="C165" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="D165" s="16">
+        <v>20.5</v>
+      </c>
+      <c r="E165" s="9">
+        <v>27850</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A166" s="17">
-[...11 lines deleted...]
-      <c r="E166" s="19">
+      <c r="A166" s="10">
+        <v>9781408891384</v>
+      </c>
+      <c r="B166" s="10">
+        <v>2610301</v>
+      </c>
+      <c r="C166" s="11" t="s">
+        <v>136</v>
+      </c>
+      <c r="D166" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E166" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A167" s="7">
-        <v>9781405965392</v>
+        <v>9781914240942</v>
       </c>
       <c r="B167" s="7">
-        <v>3098624</v>
+        <v>3102455</v>
       </c>
       <c r="C167" s="8" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>137</v>
+      </c>
+      <c r="D167" s="16">
+        <v>14</v>
       </c>
       <c r="E167" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A168" s="10">
-        <v>9780141182537</v>
+        <v>9780008663834</v>
       </c>
       <c r="B168" s="10">
-        <v>9906142</v>
+        <v>3134001</v>
       </c>
       <c r="C168" s="11" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="D168" s="23">
+        <v>138</v>
+      </c>
+      <c r="D168" s="15">
         <v>13.5</v>
       </c>
       <c r="E168" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A169" s="7">
-        <v>9781444715460</v>
+        <v>9781464260124</v>
       </c>
       <c r="B169" s="7">
-        <v>3099387</v>
+        <v>1645528</v>
       </c>
       <c r="C169" s="8" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>222</v>
+      </c>
+      <c r="D169" s="16">
+        <v>12.5</v>
       </c>
       <c r="E169" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A170" s="10">
-        <v>9781035414505</v>
+        <v>9781464260186</v>
       </c>
       <c r="B170" s="10">
-        <v>3020279</v>
+        <v>2016896</v>
       </c>
       <c r="C170" s="11" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>223</v>
+      </c>
+      <c r="D170" s="15">
+        <v>12.5</v>
       </c>
       <c r="E170" s="12">
-        <v>21300</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A171" s="7">
-        <v>9781035414536</v>
+        <v>9781464260155</v>
       </c>
       <c r="B171" s="7">
-        <v>3020281</v>
+        <v>2011076</v>
       </c>
       <c r="C171" s="8" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>224</v>
+      </c>
+      <c r="D171" s="16">
+        <v>12.5</v>
       </c>
       <c r="E171" s="9">
-        <v>21300</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A172" s="10">
-        <v>9781728205489</v>
+        <v>9781529926941</v>
       </c>
       <c r="B172" s="10">
-        <v>2868780</v>
+        <v>3139073</v>
       </c>
       <c r="C172" s="11" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>139</v>
+      </c>
+      <c r="D172" s="15">
+        <v>14.5</v>
       </c>
       <c r="E172" s="12">
-        <v>22500</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A173" s="7">
-        <v>9780141036137</v>
+        <v>9781035414505</v>
       </c>
       <c r="B173" s="7">
-        <v>6670385</v>
+        <v>3020279</v>
       </c>
       <c r="C173" s="8" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>140</v>
+      </c>
+      <c r="D173" s="16">
+        <v>14.5</v>
       </c>
       <c r="E173" s="9">
-        <v>21110</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="174" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A174" s="10">
-        <v>9780141036144</v>
+        <v>9781035414536</v>
       </c>
       <c r="B174" s="10">
-        <v>6720331</v>
+        <v>3020281</v>
       </c>
       <c r="C174" s="11" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>225</v>
+      </c>
+      <c r="D174" s="15">
+        <v>14.5</v>
       </c>
       <c r="E174" s="12">
-        <v>21110</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="175" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A175" s="14">
-[...12 lines deleted...]
-        <v>11200</v>
+      <c r="A175" s="22">
+        <v>9781529418316</v>
+      </c>
+      <c r="B175" s="22">
+        <v>1855212</v>
+      </c>
+      <c r="C175" s="23" t="s">
+        <v>226</v>
+      </c>
+      <c r="D175" s="24">
+        <v>14.5</v>
+      </c>
+      <c r="E175" s="25">
+        <v>21110</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A176" s="10">
-        <v>9780241988268</v>
+        <v>9780141036137</v>
       </c>
       <c r="B176" s="10">
-        <v>2320035</v>
+        <v>6670385</v>
       </c>
       <c r="C176" s="11" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>141</v>
+      </c>
+      <c r="D176" s="15">
+        <v>11.5</v>
       </c>
       <c r="E176" s="12">
-        <v>21200</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="177" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A177" s="7">
-        <v>9780241997482</v>
+        <v>9780141036144</v>
       </c>
       <c r="B177" s="7">
-        <v>3098615</v>
+        <v>6720331</v>
       </c>
       <c r="C177" s="8" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>142</v>
+      </c>
+      <c r="D177" s="16">
+        <v>11.5</v>
       </c>
       <c r="E177" s="9">
-        <v>21200</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="178" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A178" s="10">
-        <v>9781398536517</v>
+        <v>9780241743997</v>
       </c>
       <c r="B178" s="10">
-        <v>3048977</v>
+        <v>3143951</v>
       </c>
       <c r="C178" s="11" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>143</v>
+      </c>
+      <c r="D178" s="15">
+        <v>20.5</v>
       </c>
       <c r="E178" s="12">
-        <v>22500</v>
+        <v>11200</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A179" s="14">
-[...12 lines deleted...]
-        <v>11110</v>
+      <c r="A179" s="7">
+        <v>9780241988268</v>
+      </c>
+      <c r="B179" s="7">
+        <v>2320035</v>
+      </c>
+      <c r="C179" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="D179" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E179" s="9">
+        <v>21200</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A180" s="10">
-        <v>9780008710262</v>
+        <v>9781398536517</v>
       </c>
       <c r="B180" s="10">
-        <v>3105704</v>
+        <v>3048977</v>
       </c>
       <c r="C180" s="11" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>227</v>
+      </c>
+      <c r="D180" s="15">
+        <v>11.5</v>
       </c>
       <c r="E180" s="12">
-        <v>21300</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="181" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A181" s="7">
+        <v>9781398537866</v>
+      </c>
+      <c r="B181" s="7">
+        <v>3142212</v>
+      </c>
+      <c r="C181" s="8" t="s">
+        <v>228</v>
+      </c>
+      <c r="D181" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E181" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="182" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A182" s="10">
         <v>9781784706289</v>
       </c>
-      <c r="B181" s="7">
+      <c r="B182" s="10">
         <v>2002257</v>
       </c>
-      <c r="C181" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E181" s="9">
+      <c r="C182" s="11" t="s">
+        <v>145</v>
+      </c>
+      <c r="D182" s="15">
+        <v>16.5</v>
+      </c>
+      <c r="E182" s="12">
         <v>27440</v>
-      </c>
-[...15 lines deleted...]
-        <v>21110</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A183" s="7">
-        <v>9781804945322</v>
+        <v>9781804950821</v>
       </c>
       <c r="B183" s="7">
-        <v>3099254</v>
+        <v>3139060</v>
       </c>
       <c r="C183" s="8" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="D183" s="24">
+        <v>146</v>
+      </c>
+      <c r="D183" s="16">
         <v>13.5</v>
       </c>
       <c r="E183" s="9">
-        <v>21300</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="184" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A184" s="10">
         <v>9780593983577</v>
       </c>
       <c r="B184" s="10">
         <v>3115432</v>
       </c>
       <c r="C184" s="11" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="D184" s="23">
+        <v>147</v>
+      </c>
+      <c r="D184" s="15">
         <v>20.5</v>
       </c>
       <c r="E184" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A185" s="7">
         <v>9781398515697</v>
       </c>
       <c r="B185" s="7">
         <v>2797563</v>
       </c>
       <c r="C185" s="8" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="D185" s="24">
+        <v>148</v>
+      </c>
+      <c r="D185" s="16">
         <v>13.5</v>
       </c>
       <c r="E185" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="186" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A186" s="10">
-        <v>9781035421138</v>
+        <v>9781785656477</v>
       </c>
       <c r="B186" s="10">
-        <v>3099427</v>
+        <v>3981517</v>
       </c>
       <c r="C186" s="11" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>149</v>
+      </c>
+      <c r="D186" s="15">
+        <v>13.5</v>
       </c>
       <c r="E186" s="12">
         <v>21200</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A187" s="7">
-        <v>9781785656477</v>
+        <v>9781398529489</v>
       </c>
       <c r="B187" s="7">
-        <v>3981517</v>
+        <v>2981537</v>
       </c>
       <c r="C187" s="8" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="D187" s="24">
+        <v>229</v>
+      </c>
+      <c r="D187" s="16">
         <v>13.5</v>
       </c>
       <c r="E187" s="9">
-        <v>21200</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A188" s="17">
-[...12 lines deleted...]
-        <v>12500</v>
+      <c r="A188" s="10">
+        <v>9780571333134</v>
+      </c>
+      <c r="B188" s="10">
+        <v>2157905</v>
+      </c>
+      <c r="C188" s="11" t="s">
+        <v>150</v>
+      </c>
+      <c r="D188" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E188" s="12">
+        <v>21110</v>
       </c>
     </row>
     <row r="189" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A189" s="7">
-        <v>9781398531277</v>
+        <v>9780571365487</v>
       </c>
       <c r="B189" s="7">
-        <v>3088110</v>
+        <v>3107660</v>
       </c>
       <c r="C189" s="8" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>22.5</v>
+        <v>151</v>
+      </c>
+      <c r="D189" s="16">
+        <v>13.5</v>
       </c>
       <c r="E189" s="9">
-        <v>12500</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A190" s="10">
-        <v>9781398529489</v>
+        <v>9780571334650</v>
       </c>
       <c r="B190" s="10">
-        <v>2981537</v>
+        <v>2055078</v>
       </c>
       <c r="C190" s="11" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="D190" s="23">
+        <v>152</v>
+      </c>
+      <c r="D190" s="15">
         <v>13.5</v>
       </c>
       <c r="E190" s="12">
-        <v>22500</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A191" s="7">
-        <v>9781398530126</v>
+        <v>9781408855652</v>
       </c>
       <c r="B191" s="7">
-        <v>2997702</v>
+        <v>9842179</v>
       </c>
       <c r="C191" s="8" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>230</v>
+      </c>
+      <c r="D191" s="16">
+        <v>11.5</v>
       </c>
       <c r="E191" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="192" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A192" s="10">
-        <v>9780571365449</v>
+        <v>9780593652886</v>
       </c>
       <c r="B192" s="10">
-        <v>2795987</v>
+        <v>2936723</v>
       </c>
       <c r="C192" s="11" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>153</v>
+      </c>
+      <c r="D192" s="15">
+        <v>23.5</v>
       </c>
       <c r="E192" s="12">
-        <v>21110</v>
+        <v>14810</v>
       </c>
     </row>
     <row r="193" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A193" s="7">
-        <v>9780571333134</v>
+        <v>9781787336056</v>
       </c>
       <c r="B193" s="7">
-        <v>2157905</v>
+        <v>3156963</v>
       </c>
       <c r="C193" s="8" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>154</v>
+      </c>
+      <c r="D193" s="16">
+        <v>19.5</v>
       </c>
       <c r="E193" s="9">
-        <v>21110</v>
+        <v>11110</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A194" s="10">
-        <v>9780571365487</v>
+        <v>9780575089914</v>
       </c>
       <c r="B194" s="10">
-        <v>3107660</v>
+        <v>2972344</v>
       </c>
       <c r="C194" s="11" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>155</v>
+      </c>
+      <c r="D194" s="15">
+        <v>16.5</v>
       </c>
       <c r="E194" s="12">
-        <v>21110</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="195" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A195" s="7">
-        <v>9780571334650</v>
+        <v>9780765365279</v>
       </c>
       <c r="B195" s="7">
-        <v>2055078</v>
+        <v>5882729</v>
       </c>
       <c r="C195" s="8" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="D195" s="24">
+        <v>231</v>
+      </c>
+      <c r="D195" s="16">
         <v>13.5</v>
       </c>
       <c r="E195" s="9">
-        <v>21110</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A196" s="10">
-        <v>9781408855652</v>
+        <v>9781399633475</v>
       </c>
       <c r="B196" s="10">
-        <v>9842179</v>
+        <v>3185135</v>
       </c>
       <c r="C196" s="11" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>232</v>
+      </c>
+      <c r="D196" s="15">
+        <v>21.5</v>
       </c>
       <c r="E196" s="12">
-        <v>22500</v>
+        <v>11300</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A197" s="7">
-        <v>9780593652886</v>
+        <v>9780241714348</v>
       </c>
       <c r="B197" s="7">
-        <v>2936723</v>
+        <v>3143950</v>
       </c>
       <c r="C197" s="8" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>24.5</v>
+        <v>233</v>
+      </c>
+      <c r="D197" s="16">
+        <v>28.5</v>
       </c>
       <c r="E197" s="9">
-        <v>14810</v>
+        <v>11300</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A198" s="10">
-        <v>9781529921168</v>
+        <v>9780241988749</v>
       </c>
       <c r="B198" s="10">
-        <v>3099239</v>
+        <v>3098543</v>
       </c>
       <c r="C198" s="11" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>156</v>
+      </c>
+      <c r="D198" s="15">
+        <v>13.5</v>
       </c>
       <c r="E198" s="12">
-        <v>21600</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A199" s="7">
-        <v>9781529436754</v>
+        <v>9780349437675</v>
       </c>
       <c r="B199" s="7">
-        <v>3099404</v>
+        <v>2975348</v>
       </c>
       <c r="C199" s="8" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="D199" s="24">
+        <v>157</v>
+      </c>
+      <c r="D199" s="16">
         <v>14.5</v>
       </c>
       <c r="E199" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A200" s="10">
-        <v>9781472292223</v>
+        <v>9780349437682</v>
       </c>
       <c r="B200" s="10">
-        <v>3099424</v>
+        <v>2975354</v>
       </c>
       <c r="C200" s="11" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>158</v>
+      </c>
+      <c r="D200" s="15">
+        <v>14.5</v>
       </c>
       <c r="E200" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="201" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A201" s="7">
-        <v>9780575089914</v>
+        <v>9780349437743</v>
       </c>
       <c r="B201" s="7">
-        <v>2972344</v>
+        <v>2996883</v>
       </c>
       <c r="C201" s="8" t="s">
-        <v>234</v>
-[...1 lines deleted...]
-      <c r="D201" s="24">
+        <v>159</v>
+      </c>
+      <c r="D201" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E201" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="202" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A202" s="10">
+        <v>9780349437705</v>
+      </c>
+      <c r="B202" s="10">
+        <v>2975347</v>
+      </c>
+      <c r="C202" s="11" t="s">
+        <v>160</v>
+      </c>
+      <c r="D202" s="15">
         <v>14.5</v>
       </c>
-      <c r="E201" s="9">
-[...15 lines deleted...]
-      </c>
       <c r="E202" s="12">
-        <v>25310</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="203" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A203" s="7">
-        <v>9781526648099</v>
+        <v>9780349437729</v>
       </c>
       <c r="B203" s="7">
-        <v>2939803</v>
+        <v>2975355</v>
       </c>
       <c r="C203" s="8" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>161</v>
+      </c>
+      <c r="D203" s="16">
+        <v>14.5</v>
       </c>
       <c r="E203" s="9">
-        <v>21600</v>
+        <v>21110</v>
       </c>
     </row>
     <row r="204" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A204" s="10">
-        <v>9780241988749</v>
+        <v>9780349441696</v>
       </c>
       <c r="B204" s="10">
-        <v>3098543</v>
+        <v>3154079</v>
       </c>
       <c r="C204" s="11" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D204" s="23">
+        <v>162</v>
+      </c>
+      <c r="D204" s="15">
         <v>13.5</v>
       </c>
       <c r="E204" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="205" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A205" s="14">
-[...12 lines deleted...]
-        <v>11300</v>
+      <c r="A205" s="7">
+        <v>9780349441641</v>
+      </c>
+      <c r="B205" s="7">
+        <v>3049958</v>
+      </c>
+      <c r="C205" s="8" t="s">
+        <v>163</v>
+      </c>
+      <c r="D205" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E205" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="206" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A206" s="10">
-        <v>9780349437675</v>
+        <v>9780349441634</v>
       </c>
       <c r="B206" s="10">
-        <v>2975348</v>
+        <v>3066517</v>
       </c>
       <c r="C206" s="11" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>164</v>
+      </c>
+      <c r="D206" s="15">
+        <v>14.5</v>
       </c>
       <c r="E206" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A207" s="7">
-        <v>9780349437682</v>
+        <v>9780349441672</v>
       </c>
       <c r="B207" s="7">
-        <v>2975354</v>
+        <v>3107615</v>
       </c>
       <c r="C207" s="8" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>165</v>
+      </c>
+      <c r="D207" s="16">
+        <v>13.5</v>
       </c>
       <c r="E207" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="208" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A208" s="10">
-        <v>9780349437743</v>
+        <v>9781836182160</v>
       </c>
       <c r="B208" s="10">
-        <v>2996883</v>
+        <v>3132796</v>
       </c>
       <c r="C208" s="11" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>166</v>
+      </c>
+      <c r="D208" s="15">
+        <v>14.5</v>
       </c>
       <c r="E208" s="12">
-        <v>21110</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A209" s="7">
-        <v>9780349437705</v>
+        <v>9798217154241</v>
       </c>
       <c r="B209" s="7">
-        <v>2975347</v>
+        <v>3165347</v>
       </c>
       <c r="C209" s="8" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>167</v>
+      </c>
+      <c r="D209" s="16">
+        <v>20.5</v>
       </c>
       <c r="E209" s="9">
-        <v>21110</v>
+        <v>21600</v>
       </c>
     </row>
     <row r="210" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A210" s="10">
-        <v>9780349437729</v>
+        <v>9780747568766</v>
       </c>
       <c r="B210" s="10">
-        <v>2975355</v>
+        <v>9802592</v>
       </c>
       <c r="C210" s="11" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>168</v>
+      </c>
+      <c r="D210" s="15">
+        <v>16.5</v>
       </c>
       <c r="E210" s="12">
-        <v>21110</v>
+        <v>25970</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A211" s="14">
-[...12 lines deleted...]
-        <v>21110</v>
+      <c r="A211" s="7">
+        <v>9781529929287</v>
+      </c>
+      <c r="B211" s="7">
+        <v>3139074</v>
+      </c>
+      <c r="C211" s="8" t="s">
+        <v>169</v>
+      </c>
+      <c r="D211" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E211" s="9">
+        <v>27430</v>
       </c>
     </row>
     <row r="212" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A212" s="10">
-[...12 lines deleted...]
-        <v>21110</v>
+      <c r="A212" s="18">
+        <v>9781804950807</v>
+      </c>
+      <c r="B212" s="18">
+        <v>1853716</v>
+      </c>
+      <c r="C212" s="19" t="s">
+        <v>234</v>
+      </c>
+      <c r="D212" s="20">
+        <v>14.5</v>
+      </c>
+      <c r="E212" s="21">
+        <v>24810</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A213" s="7">
-[...6 lines deleted...]
-        <v>151</v>
+      <c r="A213" s="22">
+        <v>9781529932423</v>
+      </c>
+      <c r="B213" s="22">
+        <v>1853759</v>
+      </c>
+      <c r="C213" s="23" t="s">
+        <v>235</v>
       </c>
       <c r="D213" s="24">
         <v>13.5</v>
       </c>
-      <c r="E213" s="9">
+      <c r="E213" s="25">
         <v>21110</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A214" s="10">
-        <v>9780349441672</v>
+        <v>9780140167771</v>
       </c>
       <c r="B214" s="10">
-        <v>3107615</v>
+        <v>8514011</v>
       </c>
       <c r="C214" s="11" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="D214" s="23">
+        <v>170</v>
+      </c>
+      <c r="D214" s="15">
         <v>13.5</v>
       </c>
       <c r="E214" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A215" s="7">
-        <v>9780063458611</v>
+        <v>9780340733509</v>
       </c>
       <c r="B215" s="7">
-        <v>3137675</v>
+        <v>4355059</v>
       </c>
       <c r="C215" s="8" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>15.5</v>
+        <v>171</v>
+      </c>
+      <c r="D215" s="16">
+        <v>16.5</v>
       </c>
       <c r="E215" s="9">
-        <v>22500</v>
+        <v>14700</v>
       </c>
     </row>
     <row r="216" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A216" s="10">
-        <v>9781836182160</v>
+        <v>9781399751940</v>
       </c>
       <c r="B216" s="10">
-        <v>3132796</v>
+        <v>2069593</v>
       </c>
       <c r="C216" s="11" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>172</v>
+      </c>
+      <c r="D216" s="15">
+        <v>12.5</v>
       </c>
       <c r="E216" s="12">
-        <v>21300</v>
+        <v>11110</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A217" s="7">
-[...6 lines deleted...]
-        <v>155</v>
+      <c r="A217" s="22">
+        <v>9781399746441</v>
+      </c>
+      <c r="B217" s="22">
+        <v>1859501</v>
+      </c>
+      <c r="C217" s="23" t="s">
+        <v>236</v>
       </c>
       <c r="D217" s="24">
-        <v>17.5</v>
-[...2 lines deleted...]
-        <v>25970</v>
+        <v>13.5</v>
+      </c>
+      <c r="E217" s="25">
+        <v>21110</v>
       </c>
     </row>
     <row r="218" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A218" s="17">
-[...12 lines deleted...]
-        <v>27430</v>
+      <c r="A218" s="10">
+        <v>9781399751957</v>
+      </c>
+      <c r="B218" s="10">
+        <v>2032278</v>
+      </c>
+      <c r="C218" s="11" t="s">
+        <v>173</v>
+      </c>
+      <c r="D218" s="15">
+        <v>12.5</v>
+      </c>
+      <c r="E218" s="12">
+        <v>21110</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A219" s="14">
-[...11 lines deleted...]
-      <c r="E219" s="16">
+      <c r="A219" s="7">
+        <v>9781399746427</v>
+      </c>
+      <c r="B219" s="7">
+        <v>3127255</v>
+      </c>
+      <c r="C219" s="8" t="s">
+        <v>174</v>
+      </c>
+      <c r="D219" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E219" s="9">
         <v>21110</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A220" s="10">
-        <v>9780140167771</v>
+        <v>9781399751933</v>
       </c>
       <c r="B220" s="10">
-        <v>8514011</v>
+        <v>2041956</v>
       </c>
       <c r="C220" s="11" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="D220" s="23">
+        <v>175</v>
+      </c>
+      <c r="D220" s="15">
         <v>13.5</v>
       </c>
       <c r="E220" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A221" s="7">
-[...6 lines deleted...]
-        <v>239</v>
+      <c r="A221" s="22">
+        <v>9781529940220</v>
+      </c>
+      <c r="B221" s="22">
+        <v>1853848</v>
+      </c>
+      <c r="C221" s="23" t="s">
+        <v>237</v>
       </c>
       <c r="D221" s="24">
-        <v>17.5</v>
-[...2 lines deleted...]
-        <v>14700</v>
+        <v>14.5</v>
+      </c>
+      <c r="E221" s="25">
+        <v>21110</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A222" s="10">
-        <v>9781399728591</v>
+        <v>9781805335375</v>
       </c>
       <c r="B222" s="10">
-        <v>2997948</v>
+        <v>3128082</v>
       </c>
       <c r="C222" s="11" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>176</v>
+      </c>
+      <c r="D222" s="15">
+        <v>19.5</v>
       </c>
       <c r="E222" s="12">
         <v>11110</v>
       </c>
     </row>
-    <row r="223" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="223" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A223" s="7">
-        <v>9781399728546</v>
+        <v>9781805335399</v>
       </c>
       <c r="B223" s="7">
-        <v>2983255</v>
+        <v>3139892</v>
       </c>
       <c r="C223" s="8" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>177</v>
+      </c>
+      <c r="D223" s="16">
+        <v>19.5</v>
       </c>
       <c r="E223" s="9">
-        <v>21110</v>
+        <v>11200</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A224" s="10">
-        <v>9781399728614</v>
+        <v>9780349439259</v>
       </c>
       <c r="B224" s="10">
-        <v>3038385</v>
+        <v>2996891</v>
       </c>
       <c r="C224" s="11" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>178</v>
+      </c>
+      <c r="D224" s="15">
+        <v>14.5</v>
       </c>
       <c r="E224" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A225" s="7">
-        <v>9781399746427</v>
+        <v>9780349439273</v>
       </c>
       <c r="B225" s="7">
-        <v>3127255</v>
+        <v>2996892</v>
       </c>
       <c r="C225" s="8" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>179</v>
+      </c>
+      <c r="D225" s="16">
+        <v>14.5</v>
       </c>
       <c r="E225" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="226" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="226" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A226" s="10">
-        <v>9781399728560</v>
+        <v>9780349439303</v>
       </c>
       <c r="B226" s="10">
-        <v>2983256</v>
+        <v>2996894</v>
       </c>
       <c r="C226" s="11" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>180</v>
+      </c>
+      <c r="D226" s="15">
+        <v>14.5</v>
       </c>
       <c r="E226" s="12">
         <v>21110</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A227" s="27">
-[...11 lines deleted...]
-      <c r="E227" s="26">
+      <c r="A227" s="7">
+        <v>9780349439341</v>
+      </c>
+      <c r="B227" s="7">
+        <v>3045410</v>
+      </c>
+      <c r="C227" s="8" t="s">
+        <v>181</v>
+      </c>
+      <c r="D227" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E227" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="228" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A228" s="10">
+        <v>9780349439280</v>
+      </c>
+      <c r="B228" s="10">
+        <v>2996893</v>
+      </c>
+      <c r="C228" s="11" t="s">
+        <v>182</v>
+      </c>
+      <c r="D228" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E228" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="229" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A229" s="7">
+        <v>9780349439358</v>
+      </c>
+      <c r="B229" s="7">
+        <v>3060511</v>
+      </c>
+      <c r="C229" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="D229" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E229" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="230" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A230" s="10">
+        <v>9781529157468</v>
+      </c>
+      <c r="B230" s="10">
+        <v>2894394</v>
+      </c>
+      <c r="C230" s="11" t="s">
+        <v>238</v>
+      </c>
+      <c r="D230" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E230" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="231" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A231" s="7">
+        <v>9780241999776</v>
+      </c>
+      <c r="B231" s="7">
+        <v>3098568</v>
+      </c>
+      <c r="C231" s="8" t="s">
+        <v>184</v>
+      </c>
+      <c r="D231" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E231" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="232" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A232" s="18">
+        <v>9781035065967</v>
+      </c>
+      <c r="B232" s="18">
+        <v>1864742</v>
+      </c>
+      <c r="C232" s="19" t="s">
+        <v>239</v>
+      </c>
+      <c r="D232" s="20">
+        <v>14.5</v>
+      </c>
+      <c r="E232" s="21">
+        <v>27410</v>
+      </c>
+    </row>
+    <row r="233" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A233" s="7">
+        <v>9780063445857</v>
+      </c>
+      <c r="B233" s="7">
+        <v>3146028</v>
+      </c>
+      <c r="C233" s="8" t="s">
+        <v>185</v>
+      </c>
+      <c r="D233" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E233" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="234" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A234" s="10">
+        <v>9780804172707</v>
+      </c>
+      <c r="B234" s="10">
+        <v>2389210</v>
+      </c>
+      <c r="C234" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="D234" s="15">
+        <v>12.5</v>
+      </c>
+      <c r="E234" s="12">
         <v>11110</v>
       </c>
     </row>
-    <row r="228" spans="1:5" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="D228" s="26">
+    <row r="235" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A235" s="7">
+        <v>9780349437019</v>
+      </c>
+      <c r="B235" s="7">
+        <v>2941018</v>
+      </c>
+      <c r="C235" s="8" t="s">
+        <v>187</v>
+      </c>
+      <c r="D235" s="16">
         <v>14.5</v>
       </c>
-      <c r="E228" s="26">
-[...13 lines deleted...]
-      <c r="D229" s="26">
+      <c r="E235" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="236" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A236" s="10">
+        <v>9780349437057</v>
+      </c>
+      <c r="B236" s="10">
+        <v>2986283</v>
+      </c>
+      <c r="C236" s="11" t="s">
+        <v>188</v>
+      </c>
+      <c r="D236" s="15">
         <v>14.5</v>
       </c>
-      <c r="E229" s="26">
-[...13 lines deleted...]
-      <c r="D230" s="26">
+      <c r="E236" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="237" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A237" s="22">
+        <v>9780349437095</v>
+      </c>
+      <c r="B237" s="22">
+        <v>1853295</v>
+      </c>
+      <c r="C237" s="23" t="s">
+        <v>189</v>
+      </c>
+      <c r="D237" s="24">
         <v>14.5</v>
       </c>
-      <c r="E230" s="26">
-[...118 lines deleted...]
-      <c r="E237" s="26">
+      <c r="E237" s="25">
         <v>21300</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A238" s="27">
-[...11 lines deleted...]
-      <c r="E238" s="26">
+      <c r="A238" s="10">
+        <v>9780349437071</v>
+      </c>
+      <c r="B238" s="10">
+        <v>3058758</v>
+      </c>
+      <c r="C238" s="11" t="s">
+        <v>189</v>
+      </c>
+      <c r="D238" s="15">
+        <v>21.5</v>
+      </c>
+      <c r="E238" s="12">
         <v>21300</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A239" s="27">
-[...16 lines deleted...]
-      <c r="A240" s="27">
+      <c r="A239" s="7">
         <v>9781529115543</v>
       </c>
-      <c r="B240">
+      <c r="B239" s="7">
         <v>2933737</v>
       </c>
-      <c r="C240" t="s">
-[...5 lines deleted...]
-      <c r="E240" s="26">
+      <c r="C239" s="8" t="s">
+        <v>190</v>
+      </c>
+      <c r="D239" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E239" s="9">
         <v>21110</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="1.7716535433070868" bottom="1.3779527559055118" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Fett"&amp;12
 &amp;K243478Libri GmbH&amp;"-,Standard"&amp;11
 &amp;12Hamburg • Bad Hersfeld&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;10&amp;K243478Libri GmbH • Friedensallee 273 • 22763 Hamburg • AG Hamburg HRB 65430
 Geschäftsführung: Alyna Wnukowsky (Sprecherin), Ulrich Vollmer
 Aufsichtsratsvorsitzender: Dr. Markus Conrad&amp;R&amp;K243478&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010007E2A28E331B1345B4C54C5E2471F1FA" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="23252ba61a2b42fee7d5f57213e57890">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c7883763-1633-4a33-844b-a4f27752bb33" xmlns:ns3="504620ad-4a5b-4e98-91c4-34164cb416e2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="548f94b230d87df06dce40b2da64a907" ns2:_="" ns3:_="">
     <xsd:import namespace="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <xsd:import namespace="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -5941,111 +5923,102 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="504620ad-4a5b-4e98-91c4-34164cb416e2" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c7883763-1633-4a33-844b-a4f27752bb33">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996B258D-5A6A-4734-BF2E-505977B0BDE3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FE0C1D0-3A79-4DD4-9D58-894DDC706B9D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC4D9CF9-E2A7-47E5-9512-037AD31ADBFF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="c9f90cda-9d81-4aea-911d-f949aaf4de02"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" enabled="0" method="" siteId="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>