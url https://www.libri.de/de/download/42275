--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -1,1756 +1,1784 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestandslisten_Quartalsremirückruflisten\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4F48355A-BDEA-4690-A785-FBC36E4C57A3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A0BCFD6A-7F98-4954-9DB8-51E5781A7B50}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13176" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
   </bookViews>
   <sheets>
     <sheet name="JtB L" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'JtB L'!$A$1:$E$553</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'JtB L'!$A$1:$E$564</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'JtB L'!$4:$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="556" uniqueCount="555">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="567" uniqueCount="564">
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Libri-Nr.</t>
   </si>
   <si>
     <t>Titel</t>
   </si>
   <si>
     <t>UVP</t>
   </si>
   <si>
     <t>Warengruppe</t>
   </si>
   <si>
     <t>Fett gedruckte Titel sind Neuerscheinungen des kommenden Quartals</t>
   </si>
   <si>
-    <t>Bestandsliste Just the Best L • 4. Quartal 2025</t>
+    <t>Abdaal, A: Feel-Good Productivity</t>
+  </si>
+  <si>
+    <t>Abercrombie, J: Devils</t>
+  </si>
+  <si>
+    <t>Aciman, A: Call Me By Your Name/Tie-In</t>
+  </si>
+  <si>
+    <t>Aciman, A: Gentleman From Peru</t>
+  </si>
+  <si>
+    <t>Aciman, A: Room on the Sea</t>
+  </si>
+  <si>
+    <t>Adams, S: Beg, Borrow, or Steal</t>
+  </si>
+  <si>
+    <t>Adichie, C: Americanah</t>
+  </si>
+  <si>
+    <t>Adichie, C: Dream Count</t>
+  </si>
+  <si>
+    <t>Adichie, C: Half of a Yellow Sun</t>
+  </si>
+  <si>
+    <t>Akbar, K: Martyr!</t>
+  </si>
+  <si>
+    <t>Alban, E: More than a Best Friend</t>
+  </si>
+  <si>
+    <t>Alderton, D: Everything I Know About Love</t>
+  </si>
+  <si>
+    <t>Alderton, D: Ghosts</t>
+  </si>
+  <si>
+    <t>Alderton, D: Good Material</t>
+  </si>
+  <si>
+    <t>Allende, I: My Name is Emilia del Valle</t>
+  </si>
+  <si>
+    <t>Anderson, G: Want</t>
+  </si>
+  <si>
+    <t>Aoyama, M: What You Are Looking for is in the Library</t>
+  </si>
+  <si>
+    <t>Argov, S: Why Men Love Bitches</t>
+  </si>
+  <si>
+    <t>Armas, E: Spanish Love Deception</t>
+  </si>
+  <si>
+    <t>Armfield, J: Our Wives Under The Sea</t>
+  </si>
+  <si>
+    <t>Asher, L: Final Offer</t>
+  </si>
+  <si>
+    <t>Asher, L: Love Redesigned</t>
+  </si>
+  <si>
+    <t>Asher, L: Love Unwritten</t>
+  </si>
+  <si>
+    <t>Asher, L: Terms and Conditions</t>
+  </si>
+  <si>
+    <t>Asher, L: Throttled</t>
+  </si>
+  <si>
+    <t>Atwood, M: Handmaid's Tale</t>
+  </si>
+  <si>
+    <t>Atwood, M: Testaments</t>
+  </si>
+  <si>
+    <t>Austen, J: Emma</t>
+  </si>
+  <si>
+    <t>Austen, J: Pride and Prejudice</t>
+  </si>
+  <si>
+    <t>Awad, M: Bunny</t>
+  </si>
+  <si>
+    <t>Awad, M: Rouge</t>
+  </si>
+  <si>
+    <t>Badawi, Z: African History of Africa</t>
+  </si>
+  <si>
+    <t>Baldacci, D: Strangers in Time</t>
+  </si>
+  <si>
+    <t>Baldwin, J: Giovanni's Room</t>
+  </si>
+  <si>
+    <t>Banville, J: Drowned</t>
+  </si>
+  <si>
+    <t>Bardugo, L: Familiar</t>
+  </si>
+  <si>
+    <t>Barker, P: Voyage Home</t>
+  </si>
+  <si>
+    <t>Bartlett, S: Diary of a CEO</t>
+  </si>
+  <si>
+    <t>Batuman, E: Idiot</t>
+  </si>
+  <si>
+    <t>Black, H: Cruel Prince</t>
+  </si>
+  <si>
+    <t>Blake, A: Dream On, Ramona Riley</t>
+  </si>
+  <si>
+    <t>Blake, A: Iris Kelly Doesn't Date</t>
+  </si>
+  <si>
+    <t>Blake, O: Atlas Six</t>
+  </si>
+  <si>
+    <t>Blake, O: Gifted &amp; Talented</t>
+  </si>
+  <si>
+    <t>Bono: Bono: Stories of Surrender</t>
+  </si>
+  <si>
+    <t>Bo-Reum, H: Welcome to the Hyunam-dong Bookshop</t>
+  </si>
+  <si>
+    <t>Borison, B: First Time Caller</t>
+  </si>
+  <si>
+    <t>Boyd, W: Gabriel's Moon</t>
+  </si>
+  <si>
+    <t>Bradbury, R: Fahrenheit 451</t>
+  </si>
+  <si>
+    <t>Bradley, K: Ministry of Time</t>
+  </si>
+  <si>
+    <t>Brandy, M: Say You Swear</t>
+  </si>
+  <si>
+    <t>Bregman, R: Humankind</t>
+  </si>
+  <si>
+    <t>Bregman, R: Moral Ambition</t>
+  </si>
+  <si>
+    <t>Brent, K: I Bet You'd Look Good in a Coffin</t>
+  </si>
+  <si>
+    <t>Broad, C: Abroad in Japan</t>
+  </si>
+  <si>
+    <t>Broadbent, C: Serpent and the Wings of Night</t>
+  </si>
+  <si>
+    <t>Broadbent, C: Songbird and the Heart of Stone</t>
+  </si>
+  <si>
+    <t>Brodesser-Akner, T: Long Island Compromise</t>
+  </si>
+  <si>
+    <t>Brontë, C: Jane Eyre</t>
+  </si>
+  <si>
+    <t>Brown, G: Book of Doors</t>
+  </si>
+  <si>
+    <t>Cameron, J: Artist's Way</t>
+  </si>
+  <si>
+    <t>Camus, A: Stranger</t>
+  </si>
+  <si>
+    <t>Carnegie, D: How to Win Friends</t>
+  </si>
+  <si>
+    <t>Cavanagh, S: Witness 8</t>
+  </si>
+  <si>
+    <t>Chevalier, T: Glassmaker</t>
+  </si>
+  <si>
+    <t>Child, L: In Too Deep</t>
+  </si>
+  <si>
+    <t>Chomsky, N: On Palestine</t>
+  </si>
+  <si>
+    <t>Christie, A: And Then There Were None</t>
+  </si>
+  <si>
+    <t>Cialdini, R: Influence</t>
+  </si>
+  <si>
+    <t>Clarke, S: Piranesi</t>
+  </si>
+  <si>
+    <t>Clear, J: Atomic Habits</t>
+  </si>
+  <si>
+    <t>Coben, H: Nobody's Fool</t>
+  </si>
+  <si>
+    <t>Coben, H: Think Twice</t>
+  </si>
+  <si>
+    <t>Coelho, P: Alchemist/25th Anniversary</t>
+  </si>
+  <si>
+    <t>Cole, T: Thousand Boy Kisses</t>
+  </si>
+  <si>
+    <t>Cole, T: Thousand Broken Pieces</t>
+  </si>
+  <si>
+    <t>Collins, S: Hunger Games: Sunrise on the Reaping</t>
+  </si>
+  <si>
+    <t>Connelly, M: Waiting</t>
+  </si>
+  <si>
+    <t>Conway, E: Material World</t>
+  </si>
+  <si>
+    <t>Corey, J: Mercy of Gods</t>
+  </si>
+  <si>
+    <t>Coryell, T: Love Letters to a Serial Killer</t>
+  </si>
+  <si>
+    <t>Covey, S: 7 Habits of Highly Effective People/Ann. Ed.</t>
+  </si>
+  <si>
+    <t>Crown, A: Night Shift</t>
+  </si>
+  <si>
+    <t>Csikszentmihalyi, M: Flow: The Psychology of Optimal Experie</t>
+  </si>
+  <si>
+    <t>Cusk, R: Parade</t>
+  </si>
+  <si>
+    <t>Danielewski, M: House of Leaves</t>
+  </si>
+  <si>
+    <t>Daré, A: And So I Roar</t>
+  </si>
+  <si>
+    <t>Darling, O: Fear the Flames</t>
+  </si>
+  <si>
+    <t>Davis, A: Women, Race &amp; Class</t>
+  </si>
+  <si>
+    <t>DeRogatis, A: Call It What You Want</t>
+  </si>
+  <si>
+    <t>Dobelli, R: Art of Thinking Clearly</t>
+  </si>
+  <si>
+    <t>Dostojewski, F: Crime and Punishment</t>
+  </si>
+  <si>
+    <t>Douglas, P: Birthday Girl</t>
+  </si>
+  <si>
+    <t>Douglas, P: Corrupt</t>
+  </si>
+  <si>
+    <t>Douglas, P: Credence</t>
+  </si>
+  <si>
+    <t>Douglas, P: Five Brothers</t>
+  </si>
+  <si>
+    <t>Douglas, P: Hideaway</t>
+  </si>
+  <si>
+    <t>Douglas, P: Kill Switch</t>
+  </si>
+  <si>
+    <t>Douglas, P: Punk 57</t>
+  </si>
+  <si>
+    <t>Doyle, A: Adventures of Sherlock Holmes</t>
+  </si>
+  <si>
+    <t>Duhigg, C: Supercommunicators</t>
+  </si>
+  <si>
+    <t>Durst, S: Spellshop</t>
+  </si>
+  <si>
+    <t>Dweck, C: Mindset - Updated Edition</t>
+  </si>
+  <si>
+    <t>El-Mohtar, A: This is How You Lose the Time War</t>
+  </si>
+  <si>
+    <t>Erikson, T: Surrounded by Liars</t>
+  </si>
+  <si>
+    <t>Estés, C: Women Who Run with the Wolves</t>
+  </si>
+  <si>
+    <t>Eugenides, J: Virgin Suicides</t>
+  </si>
+  <si>
+    <t>Evaristo, B: Girl, Woman, Other</t>
+  </si>
+  <si>
+    <t>Faloyin, D: Africa Is Not A Country</t>
+  </si>
+  <si>
+    <t>Fawcett, H: Emily Wilde's Encyclopaedia of Faeries</t>
+  </si>
+  <si>
+    <t>Fifty Great Short Stories</t>
+  </si>
+  <si>
+    <t>Fitzgerald, F: Great Gatsby</t>
+  </si>
+  <si>
+    <t>Foley, L: Midnight Feast</t>
+  </si>
+  <si>
+    <t>Fortune, C: One Golden Summer</t>
+  </si>
+  <si>
+    <t>Fry, S: Mythos</t>
+  </si>
+  <si>
+    <t>Fry, S: Odyssey</t>
+  </si>
+  <si>
+    <t>Gagne, P: Sociopath: A Memoir</t>
+  </si>
+  <si>
+    <t>Gaiman, N: Good Omens</t>
+  </si>
+  <si>
+    <t>Garber, S: Ballad of Never After</t>
+  </si>
+  <si>
+    <t>Garber, S: Caraval</t>
+  </si>
+  <si>
+    <t>Garber, S: Curse For True Love</t>
+  </si>
+  <si>
+    <t>Garber, S: Once Upon a Broken Heart</t>
+  </si>
+  <si>
+    <t>García, H: Ikigai</t>
+  </si>
+  <si>
+    <t>Garmus, B: Lessons in Chemistry</t>
+  </si>
+  <si>
+    <t>Gawdat, M: Unstressable</t>
+  </si>
+  <si>
+    <t>Gillig, R: Knight and the Moth</t>
+  </si>
+  <si>
+    <t>Gillig, R: One Dark Window</t>
+  </si>
+  <si>
+    <t>Gillig, R: Two Twisted Crowns</t>
+  </si>
+  <si>
+    <t>Gilmore, L: Cinnamon Bun Book Store</t>
+  </si>
+  <si>
+    <t>Gilmore, L: Pumpkin Spice Café</t>
+  </si>
+  <si>
+    <t>Gilmore, L: Strawberry Patch Pancake House</t>
+  </si>
+  <si>
+    <t>Given, F: Women Don't Owe You Pretty</t>
+  </si>
+  <si>
+    <t>Given, F: Women Living Deliciously</t>
+  </si>
+  <si>
+    <t>Golding, W: Lord of the Flies</t>
+  </si>
+  <si>
+    <t>Grace, H: Daydream</t>
+  </si>
+  <si>
+    <t>Grace, H: Icebreaker</t>
+  </si>
+  <si>
+    <t>Grace, H: Wildfire</t>
+  </si>
+  <si>
+    <t>Gramazio, H: Husbands</t>
+  </si>
+  <si>
+    <t>Grant, A: Think Again</t>
+  </si>
+  <si>
+    <t>Greene, R: 48 Laws Of Power</t>
+  </si>
+  <si>
+    <t>Greene, R: Art Of Seduction</t>
+  </si>
+  <si>
+    <t>Greene, R: Concise 48 Laws of Power</t>
+  </si>
+  <si>
+    <t>Greene, R: Concise Laws of Human Nature</t>
+  </si>
+  <si>
+    <t>Greene, R: Laws Of Human Nature</t>
+  </si>
+  <si>
+    <t>Grisham, J: Camino Ghosts</t>
+  </si>
+  <si>
+    <t>Haas, H: How Migration Really Works</t>
+  </si>
+  <si>
+    <t>Haddon, M: Curious Incident of Dog in Night-Time</t>
+  </si>
+  <si>
+    <t>Haidt, J: Anxious Generation</t>
+  </si>
+  <si>
+    <t>Haig, M: Comfort Book</t>
+  </si>
+  <si>
+    <t>Haig, M: How to Stop Time</t>
+  </si>
+  <si>
+    <t>Haig, M: Life Impossible</t>
+  </si>
+  <si>
+    <t>Haig, M: Midnight Library</t>
+  </si>
+  <si>
+    <t>Hallett, J: Examiner</t>
+  </si>
+  <si>
+    <t>Hanada, N: Bookshop Woman</t>
+  </si>
+  <si>
+    <t>Hannah, K: Women</t>
+  </si>
+  <si>
+    <t>Harari, Y: Homo Deus</t>
+  </si>
+  <si>
+    <t>Harari, Y: Nexus</t>
+  </si>
+  <si>
+    <t>Harari, Y: Sapiens</t>
+  </si>
+  <si>
+    <t>Harpman, J: I Who Have Never Known Men</t>
+  </si>
+  <si>
+    <t>Harris, R: Precipice</t>
+  </si>
+  <si>
+    <t>Hart, C: Quicksilver</t>
+  </si>
+  <si>
+    <t>Harvey, S: Orbital</t>
+  </si>
+  <si>
+    <t>Hastings, J: Magnolia Parks 1 (Original Cover Collection)</t>
+  </si>
+  <si>
+    <t>Hastings, J: Never</t>
+  </si>
+  <si>
+    <t>Hawking, S: Brief Answers to the Big Questions</t>
+  </si>
+  <si>
+    <t>Hazelwood, A: Bride</t>
+  </si>
+  <si>
+    <t>Hazelwood, A: Deep End</t>
+  </si>
+  <si>
+    <t>Hazelwood, A: Love Hypothesis</t>
+  </si>
+  <si>
+    <t>Hazelwood, A: Love on the Brain</t>
+  </si>
+  <si>
+    <t>Hazelwood, A: Love Theoretically</t>
+  </si>
+  <si>
+    <t>Hazelwood, A: Not in Love</t>
+  </si>
+  <si>
+    <t>Hazelwood, A: Problematic Summer Romance</t>
+  </si>
+  <si>
+    <t>Hemingway, E: Old Man and Sea</t>
+  </si>
+  <si>
+    <t>Henry, E: Beach Read</t>
+  </si>
+  <si>
+    <t>Henry, E: Book Lovers</t>
+  </si>
+  <si>
+    <t>Henry, E: Funny Story</t>
+  </si>
+  <si>
+    <t>Henry, E: Great Big Beautiful Life</t>
+  </si>
+  <si>
+    <t>Henry, E: Happy Place</t>
+  </si>
+  <si>
+    <t>Henry, E: People We Meet on Vacation</t>
+  </si>
+  <si>
+    <t>Herbert, F: Dune</t>
+  </si>
+  <si>
+    <t>Herbert, F: Dune Messiah</t>
+  </si>
+  <si>
+    <t>Hessel, K: Story of Art without Men</t>
+  </si>
+  <si>
+    <t>Hill, N: Think and Grow Rich</t>
+  </si>
+  <si>
+    <t>Hirsch, A: Book of Bill</t>
+  </si>
+  <si>
+    <t>Holiday, R: Daily Stoic</t>
+  </si>
+  <si>
+    <t>Holiday, R: Discipline Is Destiny</t>
+  </si>
+  <si>
+    <t>Holton, I: Geographers Map to Romance</t>
+  </si>
+  <si>
+    <t>Hooks, B: All about Love</t>
+  </si>
+  <si>
+    <t>Hoover, C: It Ends with Us</t>
+  </si>
+  <si>
+    <t>Hoover, C: It Starts with Us</t>
+  </si>
+  <si>
+    <t>Hoover, C: November 9</t>
+  </si>
+  <si>
+    <t>Hoover, C: Ugly Love</t>
+  </si>
+  <si>
+    <t>Hoover, C: Verity</t>
+  </si>
+  <si>
+    <t>Hosseini, K: Thousand Splendid Suns</t>
+  </si>
+  <si>
+    <t>Housel, M: Psychology of Money: Timeless Lessons on Wealth</t>
+  </si>
+  <si>
+    <t>Huang, A: King of Envy</t>
+  </si>
+  <si>
+    <t>Huang, A: King of Greed</t>
+  </si>
+  <si>
+    <t>Huang, A: King of Pride</t>
+  </si>
+  <si>
+    <t>Huang, A: King of Sloth</t>
+  </si>
+  <si>
+    <t>Huang, A: King of Wrath</t>
+  </si>
+  <si>
+    <t>Huang, A: Striker/Deluxe Edition</t>
+  </si>
+  <si>
+    <t>Huang, A: Twisted Games</t>
+  </si>
+  <si>
+    <t>Huang, A: Twisted Hate</t>
+  </si>
+  <si>
+    <t>Huang, A: Twisted Lies</t>
+  </si>
+  <si>
+    <t>Huang, A: Twisted Love</t>
+  </si>
+  <si>
+    <t>Huxley, A: Brave New World</t>
+  </si>
+  <si>
+    <t>Ishiguro, K: Klara and the Sun</t>
+  </si>
+  <si>
+    <t>Ishiguro, K: Never Let Me Go</t>
+  </si>
+  <si>
+    <t>Jackson, H: Reappearance of Rachel Price</t>
+  </si>
+  <si>
+    <t>Jenkins Reid, T: Daisy Jones &amp; The Six</t>
+  </si>
+  <si>
+    <t>Jensen, D: Fate Inked in Blood</t>
+  </si>
+  <si>
+    <t>Jimenez, A: Just For The Summer</t>
+  </si>
+  <si>
+    <t>Jimenez, A: Say You'll Remember Me</t>
+  </si>
+  <si>
+    <t>July, M: All Fours</t>
+  </si>
+  <si>
+    <t>Kahneman, D: Thinking, Fast and Slow</t>
+  </si>
+  <si>
+    <t>Kalanithi, P: When Breath Becomes Air</t>
+  </si>
+  <si>
+    <t>Kang, H: Greek Lessons</t>
+  </si>
+  <si>
+    <t>Kang, H: We Do Not Part</t>
+  </si>
+  <si>
+    <t>Kaur, R: Milk and Honey</t>
+  </si>
+  <si>
+    <t>Kawaguchi, T: Before the Coffee Gets Cold</t>
+  </si>
+  <si>
+    <t>Kawaguchi, T: Tales from the Cafe</t>
+  </si>
+  <si>
+    <t>Kawakami, M: All The Lovers In The Night</t>
+  </si>
+  <si>
+    <t>Kawakami, M: Breasts and Eggs</t>
+  </si>
+  <si>
+    <t>Kawamura, G: If Cats Disappeared from the World</t>
+  </si>
+  <si>
+    <t>Kawamura, G: One Hundred Flowers</t>
+  </si>
+  <si>
+    <t>Keegan, C: Small Things Like These</t>
+  </si>
+  <si>
+    <t>Keel, E: Four</t>
+  </si>
+  <si>
+    <t>Kennedy, E: Charlie Method</t>
+  </si>
+  <si>
+    <t>Kennedy, E: Deal</t>
+  </si>
+  <si>
+    <t>Kennedy, E: Graham Effect</t>
+  </si>
+  <si>
+    <t>Kennedy, E: Mistake</t>
+  </si>
+  <si>
+    <t>Kennedy, E: Score</t>
+  </si>
+  <si>
+    <t>Kennedy, R: Gild</t>
+  </si>
+  <si>
+    <t>Kent, R: God of Malice</t>
+  </si>
+  <si>
+    <t>Keyes, M: My Favourite Mistake</t>
+  </si>
+  <si>
+    <t>Khabra, B: Collide</t>
+  </si>
+  <si>
+    <t>Khabra, B: Spiral</t>
+  </si>
+  <si>
+    <t>King, S: Holly</t>
+  </si>
+  <si>
+    <t>King, S: Never Flinch</t>
+  </si>
+  <si>
+    <t>King, S: Shining</t>
+  </si>
+  <si>
+    <t>Kingsolver, B: Demon Copperhead</t>
+  </si>
+  <si>
+    <t>Kishimi, I: Courage To Be Disliked</t>
+  </si>
+  <si>
+    <t>Kiyosaki, R: Rich Dad Poor Dad/Ann. Ed.</t>
+  </si>
+  <si>
+    <t>Kleinbaum, N: Dead Poets Society</t>
+  </si>
+  <si>
+    <t>Klune, T: House in the Cerulean Sea</t>
+  </si>
+  <si>
+    <t>Klune, T: Somewhere Beyond the Sea</t>
+  </si>
+  <si>
+    <t>Knoll, J: Bright Young Women</t>
+  </si>
+  <si>
+    <t>Kolk, B: The Body Keeps the Score</t>
+  </si>
+  <si>
+    <t>Kuang, R: Babel</t>
+  </si>
+  <si>
+    <t>Kuang, R: Poppy War</t>
+  </si>
+  <si>
+    <t>Kuang, R: Yellowface</t>
+  </si>
+  <si>
+    <t>Kushner, R: Creation Lake</t>
+  </si>
+  <si>
+    <t>Kwan, K: Lies and Weddings</t>
+  </si>
+  <si>
+    <t>Lark, S: Brutal Prince</t>
+  </si>
+  <si>
+    <t>Lark, S: There Are No Saints</t>
+  </si>
+  <si>
+    <t>Lawrence, M: Book That Broke The World</t>
+  </si>
+  <si>
+    <t>Lawrence, M: Book That Wouldn't Burn</t>
+  </si>
+  <si>
+    <t>Lee, H: To Kill a Mockingbird/60th Anniversary Ed.</t>
+  </si>
+  <si>
+    <t>Lee, M: DallerGut Dream Department Store</t>
+  </si>
+  <si>
+    <t>Lee, M: Pachinko</t>
+  </si>
+  <si>
+    <t>Lembke, A: Dopamine Nation</t>
+  </si>
+  <si>
+    <t>Levine, A: Attached</t>
+  </si>
+  <si>
+    <t>Lowndes, L: How to Talk to Anyone</t>
+  </si>
+  <si>
+    <t>Lunn, N: Conversations on Love</t>
+  </si>
+  <si>
+    <t>Lynch, P: Prophet Song</t>
+  </si>
+  <si>
+    <t>Maas, S: Assassin's Blade</t>
+  </si>
+  <si>
+    <t>Maas, S: Court of Frost and Starlight/Adult Ed.</t>
+  </si>
+  <si>
+    <t>Maas, S: Court of Mist and Fury/Adult Ed.</t>
+  </si>
+  <si>
+    <t>Maas, S: Court of Silver Flames</t>
+  </si>
+  <si>
+    <t>Maas, S: Court of Thorns and Roses/Adult Ed.</t>
+  </si>
+  <si>
+    <t>Maas, S: Court of Wings and Ruin</t>
+  </si>
+  <si>
+    <t>Maas, S: Crown of Midnight</t>
+  </si>
+  <si>
+    <t>Maas, S: Heir of Fire</t>
+  </si>
+  <si>
+    <t>Maas, S: House of Earth and Blood</t>
+  </si>
+  <si>
+    <t>Maas, S: House of Flame and Shadow</t>
+  </si>
+  <si>
+    <t>Maas, S: House of Sky and Breath</t>
+  </si>
+  <si>
+    <t>Maas, S: Throne of Glass</t>
+  </si>
+  <si>
+    <t>Machida, S: Convenience Store by the Sea</t>
+  </si>
+  <si>
+    <t>Mackesy, C: Boy, The Mole, The Fox and The Horse</t>
+  </si>
+  <si>
+    <t>Mackie, B: What a Way to Go</t>
+  </si>
+  <si>
+    <t>Maehrer, H: Apprentice to the Villain</t>
+  </si>
+  <si>
+    <t>Maehrer, H: Assistant to the Villain</t>
+  </si>
+  <si>
+    <t>Manson, M: Subtle Art of Not Giving a F*ck</t>
+  </si>
+  <si>
+    <t>Maté, G: Myth of Normal</t>
+  </si>
+  <si>
+    <t>McCarthy, C: Road</t>
+  </si>
+  <si>
+    <t>McFadden, F: Boyfriend</t>
+  </si>
+  <si>
+    <t>McFadden, F: Crash</t>
+  </si>
+  <si>
+    <t>McFadden, F: Housemaid</t>
+  </si>
+  <si>
+    <t>McFadden, F: Housemaid Is Watching</t>
+  </si>
+  <si>
+    <t>McFadden, F: Housemaid's Secret</t>
+  </si>
+  <si>
+    <t>McFadden, F: Never Lie</t>
+  </si>
+  <si>
+    <t>McFarlane, M: Cover Story</t>
+  </si>
+  <si>
+    <t>McIntire, E: Crossed</t>
+  </si>
+  <si>
+    <t>Mcintire, E: Hexed</t>
+  </si>
+  <si>
+    <t>Mcintire, E: Hooked</t>
+  </si>
+  <si>
+    <t>McIntire, E: Scarred</t>
+  </si>
+  <si>
+    <t>McQuiston, C: Pairing</t>
+  </si>
+  <si>
+    <t>McQuiston, C: Red, White &amp; Royal Blue</t>
+  </si>
+  <si>
+    <t>Mellors, C: Blue Sisters</t>
+  </si>
+  <si>
+    <t>Mellors, C: Cleopatra and Frankenstein</t>
+  </si>
+  <si>
+    <t>Meyer, E: Culture Map</t>
+  </si>
+  <si>
+    <t>Michaelides, A: Silent Patient</t>
+  </si>
+  <si>
+    <t>Miller, M: Circe</t>
+  </si>
+  <si>
+    <t>Miller, M: Song of Achilles</t>
+  </si>
+  <si>
+    <t>Minix, S: Murder at the Bookstore</t>
+  </si>
+  <si>
+    <t>Mo Xiang Tong Xiu: Heaven Official's Blessing 1</t>
+  </si>
+  <si>
+    <t>Mochizuki, M: Full Moon Coffee Shop</t>
+  </si>
+  <si>
+    <t>Morgenstern, E: Night Circus</t>
+  </si>
+  <si>
+    <t>Moriarty, L: Here One Moment</t>
+  </si>
+  <si>
+    <t>Moshfegh, O: My Year of Rest and Relaxation</t>
+  </si>
+  <si>
+    <t>Moyes, J: We All Live Here</t>
+  </si>
+  <si>
+    <t>Munroe, R: What If?</t>
+  </si>
+  <si>
+    <t>Murakami, H: Kafka on the Shore</t>
+  </si>
+  <si>
+    <t>Murakami, H: Norwegian Wood</t>
+  </si>
+  <si>
+    <t>Murata, S: Convenience Store Woman. Assorted colors</t>
+  </si>
+  <si>
+    <t>Murata, S: Vanishing World</t>
+  </si>
+  <si>
+    <t>Murder at the Beach</t>
+  </si>
+  <si>
+    <t>Murphy, M: You Were Never Not Mine</t>
+  </si>
+  <si>
+    <t>Murray, P: Bee Sting</t>
+  </si>
+  <si>
+    <t>Mustard, J: Okay Days</t>
+  </si>
+  <si>
+    <t>Nabokov, V: Lolita</t>
+  </si>
+  <si>
+    <t>Nam-Joo, C: Kim Jiyoung, Born 1982</t>
+  </si>
+  <si>
+    <t>Natsukawa, S: Cat Who Saved the Library</t>
+  </si>
+  <si>
+    <t>Nelson, C: Open Water</t>
+  </si>
+  <si>
+    <t>Nestor, J: Breath</t>
+  </si>
+  <si>
+    <t>Newport, C: Deep Work</t>
+  </si>
+  <si>
+    <t>Newport, C: Slow Productivity</t>
+  </si>
+  <si>
+    <t>Nicole, A: Book of Azrael</t>
+  </si>
+  <si>
+    <t>Noah, T: Born a Crime</t>
+  </si>
+  <si>
+    <t>Nowlin, L: If He Had Been with Me</t>
+  </si>
+  <si>
+    <t>Ogawa, Y: Memory Police</t>
+  </si>
+  <si>
+    <t>Orwell, G: Animal Farm</t>
+  </si>
+  <si>
+    <t>Orwell, G: Nineteen Eighty-Four</t>
+  </si>
+  <si>
+    <t>Osman, R: Bullet That Missed</t>
+  </si>
+  <si>
+    <t>Osman, R: Last Devil To Die</t>
+  </si>
+  <si>
+    <t>Osman, R: Man Who Died Twice</t>
+  </si>
+  <si>
+    <t>Osman, R: Thursday Murder Club</t>
+  </si>
+  <si>
+    <t>Osman, R: We Solve Murders</t>
+  </si>
+  <si>
+    <t>Ottolenghi, Y: SIMPLE</t>
+  </si>
+  <si>
+    <t>Owens, D: Where the Crawdads Sing</t>
+  </si>
+  <si>
+    <t>Painter, L: Better Than the Movies</t>
+  </si>
+  <si>
+    <t>Painter, L: Nothing Like the Movies</t>
+  </si>
+  <si>
+    <t>Parker, S: When the Moon Hatched</t>
+  </si>
+  <si>
+    <t>Parkinson, H: Joy of Small Things</t>
+  </si>
+  <si>
+    <t>Parrish, S: Clear Thinking</t>
+  </si>
+  <si>
+    <t>Penny, L: Grey Wolf</t>
+  </si>
+  <si>
+    <t>Peppernell, C: Pillow Thoughts</t>
+  </si>
+  <si>
+    <t>Perez, C: Invisible Women</t>
+  </si>
+  <si>
+    <t>Perrin, K: How To Solve Your Own Murder</t>
+  </si>
+  <si>
+    <t>Perry, P: Book You Wish Your Parents Had Read</t>
+  </si>
+  <si>
+    <t>Peterson, J: 12 Rules for Life</t>
+  </si>
+  <si>
+    <t>Plath, S: Bell Jar</t>
+  </si>
+  <si>
+    <t>Plath, S: Unabridged Journals of Sylvia Plath</t>
+  </si>
+  <si>
+    <t>Poe, E: Edgar Allan Poe: Collected Works</t>
+  </si>
+  <si>
+    <t>Poe, E: Tales of Horror</t>
+  </si>
+  <si>
+    <t>Poston, A: Seven Year Slip</t>
+  </si>
+  <si>
+    <t>Poston, A: Sounds Like Love</t>
+  </si>
+  <si>
+    <t>Powers, R: Playground</t>
+  </si>
+  <si>
+    <t>Ramakrishnan, V: Why We Die</t>
+  </si>
+  <si>
+    <t>Reichs, K: Fire and Bones</t>
+  </si>
+  <si>
+    <t>Reid, A: Lady Macbeth</t>
+  </si>
+  <si>
+    <t>Reid, T: Atmosphere</t>
+  </si>
+  <si>
+    <t>Reid, T: Seven Husbands of Evelyn Hugo</t>
+  </si>
+  <si>
+    <t>Ries, E: Lean Startup</t>
+  </si>
+  <si>
+    <t>Rio, M: Graveyard Shift</t>
+  </si>
+  <si>
+    <t>Rio, M: If We Were Villains</t>
+  </si>
+  <si>
+    <t>Ritchie, H: Not the End of the World</t>
+  </si>
+  <si>
+    <t>Roberts, L: Fearless</t>
+  </si>
+  <si>
+    <t>Roberts, L: Powerless</t>
+  </si>
+  <si>
+    <t>Roberts, L: Reckless</t>
+  </si>
+  <si>
+    <t>Rooney, S: Beautiful World, Where Are You</t>
+  </si>
+  <si>
+    <t>Rooney, S: Conversations with Friends</t>
+  </si>
+  <si>
+    <t>Rooney, S: Intermezzo</t>
+  </si>
+  <si>
+    <t>Rooney, S: Normal People</t>
+  </si>
+  <si>
+    <t>Rosenblum, E: Very Bad Company</t>
+  </si>
+  <si>
+    <t>Rosling, H: Factfulness</t>
+  </si>
+  <si>
+    <t>Rowell, R: Slow Dance</t>
+  </si>
+  <si>
+    <t>Rowling, J: Harry Potter 1/Philosopher's Stone</t>
+  </si>
+  <si>
+    <t>Rubin, R: Creative Act</t>
+  </si>
+  <si>
+    <t>Rushdie, S: Knife</t>
+  </si>
+  <si>
+    <t>Sage, L: Lost and Lassoed</t>
+  </si>
+  <si>
+    <t>Sage, L: Wild and Wrangled</t>
+  </si>
+  <si>
+    <t>Saint, J: Ariadne</t>
+  </si>
+  <si>
+    <t>Saint, J: Atalanta</t>
+  </si>
+  <si>
+    <t>Saint, J: Hera</t>
+  </si>
+  <si>
+    <t>Salinger, J: Catcher in the Rye</t>
+  </si>
+  <si>
+    <t>Sanderson, B: Frugal Wizard's Handbook for Surviving</t>
+  </si>
+  <si>
+    <t>Sanderson, B: Mistborn 1/Final Empire</t>
+  </si>
+  <si>
+    <t>Sanderson, B: Sunlit Man</t>
+  </si>
+  <si>
+    <t>Sanderson, B: Tress of the Emerald Sea</t>
+  </si>
+  <si>
+    <t>Sanderson, B: Way of Kings</t>
+  </si>
+  <si>
+    <t>Sanderson, B: Wind and Truth</t>
+  </si>
+  <si>
+    <t>Sanderson, B: Yumi and the Nightmare Painter</t>
+  </si>
+  <si>
+    <t>Sapolsky, R: Behave</t>
+  </si>
+  <si>
+    <t>Schwab, V: Bury Our Bones in the Midnight Soil</t>
+  </si>
+  <si>
+    <t>Schwab, V: Invisible Life of Addie LaRue</t>
+  </si>
+  <si>
+    <t>Score, L: Story Of My Life</t>
+  </si>
+  <si>
+    <t>Score, L: Things We Hide From The Light</t>
+  </si>
+  <si>
+    <t>Score, L: Things We Left Behind</t>
+  </si>
+  <si>
+    <t>Score, L: Things We Never Got Over</t>
+  </si>
+  <si>
+    <t>Sehee, B: I Want to Die but I Still Want to Eat Tteokbokki</t>
+  </si>
+  <si>
+    <t>Sehee, B: I Want to Die but I Want to Eat Tteokbokki</t>
+  </si>
+  <si>
+    <t>Shafak, E: Island of Missing Trees</t>
+  </si>
+  <si>
+    <t>Shafak, E: There are Rivers in the Sky</t>
+  </si>
+  <si>
+    <t>Shannon, S: Day of Fallen Night</t>
+  </si>
+  <si>
+    <t>Shannon, S: Priory of the Orange Tree</t>
+  </si>
+  <si>
+    <t>Shelley, M: Frankenstein</t>
+  </si>
+  <si>
+    <t>Shen, L: My Dark Prince</t>
+  </si>
+  <si>
+    <t>Sheridan, M: Archer's Voice</t>
+  </si>
+  <si>
+    <t>Silver, E: Flawless</t>
+  </si>
+  <si>
+    <t>Silver, E: Heartless</t>
+  </si>
+  <si>
+    <t>Silver, E: Hopeless</t>
+  </si>
+  <si>
+    <t>Silver, E: Powerless</t>
+  </si>
+  <si>
+    <t>Silver, E: Reckless</t>
+  </si>
+  <si>
+    <t>Silver, E: Wild Eyes</t>
+  </si>
+  <si>
+    <t>Silver, E: Wild Love</t>
+  </si>
+  <si>
+    <t>Silver, E: Wild Side</t>
+  </si>
+  <si>
+    <t>Silvera, A: Survivor Wants to Die at the End</t>
+  </si>
+  <si>
+    <t>Simone, S: Priest</t>
+  </si>
+  <si>
+    <t>Slapper, E: Everyone I Know is Dying</t>
+  </si>
+  <si>
+    <t>Slaughter, K: This is Why we Lied</t>
+  </si>
+  <si>
+    <t>Smith, J: Why Has Nobody Told Me This Before?</t>
+  </si>
+  <si>
+    <t>Smith, K: Phantasma</t>
+  </si>
+  <si>
+    <t>Smith, P: Just Kids</t>
+  </si>
+  <si>
+    <t>Snyder, T: On Freedom</t>
+  </si>
+  <si>
+    <t>Sohn, W: Almond</t>
+  </si>
+  <si>
+    <t>St. Clair, S: Touch of Darkness</t>
+  </si>
+  <si>
+    <t>Stevenson, B: Everyone On This Train Is A Suspect</t>
+  </si>
+  <si>
+    <t>Stiefvater, M: Listeners</t>
+  </si>
+  <si>
+    <t>Suleyman, M: Coming Wave (Export Edition)</t>
+  </si>
+  <si>
+    <t>Sutanto, J: Vera Wong's Guide to Snooping (On a Dead Man)</t>
+  </si>
+  <si>
+    <t>Tartt, D: Goldfinch</t>
+  </si>
+  <si>
+    <t>Tartt, D: Secret History</t>
+  </si>
+  <si>
+    <t>Thiel, P: Zero to One</t>
+  </si>
+  <si>
+    <t>Thorogood, R: Murder On The Marlow Belle</t>
+  </si>
+  <si>
+    <t>Tóibín, C: Long Island</t>
+  </si>
+  <si>
+    <t>Tolkien, J: Hobbit</t>
+  </si>
+  <si>
+    <t>Tolkien, J: Lord of Rings/3 Bde</t>
+  </si>
+  <si>
+    <t>Tolle, E: The Power of Now</t>
+  </si>
+  <si>
+    <t>Tomforde, L: Caught Up</t>
+  </si>
+  <si>
+    <t>Tomforde, L: Mile High</t>
+  </si>
+  <si>
+    <t>Tomforde, L: Play Along</t>
+  </si>
+  <si>
+    <t>Tomforde, L: Rewind It Back</t>
+  </si>
+  <si>
+    <t>Tomforde, L: Right Move</t>
+  </si>
+  <si>
+    <t>Toon, P: What If I Never Get Over You</t>
+  </si>
+  <si>
+    <t>Towles, A: Table For Two</t>
+  </si>
+  <si>
+    <t>Tyler, A: Three Days in June</t>
+  </si>
+  <si>
+    <t>Tzu, S: Art of War &amp; Other Classics of Eastern Philosophy</t>
+  </si>
+  <si>
+    <t>Varoufakis, Y: Technofeudalism</t>
+  </si>
+  <si>
+    <t>Verghese, A: Covenant of Water</t>
+  </si>
+  <si>
+    <t>Voss, C: Never Split the Difference</t>
+  </si>
+  <si>
+    <t>Vuong, O: Emperor of Gladness</t>
+  </si>
+  <si>
+    <t>Vuong, O: On Earth We're Briefly Gorgeous</t>
+  </si>
+  <si>
+    <t>Walker, M: Enemy in the Village</t>
+  </si>
+  <si>
+    <t>Walker, M: Why We Sleep</t>
+  </si>
+  <si>
+    <t>Walsh, C: Binding 13</t>
+  </si>
+  <si>
+    <t>Walsh, C: Keeping 13</t>
+  </si>
+  <si>
+    <t>Walsh, C: Redeeming 6</t>
+  </si>
+  <si>
+    <t>Walsh, C: Saving 6</t>
+  </si>
+  <si>
+    <t>Walsh, C: Taming 7</t>
+  </si>
+  <si>
+    <t>Ware, R: One Perfect Couple</t>
+  </si>
+  <si>
+    <t>Weaver, B: Butcher and Blackbird</t>
+  </si>
+  <si>
+    <t>Weaver, B: Leather &amp; Lark</t>
+  </si>
+  <si>
+    <t>Weaver, B: Scythe &amp; Sparrow</t>
+  </si>
+  <si>
+    <t>Whitaker, C: All the Colours of the Dark</t>
+  </si>
+  <si>
+    <t>Wilde, O: Picture of Dorian Gray</t>
+  </si>
+  <si>
+    <t>Wolynn, M: It Didn't Start With You</t>
+  </si>
+  <si>
+    <t>Wouden, Y: Safekeep</t>
+  </si>
+  <si>
+    <t>Yagisawa, S: Days at the Morisaki Bookshop</t>
+  </si>
+  <si>
+    <t>Yagisawa, S: More Days at the Morisaki Bookshop</t>
+  </si>
+  <si>
+    <t>Yanagihara, H: Little Life</t>
+  </si>
+  <si>
+    <t>Yarros, R: Fourth Wing</t>
+  </si>
+  <si>
+    <t>Yarros, R: Iron Flame</t>
+  </si>
+  <si>
+    <t>Yarros, R: Onyx Storm</t>
+  </si>
+  <si>
+    <t>Yuzuki, A: Butter</t>
+  </si>
+  <si>
+    <t>Zevin, G: Tomorrow, and Tomorrow, and Tomorrow</t>
+  </si>
+  <si>
+    <t>Zusak, M: Book Thief</t>
+  </si>
+  <si>
+    <t>Bestandsliste Just the Best L • 3. Quartal 2025</t>
   </si>
   <si>
     <t>Aaronovitch, B: Masquerades of Spring</t>
   </si>
   <si>
     <t>Aaronovitch, B: Stone and Sky</t>
   </si>
   <si>
-    <t>Abdaal, A: Feel-Good Productivity</t>
-[...16 lines deleted...]
-  <si>
     <t>Ahern, C: Into the Storm</t>
   </si>
   <si>
-    <t>Akbar, K: Martyr!</t>
-[...10 lines deleted...]
-  <si>
     <t>Allen, N: Caught Up</t>
   </si>
   <si>
     <t>Allen, N: Lights Out</t>
   </si>
   <si>
-    <t>Allende, I: My Name is Emilia del Valle</t>
-[...7 lines deleted...]
-  <si>
     <t>Applebaum, A: Autocracy, Inc</t>
   </si>
   <si>
-    <t>Argov, S: Why Men Love Bitches</t>
-[...2 lines deleted...]
-    <t>Armas, E: Spanish Love Deception</t>
+    <t>Arena, B: Dance of Lies</t>
   </si>
   <si>
     <t>Asakura, T: Vanishing Cherry Blossom Bookshop</t>
   </si>
   <si>
-    <t>Asher, L: Final Offer</t>
-[...1 lines deleted...]
-  <si>
     <t>Asher, L: Love Arranged</t>
   </si>
   <si>
-    <t>Asher, L: Love Redesigned</t>
-[...64 lines deleted...]
-  <si>
     <t>Bickers, T: Book Swap</t>
   </si>
   <si>
-    <t>Blake, A: Dream On, Ramona Riley</t>
-[...4 lines deleted...]
-  <si>
     <t>Bonam-Young, H: People Watching</t>
   </si>
   <si>
-    <t>Bo-Reum, H: Welcome to the Hyunam-dong Bookshop</t>
-[...16 lines deleted...]
-  <si>
     <t>Brennan, S: Long Live Evil</t>
   </si>
   <si>
-    <t>Broad, C: Abroad in Japan</t>
-[...7 lines deleted...]
-  <si>
     <t>Broadbent, C: Fallen and the Kiss of Dusk</t>
   </si>
   <si>
-    <t>Broadbent, C: Serpent and the Wings of Night</t>
-[...10 lines deleted...]
-  <si>
     <t>Brown, D: Secret of Secrets</t>
   </si>
   <si>
-    <t>Brown, G: Book of Doors</t>
-[...1 lines deleted...]
-  <si>
     <t>Brown, G: Society of Unknowable Objects</t>
   </si>
   <si>
-    <t>Brown, P: Red Rising</t>
-[...40 lines deleted...]
-  <si>
     <t>Clarke, L: Surf House</t>
   </si>
   <si>
-    <t>Clarke, S: Piranesi</t>
-[...22 lines deleted...]
-  <si>
     <t>Cole, T: Write Me For You</t>
   </si>
   <si>
-    <t>Collins, S: Hunger Games: Sunrise on the Reaping</t>
-[...73 lines deleted...]
-  <si>
     <t>Dunlay, E: Teddy</t>
   </si>
   <si>
     <t>Dunn, K: Hungerstone</t>
   </si>
   <si>
-    <t>Durst, S: Spellshop</t>
-[...7 lines deleted...]
-  <si>
     <t>Erikson, T: Surrounded by Idiots Revised &amp; Expanded Edition</t>
   </si>
   <si>
-    <t>Erikson, T: Surrounded by Liars</t>
-[...4 lines deleted...]
-  <si>
     <t>Espach, A: Wedding People</t>
   </si>
   <si>
-    <t>Estés, C: Women Who Run with the Wolves</t>
-[...14 lines deleted...]
-    <t>Fawcett, H: Emily Wilde's Encyclopaedia of Faeries</t>
+    <t xml:space="preserve">Everett, P: James </t>
   </si>
   <si>
     <t>Fforde, K: From London With Love</t>
   </si>
   <si>
-    <t>Fifty Great Short Stories</t>
-[...4 lines deleted...]
-  <si>
     <t>Follett, K: Circle of Days</t>
   </si>
   <si>
-    <t>Fry, S: Mythos</t>
-[...10 lines deleted...]
-  <si>
     <t>Galbraith, R: Hallmarked Man</t>
   </si>
   <si>
-    <t>Garber, S: Alchemy of Secrets</t>
-[...13 lines deleted...]
-  <si>
     <t>Garcia Marquez, G: Until August</t>
   </si>
   <si>
-    <t>García, H: Ikigai</t>
-[...7 lines deleted...]
-  <si>
     <t>George, E: Slowly Dying Cause</t>
   </si>
   <si>
-    <t>Gibson, W: Neuromancer</t>
-[...1 lines deleted...]
-  <si>
     <t>Gilbert, E: All the Way to the River</t>
   </si>
   <si>
-    <t>Gillig, R: Knight and the Moth</t>
-[...13 lines deleted...]
-  <si>
     <t>Gilmore, L: Gingerbread Bakery</t>
   </si>
   <si>
-    <t>Gilmore, L: Pumpkin Spice Café</t>
-[...43 lines deleted...]
-  <si>
     <t>Grisham, J: Framed</t>
   </si>
   <si>
-    <t>Grisham, J: Widow</t>
-[...59 lines deleted...]
-    <t>Hawking, S: Brief Answers to the Big Questions</t>
+    <t>Han, J: We'll Always Have Summer</t>
   </si>
   <si>
     <t>Hawkins, P: Blue Hour</t>
   </si>
   <si>
-    <t>Hazelwood, A: Bride</t>
-[...55 lines deleted...]
-  <si>
     <t>Hindle, T: Death in the Arctic</t>
   </si>
   <si>
-    <t>Hirsch, A: Book of Bill</t>
-[...22 lines deleted...]
-  <si>
     <t>Horowitz, A: Marble Hall Murders</t>
   </si>
   <si>
-    <t>Hosseini, K: Kite Runner</t>
-[...52 lines deleted...]
-  <si>
     <t>Jackson, H: Not Quite Dead Yet</t>
   </si>
   <si>
-    <t>Jenkins Reid, T: Daisy Jones &amp; The Six</t>
-[...4 lines deleted...]
-  <si>
     <t>Jimenez, A: Part of Your World</t>
   </si>
   <si>
-    <t>Jimenez, A: Say You'll Remember Me</t>
-[...13 lines deleted...]
-  <si>
     <t>Kang, H: Vegetarian</t>
   </si>
   <si>
-    <t>Kashiwai, H: Menu of Happiness</t>
-[...46 lines deleted...]
-  <si>
     <t>Kent, R: God of Fury</t>
   </si>
   <si>
-    <t>Kent, R: God of Malice</t>
-[...4 lines deleted...]
-  <si>
     <t>Kent, R: God of Wrath</t>
   </si>
   <si>
-    <t>Khabra, B: Collide</t>
-[...22 lines deleted...]
-  <si>
     <t>King, S: You Like It Darker</t>
   </si>
   <si>
-    <t>Kingsolver, B: Demon Copperhead</t>
-[...10 lines deleted...]
-  <si>
     <t>Klein, E: Abundance</t>
   </si>
   <si>
-    <t>Kleinbaum, N: Dead Poets Society</t>
-[...1 lines deleted...]
-  <si>
     <t>Kliewer, M: We Used to Live Here</t>
   </si>
   <si>
-    <t>Klune, T: House in the Cerulean Sea</t>
-[...7 lines deleted...]
-  <si>
     <t>Kova, E: Arcana Academy</t>
   </si>
   <si>
-    <t>Kristoff, J: Empire of the Dawn</t>
-[...7 lines deleted...]
-  <si>
     <t>Kuang, R: Katabasis (Standard Edition)</t>
   </si>
   <si>
-    <t>Kuang, R: Poppy War</t>
-[...25 lines deleted...]
-  <si>
     <t>Lee, M: Return to the DallerGut Dream Department Store</t>
   </si>
   <si>
-    <t>Lembke, A: Dopamine Nation</t>
-[...7 lines deleted...]
-  <si>
     <t>Levitsky, S: How Democracies Die</t>
   </si>
   <si>
-    <t>Liang, A: Song to Drown Rivers</t>
-[...43 lines deleted...]
-  <si>
     <t>Maas, S: Queen of Shadows</t>
   </si>
   <si>
-    <t>Maas, S: Throne of Glass</t>
-[...1 lines deleted...]
-  <si>
     <t>Maas, S: Tower of Dawn</t>
   </si>
   <si>
-    <t>Machida, S: Convenience Store by the Sea</t>
-[...7 lines deleted...]
-  <si>
     <t>Maehrer, H: Accomplice to the Villain</t>
   </si>
   <si>
-    <t>Maehrer, H: Apprentice to the Villain</t>
-[...4 lines deleted...]
-  <si>
     <t>Maniscalco, K: Throne of Secrets</t>
   </si>
   <si>
-    <t>Manson, M: Subtle Art of Not Giving a F*ck</t>
-[...10 lines deleted...]
-  <si>
     <t>McEwan, I: What We Can Know</t>
   </si>
   <si>
-    <t>McFadden, F: Boyfriend</t>
-[...1 lines deleted...]
-  <si>
     <t>McFadden, F: Coworker</t>
   </si>
   <si>
-    <t>McFadden, F: Crash</t>
-[...1 lines deleted...]
-  <si>
     <t>McFadden, F: Do Not Disturb</t>
   </si>
   <si>
-    <t>McFadden, F: Housemaid</t>
-[...7 lines deleted...]
-  <si>
     <t>McFadden, F: Inmate</t>
   </si>
   <si>
-    <t>McFadden, F: Intruder</t>
-[...4 lines deleted...]
-  <si>
     <t>McFadden, F: Surrogate Mother</t>
   </si>
   <si>
     <t>McFadden, F: Teacher</t>
   </si>
   <si>
     <t>McFadden, F: Tenant</t>
   </si>
   <si>
     <t>McFadden, F: Ward D</t>
   </si>
   <si>
-    <t>McIntire, E: Crossed</t>
-[...40 lines deleted...]
-  <si>
     <t>Moore, A: Great When</t>
   </si>
   <si>
     <t>Moore, L: God of the Woods</t>
   </si>
   <si>
-    <t>Morgenstern, E: Night Circus</t>
-[...7 lines deleted...]
-  <si>
     <t>Murakami, H: City and Its Uncertain Walls</t>
   </si>
   <si>
-    <t>Murakami, H: Kafka on the Shore</t>
-[...23 lines deleted...]
-    <t>Nelson, C: Open Water</t>
+    <t>Natsukawa, S: Cat Who Saved Books</t>
   </si>
   <si>
     <t>Nesbo, J: Blood Ties</t>
   </si>
   <si>
-    <t>Nestor, J: Breath</t>
-[...7 lines deleted...]
-  <si>
     <t>Nicholls, D: You Are Here</t>
   </si>
   <si>
-    <t>Nicole, A: Book of Azrael</t>
-[...1 lines deleted...]
-  <si>
     <t>Nicole, A: Throne of Broken Gods</t>
   </si>
   <si>
-    <t>Noah, T: Born a Crime</t>
-[...13 lines deleted...]
-  <si>
     <t>Osman, R: Impossible Fortune</t>
   </si>
   <si>
-    <t>Osman, R: Last Devil To Die</t>
-[...19 lines deleted...]
-  <si>
     <t>Painter, L: Maid for Each Other</t>
   </si>
   <si>
-    <t>Parker, S: When the Moon Hatched</t>
-[...37 lines deleted...]
-  <si>
     <t>Prose, N: Maid's Secret</t>
   </si>
   <si>
-    <t>Pueblo, Y: Lighter</t>
-[...1 lines deleted...]
-  <si>
     <t>Rath, E: Pucking Strong</t>
   </si>
   <si>
-    <t>Reid, A: Lady Macbeth</t>
-[...10 lines deleted...]
-  <si>
     <t>Riley, L: Hidden Girl</t>
   </si>
   <si>
-    <t>Rio, M: Graveyard Shift</t>
-[...7 lines deleted...]
-  <si>
     <t>Roberts, L: Fearful</t>
   </si>
   <si>
-    <t>Roberts, L: Powerless</t>
-[...1 lines deleted...]
-  <si>
     <t>Rogerson, P: Aphrodite</t>
   </si>
   <si>
-    <t>Rooney, S: Beautiful World, Where Are You</t>
-[...67 lines deleted...]
-  <si>
     <t>Schmidt, E: Genesis</t>
   </si>
   <si>
-    <t>Schwab, V: Bury Our Bones in the Midnight Soil</t>
-[...28 lines deleted...]
-  <si>
     <t>Shannon, S: Among the Burning Flowers</t>
   </si>
   <si>
-    <t>Shannon, S: Day of Fallen Night</t>
-[...28 lines deleted...]
-  <si>
     <t>Silver, E: Wild Card</t>
   </si>
   <si>
-    <t>Silver, E: Wild Eyes</t>
-[...28 lines deleted...]
-  <si>
     <t>Sparks, N: Counting Miracles</t>
   </si>
   <si>
-    <t>Stevenson, B: Everyone On This Train Is A Suspect</t>
-[...25 lines deleted...]
-  <si>
     <t>Thorne, R: Can't Spell Treason Without Tea</t>
   </si>
   <si>
-    <t>Thorne, R: Pirate's Life for Tea</t>
-[...70 lines deleted...]
-  <si>
     <t>Walsh, C: Releasing 10</t>
   </si>
   <si>
-    <t>Walsh, C: Saving 6</t>
-[...4 lines deleted...]
-  <si>
     <t>Wang, M: Blood Over Bright Haven</t>
   </si>
   <si>
-    <t>Weaver, B: Butcher and Blackbird</t>
-[...19 lines deleted...]
-  <si>
     <t>Wood, L: Rewitched</t>
-  </si>
-[...34 lines deleted...]
-    <t>Zusak, M: Book Thief</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1902,95 +1930,95 @@
     <xf numFmtId="1" fontId="5" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="2" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-    </xf>
     <xf numFmtId="1" fontId="7" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-      <protection locked="0"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="1" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="2" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 3" xfId="1" xr:uid="{E5547F80-CBED-4D8B-A4AB-8ADEC00C389C}"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <font>
         <b val="0"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="1" formatCode="0"/>
       <fill>
         <patternFill patternType="solid">
@@ -2221,53 +2249,53 @@
   <colors>
     <mruColors>
       <color rgb="FF243478"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{DB70F4E0-5122-44C9-A069-BAE66F739666}" name="Tabelle5" displayName="Tabelle5" ref="A4:E553" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5">
-[...1 lines deleted...]
-    <sortCondition ref="C5:C553"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{DB70F4E0-5122-44C9-A069-BAE66F739666}" name="Tabelle5" displayName="Tabelle5" ref="A4:E565" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:E537">
+    <sortCondition ref="C5:C537"/>
   </sortState>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{BE38B0E2-A417-42E3-A815-51EAF3316FCC}" name="EAN" dataDxfId="4" dataCellStyle="Standard 3"/>
     <tableColumn id="2" xr3:uid="{557C5361-75BF-41D0-9BE4-702B2D5D36F3}" name="Libri-Nr." dataDxfId="3" dataCellStyle="Standard 3"/>
     <tableColumn id="3" xr3:uid="{19984736-2128-4755-94EB-6DA12D7F4405}" name="Titel" dataDxfId="2" dataCellStyle="Standard 3"/>
     <tableColumn id="4" xr3:uid="{59F95023-B76C-4851-984F-F321023A9EA0}" name="UVP" dataDxfId="1" dataCellStyle="Standard 3"/>
     <tableColumn id="5" xr3:uid="{4A02480C-E1CF-4756-9D0C-FA32CF235BB9}" name="Warengruppe" dataDxfId="0" dataCellStyle="Standard 3"/>
   </tableColumns>
   <tableStyleInfo name="Libri-Tabellenformat" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022-Design">
   <a:themeElements>
     <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -2537,9488 +2565,9662 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D61CB4B-7791-4ED0-AE80-E77BE2D65B28}">
-  <dimension ref="A1:E553"/>
+  <dimension ref="A1:E565"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C13" sqref="C13"/>
+      <selection activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="14.88671875" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="13.6640625" style="2" customWidth="1"/>
+    <col min="1" max="1" width="14.85546875" style="2" customWidth="1"/>
+    <col min="2" max="2" width="9.85546875" style="2" customWidth="1"/>
+    <col min="3" max="3" width="45.7109375" style="6" customWidth="1"/>
+    <col min="4" max="4" width="7.42578125" style="25" customWidth="1"/>
+    <col min="5" max="5" width="13.7109375" style="2" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="26" t="s">
-        <v>6</v>
+        <v>483</v>
       </c>
       <c r="B1" s="26"/>
       <c r="C1" s="26"/>
       <c r="D1" s="26"/>
       <c r="E1" s="26"/>
     </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2" s="27" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="27"/>
       <c r="C2" s="27"/>
       <c r="D2" s="27"/>
       <c r="E2" s="27"/>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="D4" s="14" t="s">
+      <c r="D4" s="20" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="5" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="7">
+    <row r="5" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="14">
         <v>9781473224414</v>
       </c>
-      <c r="B5" s="7">
+      <c r="B5" s="14">
         <v>3144060</v>
       </c>
-      <c r="C5" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E5" s="9">
+      <c r="C5" s="15" t="s">
+        <v>484</v>
+      </c>
+      <c r="D5" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E5" s="16">
         <v>21300</v>
       </c>
     </row>
-    <row r="6" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="10">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="17">
         <v>9781473226722</v>
       </c>
-      <c r="B6" s="10">
+      <c r="B6" s="17">
         <v>3144059</v>
       </c>
-      <c r="C6" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="16">
+      <c r="C6" s="18" t="s">
+        <v>485</v>
+      </c>
+      <c r="D6" s="24">
         <v>22.5</v>
       </c>
-      <c r="E6" s="12">
+      <c r="E6" s="19">
         <v>11300</v>
       </c>
     </row>
-    <row r="7" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A7" s="7">
         <v>9781847943750</v>
       </c>
       <c r="B7" s="7">
         <v>3099260</v>
       </c>
       <c r="C7" s="8" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D7" s="15">
+        <v>6</v>
+      </c>
+      <c r="D7" s="21">
         <v>14.5</v>
       </c>
       <c r="E7" s="9">
         <v>24810</v>
       </c>
     </row>
-    <row r="8" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A8" s="10">
         <v>9781399603577</v>
       </c>
       <c r="B8" s="10">
         <v>3097869</v>
       </c>
       <c r="C8" s="11" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D8" s="16">
+        <v>7</v>
+      </c>
+      <c r="D8" s="22">
         <v>22.5</v>
       </c>
       <c r="E8" s="12">
         <v>11300</v>
       </c>
     </row>
-    <row r="9" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="7">
         <v>9781786495259</v>
       </c>
       <c r="B9" s="7">
         <v>6951066</v>
       </c>
       <c r="C9" s="8" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D9" s="15">
+        <v>8</v>
+      </c>
+      <c r="D9" s="21">
         <v>13.5</v>
       </c>
       <c r="E9" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="10" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A10" s="10">
-        <v>9780007356348</v>
+        <v>9780571385126</v>
       </c>
       <c r="B10" s="10">
-        <v>7936770</v>
+        <v>3097585</v>
       </c>
       <c r="C10" s="11" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>9</v>
+      </c>
+      <c r="D10" s="22">
+        <v>12.5</v>
       </c>
       <c r="E10" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="11" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A11" s="7">
-        <v>9780008685744</v>
+        <v>9780571385140</v>
       </c>
       <c r="B11" s="7">
-        <v>3067520</v>
+        <v>3097591</v>
       </c>
       <c r="C11" s="8" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>19.5</v>
+        <v>10</v>
+      </c>
+      <c r="D11" s="21">
+        <v>17.5</v>
       </c>
       <c r="E11" s="9">
         <v>11110</v>
       </c>
     </row>
-    <row r="12" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="10">
+        <v>9781035409112</v>
+      </c>
+      <c r="B12" s="10">
+        <v>3099418</v>
+      </c>
+      <c r="C12" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E12" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="7">
+        <v>9780007356348</v>
+      </c>
+      <c r="B13" s="7">
+        <v>7936770</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E13" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="10">
+        <v>9780008685744</v>
+      </c>
+      <c r="B14" s="10">
+        <v>3067520</v>
+      </c>
+      <c r="C14" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" s="22">
+        <v>19.5</v>
+      </c>
+      <c r="E14" s="12">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A15" s="7">
         <v>9780007200283</v>
       </c>
-      <c r="B12" s="10">
+      <c r="B15" s="7">
         <v>6610870</v>
       </c>
-      <c r="C12" s="11" t="s">
+      <c r="C15" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="D12" s="16">
-[...7 lines deleted...]
-      <c r="A13" s="7">
+      <c r="D15" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E15" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="17">
         <v>9780008195052</v>
       </c>
-      <c r="B13" s="7">
+      <c r="B16" s="17">
         <v>3138821</v>
       </c>
-      <c r="C13" s="8" t="s">
+      <c r="C16" s="18" t="s">
+        <v>486</v>
+      </c>
+      <c r="D16" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E16" s="19">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" s="7">
+        <v>9781035026081</v>
+      </c>
+      <c r="B17" s="7">
+        <v>3097215</v>
+      </c>
+      <c r="C17" s="8" t="s">
         <v>15</v>
       </c>
-      <c r="D13" s="15">
-[...13 lines deleted...]
-      <c r="C14" s="11" t="s">
+      <c r="D17" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E17" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A18" s="10">
+        <v>9781405966122</v>
+      </c>
+      <c r="B18" s="10">
+        <v>3005280</v>
+      </c>
+      <c r="C18" s="11" t="s">
         <v>16</v>
       </c>
-      <c r="D14" s="16">
-[...13 lines deleted...]
-      <c r="C15" s="8" t="s">
+      <c r="D18" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E18" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A19" s="7">
+        <v>9780241982105</v>
+      </c>
+      <c r="B19" s="7">
+        <v>2680648</v>
+      </c>
+      <c r="C19" s="8" t="s">
         <v>17</v>
       </c>
-      <c r="D15" s="15">
-[...13 lines deleted...]
-      <c r="C16" s="11" t="s">
+      <c r="D19" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E19" s="9">
+        <v>21600</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" s="10">
+        <v>9780241988688</v>
+      </c>
+      <c r="B20" s="10">
+        <v>2386311</v>
+      </c>
+      <c r="C20" s="11" t="s">
         <v>18</v>
       </c>
-      <c r="D16" s="16">
+      <c r="D20" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E20" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A21" s="7">
+        <v>9780241993163</v>
+      </c>
+      <c r="B21" s="7">
+        <v>3041992</v>
+      </c>
+      <c r="C21" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D21" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E21" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="10">
+        <v>9781529442427</v>
+      </c>
+      <c r="B22" s="10">
+        <v>3153277</v>
+      </c>
+      <c r="C22" s="11" t="s">
+        <v>487</v>
+      </c>
+      <c r="D22" s="22">
         <v>14.5</v>
       </c>
-      <c r="E16" s="12">
-[...27 lines deleted...]
-      <c r="C18" s="11" t="s">
+      <c r="E22" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="7">
+        <v>9781529442397</v>
+      </c>
+      <c r="B23" s="7">
+        <v>3127296</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>488</v>
+      </c>
+      <c r="D23" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E23" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="10">
+        <v>9781526687654</v>
+      </c>
+      <c r="B24" s="10">
+        <v>3101289</v>
+      </c>
+      <c r="C24" s="11" t="s">
         <v>20</v>
       </c>
-      <c r="D18" s="16">
+      <c r="D24" s="22">
+        <v>19.5</v>
+      </c>
+      <c r="E24" s="12">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A25" s="14">
+        <v>9781526657909</v>
+      </c>
+      <c r="B25" s="14">
+        <v>3145236</v>
+      </c>
+      <c r="C25" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="D25" s="23">
         <v>14.5</v>
       </c>
-      <c r="E18" s="12">
-[...13 lines deleted...]
-      <c r="D19" s="15">
+      <c r="E25" s="16">
+        <v>25320</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" s="13" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A26" s="10">
+        <v>9781804994139</v>
+      </c>
+      <c r="B26" s="10">
+        <v>2997897</v>
+      </c>
+      <c r="C26" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="D26" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E26" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A27" s="7">
+        <v>9781802062120</v>
+      </c>
+      <c r="B27" s="7">
+        <v>3131199</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>489</v>
+      </c>
+      <c r="D27" s="21">
         <v>14.5</v>
       </c>
-      <c r="E19" s="9">
-[...13 lines deleted...]
-      <c r="D20" s="16">
+      <c r="E27" s="9">
+        <v>27430</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A28" s="10">
+        <v>9781526681393</v>
+      </c>
+      <c r="B28" s="10">
+        <v>3097402</v>
+      </c>
+      <c r="C28" s="11" t="s">
+        <v>490</v>
+      </c>
+      <c r="D28" s="22">
         <v>19.5</v>
       </c>
-      <c r="E20" s="12">
+      <c r="E28" s="12">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A29" s="7">
+        <v>9781580627566</v>
+      </c>
+      <c r="B29" s="7">
+        <v>2113044</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D29" s="21">
+        <v>17.5</v>
+      </c>
+      <c r="E29" s="9">
+        <v>24830</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A30" s="10">
+        <v>9781398515628</v>
+      </c>
+      <c r="B30" s="10">
+        <v>2808834</v>
+      </c>
+      <c r="C30" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="D30" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E30" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A31" s="7">
+        <v>9781529017250</v>
+      </c>
+      <c r="B31" s="7">
+        <v>2905782</v>
+      </c>
+      <c r="C31" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D31" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E31" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A32" s="17">
+        <v>9780008736897</v>
+      </c>
+      <c r="B32" s="17">
+        <v>3155581</v>
+      </c>
+      <c r="C32" s="18" t="s">
+        <v>491</v>
+      </c>
+      <c r="D32" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E32" s="19">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A33" s="7">
+        <v>9780349433479</v>
+      </c>
+      <c r="B33" s="7">
+        <v>2902905</v>
+      </c>
+      <c r="C33" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="D33" s="21">
+        <v>13</v>
+      </c>
+      <c r="E33" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A34" s="17">
+        <v>9780349438016</v>
+      </c>
+      <c r="B34" s="17">
+        <v>3136731</v>
+      </c>
+      <c r="C34" s="18" t="s">
+        <v>492</v>
+      </c>
+      <c r="D34" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E34" s="19">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A35" s="7">
+        <v>9780349437989</v>
+      </c>
+      <c r="B35" s="7">
+        <v>2951850</v>
+      </c>
+      <c r="C35" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="D35" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E35" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="10">
+        <v>9780349437996</v>
+      </c>
+      <c r="B36" s="10">
+        <v>2996556</v>
+      </c>
+      <c r="C36" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D36" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E36" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A37" s="7">
+        <v>9780349433455</v>
+      </c>
+      <c r="B37" s="7">
+        <v>2850939</v>
+      </c>
+      <c r="C37" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="D37" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E37" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A38" s="10">
+        <v>9781398539211</v>
+      </c>
+      <c r="B38" s="10">
+        <v>3074702</v>
+      </c>
+      <c r="C38" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D38" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E38" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A39" s="7">
+        <v>9780099740919</v>
+      </c>
+      <c r="B39" s="7">
+        <v>2298759</v>
+      </c>
+      <c r="C39" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D39" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E39" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A40" s="10">
+        <v>9781784708214</v>
+      </c>
+      <c r="B40" s="10">
+        <v>2002716</v>
+      </c>
+      <c r="C40" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D40" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E40" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="7">
+        <v>9780141199528</v>
+      </c>
+      <c r="B41" s="7">
+        <v>2311674</v>
+      </c>
+      <c r="C41" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="D41" s="21">
+        <v>10.5</v>
+      </c>
+      <c r="E41" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A42" s="10">
+        <v>9780141199078</v>
+      </c>
+      <c r="B42" s="10">
+        <v>2303957</v>
+      </c>
+      <c r="C42" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="D42" s="22">
+        <v>10.5</v>
+      </c>
+      <c r="E42" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A43" s="7">
+        <v>9781788545440</v>
+      </c>
+      <c r="B43" s="7">
+        <v>2041780</v>
+      </c>
+      <c r="C43" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D43" s="21">
+        <v>12.5</v>
+      </c>
+      <c r="E43" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A44" s="10">
+        <v>9781398504967</v>
+      </c>
+      <c r="B44" s="10">
+        <v>3042885</v>
+      </c>
+      <c r="C44" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="D44" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E44" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="14">
+        <v>9780753560143</v>
+      </c>
+      <c r="B45" s="14">
+        <v>3099250</v>
+      </c>
+      <c r="C45" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D45" s="23">
+        <v>14.5</v>
+      </c>
+      <c r="E45" s="16">
+        <v>25590</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A46" s="10">
+        <v>9781538774359</v>
+      </c>
+      <c r="B46" s="10">
+        <v>3099009</v>
+      </c>
+      <c r="C46" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="D46" s="22">
+        <v>18.5</v>
+      </c>
+      <c r="E46" s="12">
+        <v>11200</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A47" s="7">
+        <v>9780141032948</v>
+      </c>
+      <c r="B47" s="7">
+        <v>2954206</v>
+      </c>
+      <c r="C47" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D47" s="21">
+        <v>10.5</v>
+      </c>
+      <c r="E47" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A48" s="10">
+        <v>9780571370832</v>
+      </c>
+      <c r="B48" s="10">
+        <v>3107664</v>
+      </c>
+      <c r="C48" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="D48" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E48" s="12">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A49" s="7">
+        <v>9780241999844</v>
+      </c>
+      <c r="B49" s="7">
+        <v>3098547</v>
+      </c>
+      <c r="C49" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D49" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E49" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A50" s="10">
+        <v>9780241995679</v>
+      </c>
+      <c r="B50" s="10">
+        <v>3098553</v>
+      </c>
+      <c r="C50" s="11" t="s">
+        <v>42</v>
+      </c>
+      <c r="D50" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E50" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A51" s="7">
+        <v>9781529146523</v>
+      </c>
+      <c r="B51" s="7">
+        <v>3139068</v>
+      </c>
+      <c r="C51" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D51" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E51" s="9">
+        <v>27850</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="10">
+        <v>9780143111061</v>
+      </c>
+      <c r="B52" s="10">
+        <v>2174962</v>
+      </c>
+      <c r="C52" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="D52" s="22">
+        <v>12.5</v>
+      </c>
+      <c r="E52" s="12">
         <v>11110</v>
       </c>
     </row>
-    <row r="21" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...281 lines deleted...]
-      <c r="D37" s="15">
+    <row r="53" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="14">
+        <v>9781399706087</v>
+      </c>
+      <c r="B53" s="14">
+        <v>3099383</v>
+      </c>
+      <c r="C53" s="15" t="s">
+        <v>493</v>
+      </c>
+      <c r="D53" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E53" s="16">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A54" s="10">
+        <v>9781471407277</v>
+      </c>
+      <c r="B54" s="10">
+        <v>7222602</v>
+      </c>
+      <c r="C54" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="D54" s="22">
         <v>12.5</v>
       </c>
-      <c r="E37" s="9">
-[...112 lines deleted...]
-      <c r="C44" s="23" t="s">
+      <c r="E54" s="12">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A55" s="7">
+        <v>9780349441351</v>
+      </c>
+      <c r="B55" s="7">
+        <v>3098083</v>
+      </c>
+      <c r="C55" s="8" t="s">
         <v>46</v>
       </c>
-      <c r="D44" s="24">
-[...13 lines deleted...]
-      <c r="C45" s="8" t="s">
+      <c r="D55" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E55" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="10">
+        <v>9780349435701</v>
+      </c>
+      <c r="B56" s="10">
+        <v>2934747</v>
+      </c>
+      <c r="C56" s="11" t="s">
         <v>47</v>
       </c>
-      <c r="D45" s="15">
-[...13 lines deleted...]
-      <c r="C46" s="11" t="s">
+      <c r="D56" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E56" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="7">
+        <v>9781529095258</v>
+      </c>
+      <c r="B57" s="7">
+        <v>2851169</v>
+      </c>
+      <c r="C57" s="8" t="s">
         <v>48</v>
       </c>
-      <c r="D46" s="16">
-[...186 lines deleted...]
-      <c r="D57" s="15">
+      <c r="D57" s="21">
         <v>13.5</v>
       </c>
       <c r="E57" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="58" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="10">
+        <v>9781250406569</v>
+      </c>
+      <c r="B58" s="10">
+        <v>3103282</v>
+      </c>
+      <c r="C58" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="D58" s="22">
+        <v>20.5</v>
+      </c>
+      <c r="E58" s="12">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="14">
+        <v>9781835011478</v>
+      </c>
+      <c r="B59" s="14">
+        <v>3140018</v>
+      </c>
+      <c r="C59" s="15" t="s">
+        <v>494</v>
+      </c>
+      <c r="D59" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E59" s="16">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A60" s="10">
+        <v>9781529160598</v>
+      </c>
+      <c r="B60" s="10">
+        <v>2939937</v>
+      </c>
+      <c r="C60" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D60" s="22">
+        <v>14.5</v>
+      </c>
+      <c r="E60" s="12">
+        <v>25970</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A61" s="7">
+        <v>9781526662286</v>
+      </c>
+      <c r="B61" s="7">
+        <v>3042607</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="D61" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E61" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A62" s="10">
+        <v>9781035028894</v>
+      </c>
+      <c r="B62" s="10">
+        <v>3095202</v>
+      </c>
+      <c r="C62" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="D62" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E62" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A63" s="7">
+        <v>9780241542088</v>
+      </c>
+      <c r="B63" s="7">
+        <v>3098554</v>
+      </c>
+      <c r="C63" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D63" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E63" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="10">
+        <v>9780006546061</v>
+      </c>
+      <c r="B64" s="10">
+        <v>6679269</v>
+      </c>
+      <c r="C64" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="D64" s="22">
+        <v>9.5</v>
+      </c>
+      <c r="E64" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A65" s="7">
+        <v>9781399726368</v>
+      </c>
+      <c r="B65" s="7">
+        <v>3099384</v>
+      </c>
+      <c r="C65" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="D65" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E65" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A66" s="10">
         <v>9781398719484</v>
       </c>
-      <c r="B58" s="10">
+      <c r="B66" s="10">
         <v>2988486</v>
       </c>
-      <c r="C58" s="11" t="s">
+      <c r="C66" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D66" s="22">
+        <v>14</v>
+      </c>
+      <c r="E66" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A67" s="7">
+        <v>9781408898956</v>
+      </c>
+      <c r="B67" s="7">
+        <v>1402897</v>
+      </c>
+      <c r="C67" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D67" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E67" s="9">
+        <v>25520</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A68" s="10">
+        <v>9781526685599</v>
+      </c>
+      <c r="B68" s="10">
+        <v>3097416</v>
+      </c>
+      <c r="C68" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="D68" s="22">
+        <v>19.5</v>
+      </c>
+      <c r="E68" s="12">
+        <v>15220</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A69" s="14">
+        <v>9780356522081</v>
+      </c>
+      <c r="B69" s="14">
+        <v>3144040</v>
+      </c>
+      <c r="C69" s="15" t="s">
+        <v>495</v>
+      </c>
+      <c r="D69" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E69" s="16">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="10">
+        <v>9780008656737</v>
+      </c>
+      <c r="B70" s="10">
+        <v>3098953</v>
+      </c>
+      <c r="C70" s="11" t="s">
+        <v>59</v>
+      </c>
+      <c r="D70" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E70" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A71" s="7">
+        <v>9781804992227</v>
+      </c>
+      <c r="B71" s="7">
+        <v>2997895</v>
+      </c>
+      <c r="C71" s="8" t="s">
         <v>60</v>
       </c>
-      <c r="D58" s="16">
-[...13 lines deleted...]
-      <c r="C59" s="8" t="s">
+      <c r="D71" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E71" s="9">
+        <v>21600</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A72" s="17">
+        <v>9781035051656</v>
+      </c>
+      <c r="B72" s="17">
+        <v>3145928</v>
+      </c>
+      <c r="C72" s="18" t="s">
+        <v>496</v>
+      </c>
+      <c r="D72" s="24">
+        <v>21.5</v>
+      </c>
+      <c r="E72" s="19">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="7">
+        <v>9781035040957</v>
+      </c>
+      <c r="B73" s="7">
+        <v>3007487</v>
+      </c>
+      <c r="C73" s="8" t="s">
         <v>61</v>
       </c>
-      <c r="D59" s="15">
-[...238 lines deleted...]
-        <v>14.5</v>
+      <c r="D73" s="21">
+        <v>13.5</v>
       </c>
       <c r="E73" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="74" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="10">
+        <v>9781035050734</v>
+      </c>
+      <c r="B74" s="10">
+        <v>3145933</v>
+      </c>
+      <c r="C74" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D74" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E74" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="7">
+        <v>9781472273079</v>
+      </c>
+      <c r="B75" s="7">
+        <v>3099422</v>
+      </c>
+      <c r="C75" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="D75" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E75" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="10">
+        <v>9780141198859</v>
+      </c>
+      <c r="B76" s="10">
+        <v>2301768</v>
+      </c>
+      <c r="C76" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D76" s="22">
+        <v>10.5</v>
+      </c>
+      <c r="E76" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="14">
+        <v>9780385546898</v>
+      </c>
+      <c r="B77" s="14">
+        <v>3140724</v>
+      </c>
+      <c r="C77" s="15" t="s">
+        <v>497</v>
+      </c>
+      <c r="D77" s="23">
+        <v>32.5</v>
+      </c>
+      <c r="E77" s="16">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A78" s="10">
+        <v>9781804992395</v>
+      </c>
+      <c r="B78" s="10">
+        <v>3099363</v>
+      </c>
+      <c r="C78" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D78" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E78" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A79" s="14">
+        <v>9781787637276</v>
+      </c>
+      <c r="B79" s="14">
+        <v>3138788</v>
+      </c>
+      <c r="C79" s="15" t="s">
+        <v>498</v>
+      </c>
+      <c r="D79" s="23">
+        <v>20.5</v>
+      </c>
+      <c r="E79" s="16">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A80" s="10">
         <v>9781788164290</v>
       </c>
-      <c r="B74" s="10">
+      <c r="B80" s="10">
         <v>2418547</v>
       </c>
-      <c r="C74" s="11" t="s">
-[...5 lines deleted...]
-      <c r="E74" s="12">
+      <c r="C80" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="D80" s="22">
+        <v>25.5</v>
+      </c>
+      <c r="E80" s="12">
         <v>14810</v>
       </c>
     </row>
-    <row r="75" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A75" s="7">
+    <row r="81" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A81" s="7">
         <v>9780679720201</v>
       </c>
-      <c r="B75" s="7">
+      <c r="B81" s="7">
         <v>2163271</v>
       </c>
-      <c r="C75" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D75" s="15">
+      <c r="C81" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D81" s="21">
         <v>16.5</v>
       </c>
-      <c r="E75" s="9">
-[...38 lines deleted...]
-      <c r="A78" s="10">
+      <c r="E81" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A82" s="10">
         <v>9781439199190</v>
       </c>
-      <c r="B78" s="10">
+      <c r="B82" s="10">
         <v>6066828</v>
       </c>
-      <c r="C78" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D78" s="16">
+      <c r="C82" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="D82" s="22">
         <v>12.5</v>
       </c>
-      <c r="E78" s="12">
+      <c r="E82" s="12">
         <v>24810</v>
       </c>
     </row>
-    <row r="79" spans="1:5" x14ac:dyDescent="0.3">
-[...17 lines deleted...]
-      <c r="A80" s="10">
+    <row r="83" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="7">
         <v>9781035408221</v>
       </c>
-      <c r="B80" s="10">
+      <c r="B83" s="7">
         <v>3131304</v>
       </c>
-      <c r="C80" s="11" t="s">
-[...5 lines deleted...]
-      <c r="E80" s="12">
+      <c r="C83" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D83" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E83" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="81" spans="1:5" x14ac:dyDescent="0.3">
-[...17 lines deleted...]
-      <c r="A82" s="10">
+    <row r="84" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A84" s="10">
+        <v>9780008153892</v>
+      </c>
+      <c r="B84" s="10">
+        <v>3098970</v>
+      </c>
+      <c r="C84" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="D84" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E84" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A85" s="7">
         <v>9781804993675</v>
       </c>
-      <c r="B82" s="10">
+      <c r="B85" s="7">
         <v>3099362</v>
       </c>
-      <c r="C82" s="11" t="s">
-[...5 lines deleted...]
-      <c r="E82" s="12">
+      <c r="C85" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D85" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E85" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="83" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A83" s="7">
+    <row r="86" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A86" s="10">
         <v>9780241973523</v>
       </c>
-      <c r="B83" s="7">
+      <c r="B86" s="10">
         <v>2278353</v>
       </c>
-      <c r="C83" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D83" s="15">
+      <c r="C86" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="D86" s="22">
         <v>13</v>
       </c>
-      <c r="E83" s="9">
+      <c r="E86" s="12">
         <v>27430</v>
       </c>
     </row>
-    <row r="84" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A84" s="10">
+    <row r="87" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="7">
         <v>9780007136834</v>
       </c>
-      <c r="B84" s="10">
+      <c r="B87" s="7">
         <v>5629756</v>
       </c>
-      <c r="C84" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D84" s="16">
+      <c r="C87" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D87" s="21">
         <v>9.5</v>
-      </c>
-[...49 lines deleted...]
-        <v>13.5</v>
       </c>
       <c r="E87" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="88" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="10">
+        <v>9780063136892</v>
+      </c>
+      <c r="B88" s="10">
+        <v>2605092</v>
+      </c>
+      <c r="C88" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="D88" s="22">
+        <v>19</v>
+      </c>
+      <c r="E88" s="12">
+        <v>14810</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A89" s="14">
+        <v>9780008639426</v>
+      </c>
+      <c r="B89" s="14">
+        <v>3138823</v>
+      </c>
+      <c r="C89" s="15" t="s">
+        <v>499</v>
+      </c>
+      <c r="D89" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E89" s="16">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="10">
         <v>9781526622433</v>
       </c>
-      <c r="B88" s="10">
+      <c r="B90" s="10">
         <v>2408011</v>
       </c>
-      <c r="C88" s="11" t="s">
-[...5 lines deleted...]
-      <c r="E88" s="12">
+      <c r="C90" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="D90" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E90" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="89" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A89" s="7">
+    <row r="91" spans="1:5" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="7">
         <v>9780593189641</v>
       </c>
-      <c r="B89" s="7">
+      <c r="B91" s="7">
         <v>2795714</v>
       </c>
-      <c r="C89" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D89" s="15">
+      <c r="C91" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D91" s="21">
         <v>22.5</v>
       </c>
-      <c r="E89" s="9">
+      <c r="E91" s="9">
         <v>17850</v>
       </c>
     </row>
-    <row r="90" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E90" s="25">
+    <row r="92" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="10">
+        <v>9781538775363</v>
+      </c>
+      <c r="B92" s="10">
+        <v>3112904</v>
+      </c>
+      <c r="C92" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D92" s="22">
+        <v>17.5</v>
+      </c>
+      <c r="E92" s="12">
         <v>11200</v>
       </c>
     </row>
-    <row r="91" spans="1:5" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E91" s="25">
+    <row r="93" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A93" s="7">
+        <v>9781804943410</v>
+      </c>
+      <c r="B93" s="7">
+        <v>3044627</v>
+      </c>
+      <c r="C93" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="D93" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E93" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="92" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...33 lines deleted...]
-    <row r="94" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="10">
         <v>9780062355300</v>
       </c>
       <c r="B94" s="10">
         <v>5761492</v>
       </c>
       <c r="C94" s="11" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="D94" s="16">
+        <v>79</v>
+      </c>
+      <c r="D94" s="22">
         <v>9.5</v>
       </c>
       <c r="E94" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="95" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="95" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A95" s="7">
         <v>9781405955317</v>
       </c>
       <c r="B95" s="7">
         <v>2880893</v>
       </c>
       <c r="C95" s="8" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="D95" s="15">
+        <v>80</v>
+      </c>
+      <c r="D95" s="21">
         <v>13.5</v>
       </c>
       <c r="E95" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="96" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="96" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A96" s="10">
         <v>9781405962964</v>
       </c>
       <c r="B96" s="10">
         <v>2997445</v>
       </c>
       <c r="C96" s="11" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="D96" s="16">
+        <v>81</v>
+      </c>
+      <c r="D96" s="22">
         <v>13.5</v>
       </c>
       <c r="E96" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="97" spans="1:5" ht="22.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A97" s="7">
+    <row r="97" spans="1:5" ht="22.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="14">
         <v>9781405964708</v>
       </c>
-      <c r="B97" s="7">
+      <c r="B97" s="14">
         <v>3098564</v>
       </c>
-      <c r="C97" s="8" t="s">
-[...9 lines deleted...]
-    <row r="98" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="C97" s="15" t="s">
+        <v>500</v>
+      </c>
+      <c r="D97" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E97" s="16">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="10">
         <v>9780702340574</v>
       </c>
       <c r="B98" s="10">
         <v>3094787</v>
       </c>
       <c r="C98" s="11" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="D98" s="16">
+        <v>82</v>
+      </c>
+      <c r="D98" s="22">
         <v>26.5</v>
       </c>
       <c r="E98" s="12">
         <v>12500</v>
       </c>
     </row>
-    <row r="99" spans="1:5" ht="29.4" customHeight="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-    <row r="100" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:5" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="7">
+        <v>9781398719033</v>
+      </c>
+      <c r="B99" s="7">
+        <v>3097868</v>
+      </c>
+      <c r="C99" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="D99" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E99" s="9">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A100" s="10">
-        <v>9781398719033</v>
+        <v>9780753559178</v>
       </c>
       <c r="B100" s="10">
-        <v>3097868</v>
+        <v>2997848</v>
       </c>
       <c r="C100" s="11" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>84</v>
+      </c>
+      <c r="D100" s="22">
+        <v>14.5</v>
       </c>
       <c r="E100" s="12">
+        <v>26100</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A101" s="14">
+        <v>9780356517827</v>
+      </c>
+      <c r="B101" s="14">
+        <v>3144041</v>
+      </c>
+      <c r="C101" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D101" s="23">
+        <v>14.5</v>
+      </c>
+      <c r="E101" s="16">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="10">
+        <v>9781398716728</v>
+      </c>
+      <c r="B102" s="10">
+        <v>3097864</v>
+      </c>
+      <c r="C102" s="11" t="s">
+        <v>86</v>
+      </c>
+      <c r="D102" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E102" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="101" spans="1:5" x14ac:dyDescent="0.3">
-[...29 lines deleted...]
-      <c r="E102" s="12">
+    <row r="103" spans="1:5" s="13" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A103" s="7">
+        <v>9781471195204</v>
+      </c>
+      <c r="B103" s="7">
+        <v>2757621</v>
+      </c>
+      <c r="C103" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="D103" s="21">
+        <v>19.5</v>
+      </c>
+      <c r="E103" s="9">
+        <v>27850</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A104" s="10">
+        <v>9781405968683</v>
+      </c>
+      <c r="B104" s="10">
+        <v>3046827</v>
+      </c>
+      <c r="C104" s="11" t="s">
+        <v>88</v>
+      </c>
+      <c r="D104" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E104" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5" s="13" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A105" s="7">
+        <v>9780061339202</v>
+      </c>
+      <c r="B105" s="7">
+        <v>2568041</v>
+      </c>
+      <c r="C105" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="D105" s="21">
+        <v>8.5</v>
+      </c>
+      <c r="E105" s="9">
+        <v>25340</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="10">
+        <v>9780571377961</v>
+      </c>
+      <c r="B106" s="10">
+        <v>3097586</v>
+      </c>
+      <c r="C106" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="D106" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E106" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A107" s="7">
+        <v>9780375703768</v>
+      </c>
+      <c r="B107" s="7">
+        <v>4227328</v>
+      </c>
+      <c r="C107" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="D107" s="21">
+        <v>30.5</v>
+      </c>
+      <c r="E107" s="9">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="10">
+        <v>9781529383553</v>
+      </c>
+      <c r="B108" s="10">
+        <v>3099392</v>
+      </c>
+      <c r="C108" s="11" t="s">
+        <v>92</v>
+      </c>
+      <c r="D108" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E108" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A109" s="7">
+        <v>9781804187982</v>
+      </c>
+      <c r="B109" s="7">
+        <v>3098703</v>
+      </c>
+      <c r="C109" s="8" t="s">
+        <v>93</v>
+      </c>
+      <c r="D109" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E109" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="103" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...94 lines deleted...]
-      <c r="D108" s="16">
+    <row r="110" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A110" s="10">
+        <v>9780241408407</v>
+      </c>
+      <c r="B110" s="10">
+        <v>2757862</v>
+      </c>
+      <c r="C110" s="11" t="s">
+        <v>94</v>
+      </c>
+      <c r="D110" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E110" s="12">
+        <v>27430</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A111" s="7">
+        <v>9781464227660</v>
+      </c>
+      <c r="B111" s="7">
+        <v>3084995</v>
+      </c>
+      <c r="C111" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="D111" s="21">
         <v>12.5</v>
       </c>
-      <c r="E108" s="12">
-[...38 lines deleted...]
-      <c r="A111" s="7">
+      <c r="E111" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="10">
         <v>9780062343963</v>
       </c>
-      <c r="B111" s="7">
+      <c r="B112" s="10">
         <v>9670220</v>
       </c>
-      <c r="C111" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D111" s="15">
+      <c r="C112" s="11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D112" s="22">
         <v>9.5</v>
       </c>
-      <c r="E111" s="9">
+      <c r="E112" s="12">
         <v>24810</v>
       </c>
     </row>
-    <row r="112" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A112" s="10">
+    <row r="113" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A113" s="7">
         <v>9780140449136</v>
       </c>
-      <c r="B112" s="10">
+      <c r="B113" s="7">
         <v>8043310</v>
       </c>
-      <c r="C112" s="11" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="C113" s="8" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>7.5</v>
+        <v>97</v>
+      </c>
+      <c r="D113" s="21">
+        <v>13.5</v>
       </c>
       <c r="E113" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="114" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="114" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A114" s="10">
         <v>9780593641965</v>
       </c>
       <c r="B114" s="10">
         <v>2995040</v>
       </c>
       <c r="C114" s="11" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="D114" s="16">
+        <v>98</v>
+      </c>
+      <c r="D114" s="22">
         <v>18.5</v>
       </c>
       <c r="E114" s="12">
         <v>11110</v>
       </c>
     </row>
-    <row r="115" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="7">
         <v>9780593642009</v>
       </c>
       <c r="B115" s="7">
         <v>3020329</v>
       </c>
       <c r="C115" s="8" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="D115" s="15">
+        <v>99</v>
+      </c>
+      <c r="D115" s="21">
         <v>13.5</v>
       </c>
       <c r="E115" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="116" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="10">
         <v>9780593641972</v>
       </c>
       <c r="B116" s="10">
         <v>3014516</v>
       </c>
       <c r="C116" s="11" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="D116" s="16">
+        <v>100</v>
+      </c>
+      <c r="D116" s="22">
         <v>19.5</v>
       </c>
       <c r="E116" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="117" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="117" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A117" s="7">
         <v>9780593816578</v>
       </c>
       <c r="B117" s="7">
         <v>3045899</v>
       </c>
       <c r="C117" s="8" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="D117" s="15">
+        <v>101</v>
+      </c>
+      <c r="D117" s="21">
         <v>12.5</v>
       </c>
       <c r="E117" s="9">
         <v>11110</v>
       </c>
     </row>
-    <row r="118" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="10">
         <v>9780593642016</v>
       </c>
       <c r="B118" s="10">
         <v>3026648</v>
       </c>
       <c r="C118" s="11" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="D118" s="16">
+        <v>102</v>
+      </c>
+      <c r="D118" s="22">
         <v>12.5</v>
       </c>
       <c r="E118" s="12">
         <v>11110</v>
       </c>
     </row>
-    <row r="119" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="7">
         <v>9780593642023</v>
       </c>
       <c r="B119" s="7">
         <v>3041812</v>
       </c>
       <c r="C119" s="8" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="D119" s="15">
+        <v>103</v>
+      </c>
+      <c r="D119" s="21">
         <v>13.5</v>
       </c>
       <c r="E119" s="9">
         <v>11110</v>
       </c>
     </row>
-    <row r="120" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="120" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A120" s="10">
         <v>9780349435756</v>
       </c>
       <c r="B120" s="10">
         <v>2902910</v>
       </c>
       <c r="C120" s="11" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="D120" s="16">
+        <v>104</v>
+      </c>
+      <c r="D120" s="22">
         <v>13.5</v>
       </c>
       <c r="E120" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="121" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="7">
         <v>9781607102113</v>
       </c>
       <c r="B121" s="7">
         <v>2449048</v>
       </c>
       <c r="C121" s="8" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="D121" s="15">
+        <v>105</v>
+      </c>
+      <c r="D121" s="21">
         <v>24</v>
       </c>
       <c r="E121" s="9">
         <v>11200</v>
       </c>
     </row>
-    <row r="122" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="10">
         <v>9780593977620</v>
       </c>
       <c r="B122" s="10">
         <v>3101378</v>
       </c>
       <c r="C122" s="11" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="D122" s="16">
+        <v>106</v>
+      </c>
+      <c r="D122" s="22">
         <v>15.5</v>
       </c>
       <c r="E122" s="12">
         <v>14870</v>
       </c>
     </row>
-    <row r="123" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A123" s="7">
+    <row r="123" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A123" s="14">
         <v>9780008669751</v>
       </c>
-      <c r="B123" s="7">
+      <c r="B123" s="14">
         <v>3138822</v>
       </c>
-      <c r="C123" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A124" s="10">
+      <c r="C123" s="15" t="s">
+        <v>501</v>
+      </c>
+      <c r="D123" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E123" s="16">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A124" s="17">
         <v>9781786583949</v>
       </c>
-      <c r="B124" s="10">
+      <c r="B124" s="17">
         <v>3145949</v>
       </c>
-      <c r="C124" s="11" t="s">
-[...5 lines deleted...]
-      <c r="E124" s="12">
+      <c r="C124" s="18" t="s">
+        <v>502</v>
+      </c>
+      <c r="D124" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E124" s="19">
         <v>21300</v>
       </c>
     </row>
-    <row r="125" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="7">
         <v>9781035042340</v>
       </c>
       <c r="B125" s="7">
         <v>3097232</v>
       </c>
       <c r="C125" s="8" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="D125" s="15">
+        <v>107</v>
+      </c>
+      <c r="D125" s="21">
         <v>13.5</v>
       </c>
       <c r="E125" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="126" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="10">
         <v>9781472139955</v>
       </c>
       <c r="B126" s="10">
         <v>7785828</v>
       </c>
       <c r="C126" s="11" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="D126" s="16">
+        <v>108</v>
+      </c>
+      <c r="D126" s="22">
         <v>17.5</v>
       </c>
       <c r="E126" s="12">
         <v>24810</v>
       </c>
     </row>
-    <row r="127" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="7">
         <v>9781529405231</v>
       </c>
       <c r="B127" s="7">
         <v>2331508</v>
       </c>
       <c r="C127" s="8" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="D127" s="15">
+        <v>109</v>
+      </c>
+      <c r="D127" s="21">
         <v>17.5</v>
       </c>
       <c r="E127" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="128" spans="1:5" s="13" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="A128" s="10">
+    <row r="128" spans="1:5" s="13" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A128" s="17">
         <v>9781250420466</v>
       </c>
-      <c r="B128" s="10">
+      <c r="B128" s="17">
         <v>3170642</v>
       </c>
-      <c r="C128" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D128" s="16">
+      <c r="C128" s="18" t="s">
+        <v>503</v>
+      </c>
+      <c r="D128" s="24">
         <v>13</v>
       </c>
-      <c r="E128" s="12">
+      <c r="E128" s="19">
         <v>24810</v>
       </c>
     </row>
-    <row r="129" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="7">
         <v>9781785044762</v>
       </c>
       <c r="B129" s="7">
         <v>3003218</v>
       </c>
       <c r="C129" s="8" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="D129" s="15">
+        <v>110</v>
+      </c>
+      <c r="D129" s="21">
         <v>14.5</v>
       </c>
       <c r="E129" s="9">
         <v>24810</v>
       </c>
     </row>
-    <row r="130" spans="1:5" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-    <row r="131" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="130" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A130" s="10">
+        <v>9781399622752</v>
+      </c>
+      <c r="B130" s="10">
+        <v>3123749</v>
+      </c>
+      <c r="C130" s="11" t="s">
+        <v>504</v>
+      </c>
+      <c r="D130" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E130" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A131" s="7">
-        <v>9781399622752</v>
+        <v>9780345409874</v>
       </c>
       <c r="B131" s="7">
-        <v>3123749</v>
+        <v>2029030</v>
       </c>
       <c r="C131" s="8" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>111</v>
+      </c>
+      <c r="D131" s="21">
+        <v>11.5</v>
       </c>
       <c r="E131" s="9">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:5" x14ac:dyDescent="0.3">
+        <v>24720</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="10">
-        <v>9780345409874</v>
+        <v>9780008485160</v>
       </c>
       <c r="B132" s="10">
-        <v>2029030</v>
+        <v>2885193</v>
       </c>
       <c r="C132" s="11" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>11.5</v>
+        <v>112</v>
+      </c>
+      <c r="D132" s="22">
+        <v>13.5</v>
       </c>
       <c r="E132" s="12">
-        <v>24720</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A133" s="7">
-        <v>9780008485160</v>
+        <v>9780241984994</v>
       </c>
       <c r="B133" s="7">
-        <v>2885193</v>
+        <v>1586351</v>
       </c>
       <c r="C133" s="8" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="D133" s="15">
+        <v>113</v>
+      </c>
+      <c r="D133" s="21">
         <v>13.5</v>
       </c>
       <c r="E133" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="134" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="10">
-        <v>9780241984994</v>
+        <v>9798217007394</v>
       </c>
       <c r="B134" s="10">
-        <v>1586351</v>
+        <v>3101352</v>
       </c>
       <c r="C134" s="11" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="D134" s="16">
+        <v>505</v>
+      </c>
+      <c r="D134" s="22">
         <v>13.5</v>
       </c>
       <c r="E134" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="135" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="7">
-        <v>9798217007394</v>
+        <v>9781529114829</v>
       </c>
       <c r="B135" s="7">
-        <v>3101352</v>
+        <v>2896063</v>
       </c>
       <c r="C135" s="8" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>114</v>
+      </c>
+      <c r="D135" s="21">
+        <v>17.5</v>
       </c>
       <c r="E135" s="9">
-        <v>21110</v>
-[...15 lines deleted...]
-      <c r="E136" s="25">
+        <v>27440</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A136" s="10">
+        <v>9780356519142</v>
+      </c>
+      <c r="B136" s="10">
+        <v>2941010</v>
+      </c>
+      <c r="C136" s="11" t="s">
+        <v>115</v>
+      </c>
+      <c r="D136" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E136" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="137" spans="1:5" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-    <row r="138" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="137" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A137" s="14">
+        <v>9781529158175</v>
+      </c>
+      <c r="B137" s="14">
+        <v>3139062</v>
+      </c>
+      <c r="C137" s="15" t="s">
+        <v>506</v>
+      </c>
+      <c r="D137" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E137" s="16">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="10">
-        <v>9781529158175</v>
+        <v>9780553277456</v>
       </c>
       <c r="B138" s="10">
-        <v>3139062</v>
+        <v>4931432</v>
       </c>
       <c r="C138" s="11" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>116</v>
+      </c>
+      <c r="D138" s="22">
+        <v>10.5</v>
       </c>
       <c r="E138" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="139" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="7">
-        <v>9780553277456</v>
+        <v>9780241341469</v>
       </c>
       <c r="B139" s="7">
-        <v>4931432</v>
+        <v>9781340</v>
       </c>
       <c r="C139" s="8" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="D139" s="15">
+        <v>117</v>
+      </c>
+      <c r="D139" s="21">
         <v>10.5</v>
       </c>
       <c r="E139" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="140" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="10">
-        <v>9780241341469</v>
+        <v>9780008385088</v>
       </c>
       <c r="B140" s="10">
-        <v>9781340</v>
+        <v>3098971</v>
       </c>
       <c r="C140" s="11" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>118</v>
+      </c>
+      <c r="D140" s="22">
+        <v>13.5</v>
       </c>
       <c r="E140" s="12">
-        <v>21110</v>
-[...3 lines deleted...]
-      <c r="A141" s="7">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="14">
         <v>9781529442342</v>
       </c>
-      <c r="B141" s="7">
+      <c r="B141" s="14">
         <v>3139490</v>
       </c>
-      <c r="C141" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D141" s="15">
+      <c r="C141" s="15" t="s">
+        <v>507</v>
+      </c>
+      <c r="D141" s="23">
         <v>32.5</v>
       </c>
-      <c r="E141" s="9">
+      <c r="E141" s="16">
         <v>11200</v>
       </c>
     </row>
-    <row r="142" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="10">
+        <v>9781405965439</v>
+      </c>
+      <c r="B142" s="10">
+        <v>3103760</v>
+      </c>
+      <c r="C142" s="11" t="s">
+        <v>119</v>
+      </c>
+      <c r="D142" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E142" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="7">
         <v>9781405934138</v>
       </c>
-      <c r="B142" s="10">
+      <c r="B143" s="7">
         <v>7646909</v>
       </c>
-      <c r="C142" s="11" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="C143" s="8" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D143" s="15">
+        <v>120</v>
+      </c>
+      <c r="D143" s="21">
         <v>14.5</v>
       </c>
       <c r="E143" s="9">
         <v>21400</v>
       </c>
     </row>
-    <row r="144" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="10">
+        <v>9781405948425</v>
+      </c>
+      <c r="B144" s="10">
+        <v>3098622</v>
+      </c>
+      <c r="C144" s="11" t="s">
+        <v>121</v>
+      </c>
+      <c r="D144" s="22">
+        <v>14.5</v>
+      </c>
+      <c r="E144" s="12">
+        <v>21400</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="7">
         <v>9781529094893</v>
       </c>
-      <c r="B144" s="10">
+      <c r="B145" s="7">
         <v>3097224</v>
       </c>
-      <c r="C144" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D144" s="16">
+      <c r="C145" s="8" t="s">
+        <v>122</v>
+      </c>
+      <c r="D145" s="21">
         <v>14.5</v>
       </c>
-      <c r="E144" s="12">
+      <c r="E145" s="9">
         <v>21600</v>
       </c>
     </row>
-    <row r="145" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A145" s="7">
+    <row r="146" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A146" s="10">
         <v>9780060853983</v>
       </c>
-      <c r="B145" s="7">
+      <c r="B146" s="10">
         <v>5910439</v>
       </c>
-      <c r="C145" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D145" s="15">
+      <c r="C146" s="11" t="s">
+        <v>123</v>
+      </c>
+      <c r="D146" s="22">
         <v>8.5</v>
       </c>
-      <c r="E145" s="9">
+      <c r="E146" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="146" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A146" s="10">
+    <row r="147" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="14">
         <v>9781408723791</v>
       </c>
-      <c r="B146" s="10">
+      <c r="B147" s="14">
         <v>3144044</v>
       </c>
-      <c r="C146" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D146" s="16">
+      <c r="C147" s="15" t="s">
+        <v>508</v>
+      </c>
+      <c r="D147" s="23">
         <v>25.5</v>
       </c>
-      <c r="E146" s="12">
+      <c r="E147" s="16">
         <v>11200</v>
       </c>
     </row>
-    <row r="147" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-    <row r="148" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="10">
-        <v>9781399633888</v>
+        <v>9781529381009</v>
       </c>
       <c r="B148" s="10">
-        <v>1814958</v>
+        <v>2893943</v>
       </c>
       <c r="C148" s="11" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="D148" s="16">
+        <v>124</v>
+      </c>
+      <c r="D148" s="22">
         <v>13.5</v>
       </c>
       <c r="E148" s="12">
-        <v>22500</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:5" x14ac:dyDescent="0.3">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="7">
         <v>9781250095268</v>
       </c>
       <c r="B149" s="7">
         <v>2283415</v>
       </c>
       <c r="C149" s="8" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="D149" s="15">
+        <v>125</v>
+      </c>
+      <c r="D149" s="21">
         <v>13.5</v>
       </c>
       <c r="E149" s="9">
         <v>12500</v>
       </c>
     </row>
-    <row r="150" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="10">
-        <v>9781399633895</v>
+        <v>9781529399325</v>
       </c>
       <c r="B150" s="10">
-        <v>1814966</v>
+        <v>2997350</v>
       </c>
       <c r="C150" s="11" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="D150" s="16">
+        <v>126</v>
+      </c>
+      <c r="D150" s="22">
         <v>13.5</v>
       </c>
       <c r="E150" s="12">
         <v>22500</v>
       </c>
     </row>
-    <row r="151" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="151" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A151" s="7">
-        <v>9781399633871</v>
+        <v>9781529380941</v>
       </c>
       <c r="B151" s="7">
-        <v>1814940</v>
+        <v>2790751</v>
       </c>
       <c r="C151" s="8" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="D151" s="15">
+        <v>127</v>
+      </c>
+      <c r="D151" s="21">
         <v>13.5</v>
       </c>
       <c r="E151" s="9">
-        <v>22500</v>
-[...3 lines deleted...]
-      <c r="A152" s="10">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="17">
         <v>9781405964272</v>
       </c>
-      <c r="B152" s="10">
+      <c r="B152" s="17">
         <v>3098544</v>
       </c>
-      <c r="C152" s="11" t="s">
-[...9 lines deleted...]
-    <row r="153" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="C152" s="18" t="s">
+        <v>509</v>
+      </c>
+      <c r="D152" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E152" s="19">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="7">
         <v>9781786330895</v>
       </c>
       <c r="B153" s="7">
         <v>2603812</v>
       </c>
       <c r="C153" s="8" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="D153" s="15">
+        <v>128</v>
+      </c>
+      <c r="D153" s="21">
         <v>19.5</v>
       </c>
       <c r="E153" s="9">
         <v>14810</v>
       </c>
     </row>
-    <row r="154" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-    <row r="155" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="154" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="10">
+        <v>9781804990926</v>
+      </c>
+      <c r="B154" s="10">
+        <v>2895995</v>
+      </c>
+      <c r="C154" s="11" t="s">
+        <v>129</v>
+      </c>
+      <c r="D154" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E154" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="7">
-        <v>9781804990926</v>
+        <v>9781035022731</v>
       </c>
       <c r="B155" s="7">
-        <v>2895995</v>
+        <v>3097228</v>
       </c>
       <c r="C155" s="8" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>130</v>
+      </c>
+      <c r="D155" s="21">
+        <v>14.5</v>
       </c>
       <c r="E155" s="9">
-        <v>21110</v>
-[...3 lines deleted...]
-      <c r="A156" s="10">
+        <v>24810</v>
+      </c>
+    </row>
+    <row r="156" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="17">
         <v>9780593493588</v>
       </c>
-      <c r="B156" s="10">
+      <c r="B156" s="17">
         <v>3147613</v>
       </c>
-      <c r="C156" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D156" s="16">
+      <c r="C156" s="18" t="s">
+        <v>510</v>
+      </c>
+      <c r="D156" s="24">
         <v>20.5</v>
       </c>
-      <c r="E156" s="12">
+      <c r="E156" s="19">
         <v>11200</v>
       </c>
     </row>
-    <row r="157" spans="1:5" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E157" s="9">
+    <row r="157" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A157" s="14">
+        <v>9781526654588</v>
+      </c>
+      <c r="B157" s="14">
+        <v>3153934</v>
+      </c>
+      <c r="C157" s="15" t="s">
+        <v>511</v>
+      </c>
+      <c r="D157" s="23">
+        <v>19.5</v>
+      </c>
+      <c r="E157" s="16">
+        <v>14810</v>
+      </c>
+    </row>
+    <row r="158" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A158" s="10">
+        <v>9780356522975</v>
+      </c>
+      <c r="B158" s="10">
+        <v>3098085</v>
+      </c>
+      <c r="C158" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="D158" s="22">
+        <v>21.5</v>
+      </c>
+      <c r="E158" s="12">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="159" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A159" s="7">
+        <v>9780356519494</v>
+      </c>
+      <c r="B159" s="7">
+        <v>2995064</v>
+      </c>
+      <c r="C159" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="D159" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E159" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="158" spans="1:5" x14ac:dyDescent="0.3">
-[...33 lines deleted...]
-    <row r="160" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="10">
-        <v>9780356519494</v>
+        <v>9780356519500</v>
       </c>
       <c r="B160" s="10">
-        <v>2995064</v>
+        <v>3013056</v>
       </c>
       <c r="C160" s="11" t="s">
-        <v>161</v>
-[...1 lines deleted...]
-      <c r="D160" s="16">
+        <v>133</v>
+      </c>
+      <c r="D160" s="22">
         <v>14.5</v>
       </c>
       <c r="E160" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="161" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="7">
-        <v>9780356519500</v>
+        <v>9780008641580</v>
       </c>
       <c r="B161" s="7">
-        <v>3013056</v>
+        <v>3003790</v>
       </c>
       <c r="C161" s="8" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>134</v>
+      </c>
+      <c r="D161" s="21">
+        <v>13.5</v>
       </c>
       <c r="E161" s="9">
-        <v>21300</v>
-[...19 lines deleted...]
-    <row r="163" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A162" s="17">
+        <v>9780008728090</v>
+      </c>
+      <c r="B162" s="17">
+        <v>3124447</v>
+      </c>
+      <c r="C162" s="18" t="s">
+        <v>512</v>
+      </c>
+      <c r="D162" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E162" s="19">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A163" s="7">
-        <v>9780008641580</v>
+        <v>9780008610678</v>
       </c>
       <c r="B163" s="7">
-        <v>3003790</v>
+        <v>2999511</v>
       </c>
       <c r="C163" s="8" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="D163" s="15">
+        <v>135</v>
+      </c>
+      <c r="D163" s="21">
         <v>13.5</v>
       </c>
       <c r="E163" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="164" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="164" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A164" s="10">
-        <v>9780008728090</v>
+        <v>9780008713348</v>
       </c>
       <c r="B164" s="10">
-        <v>3124447</v>
+        <v>3103432</v>
       </c>
       <c r="C164" s="11" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="D164" s="16">
+        <v>136</v>
+      </c>
+      <c r="D164" s="22">
         <v>13.5</v>
       </c>
       <c r="E164" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="165" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="7">
-        <v>9780008610678</v>
+        <v>9781914240348</v>
       </c>
       <c r="B165" s="7">
-        <v>2999511</v>
+        <v>2479049</v>
       </c>
       <c r="C165" s="8" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="D165" s="15">
+        <v>137</v>
+      </c>
+      <c r="D165" s="21">
         <v>13.5</v>
       </c>
       <c r="E165" s="9">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:5" x14ac:dyDescent="0.3">
+        <v>27410</v>
+      </c>
+    </row>
+    <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="10">
-        <v>9780008713348</v>
+        <v>9781914240485</v>
       </c>
       <c r="B166" s="10">
-        <v>3103432</v>
+        <v>3042547</v>
       </c>
       <c r="C166" s="11" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>138</v>
+      </c>
+      <c r="D166" s="22">
+        <v>26.5</v>
       </c>
       <c r="E166" s="12">
-        <v>21110</v>
-[...20 lines deleted...]
-      <c r="A168" s="22">
+        <v>14810</v>
+      </c>
+    </row>
+    <row r="167" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A167" s="14">
         <v>9781914240515</v>
       </c>
-      <c r="B168" s="22">
+      <c r="B167" s="14">
         <v>3144584</v>
       </c>
-      <c r="C168" s="23" t="s">
-[...2 lines deleted...]
-      <c r="D168" s="24">
+      <c r="C167" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="D167" s="23">
         <v>22.5</v>
       </c>
-      <c r="E168" s="25">
+      <c r="E167" s="16">
         <v>14810</v>
       </c>
     </row>
-    <row r="169" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="168" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A168" s="10">
+        <v>9780571273577</v>
+      </c>
+      <c r="B168" s="10">
+        <v>1897675</v>
+      </c>
+      <c r="C168" s="11" t="s">
+        <v>139</v>
+      </c>
+      <c r="D168" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E168" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="7">
-        <v>9780571273577</v>
+        <v>9781398525740</v>
       </c>
       <c r="B169" s="7">
-        <v>1897675</v>
+        <v>2997691</v>
       </c>
       <c r="C169" s="8" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="D169" s="15">
+        <v>140</v>
+      </c>
+      <c r="D169" s="21">
         <v>13.5</v>
       </c>
       <c r="E169" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="170" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="10">
-        <v>9781398525740</v>
+        <v>9781398525689</v>
       </c>
       <c r="B170" s="10">
-        <v>2997691</v>
+        <v>2932479</v>
       </c>
       <c r="C170" s="11" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="D170" s="16">
+        <v>141</v>
+      </c>
+      <c r="D170" s="22">
         <v>13.5</v>
       </c>
       <c r="E170" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="171" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="7">
-        <v>9780349446684</v>
+        <v>9781398525719</v>
       </c>
       <c r="B171" s="7">
-        <v>1576542</v>
+        <v>2943693</v>
       </c>
       <c r="C171" s="8" t="s">
-        <v>172</v>
-[...1 lines deleted...]
-      <c r="D171" s="15">
+        <v>142</v>
+      </c>
+      <c r="D171" s="21">
         <v>13.5</v>
       </c>
       <c r="E171" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="172" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="10">
-        <v>9781398525689</v>
+        <v>9781529920352</v>
       </c>
       <c r="B172" s="10">
-        <v>2932479</v>
+        <v>3099236</v>
       </c>
       <c r="C172" s="11" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="D172" s="16">
+        <v>143</v>
+      </c>
+      <c r="D172" s="22">
         <v>13.5</v>
       </c>
       <c r="E172" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="173" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="173" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A173" s="7">
-        <v>9781398525719</v>
+        <v>9780753553916</v>
       </c>
       <c r="B173" s="7">
-        <v>2943693</v>
+        <v>2837519</v>
       </c>
       <c r="C173" s="8" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>144</v>
+      </c>
+      <c r="D173" s="21">
+        <v>17.5</v>
       </c>
       <c r="E173" s="9">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:5" x14ac:dyDescent="0.3">
+        <v>27850</v>
+      </c>
+    </row>
+    <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="10">
-        <v>9780753553916</v>
+        <v>9781861972781</v>
       </c>
       <c r="B174" s="10">
-        <v>2837519</v>
+        <v>2135180</v>
       </c>
       <c r="C174" s="11" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>17.5</v>
+        <v>145</v>
+      </c>
+      <c r="D174" s="22">
+        <v>26.5</v>
       </c>
       <c r="E174" s="12">
-        <v>27850</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+        <v>14810</v>
+      </c>
+    </row>
+    <row r="175" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A175" s="7">
-        <v>9781861972781</v>
+        <v>9781861977694</v>
       </c>
       <c r="B175" s="7">
-        <v>2135180</v>
+        <v>2914707</v>
       </c>
       <c r="C175" s="8" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>26.5</v>
+        <v>146</v>
+      </c>
+      <c r="D175" s="21">
+        <v>25.5</v>
       </c>
       <c r="E175" s="9">
         <v>14810</v>
       </c>
     </row>
-    <row r="176" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="176" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A176" s="10">
-        <v>9781861977694</v>
+        <v>9781861974044</v>
       </c>
       <c r="B176" s="10">
-        <v>2914707</v>
+        <v>5783410</v>
       </c>
       <c r="C176" s="11" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>147</v>
+      </c>
+      <c r="D176" s="22">
+        <v>13.5</v>
       </c>
       <c r="E176" s="12">
+        <v>27410</v>
+      </c>
+    </row>
+    <row r="177" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A177" s="7">
+        <v>9781788161565</v>
+      </c>
+      <c r="B177" s="7">
+        <v>2002061</v>
+      </c>
+      <c r="C177" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="D177" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E177" s="9">
+        <v>24810</v>
+      </c>
+    </row>
+    <row r="178" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A178" s="10">
+        <v>9781781259191</v>
+      </c>
+      <c r="B178" s="10">
+        <v>2154337</v>
+      </c>
+      <c r="C178" s="11" t="s">
+        <v>149</v>
+      </c>
+      <c r="D178" s="22">
+        <v>26.5</v>
+      </c>
+      <c r="E178" s="12">
         <v>14810</v>
       </c>
     </row>
-    <row r="177" spans="1:5" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E177" s="9">
+    <row r="179" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A179" s="7">
+        <v>9781529342550</v>
+      </c>
+      <c r="B179" s="7">
+        <v>3099374</v>
+      </c>
+      <c r="C179" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="D179" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E179" s="9">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="180" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A180" s="17">
+        <v>9780593687253</v>
+      </c>
+      <c r="B180" s="17">
+        <v>3147603</v>
+      </c>
+      <c r="C180" s="18" t="s">
+        <v>513</v>
+      </c>
+      <c r="D180" s="24">
+        <v>12.5</v>
+      </c>
+      <c r="E180" s="19">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="181" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A181" s="7">
+        <v>9780241998779</v>
+      </c>
+      <c r="B181" s="7">
+        <v>3041983</v>
+      </c>
+      <c r="C181" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="D181" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E181" s="9">
         <v>27410</v>
       </c>
     </row>
-    <row r="178" spans="1:5" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="D178" s="16">
+    <row r="182" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A182" s="10">
+        <v>9780099470434</v>
+      </c>
+      <c r="B182" s="10">
+        <v>9991590</v>
+      </c>
+      <c r="C182" s="11" t="s">
+        <v>152</v>
+      </c>
+      <c r="D182" s="22">
+        <v>12.5</v>
+      </c>
+      <c r="E182" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="183" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A183" s="7">
+        <v>9798217059201</v>
+      </c>
+      <c r="B183" s="7">
+        <v>3101781</v>
+      </c>
+      <c r="C183" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="D183" s="21">
+        <v>15.5</v>
+      </c>
+      <c r="E183" s="9">
+        <v>15350</v>
+      </c>
+    </row>
+    <row r="184" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="10">
+        <v>9781786898326</v>
+      </c>
+      <c r="B184" s="10">
+        <v>2788319</v>
+      </c>
+      <c r="C184" s="11" t="s">
+        <v>154</v>
+      </c>
+      <c r="D184" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E184" s="12">
+        <v>24810</v>
+      </c>
+    </row>
+    <row r="185" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A185" s="7">
+        <v>9781838858476</v>
+      </c>
+      <c r="B185" s="7">
+        <v>2880371</v>
+      </c>
+      <c r="C185" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="D185" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E185" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="186" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="10">
+        <v>9781838855611</v>
+      </c>
+      <c r="B186" s="10">
+        <v>3097470</v>
+      </c>
+      <c r="C186" s="11" t="s">
+        <v>156</v>
+      </c>
+      <c r="D186" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E186" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="187" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A187" s="7">
+        <v>9781786892737</v>
+      </c>
+      <c r="B187" s="7">
+        <v>1560093</v>
+      </c>
+      <c r="C187" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="D187" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E187" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="188" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="10">
+        <v>9781800810471</v>
+      </c>
+      <c r="B188" s="10">
+        <v>3097849</v>
+      </c>
+      <c r="C188" s="11" t="s">
+        <v>158</v>
+      </c>
+      <c r="D188" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E188" s="12">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="189" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="7">
+        <v>9781416995593</v>
+      </c>
+      <c r="B189" s="7">
+        <v>9545158</v>
+      </c>
+      <c r="C189" s="8" t="s">
+        <v>514</v>
+      </c>
+      <c r="D189" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E189" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="190" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="10">
+        <v>9781914240782</v>
+      </c>
+      <c r="B190" s="10">
+        <v>3097848</v>
+      </c>
+      <c r="C190" s="11" t="s">
+        <v>159</v>
+      </c>
+      <c r="D190" s="22">
         <v>14.5</v>
       </c>
-      <c r="E178" s="12">
-[...33 lines deleted...]
-      <c r="E180" s="12">
+      <c r="E190" s="12">
+        <v>21600</v>
+      </c>
+    </row>
+    <row r="191" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A191" s="7">
+        <v>9781035005697</v>
+      </c>
+      <c r="B191" s="7">
+        <v>3097216</v>
+      </c>
+      <c r="C191" s="8" t="s">
+        <v>160</v>
+      </c>
+      <c r="D191" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E191" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="192" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A192" s="10">
+        <v>9781784703936</v>
+      </c>
+      <c r="B192" s="10">
+        <v>2152802</v>
+      </c>
+      <c r="C192" s="11" t="s">
+        <v>161</v>
+      </c>
+      <c r="D192" s="22">
+        <v>17.5</v>
+      </c>
+      <c r="E192" s="12">
+        <v>27440</v>
+      </c>
+    </row>
+    <row r="193" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A193" s="7">
+        <v>9781911717096</v>
+      </c>
+      <c r="B193" s="7">
+        <v>3040878</v>
+      </c>
+      <c r="C193" s="8" t="s">
+        <v>162</v>
+      </c>
+      <c r="D193" s="21">
+        <v>25.5</v>
+      </c>
+      <c r="E193" s="9">
+        <v>15590</v>
+      </c>
+    </row>
+    <row r="194" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A194" s="10">
+        <v>9780099590088</v>
+      </c>
+      <c r="B194" s="10">
+        <v>2144962</v>
+      </c>
+      <c r="C194" s="11" t="s">
+        <v>163</v>
+      </c>
+      <c r="D194" s="22">
+        <v>17.5</v>
+      </c>
+      <c r="E194" s="12">
+        <v>25530</v>
+      </c>
+    </row>
+    <row r="195" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="7">
+        <v>9781529111798</v>
+      </c>
+      <c r="B195" s="7">
+        <v>1686445</v>
+      </c>
+      <c r="C195" s="8" t="s">
+        <v>164</v>
+      </c>
+      <c r="D195" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E195" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="196" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A196" s="10">
+        <v>9781804941294</v>
+      </c>
+      <c r="B196" s="10">
+        <v>3099263</v>
+      </c>
+      <c r="C196" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="D196" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E196" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="181" spans="1:5" x14ac:dyDescent="0.3">
-[...60 lines deleted...]
-      <c r="D184" s="16">
+    <row r="197" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A197" s="7">
+        <v>9781399745420</v>
+      </c>
+      <c r="B197" s="7">
+        <v>3099527</v>
+      </c>
+      <c r="C197" s="8" t="s">
+        <v>166</v>
+      </c>
+      <c r="D197" s="21">
+        <v>21.5</v>
+      </c>
+      <c r="E197" s="9">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="198" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A198" s="10">
+        <v>9781529922936</v>
+      </c>
+      <c r="B198" s="10">
+        <v>3044178</v>
+      </c>
+      <c r="C198" s="11" t="s">
+        <v>167</v>
+      </c>
+      <c r="D198" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E198" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="199" spans="1:5" s="13" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A199" s="7">
+        <v>9781398717206</v>
+      </c>
+      <c r="B199" s="7">
+        <v>2914855</v>
+      </c>
+      <c r="C199" s="8" t="s">
+        <v>168</v>
+      </c>
+      <c r="D199" s="21">
+        <v>19.5</v>
+      </c>
+      <c r="E199" s="9">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="200" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A200" s="10">
+        <v>9781398717114</v>
+      </c>
+      <c r="B200" s="10">
+        <v>2946745</v>
+      </c>
+      <c r="C200" s="11" t="s">
+        <v>169</v>
+      </c>
+      <c r="D200" s="22">
         <v>14.5</v>
       </c>
-      <c r="E184" s="12">
-[...270 lines deleted...]
-      </c>
       <c r="E200" s="12">
-        <v>11110</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:5" x14ac:dyDescent="0.3">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="7">
         <v>9781473695993</v>
       </c>
       <c r="B201" s="7">
         <v>2591625</v>
       </c>
       <c r="C201" s="8" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="D201" s="15">
+        <v>170</v>
+      </c>
+      <c r="D201" s="21">
         <v>14.5</v>
       </c>
       <c r="E201" s="9">
         <v>21600</v>
       </c>
     </row>
-    <row r="202" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A202" s="10">
+    <row r="202" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A202" s="17">
         <v>9781804995334</v>
       </c>
-      <c r="B202" s="10">
+      <c r="B202" s="17">
         <v>3138693</v>
       </c>
-      <c r="C202" s="11" t="s">
-[...5 lines deleted...]
-      <c r="E202" s="12">
+      <c r="C202" s="18" t="s">
+        <v>515</v>
+      </c>
+      <c r="D202" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E202" s="19">
         <v>21200</v>
       </c>
     </row>
-    <row r="203" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="203" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A203" s="7">
         <v>9781408728864</v>
       </c>
       <c r="B203" s="7">
         <v>2996552</v>
       </c>
       <c r="C203" s="8" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>171</v>
+      </c>
+      <c r="D203" s="21">
+        <v>13.5</v>
       </c>
       <c r="E203" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="204" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="10">
         <v>9781408728888</v>
       </c>
       <c r="B204" s="10">
         <v>3085751</v>
       </c>
       <c r="C204" s="11" t="s">
-        <v>205</v>
-[...1 lines deleted...]
-      <c r="D204" s="16">
+        <v>172</v>
+      </c>
+      <c r="D204" s="22">
         <v>13.5</v>
       </c>
       <c r="E204" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="205" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="7">
         <v>9781408725764</v>
       </c>
       <c r="B205" s="7">
         <v>2796514</v>
       </c>
       <c r="C205" s="8" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="D205" s="15">
+        <v>173</v>
+      </c>
+      <c r="D205" s="21">
         <v>13.5</v>
       </c>
       <c r="E205" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="206" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="10">
         <v>9780593336847</v>
       </c>
       <c r="B206" s="10">
         <v>2841587</v>
       </c>
       <c r="C206" s="11" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="D206" s="16">
+        <v>174</v>
+      </c>
+      <c r="D206" s="22">
         <v>10.5</v>
       </c>
       <c r="E206" s="12">
         <v>11110</v>
       </c>
     </row>
-    <row r="207" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="207" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A207" s="7">
         <v>9781408725795</v>
       </c>
       <c r="B207" s="7">
         <v>2894985</v>
       </c>
       <c r="C207" s="8" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="D207" s="15">
+        <v>175</v>
+      </c>
+      <c r="D207" s="21">
         <v>13.5</v>
       </c>
       <c r="E207" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="208" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-    <row r="209" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="208" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="10">
+        <v>9781408728901</v>
+      </c>
+      <c r="B208" s="10">
+        <v>2996561</v>
+      </c>
+      <c r="C208" s="11" t="s">
+        <v>176</v>
+      </c>
+      <c r="D208" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E208" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="7">
-        <v>9781408728901</v>
+        <v>9798217187430</v>
       </c>
       <c r="B209" s="7">
-        <v>2996561</v>
+        <v>3150835</v>
       </c>
       <c r="C209" s="8" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="D209" s="15">
+        <v>177</v>
+      </c>
+      <c r="D209" s="21">
         <v>13.5</v>
       </c>
       <c r="E209" s="9">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="210" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A210" s="10">
-        <v>9798217187430</v>
+        <v>9780099908401</v>
       </c>
       <c r="B210" s="10">
-        <v>3150835</v>
+        <v>2442787</v>
       </c>
       <c r="C210" s="11" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>178</v>
+      </c>
+      <c r="D210" s="22">
+        <v>10.5</v>
       </c>
       <c r="E210" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="211" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A211" s="7">
+        <v>9780241989524</v>
+      </c>
+      <c r="B211" s="7">
+        <v>2354730</v>
+      </c>
+      <c r="C211" s="8" t="s">
+        <v>179</v>
+      </c>
+      <c r="D211" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E211" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="212" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A212" s="10">
+        <v>9780593334836</v>
+      </c>
+      <c r="B212" s="10">
+        <v>2793524</v>
+      </c>
+      <c r="C212" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="D212" s="22">
+        <v>11.5</v>
+      </c>
+      <c r="E212" s="12">
         <v>11110</v>
       </c>
     </row>
-    <row r="211" spans="1:5" x14ac:dyDescent="0.3">
-[...33 lines deleted...]
-    <row r="213" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="7">
-        <v>9780241989524</v>
+        <v>9780593441213</v>
       </c>
       <c r="B213" s="7">
-        <v>2354730</v>
+        <v>3159804</v>
       </c>
       <c r="C213" s="8" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="D213" s="15">
+        <v>181</v>
+      </c>
+      <c r="D213" s="21">
         <v>13.5</v>
       </c>
       <c r="E213" s="9">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:5" x14ac:dyDescent="0.3">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="10">
-        <v>9780593334836</v>
+        <v>9780241740613</v>
       </c>
       <c r="B214" s="10">
-        <v>2793524</v>
+        <v>3098609</v>
       </c>
       <c r="C214" s="11" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>11.5</v>
+        <v>182</v>
+      </c>
+      <c r="D214" s="22">
+        <v>21.5</v>
       </c>
       <c r="E214" s="12">
         <v>11110</v>
       </c>
     </row>
-    <row r="215" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="7">
-        <v>9780593441213</v>
+        <v>9780241995365</v>
       </c>
       <c r="B215" s="7">
-        <v>3159804</v>
+        <v>2997432</v>
       </c>
       <c r="C215" s="8" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="D215" s="15">
+        <v>183</v>
+      </c>
+      <c r="D215" s="21">
         <v>13.5</v>
       </c>
       <c r="E215" s="9">
-        <v>11110</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:5" x14ac:dyDescent="0.3">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="10">
-        <v>9780241740613</v>
+        <v>9781984806758</v>
       </c>
       <c r="B216" s="10">
-        <v>3098609</v>
+        <v>1468146</v>
       </c>
       <c r="C216" s="11" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-        <v>21.5</v>
+        <v>184</v>
+      </c>
+      <c r="D216" s="22">
+        <v>11.5</v>
       </c>
       <c r="E216" s="12">
         <v>11110</v>
       </c>
     </row>
-    <row r="217" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="217" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A217" s="7">
-        <v>9780241995365</v>
+        <v>9780340960196</v>
       </c>
       <c r="B217" s="7">
-        <v>2997432</v>
+        <v>2389475</v>
       </c>
       <c r="C217" s="8" t="s">
-        <v>218</v>
-[...1 lines deleted...]
-      <c r="D217" s="15">
+        <v>185</v>
+      </c>
+      <c r="D217" s="21">
         <v>13.5</v>
       </c>
       <c r="E217" s="9">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="218" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A218" s="10">
-        <v>9781984806758</v>
+        <v>9780593098233</v>
       </c>
       <c r="B218" s="10">
-        <v>1468146</v>
+        <v>2087745</v>
       </c>
       <c r="C218" s="11" t="s">
-        <v>219</v>
-[...1 lines deleted...]
-      <c r="D218" s="16">
+        <v>186</v>
+      </c>
+      <c r="D218" s="22">
         <v>11.5</v>
       </c>
       <c r="E218" s="12">
-        <v>11110</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="219" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A219" s="7">
-        <v>9780340960196</v>
+        <v>9781529156096</v>
       </c>
       <c r="B219" s="7">
-        <v>2389475</v>
+        <v>3044622</v>
       </c>
       <c r="C219" s="8" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="D219" s="15">
+        <v>187</v>
+      </c>
+      <c r="D219" s="21">
+        <v>17.5</v>
+      </c>
+      <c r="E219" s="9">
+        <v>25830</v>
+      </c>
+    </row>
+    <row r="220" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A220" s="10">
+        <v>9781585424337</v>
+      </c>
+      <c r="B220" s="10">
+        <v>2208217</v>
+      </c>
+      <c r="C220" s="11" t="s">
+        <v>188</v>
+      </c>
+      <c r="D220" s="22">
+        <v>12.5</v>
+      </c>
+      <c r="E220" s="12">
+        <v>27810</v>
+      </c>
+    </row>
+    <row r="221" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A221" s="14">
+        <v>9781804949412</v>
+      </c>
+      <c r="B221" s="14">
+        <v>3139063</v>
+      </c>
+      <c r="C221" s="15" t="s">
+        <v>516</v>
+      </c>
+      <c r="D221" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E221" s="16">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="222" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A222" s="10">
+        <v>9781368092203</v>
+      </c>
+      <c r="B222" s="10">
+        <v>3049171</v>
+      </c>
+      <c r="C222" s="11" t="s">
+        <v>189</v>
+      </c>
+      <c r="D222" s="22">
+        <v>28.5</v>
+      </c>
+      <c r="E222" s="12">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="223" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A223" s="7">
+        <v>9781781257654</v>
+      </c>
+      <c r="B223" s="7">
+        <v>6091555</v>
+      </c>
+      <c r="C223" s="8" t="s">
+        <v>190</v>
+      </c>
+      <c r="D223" s="21">
+        <v>15.5</v>
+      </c>
+      <c r="E223" s="9">
+        <v>25210</v>
+      </c>
+    </row>
+    <row r="224" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="10">
+        <v>9781788166348</v>
+      </c>
+      <c r="B224" s="10">
+        <v>2939601</v>
+      </c>
+      <c r="C224" s="11" t="s">
+        <v>191</v>
+      </c>
+      <c r="D224" s="22">
         <v>14.5</v>
       </c>
-      <c r="E219" s="9">
+      <c r="E224" s="12">
+        <v>27850</v>
+      </c>
+    </row>
+    <row r="225" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A225" s="7">
+        <v>9781405972598</v>
+      </c>
+      <c r="B225" s="7">
+        <v>3098548</v>
+      </c>
+      <c r="C225" s="8" t="s">
+        <v>192</v>
+      </c>
+      <c r="D225" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E225" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="220" spans="1:5" x14ac:dyDescent="0.3">
-[...101 lines deleted...]
-    <row r="226" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="10">
         <v>9780060959470</v>
       </c>
       <c r="B226" s="10">
         <v>5777267</v>
       </c>
       <c r="C226" s="11" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="D226" s="16">
+        <v>193</v>
+      </c>
+      <c r="D226" s="22">
         <v>17.5</v>
       </c>
       <c r="E226" s="12">
         <v>27440</v>
       </c>
     </row>
-    <row r="227" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="7">
         <v>9781471156267</v>
       </c>
       <c r="B227" s="7">
         <v>2183307</v>
       </c>
       <c r="C227" s="8" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="D227" s="15">
+        <v>194</v>
+      </c>
+      <c r="D227" s="21">
         <v>13.5</v>
       </c>
       <c r="E227" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="228" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="228" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A228" s="10">
         <v>9781398518209</v>
       </c>
       <c r="B228" s="10">
         <v>2979908</v>
       </c>
       <c r="C228" s="11" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="D228" s="16">
+        <v>195</v>
+      </c>
+      <c r="D228" s="22">
         <v>13.5</v>
       </c>
       <c r="E228" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="229" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="7">
+        <v>9781471154621</v>
+      </c>
+      <c r="B229" s="7">
+        <v>2386073</v>
+      </c>
+      <c r="C229" s="8" t="s">
+        <v>196</v>
+      </c>
+      <c r="D229" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E229" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="230" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A230" s="10">
         <v>9781471136726</v>
       </c>
-      <c r="B229" s="7">
+      <c r="B230" s="10">
         <v>2853169</v>
       </c>
-      <c r="C229" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A230" s="10">
+      <c r="C230" s="11" t="s">
+        <v>197</v>
+      </c>
+      <c r="D230" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E230" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="231" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A231" s="7">
         <v>9781408726600</v>
       </c>
-      <c r="B230" s="10">
+      <c r="B231" s="7">
         <v>2836094</v>
       </c>
-      <c r="C230" s="11" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="C231" s="8" t="s">
-        <v>232</v>
-[...1 lines deleted...]
-      <c r="D231" s="15">
+        <v>198</v>
+      </c>
+      <c r="D231" s="21">
         <v>13.5</v>
       </c>
       <c r="E231" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="232" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-    <row r="233" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="232" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="17">
+        <v>9781804943007</v>
+      </c>
+      <c r="B232" s="17">
+        <v>3139066</v>
+      </c>
+      <c r="C232" s="18" t="s">
+        <v>517</v>
+      </c>
+      <c r="D232" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E232" s="19">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="7">
         <v>9781526604767</v>
       </c>
       <c r="B233" s="7">
         <v>2675482</v>
       </c>
       <c r="C233" s="8" t="s">
-        <v>234</v>
-[...1 lines deleted...]
-      <c r="D233" s="15">
+        <v>199</v>
+      </c>
+      <c r="D233" s="21">
         <v>10.5</v>
       </c>
       <c r="E233" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="234" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="234" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A234" s="10">
         <v>9780857197689</v>
       </c>
       <c r="B234" s="10">
         <v>2015155</v>
       </c>
       <c r="C234" s="11" t="s">
-        <v>235</v>
-[...1 lines deleted...]
-      <c r="D234" s="16">
+        <v>200</v>
+      </c>
+      <c r="D234" s="22">
         <v>22.5</v>
       </c>
       <c r="E234" s="12">
         <v>17810</v>
       </c>
     </row>
-    <row r="235" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-    <row r="236" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="235" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="7">
+        <v>9780349436395</v>
+      </c>
+      <c r="B235" s="7">
+        <v>3091532</v>
+      </c>
+      <c r="C235" s="8" t="s">
+        <v>201</v>
+      </c>
+      <c r="D235" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E235" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="10">
-        <v>9780349436395</v>
+        <v>9780349436357</v>
       </c>
       <c r="B236" s="10">
-        <v>3091532</v>
+        <v>2982711</v>
       </c>
       <c r="C236" s="11" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="D236" s="16">
+        <v>202</v>
+      </c>
+      <c r="D236" s="22">
         <v>13.5</v>
       </c>
       <c r="E236" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="237" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="7">
-        <v>9780349436357</v>
+        <v>9780349436340</v>
       </c>
       <c r="B237" s="7">
-        <v>2982711</v>
+        <v>2949693</v>
       </c>
       <c r="C237" s="8" t="s">
-        <v>238</v>
-[...1 lines deleted...]
-      <c r="D237" s="15">
+        <v>203</v>
+      </c>
+      <c r="D237" s="21">
         <v>13.5</v>
       </c>
       <c r="E237" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="238" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="10">
-        <v>9780349436340</v>
+        <v>9780349436371</v>
       </c>
       <c r="B238" s="10">
-        <v>2949693</v>
+        <v>2996560</v>
       </c>
       <c r="C238" s="11" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="D238" s="16">
+        <v>204</v>
+      </c>
+      <c r="D238" s="22">
         <v>13.5</v>
       </c>
       <c r="E238" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="239" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="7">
-        <v>9780349436371</v>
+        <v>9780349436326</v>
       </c>
       <c r="B239" s="7">
-        <v>2996560</v>
+        <v>2901243</v>
       </c>
       <c r="C239" s="8" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="D239" s="15">
+        <v>205</v>
+      </c>
+      <c r="D239" s="21">
         <v>13.5</v>
       </c>
       <c r="E239" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="240" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="10">
-        <v>9780349436326</v>
+        <v>9780349442259</v>
       </c>
       <c r="B240" s="10">
-        <v>2901243</v>
+        <v>3045398</v>
       </c>
       <c r="C240" s="11" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="D240" s="16">
+        <v>206</v>
+      </c>
+      <c r="D240" s="22">
         <v>13.5</v>
       </c>
       <c r="E240" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="241" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="7">
-        <v>9780349442259</v>
+        <v>9780349434315</v>
       </c>
       <c r="B241" s="7">
-        <v>3045398</v>
+        <v>2874839</v>
       </c>
       <c r="C241" s="8" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>207</v>
+      </c>
+      <c r="D241" s="21">
+        <v>14.5</v>
       </c>
       <c r="E241" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="242" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="10">
-        <v>9780349434315</v>
+        <v>9780349434339</v>
       </c>
       <c r="B242" s="10">
-        <v>2874839</v>
+        <v>2874840</v>
       </c>
       <c r="C242" s="11" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="D242" s="16">
+        <v>208</v>
+      </c>
+      <c r="D242" s="22">
         <v>14.5</v>
       </c>
       <c r="E242" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="243" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="7">
-        <v>9780349434339</v>
+        <v>9780349434285</v>
       </c>
       <c r="B243" s="7">
-        <v>2874840</v>
+        <v>2875540</v>
       </c>
       <c r="C243" s="8" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>209</v>
+      </c>
+      <c r="D243" s="21">
+        <v>13.5</v>
       </c>
       <c r="E243" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="244" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="10">
-        <v>9780349434285</v>
+        <v>9780349434278</v>
       </c>
       <c r="B244" s="10">
-        <v>2875540</v>
+        <v>2874834</v>
       </c>
       <c r="C244" s="11" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>210</v>
+      </c>
+      <c r="D244" s="22">
+        <v>13.5</v>
       </c>
       <c r="E244" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="245" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="245" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A245" s="7">
-        <v>9780349434278</v>
+        <v>9780099477464</v>
       </c>
       <c r="B245" s="7">
-        <v>2874834</v>
+        <v>3957896</v>
       </c>
       <c r="C245" s="8" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>211</v>
+      </c>
+      <c r="D245" s="21">
+        <v>10.5</v>
       </c>
       <c r="E245" s="9">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:5" x14ac:dyDescent="0.3">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="10">
-        <v>9780099477464</v>
+        <v>9780571364909</v>
       </c>
       <c r="B246" s="10">
-        <v>3957896</v>
+        <v>2795986</v>
       </c>
       <c r="C246" s="11" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="D246" s="16">
+        <v>212</v>
+      </c>
+      <c r="D246" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E246" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="247" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A247" s="7">
+        <v>9780571224142</v>
+      </c>
+      <c r="B247" s="7">
+        <v>2191008</v>
+      </c>
+      <c r="C247" s="8" t="s">
+        <v>213</v>
+      </c>
+      <c r="D247" s="21">
         <v>12.5</v>
       </c>
-      <c r="E246" s="12">
+      <c r="E247" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="248" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A248" s="17">
+        <v>9780241753699</v>
+      </c>
+      <c r="B248" s="17">
+        <v>3143943</v>
+      </c>
+      <c r="C248" s="18" t="s">
+        <v>518</v>
+      </c>
+      <c r="D248" s="24">
+        <v>21.5</v>
+      </c>
+      <c r="E248" s="19">
+        <v>11200</v>
+      </c>
+    </row>
+    <row r="249" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A249" s="7">
+        <v>9780593810460</v>
+      </c>
+      <c r="B249" s="7">
+        <v>2997804</v>
+      </c>
+      <c r="C249" s="8" t="s">
+        <v>214</v>
+      </c>
+      <c r="D249" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E249" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="250" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A250" s="10">
+        <v>9781524798642</v>
+      </c>
+      <c r="B250" s="10">
+        <v>2201791</v>
+      </c>
+      <c r="C250" s="11" t="s">
+        <v>215</v>
+      </c>
+      <c r="D250" s="22">
+        <v>10.5</v>
+      </c>
+      <c r="E250" s="12">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="251" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A251" s="7">
+        <v>9781804947159</v>
+      </c>
+      <c r="B251" s="7">
+        <v>3053497</v>
+      </c>
+      <c r="C251" s="8" t="s">
+        <v>216</v>
+      </c>
+      <c r="D251" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E251" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="247" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...84 lines deleted...]
-    <row r="252" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="252" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A252" s="10">
         <v>9780349433844</v>
       </c>
       <c r="B252" s="10">
         <v>3024358</v>
       </c>
       <c r="C252" s="11" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>217</v>
+      </c>
+      <c r="D252" s="22">
+        <v>13.5</v>
       </c>
       <c r="E252" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="253" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="7">
         <v>9780349433806</v>
       </c>
       <c r="B253" s="7">
         <v>2868706</v>
       </c>
       <c r="C253" s="8" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="D253" s="15">
+        <v>519</v>
+      </c>
+      <c r="D253" s="21">
         <v>13.5</v>
       </c>
       <c r="E253" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="254" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="254" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A254" s="10">
         <v>9780349442839</v>
       </c>
       <c r="B254" s="10">
         <v>3095182</v>
       </c>
       <c r="C254" s="11" t="s">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="D254" s="16">
+        <v>218</v>
+      </c>
+      <c r="D254" s="22">
         <v>13.5</v>
       </c>
       <c r="E254" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="255" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="7">
         <v>9781838853488</v>
       </c>
       <c r="B255" s="7">
         <v>3097469</v>
       </c>
       <c r="C255" s="8" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="D255" s="15">
+        <v>219</v>
+      </c>
+      <c r="D255" s="21">
         <v>13.5</v>
       </c>
       <c r="E255" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="256" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="10">
         <v>9780141033570</v>
       </c>
       <c r="B256" s="10">
         <v>8329850</v>
       </c>
       <c r="C256" s="11" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="D256" s="16">
+        <v>220</v>
+      </c>
+      <c r="D256" s="22">
         <v>19.5</v>
       </c>
       <c r="E256" s="12">
         <v>24810</v>
       </c>
     </row>
-    <row r="257" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="7">
         <v>9781529110944</v>
       </c>
       <c r="B257" s="7">
         <v>2288863</v>
       </c>
       <c r="C257" s="8" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="D257" s="15">
+        <v>221</v>
+      </c>
+      <c r="D257" s="21">
         <v>12.5</v>
       </c>
       <c r="E257" s="9">
         <v>21600</v>
       </c>
     </row>
-    <row r="258" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="10">
         <v>9780241997062</v>
       </c>
       <c r="B258" s="10">
         <v>2997424</v>
       </c>
       <c r="C258" s="11" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="D258" s="16">
+        <v>222</v>
+      </c>
+      <c r="D258" s="22">
         <v>13.5</v>
       </c>
       <c r="E258" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="259" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="7">
         <v>9781846276033</v>
       </c>
       <c r="B259" s="7">
         <v>4319036</v>
       </c>
       <c r="C259" s="8" t="s">
-        <v>260</v>
-[...1 lines deleted...]
-      <c r="D259" s="15">
+        <v>520</v>
+      </c>
+      <c r="D259" s="21">
         <v>13.5</v>
       </c>
       <c r="E259" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="260" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-    <row r="261" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="260" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A260" s="10">
+        <v>9780241600269</v>
+      </c>
+      <c r="B260" s="10">
+        <v>3098537</v>
+      </c>
+      <c r="C260" s="11" t="s">
+        <v>223</v>
+      </c>
+      <c r="D260" s="22">
+        <v>25.5</v>
+      </c>
+      <c r="E260" s="12">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="7">
         <v>9781449474256</v>
       </c>
       <c r="B261" s="7">
         <v>2454573</v>
       </c>
       <c r="C261" s="8" t="s">
-        <v>262</v>
-[...1 lines deleted...]
-      <c r="D261" s="15">
+        <v>224</v>
+      </c>
+      <c r="D261" s="21">
         <v>16.5</v>
       </c>
       <c r="E261" s="9">
         <v>21500</v>
       </c>
     </row>
-    <row r="262" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="262" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A262" s="10">
         <v>9781529029581</v>
       </c>
       <c r="B262" s="10">
         <v>2735550</v>
       </c>
       <c r="C262" s="11" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="D262" s="16">
+        <v>225</v>
+      </c>
+      <c r="D262" s="22">
         <v>14.5</v>
       </c>
       <c r="E262" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="263" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="7">
+        <v>9781529050868</v>
+      </c>
+      <c r="B263" s="7">
+        <v>2044076</v>
+      </c>
+      <c r="C263" s="8" t="s">
+        <v>226</v>
+      </c>
+      <c r="D263" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E263" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="264" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A264" s="10">
         <v>9781509898299</v>
       </c>
-      <c r="B263" s="7">
+      <c r="B264" s="10">
         <v>2903726</v>
       </c>
-      <c r="C263" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A264" s="10">
+      <c r="C264" s="11" t="s">
+        <v>227</v>
+      </c>
+      <c r="D264" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E264" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="265" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A265" s="7">
         <v>9781529074413</v>
       </c>
-      <c r="B264" s="10">
+      <c r="B265" s="7">
         <v>2778985</v>
       </c>
-      <c r="C264" s="11" t="s">
-[...10 lines deleted...]
-      <c r="A265" s="7">
+      <c r="C265" s="8" t="s">
+        <v>228</v>
+      </c>
+      <c r="D265" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E265" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="266" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A266" s="10">
         <v>9781509889174</v>
       </c>
-      <c r="B265" s="7">
+      <c r="B266" s="10">
         <v>2634995</v>
       </c>
-      <c r="C265" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D265" s="15">
+      <c r="C266" s="11" t="s">
+        <v>229</v>
+      </c>
+      <c r="D266" s="22">
         <v>14.5</v>
       </c>
-      <c r="E265" s="9">
-[...15 lines deleted...]
-      </c>
       <c r="E266" s="12">
-        <v>21600</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:5" x14ac:dyDescent="0.3">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="7">
+        <v>9781804189597</v>
+      </c>
+      <c r="B267" s="7">
+        <v>3098707</v>
+      </c>
+      <c r="C267" s="8" t="s">
+        <v>230</v>
+      </c>
+      <c r="D267" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E267" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="268" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A268" s="10">
         <v>9780571368709</v>
       </c>
-      <c r="B267" s="7">
+      <c r="B268" s="10">
         <v>2837721</v>
       </c>
-      <c r="C267" s="8" t="s">
-[...43 lines deleted...]
-    <row r="270" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="C268" s="11" t="s">
+        <v>231</v>
+      </c>
+      <c r="D268" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E268" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="269" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A269" s="7">
+        <v>9780008580384</v>
+      </c>
+      <c r="B269" s="7">
+        <v>3105648</v>
+      </c>
+      <c r="C269" s="8" t="s">
+        <v>232</v>
+      </c>
+      <c r="D269" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E269" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="10">
         <v>9780349439549</v>
       </c>
       <c r="B270" s="10">
         <v>3132798</v>
       </c>
       <c r="C270" s="11" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="D270" s="16">
+        <v>233</v>
+      </c>
+      <c r="D270" s="22">
         <v>13.5</v>
       </c>
       <c r="E270" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="271" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="7">
         <v>9780349440842</v>
       </c>
       <c r="B271" s="7">
         <v>3022710</v>
       </c>
       <c r="C271" s="8" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="D271" s="15">
+        <v>234</v>
+      </c>
+      <c r="D271" s="21">
         <v>14.5</v>
       </c>
       <c r="E271" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="272" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="272" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A272" s="10">
         <v>9780349439501</v>
       </c>
       <c r="B272" s="10">
         <v>2994264</v>
       </c>
       <c r="C272" s="11" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="D272" s="16">
+        <v>235</v>
+      </c>
+      <c r="D272" s="22">
         <v>13.5</v>
       </c>
       <c r="E272" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="273" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="7">
         <v>9780349440859</v>
       </c>
       <c r="B273" s="7">
         <v>3022756</v>
       </c>
       <c r="C273" s="8" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="D273" s="15">
+        <v>236</v>
+      </c>
+      <c r="D273" s="21">
         <v>13</v>
       </c>
       <c r="E273" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="274" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="274" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A274" s="10">
         <v>9780349440927</v>
       </c>
       <c r="B274" s="10">
         <v>3022758</v>
       </c>
       <c r="C274" s="11" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="D274" s="16">
+        <v>237</v>
+      </c>
+      <c r="D274" s="22">
         <v>13</v>
       </c>
       <c r="E274" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="275" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="7">
         <v>9781405955003</v>
       </c>
       <c r="B275" s="7">
         <v>2869053</v>
       </c>
       <c r="C275" s="8" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="D275" s="15">
+        <v>238</v>
+      </c>
+      <c r="D275" s="21">
         <v>14.5</v>
       </c>
       <c r="E275" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="276" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="276" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A276" s="10">
         <v>9781804955956</v>
       </c>
       <c r="B276" s="10">
         <v>3125316</v>
       </c>
       <c r="C276" s="11" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="D276" s="16">
+        <v>521</v>
+      </c>
+      <c r="D276" s="22">
         <v>14.5</v>
       </c>
       <c r="E276" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="277" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="7">
         <v>9781804955871</v>
       </c>
       <c r="B277" s="7">
         <v>3122225</v>
       </c>
       <c r="C277" s="8" t="s">
-        <v>278</v>
-[...1 lines deleted...]
-      <c r="D277" s="15">
+        <v>239</v>
+      </c>
+      <c r="D277" s="21">
         <v>14.5</v>
       </c>
       <c r="E277" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="278" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="10">
-        <v>9781804955895</v>
+        <v>9781804955918</v>
       </c>
       <c r="B278" s="10">
-        <v>3122226</v>
+        <v>3125319</v>
       </c>
       <c r="C278" s="11" t="s">
-        <v>279</v>
-[...1 lines deleted...]
-      <c r="D278" s="16">
+        <v>522</v>
+      </c>
+      <c r="D278" s="22">
         <v>14.5</v>
       </c>
       <c r="E278" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="279" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="7">
-        <v>9781804955918</v>
+        <v>9781405945424</v>
       </c>
       <c r="B279" s="7">
-        <v>3125319</v>
+        <v>3098536</v>
       </c>
       <c r="C279" s="8" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>240</v>
+      </c>
+      <c r="D279" s="21">
+        <v>13.5</v>
       </c>
       <c r="E279" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="280" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="10">
         <v>9781526677525</v>
       </c>
       <c r="B280" s="10">
         <v>3033166</v>
       </c>
       <c r="C280" s="11" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="D280" s="16">
+        <v>241</v>
+      </c>
+      <c r="D280" s="22">
         <v>12.5</v>
       </c>
       <c r="E280" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="281" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="7">
         <v>9781526677884</v>
       </c>
       <c r="B281" s="7">
         <v>3084187</v>
       </c>
       <c r="C281" s="8" t="s">
-        <v>282</v>
-[...1 lines deleted...]
-      <c r="D281" s="15">
+        <v>242</v>
+      </c>
+      <c r="D281" s="21">
         <v>13.5</v>
       </c>
       <c r="E281" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="282" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="10">
-        <v>9781781259344</v>
+        <v>9781399712958</v>
       </c>
       <c r="B282" s="10">
-        <v>3016878</v>
+        <v>3044795</v>
       </c>
       <c r="C282" s="11" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-        <v>15.5</v>
+        <v>243</v>
+      </c>
+      <c r="D282" s="22">
+        <v>13.5</v>
       </c>
       <c r="E282" s="12">
-        <v>15590</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="283" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A283" s="7">
-        <v>9781398550179</v>
+        <v>9781668098462</v>
       </c>
       <c r="B283" s="7">
-        <v>3148671</v>
+        <v>3125080</v>
       </c>
       <c r="C283" s="8" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>244</v>
+      </c>
+      <c r="D283" s="21">
+        <v>25.5</v>
       </c>
       <c r="E283" s="9">
+        <v>11200</v>
+      </c>
+    </row>
+    <row r="284" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A284" s="10">
+        <v>9780307743657</v>
+      </c>
+      <c r="B284" s="10">
+        <v>8856745</v>
+      </c>
+      <c r="C284" s="11" t="s">
+        <v>245</v>
+      </c>
+      <c r="D284" s="22">
+        <v>11.5</v>
+      </c>
+      <c r="E284" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="285" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A285" s="14">
+        <v>9781668098479</v>
+      </c>
+      <c r="B285" s="14">
+        <v>3145572</v>
+      </c>
+      <c r="C285" s="15" t="s">
+        <v>523</v>
+      </c>
+      <c r="D285" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E285" s="16">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="286" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A286" s="10">
+        <v>9780571376483</v>
+      </c>
+      <c r="B286" s="10">
+        <v>2894160</v>
+      </c>
+      <c r="C286" s="11" t="s">
+        <v>246</v>
+      </c>
+      <c r="D286" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E286" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="287" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A287" s="7">
+        <v>9781760630737</v>
+      </c>
+      <c r="B287" s="7">
+        <v>2660592</v>
+      </c>
+      <c r="C287" s="8" t="s">
+        <v>247</v>
+      </c>
+      <c r="D287" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E287" s="9">
+        <v>24810</v>
+      </c>
+    </row>
+    <row r="288" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A288" s="10">
+        <v>9781612681139</v>
+      </c>
+      <c r="B288" s="10">
+        <v>2980686</v>
+      </c>
+      <c r="C288" s="11" t="s">
+        <v>248</v>
+      </c>
+      <c r="D288" s="22">
+        <v>11.5</v>
+      </c>
+      <c r="E288" s="12">
+        <v>27810</v>
+      </c>
+    </row>
+    <row r="289" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A289" s="7">
+        <v>9781668091326</v>
+      </c>
+      <c r="B289" s="7">
+        <v>3098331</v>
+      </c>
+      <c r="C289" s="8" t="s">
+        <v>524</v>
+      </c>
+      <c r="D289" s="21">
+        <v>20.5</v>
+      </c>
+      <c r="E289" s="9">
+        <v>17430</v>
+      </c>
+    </row>
+    <row r="290" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A290" s="10">
+        <v>9781401308773</v>
+      </c>
+      <c r="B290" s="10">
+        <v>9071202</v>
+      </c>
+      <c r="C290" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="D290" s="22">
+        <v>11.5</v>
+      </c>
+      <c r="E290" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="291" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A291" s="14">
+        <v>9781804995587</v>
+      </c>
+      <c r="B291" s="14">
+        <v>3104412</v>
+      </c>
+      <c r="C291" s="15" t="s">
+        <v>525</v>
+      </c>
+      <c r="D291" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E291" s="16">
         <v>21200</v>
       </c>
     </row>
-    <row r="284" spans="1:5" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="D284" s="16">
+    <row r="292" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A292" s="10">
+        <v>9781529087949</v>
+      </c>
+      <c r="B292" s="10">
+        <v>2779165</v>
+      </c>
+      <c r="C292" s="11" t="s">
+        <v>250</v>
+      </c>
+      <c r="D292" s="22">
         <v>14.5</v>
       </c>
-      <c r="E284" s="12">
+      <c r="E292" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="293" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A293" s="14">
+        <v>9781035009398</v>
+      </c>
+      <c r="B293" s="14">
+        <v>3145924</v>
+      </c>
+      <c r="C293" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="D293" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E293" s="16">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="294" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A294" s="10">
+        <v>9781509840014</v>
+      </c>
+      <c r="B294" s="10">
+        <v>3001409</v>
+      </c>
+      <c r="C294" s="11" t="s">
+        <v>252</v>
+      </c>
+      <c r="D294" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E294" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="285" spans="1:5" x14ac:dyDescent="0.3">
-[...43 lines deleted...]
-      <c r="D287" s="15">
+    <row r="295" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A295" s="7">
+        <v>9780141978611</v>
+      </c>
+      <c r="B295" s="7">
+        <v>5851270</v>
+      </c>
+      <c r="C295" s="8" t="s">
+        <v>253</v>
+      </c>
+      <c r="D295" s="21">
+        <v>17.5</v>
+      </c>
+      <c r="E295" s="9">
+        <v>15310</v>
+      </c>
+    </row>
+    <row r="296" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A296" s="17">
+        <v>9781399728898</v>
+      </c>
+      <c r="B296" s="17">
+        <v>3128517</v>
+      </c>
+      <c r="C296" s="18" t="s">
+        <v>526</v>
+      </c>
+      <c r="D296" s="24">
+        <v>21.5</v>
+      </c>
+      <c r="E296" s="19">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="297" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A297" s="7">
+        <v>9780063021433</v>
+      </c>
+      <c r="B297" s="7">
+        <v>2951644</v>
+      </c>
+      <c r="C297" s="8" t="s">
+        <v>254</v>
+      </c>
+      <c r="D297" s="21">
         <v>11.5</v>
       </c>
-      <c r="E287" s="9">
-[...135 lines deleted...]
-      <c r="E295" s="9">
+      <c r="E297" s="9">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="298" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A298" s="17">
+        <v>9780063455245</v>
+      </c>
+      <c r="B298" s="17">
+        <v>3146009</v>
+      </c>
+      <c r="C298" s="18" t="s">
+        <v>527</v>
+      </c>
+      <c r="D298" s="24">
+        <v>21.5</v>
+      </c>
+      <c r="E298" s="19">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="299" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A299" s="7">
+        <v>9780008239848</v>
+      </c>
+      <c r="B299" s="7">
+        <v>2874836</v>
+      </c>
+      <c r="C299" s="8" t="s">
+        <v>255</v>
+      </c>
+      <c r="D299" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E299" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="300" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A300" s="10">
+        <v>9780008532819</v>
+      </c>
+      <c r="B300" s="10">
+        <v>3001090</v>
+      </c>
+      <c r="C300" s="11" t="s">
+        <v>256</v>
+      </c>
+      <c r="D300" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E300" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="296" spans="1:5" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E296" s="12">
+    <row r="301" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A301" s="7">
+        <v>9781529933383</v>
+      </c>
+      <c r="B301" s="7">
+        <v>3104307</v>
+      </c>
+      <c r="C301" s="8" t="s">
+        <v>257</v>
+      </c>
+      <c r="D301" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E301" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="302" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A302" s="10">
+        <v>9780593081945</v>
+      </c>
+      <c r="B302" s="10">
+        <v>3146174</v>
+      </c>
+      <c r="C302" s="11" t="s">
+        <v>258</v>
+      </c>
+      <c r="D302" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E302" s="12">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="303" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A303" s="7">
+        <v>9781728295350</v>
+      </c>
+      <c r="B303" s="7">
+        <v>2985940</v>
+      </c>
+      <c r="C303" s="8" t="s">
+        <v>259</v>
+      </c>
+      <c r="D303" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E303" s="9">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="304" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A304" s="10">
+        <v>9781728295411</v>
+      </c>
+      <c r="B304" s="10">
+        <v>2994931</v>
+      </c>
+      <c r="C304" s="11" t="s">
+        <v>260</v>
+      </c>
+      <c r="D304" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E304" s="12">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="305" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A305" s="7">
+        <v>9780008456801</v>
+      </c>
+      <c r="B305" s="7">
+        <v>3098954</v>
+      </c>
+      <c r="C305" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="D305" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E305" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="297" spans="1:5" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E297" s="9">
+    <row r="306" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A306" s="10">
+        <v>9780008456757</v>
+      </c>
+      <c r="B306" s="10">
+        <v>3020427</v>
+      </c>
+      <c r="C306" s="11" t="s">
+        <v>262</v>
+      </c>
+      <c r="D306" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E306" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="298" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...152 lines deleted...]
-    <row r="307" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="7">
-        <v>9781728295350</v>
+        <v>9780099549482</v>
       </c>
       <c r="B307" s="7">
-        <v>2985940</v>
+        <v>5225795</v>
       </c>
       <c r="C307" s="8" t="s">
-        <v>308</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>263</v>
+      </c>
+      <c r="D307" s="21">
+        <v>12.5</v>
       </c>
       <c r="E307" s="9">
-        <v>21200</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="308" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A308" s="10">
-        <v>9780008456757</v>
+        <v>9781035412761</v>
       </c>
       <c r="B308" s="10">
-        <v>3020427</v>
+        <v>3042149</v>
       </c>
       <c r="C308" s="11" t="s">
-        <v>309</v>
-[...1 lines deleted...]
-      <c r="D308" s="16">
+        <v>264</v>
+      </c>
+      <c r="D308" s="22">
         <v>13.5</v>
       </c>
       <c r="E308" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="309" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E309" s="21">
+    <row r="309" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A309" s="7">
+        <v>9781838930509</v>
+      </c>
+      <c r="B309" s="7">
+        <v>2900713</v>
+      </c>
+      <c r="C309" s="8" t="s">
+        <v>265</v>
+      </c>
+      <c r="D309" s="21">
+        <v>13</v>
+      </c>
+      <c r="E309" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="310" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A310" s="17">
+        <v>9781035412808</v>
+      </c>
+      <c r="B310" s="17">
+        <v>3139427</v>
+      </c>
+      <c r="C310" s="18" t="s">
+        <v>528</v>
+      </c>
+      <c r="D310" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E310" s="19">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="311" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A311" s="7">
+        <v>9781472294159</v>
+      </c>
+      <c r="B311" s="7">
+        <v>2840118</v>
+      </c>
+      <c r="C311" s="8" t="s">
+        <v>266</v>
+      </c>
+      <c r="D311" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E311" s="9">
+        <v>25310</v>
+      </c>
+    </row>
+    <row r="312" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A312" s="10">
+        <v>9781529032178</v>
+      </c>
+      <c r="B312" s="10">
+        <v>2726226</v>
+      </c>
+      <c r="C312" s="11" t="s">
+        <v>267</v>
+      </c>
+      <c r="D312" s="22">
+        <v>14.5</v>
+      </c>
+      <c r="E312" s="12">
+        <v>24830</v>
+      </c>
+    </row>
+    <row r="313" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A313" s="7">
+        <v>9781984825773</v>
+      </c>
+      <c r="B313" s="7">
+        <v>2033789</v>
+      </c>
+      <c r="C313" s="8" t="s">
+        <v>529</v>
+      </c>
+      <c r="D313" s="21">
+        <v>11.5</v>
+      </c>
+      <c r="E313" s="9">
+        <v>27430</v>
+      </c>
+    </row>
+    <row r="314" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A314" s="10">
+        <v>9780722538074</v>
+      </c>
+      <c r="B314" s="10">
+        <v>2956367</v>
+      </c>
+      <c r="C314" s="11" t="s">
+        <v>268</v>
+      </c>
+      <c r="D314" s="22">
+        <v>10.5</v>
+      </c>
+      <c r="E314" s="12">
+        <v>24810</v>
+      </c>
+    </row>
+    <row r="315" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A315" s="7">
+        <v>9780241448748</v>
+      </c>
+      <c r="B315" s="7">
+        <v>2798786</v>
+      </c>
+      <c r="C315" s="8" t="s">
+        <v>269</v>
+      </c>
+      <c r="D315" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E315" s="9">
+        <v>21500</v>
+      </c>
+    </row>
+    <row r="316" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A316" s="10">
+        <v>9780861545896</v>
+      </c>
+      <c r="B316" s="10">
+        <v>3002051</v>
+      </c>
+      <c r="C316" s="11" t="s">
+        <v>270</v>
+      </c>
+      <c r="D316" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E316" s="12">
         <v>11110</v>
       </c>
     </row>
-    <row r="310" spans="1:5" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="D310" s="16">
+    <row r="317" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A317" s="7">
+        <v>9781526635235</v>
+      </c>
+      <c r="B317" s="7">
+        <v>2897916</v>
+      </c>
+      <c r="C317" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="D317" s="21">
         <v>12.5</v>
       </c>
-      <c r="E310" s="12">
-[...16 lines deleted...]
-      <c r="E311" s="9">
+      <c r="E317" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="312" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...101 lines deleted...]
-    <row r="318" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="318" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A318" s="10">
-        <v>9781035050413</v>
+        <v>9781526617187</v>
       </c>
       <c r="B318" s="10">
-        <v>3145911</v>
+        <v>2596584</v>
       </c>
       <c r="C318" s="11" t="s">
-        <v>319</v>
-[...1 lines deleted...]
-      <c r="D318" s="16">
+        <v>272</v>
+      </c>
+      <c r="D318" s="22">
         <v>13.5</v>
       </c>
       <c r="E318" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="319" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="7">
-        <v>9780722538074</v>
+        <v>9781526617163</v>
       </c>
       <c r="B319" s="7">
-        <v>2956367</v>
+        <v>2596574</v>
       </c>
       <c r="C319" s="8" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>273</v>
+      </c>
+      <c r="D319" s="21">
+        <v>14.5</v>
       </c>
       <c r="E319" s="9">
-        <v>24810</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:5" x14ac:dyDescent="0.3">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="10">
-        <v>9780241448748</v>
+        <v>9781526635365</v>
       </c>
       <c r="B320" s="10">
-        <v>2798786</v>
+        <v>2847694</v>
       </c>
       <c r="C320" s="11" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="D320" s="16">
+        <v>274</v>
+      </c>
+      <c r="D320" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E320" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="321" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A321" s="7">
+        <v>9781526605399</v>
+      </c>
+      <c r="B321" s="7">
+        <v>2596569</v>
+      </c>
+      <c r="C321" s="8" t="s">
+        <v>275</v>
+      </c>
+      <c r="D321" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E321" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="322" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A322" s="10">
+        <v>9781526617170</v>
+      </c>
+      <c r="B322" s="10">
+        <v>2596583</v>
+      </c>
+      <c r="C322" s="11" t="s">
+        <v>276</v>
+      </c>
+      <c r="D322" s="22">
         <v>14.5</v>
-      </c>
-[...32 lines deleted...]
-        <v>12.5</v>
       </c>
       <c r="E322" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="323" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="7">
-        <v>9781526617187</v>
+        <v>9781526635211</v>
       </c>
       <c r="B323" s="7">
-        <v>2596584</v>
+        <v>2897910</v>
       </c>
       <c r="C323" s="8" t="s">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="D323" s="15">
+        <v>277</v>
+      </c>
+      <c r="D323" s="21">
         <v>13.5</v>
       </c>
       <c r="E323" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="324" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="324" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A324" s="10">
-        <v>9781526617163</v>
+        <v>9781526635228</v>
       </c>
       <c r="B324" s="10">
-        <v>2596574</v>
+        <v>2897911</v>
       </c>
       <c r="C324" s="11" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>278</v>
+      </c>
+      <c r="D324" s="22">
+        <v>13.5</v>
       </c>
       <c r="E324" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="325" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="325" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A325" s="7">
-        <v>9781526635365</v>
+        <v>9781526663559</v>
       </c>
       <c r="B325" s="7">
-        <v>2847694</v>
+        <v>2945951</v>
       </c>
       <c r="C325" s="8" t="s">
-        <v>326</v>
-[...1 lines deleted...]
-      <c r="D325" s="15">
+        <v>279</v>
+      </c>
+      <c r="D325" s="21">
         <v>13.5</v>
       </c>
       <c r="E325" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="326" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="10">
-        <v>9781526605399</v>
+        <v>9781526650344</v>
       </c>
       <c r="B326" s="10">
-        <v>2596569</v>
+        <v>3146531</v>
       </c>
       <c r="C326" s="11" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="D326" s="16">
+        <v>280</v>
+      </c>
+      <c r="D326" s="22">
         <v>13.5</v>
       </c>
       <c r="E326" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="327" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="7">
-        <v>9781526617170</v>
+        <v>9781526628220</v>
       </c>
       <c r="B327" s="7">
-        <v>2596583</v>
+        <v>2917218</v>
       </c>
       <c r="C327" s="8" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>281</v>
+      </c>
+      <c r="D327" s="21">
+        <v>13.5</v>
       </c>
       <c r="E327" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="328" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="10">
-        <v>9781526635211</v>
+        <v>9781526635259</v>
       </c>
       <c r="B328" s="10">
-        <v>2897910</v>
+        <v>2897912</v>
       </c>
       <c r="C328" s="11" t="s">
-        <v>329</v>
-[...1 lines deleted...]
-      <c r="D328" s="16">
+        <v>530</v>
+      </c>
+      <c r="D328" s="22">
         <v>13.5</v>
       </c>
       <c r="E328" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="329" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="7">
-        <v>9781526635228</v>
+        <v>9781526635297</v>
       </c>
       <c r="B329" s="7">
-        <v>2897911</v>
+        <v>2897881</v>
       </c>
       <c r="C329" s="8" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>282</v>
+      </c>
+      <c r="D329" s="21">
+        <v>12.5</v>
       </c>
       <c r="E329" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="330" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="330" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A330" s="10">
-        <v>9781526663559</v>
+        <v>9781526635280</v>
       </c>
       <c r="B330" s="10">
-        <v>2945951</v>
+        <v>2897913</v>
       </c>
       <c r="C330" s="11" t="s">
-        <v>331</v>
-[...1 lines deleted...]
-      <c r="D330" s="16">
+        <v>531</v>
+      </c>
+      <c r="D330" s="22">
         <v>13.5</v>
       </c>
       <c r="E330" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="331" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="7">
-        <v>9781526650344</v>
+        <v>9781398722774</v>
       </c>
       <c r="B331" s="7">
-        <v>3146531</v>
+        <v>3042539</v>
       </c>
       <c r="C331" s="8" t="s">
-        <v>332</v>
-[...1 lines deleted...]
-      <c r="D331" s="15">
+        <v>283</v>
+      </c>
+      <c r="D331" s="21">
         <v>13.5</v>
       </c>
       <c r="E331" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="332" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A332" s="10">
+        <v>9781529105100</v>
+      </c>
+      <c r="B332" s="10">
+        <v>2017698</v>
+      </c>
+      <c r="C332" s="11" t="s">
+        <v>284</v>
+      </c>
+      <c r="D332" s="22">
+        <v>26.5</v>
+      </c>
+      <c r="E332" s="12">
+        <v>11800</v>
+      </c>
+    </row>
+    <row r="333" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A333" s="7">
+        <v>9780008365981</v>
+      </c>
+      <c r="B333" s="7">
+        <v>3098956</v>
+      </c>
+      <c r="C333" s="8" t="s">
+        <v>285</v>
+      </c>
+      <c r="D333" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E333" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="334" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A334" s="17">
+        <v>9781804993408</v>
+      </c>
+      <c r="B334" s="17">
+        <v>3138694</v>
+      </c>
+      <c r="C334" s="18" t="s">
+        <v>532</v>
+      </c>
+      <c r="D334" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E334" s="19">
         <v>21300</v>
       </c>
     </row>
-    <row r="332" spans="1:5" x14ac:dyDescent="0.3">
-[...50 lines deleted...]
-    <row r="335" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="7">
-        <v>9781526635280</v>
+        <v>9781804993392</v>
       </c>
       <c r="B335" s="7">
-        <v>2897913</v>
+        <v>3041232</v>
       </c>
       <c r="C335" s="8" t="s">
-        <v>336</v>
-[...1 lines deleted...]
-      <c r="D335" s="15">
+        <v>286</v>
+      </c>
+      <c r="D335" s="21">
         <v>13.5</v>
       </c>
       <c r="E335" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="336" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="10">
-        <v>9781398722774</v>
+        <v>9781804993385</v>
       </c>
       <c r="B336" s="10">
-        <v>3042539</v>
+        <v>2991386</v>
       </c>
       <c r="C336" s="11" t="s">
-        <v>337</v>
-[...1 lines deleted...]
-      <c r="D336" s="16">
+        <v>287</v>
+      </c>
+      <c r="D336" s="22">
         <v>13.5</v>
       </c>
       <c r="E336" s="12">
-        <v>21110</v>
-[...19 lines deleted...]
-    <row r="338" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="337" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A337" s="14">
+        <v>9781399715720</v>
+      </c>
+      <c r="B337" s="14">
+        <v>3139569</v>
+      </c>
+      <c r="C337" s="15" t="s">
+        <v>533</v>
+      </c>
+      <c r="D337" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E337" s="16">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="338" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A338" s="10">
-        <v>9780008365981</v>
+        <v>9780062641540</v>
       </c>
       <c r="B338" s="10">
-        <v>3098956</v>
+        <v>2510122</v>
       </c>
       <c r="C338" s="11" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>288</v>
+      </c>
+      <c r="D338" s="22">
+        <v>19.5</v>
       </c>
       <c r="E338" s="12">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:5" x14ac:dyDescent="0.3">
+        <v>14810</v>
+      </c>
+    </row>
+    <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="7">
-        <v>9781804993408</v>
+        <v>9781785042737</v>
       </c>
       <c r="B339" s="7">
-        <v>3138694</v>
+        <v>2939829</v>
       </c>
       <c r="C339" s="8" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>289</v>
+      </c>
+      <c r="D339" s="21">
+        <v>14.5</v>
       </c>
       <c r="E339" s="9">
-        <v>21300</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:5" x14ac:dyDescent="0.3">
+        <v>26920</v>
+      </c>
+    </row>
+    <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="10">
-        <v>9781804993392</v>
+        <v>9780307386458</v>
       </c>
       <c r="B340" s="10">
-        <v>3041232</v>
+        <v>3015688</v>
       </c>
       <c r="C340" s="11" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>290</v>
+      </c>
+      <c r="D340" s="22">
+        <v>11.5</v>
       </c>
       <c r="E340" s="12">
-        <v>21300</v>
-[...36 lines deleted...]
-    <row r="343" spans="1:5" x14ac:dyDescent="0.3">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="341" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A341" s="14">
+        <v>9781787335745</v>
+      </c>
+      <c r="B341" s="14">
+        <v>3144643</v>
+      </c>
+      <c r="C341" s="15" t="s">
+        <v>534</v>
+      </c>
+      <c r="D341" s="23">
+        <v>21.5</v>
+      </c>
+      <c r="E341" s="16">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="342" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A342" s="10">
+        <v>9781464221408</v>
+      </c>
+      <c r="B342" s="10">
+        <v>3067905</v>
+      </c>
+      <c r="C342" s="11" t="s">
+        <v>291</v>
+      </c>
+      <c r="D342" s="22">
+        <v>13</v>
+      </c>
+      <c r="E342" s="12">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="7">
-        <v>9780062641540</v>
+        <v>9781464221347</v>
       </c>
       <c r="B343" s="7">
-        <v>2510122</v>
+        <v>3012366</v>
       </c>
       <c r="C343" s="8" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-        <v>19.5</v>
+        <v>535</v>
+      </c>
+      <c r="D343" s="21">
+        <v>13.5</v>
       </c>
       <c r="E343" s="9">
-        <v>14810</v>
-[...29 lines deleted...]
-      <c r="D345" s="15">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="344" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A344" s="10">
+        <v>9781464228636</v>
+      </c>
+      <c r="B344" s="10">
+        <v>3097934</v>
+      </c>
+      <c r="C344" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="D344" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E344" s="12">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="345" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A345" s="14">
+        <v>9781464228582</v>
+      </c>
+      <c r="B345" s="14">
+        <v>3140586</v>
+      </c>
+      <c r="C345" s="15" t="s">
+        <v>536</v>
+      </c>
+      <c r="D345" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E345" s="16">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="346" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A346" s="10">
+        <v>9781408728512</v>
+      </c>
+      <c r="B346" s="10">
+        <v>2979423</v>
+      </c>
+      <c r="C346" s="11" t="s">
+        <v>293</v>
+      </c>
+      <c r="D346" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E346" s="12">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="347" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A347" s="7">
+        <v>9781464223310</v>
+      </c>
+      <c r="B347" s="7">
+        <v>3012372</v>
+      </c>
+      <c r="C347" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="D347" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E347" s="9">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="348" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A348" s="10">
+        <v>9780349132600</v>
+      </c>
+      <c r="B348" s="10">
+        <v>2992625</v>
+      </c>
+      <c r="C348" s="11" t="s">
+        <v>295</v>
+      </c>
+      <c r="D348" s="22">
         <v>14.5</v>
-      </c>
-[...49 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E348" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="349" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="7">
-        <v>9781464221347</v>
+        <v>9781464221385</v>
       </c>
       <c r="B349" s="7">
-        <v>3012366</v>
+        <v>3012370</v>
       </c>
       <c r="C349" s="8" t="s">
-        <v>350</v>
-[...1 lines deleted...]
-      <c r="D349" s="15">
+        <v>537</v>
+      </c>
+      <c r="D349" s="21">
         <v>13.5</v>
       </c>
       <c r="E349" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="350" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="10">
-        <v>9781464228636</v>
+        <v>9781464221361</v>
       </c>
       <c r="B350" s="10">
-        <v>3097934</v>
+        <v>3012368</v>
       </c>
       <c r="C350" s="11" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="D350" s="16">
+        <v>296</v>
+      </c>
+      <c r="D350" s="22">
         <v>13.5</v>
       </c>
       <c r="E350" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="351" spans="1:5" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E351" s="9">
+    <row r="351" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A351" s="14">
+        <v>9781464228605</v>
+      </c>
+      <c r="B351" s="14">
+        <v>3140584</v>
+      </c>
+      <c r="C351" s="15" t="s">
+        <v>538</v>
+      </c>
+      <c r="D351" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E351" s="16">
         <v>21200</v>
       </c>
     </row>
-    <row r="352" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="10">
-        <v>9781408728512</v>
+        <v>9781464221378</v>
       </c>
       <c r="B352" s="10">
-        <v>2979423</v>
+        <v>3012369</v>
       </c>
       <c r="C352" s="11" t="s">
-        <v>353</v>
-[...1 lines deleted...]
-      <c r="D352" s="16">
+        <v>539</v>
+      </c>
+      <c r="D352" s="22">
         <v>13.5</v>
       </c>
       <c r="E352" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="353" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="353" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A353" s="7">
-        <v>9781464223310</v>
+        <v>9781464228629</v>
       </c>
       <c r="B353" s="7">
-        <v>3012372</v>
+        <v>3169236</v>
       </c>
       <c r="C353" s="8" t="s">
-        <v>354</v>
-[...1 lines deleted...]
-      <c r="D353" s="15">
+        <v>540</v>
+      </c>
+      <c r="D353" s="21">
         <v>13.5</v>
       </c>
       <c r="E353" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="354" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="10">
-        <v>9780349132600</v>
+        <v>9781464228575</v>
       </c>
       <c r="B354" s="10">
-        <v>2992625</v>
+        <v>3102627</v>
       </c>
       <c r="C354" s="11" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>541</v>
+      </c>
+      <c r="D354" s="22">
+        <v>13.5</v>
       </c>
       <c r="E354" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="355" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="7">
-        <v>9781464221385</v>
+        <v>9780008562045</v>
       </c>
       <c r="B355" s="7">
-        <v>3012370</v>
+        <v>3098968</v>
       </c>
       <c r="C355" s="8" t="s">
-        <v>356</v>
-[...1 lines deleted...]
-      <c r="D355" s="15">
+        <v>297</v>
+      </c>
+      <c r="D355" s="21">
         <v>13.5</v>
       </c>
       <c r="E355" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="356" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A356" s="10">
+        <v>9781728290829</v>
+      </c>
+      <c r="B356" s="10">
+        <v>2965661</v>
+      </c>
+      <c r="C356" s="11" t="s">
+        <v>298</v>
+      </c>
+      <c r="D356" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E356" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="357" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A357" s="7">
+        <v>9781728297408</v>
+      </c>
+      <c r="B357" s="7">
+        <v>3091050</v>
+      </c>
+      <c r="C357" s="8" t="s">
+        <v>299</v>
+      </c>
+      <c r="D357" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E357" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="358" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A358" s="10">
+        <v>9781728278346</v>
+      </c>
+      <c r="B358" s="10">
+        <v>2902129</v>
+      </c>
+      <c r="C358" s="11" t="s">
+        <v>300</v>
+      </c>
+      <c r="D358" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E358" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="359" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A359" s="7">
+        <v>9781728278353</v>
+      </c>
+      <c r="B359" s="7">
+        <v>2935322</v>
+      </c>
+      <c r="C359" s="8" t="s">
+        <v>301</v>
+      </c>
+      <c r="D359" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E359" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="360" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A360" s="10">
+        <v>9781035001910</v>
+      </c>
+      <c r="B360" s="10">
+        <v>3097225</v>
+      </c>
+      <c r="C360" s="11" t="s">
+        <v>302</v>
+      </c>
+      <c r="D360" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E360" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="361" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A361" s="7">
+        <v>9781529099461</v>
+      </c>
+      <c r="B361" s="7">
+        <v>2832136</v>
+      </c>
+      <c r="C361" s="8" t="s">
+        <v>303</v>
+      </c>
+      <c r="D361" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E361" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="362" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A362" s="10">
+        <v>9780008623036</v>
+      </c>
+      <c r="B362" s="10">
+        <v>3105641</v>
+      </c>
+      <c r="C362" s="11" t="s">
+        <v>304</v>
+      </c>
+      <c r="D362" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E362" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="363" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A363" s="7">
+        <v>9780008421793</v>
+      </c>
+      <c r="B363" s="7">
+        <v>2898724</v>
+      </c>
+      <c r="C363" s="8" t="s">
+        <v>305</v>
+      </c>
+      <c r="D363" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E363" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="364" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A364" s="10">
+        <v>9781610392761</v>
+      </c>
+      <c r="B364" s="10">
+        <v>2417647</v>
+      </c>
+      <c r="C364" s="11" t="s">
+        <v>306</v>
+      </c>
+      <c r="D364" s="22">
+        <v>21.5</v>
+      </c>
+      <c r="E364" s="12">
+        <v>27850</v>
+      </c>
+    </row>
+    <row r="365" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A365" s="7">
+        <v>9781409181637</v>
+      </c>
+      <c r="B365" s="7">
+        <v>2680177</v>
+      </c>
+      <c r="C365" s="8" t="s">
+        <v>307</v>
+      </c>
+      <c r="D365" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E365" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="356" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...169 lines deleted...]
-    <row r="366" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="10">
-        <v>9780008421793</v>
+        <v>9780316423885</v>
       </c>
       <c r="B366" s="10">
-        <v>2898724</v>
+        <v>2003878</v>
       </c>
       <c r="C366" s="11" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>308</v>
+      </c>
+      <c r="D366" s="22">
+        <v>12.5</v>
       </c>
       <c r="E366" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="367" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="7">
-        <v>9781610392761</v>
+        <v>9781408891384</v>
       </c>
       <c r="B367" s="7">
-        <v>2417647</v>
+        <v>2610301</v>
       </c>
       <c r="C367" s="8" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-        <v>21.5</v>
+        <v>309</v>
+      </c>
+      <c r="D367" s="21">
+        <v>13.5</v>
       </c>
       <c r="E367" s="9">
-        <v>27850</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="368" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A368" s="10">
-        <v>9781409181637</v>
+        <v>9780008584627</v>
       </c>
       <c r="B368" s="10">
-        <v>2680177</v>
+        <v>2921789</v>
       </c>
       <c r="C368" s="11" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>310</v>
+      </c>
+      <c r="D368" s="22">
+        <v>13</v>
       </c>
       <c r="E368" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="369" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="7">
-        <v>9780316423885</v>
+        <v>9781648279171</v>
       </c>
       <c r="B369" s="7">
-        <v>2003878</v>
+        <v>2815450</v>
       </c>
       <c r="C369" s="8" t="s">
-        <v>370</v>
-[...1 lines deleted...]
-      <c r="D369" s="15">
+        <v>311</v>
+      </c>
+      <c r="D369" s="21">
+        <v>21.5</v>
+      </c>
+      <c r="E369" s="9">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="370" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A370" s="10">
+        <v>9781914240942</v>
+      </c>
+      <c r="B370" s="10">
+        <v>3102455</v>
+      </c>
+      <c r="C370" s="11" t="s">
+        <v>312</v>
+      </c>
+      <c r="D370" s="22">
+        <v>14</v>
+      </c>
+      <c r="E370" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="371" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A371" s="14">
+        <v>9781526643247</v>
+      </c>
+      <c r="B371" s="14">
+        <v>3145261</v>
+      </c>
+      <c r="C371" s="15" t="s">
+        <v>542</v>
+      </c>
+      <c r="D371" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E371" s="16">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="372" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A372" s="17">
+        <v>9780008663834</v>
+      </c>
+      <c r="B372" s="17">
+        <v>3134001</v>
+      </c>
+      <c r="C372" s="18" t="s">
+        <v>543</v>
+      </c>
+      <c r="D372" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E372" s="19">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="373" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A373" s="7">
+        <v>9780099570295</v>
+      </c>
+      <c r="B373" s="7">
+        <v>6774903</v>
+      </c>
+      <c r="C373" s="8" t="s">
+        <v>313</v>
+      </c>
+      <c r="D373" s="21">
         <v>12.5</v>
       </c>
-      <c r="E369" s="9">
-[...33 lines deleted...]
-      <c r="E371" s="9">
+      <c r="E373" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="374" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A374" s="10">
+        <v>9781405942287</v>
+      </c>
+      <c r="B374" s="10">
+        <v>3098610</v>
+      </c>
+      <c r="C374" s="11" t="s">
+        <v>314</v>
+      </c>
+      <c r="D374" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E374" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="372" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="D372" s="16">
+    <row r="375" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A375" s="7">
+        <v>9781784707422</v>
+      </c>
+      <c r="B375" s="7">
+        <v>2021922</v>
+      </c>
+      <c r="C375" s="8" t="s">
+        <v>315</v>
+      </c>
+      <c r="D375" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E375" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="376" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A376" s="10">
+        <v>9780241415528</v>
+      </c>
+      <c r="B376" s="10">
+        <v>3098579</v>
+      </c>
+      <c r="C376" s="11" t="s">
+        <v>316</v>
+      </c>
+      <c r="D376" s="22">
         <v>21.5</v>
       </c>
-      <c r="E372" s="12">
-[...16 lines deleted...]
-      <c r="E373" s="21">
+      <c r="E376" s="12">
         <v>11110</v>
       </c>
     </row>
-    <row r="374" spans="1:5" x14ac:dyDescent="0.3">
-[...29 lines deleted...]
-      <c r="E375" s="21">
+    <row r="377" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A377" s="7">
+        <v>9781848549562</v>
+      </c>
+      <c r="B377" s="7">
+        <v>2263849</v>
+      </c>
+      <c r="C377" s="8" t="s">
+        <v>317</v>
+      </c>
+      <c r="D377" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E377" s="9">
+        <v>21800</v>
+      </c>
+    </row>
+    <row r="378" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A378" s="17">
+        <v>9781529926941</v>
+      </c>
+      <c r="B378" s="17">
+        <v>3139073</v>
+      </c>
+      <c r="C378" s="18" t="s">
+        <v>544</v>
+      </c>
+      <c r="D378" s="24">
+        <v>14.5</v>
+      </c>
+      <c r="E378" s="19">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="379" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A379" s="7">
+        <v>9780099494096</v>
+      </c>
+      <c r="B379" s="7">
+        <v>3591956</v>
+      </c>
+      <c r="C379" s="8" t="s">
+        <v>318</v>
+      </c>
+      <c r="D379" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E379" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="380" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A380" s="10">
+        <v>9780307744661</v>
+      </c>
+      <c r="B380" s="10">
+        <v>3277305</v>
+      </c>
+      <c r="C380" s="11" t="s">
+        <v>319</v>
+      </c>
+      <c r="D380" s="22">
+        <v>11.5</v>
+      </c>
+      <c r="E380" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="381" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A381" s="7">
+        <v>9781846276842</v>
+      </c>
+      <c r="B381" s="7">
+        <v>2012508</v>
+      </c>
+      <c r="C381" s="8" t="s">
+        <v>320</v>
+      </c>
+      <c r="D381" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E381" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="382" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A382" s="10">
+        <v>9781803511207</v>
+      </c>
+      <c r="B382" s="10">
+        <v>3097573</v>
+      </c>
+      <c r="C382" s="11" t="s">
+        <v>321</v>
+      </c>
+      <c r="D382" s="22">
+        <v>17.5</v>
+      </c>
+      <c r="E382" s="12">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="383" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A383" s="7">
+        <v>9781805224679</v>
+      </c>
+      <c r="B383" s="7">
+        <v>3097850</v>
+      </c>
+      <c r="C383" s="8" t="s">
+        <v>322</v>
+      </c>
+      <c r="D383" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E383" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="376" spans="1:5" x14ac:dyDescent="0.3">
-[...43 lines deleted...]
-      <c r="D378" s="16">
+    <row r="384" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A384" s="10">
+        <v>9781405965392</v>
+      </c>
+      <c r="B384" s="10">
+        <v>3098624</v>
+      </c>
+      <c r="C384" s="11" t="s">
+        <v>323</v>
+      </c>
+      <c r="D384" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E384" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="385" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A385" s="7">
+        <v>9780241984406</v>
+      </c>
+      <c r="B385" s="7">
+        <v>2997439</v>
+      </c>
+      <c r="C385" s="8" t="s">
+        <v>324</v>
+      </c>
+      <c r="D385" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E385" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="386" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A386" s="10">
+        <v>9781399713504</v>
+      </c>
+      <c r="B386" s="10">
+        <v>2997333</v>
+      </c>
+      <c r="C386" s="11" t="s">
+        <v>325</v>
+      </c>
+      <c r="D386" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E386" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="387" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A387" s="7">
+        <v>9780141182537</v>
+      </c>
+      <c r="B387" s="7">
+        <v>9906142</v>
+      </c>
+      <c r="C387" s="8" t="s">
+        <v>326</v>
+      </c>
+      <c r="D387" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E387" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="388" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A388" s="10">
+        <v>9781471184307</v>
+      </c>
+      <c r="B388" s="10">
+        <v>2056970</v>
+      </c>
+      <c r="C388" s="11" t="s">
+        <v>327</v>
+      </c>
+      <c r="D388" s="22">
         <v>12.5</v>
       </c>
-      <c r="E378" s="12">
-[...118 lines deleted...]
-      <c r="E385" s="9">
+      <c r="E388" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="389" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A389" s="7">
+        <v>9781529081480</v>
+      </c>
+      <c r="B389" s="7">
+        <v>2854661</v>
+      </c>
+      <c r="C389" s="8" t="s">
+        <v>545</v>
+      </c>
+      <c r="D389" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E389" s="9">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="390" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A390" s="10">
+        <v>9780063434769</v>
+      </c>
+      <c r="B390" s="10">
+        <v>3098642</v>
+      </c>
+      <c r="C390" s="11" t="s">
+        <v>328</v>
+      </c>
+      <c r="D390" s="22">
+        <v>12.5</v>
+      </c>
+      <c r="E390" s="12">
         <v>11110</v>
       </c>
     </row>
-    <row r="386" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...68 lines deleted...]
-      <c r="A390" s="10">
+    <row r="391" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A391" s="7">
         <v>9780241448786</v>
       </c>
-      <c r="B390" s="10">
+      <c r="B391" s="7">
         <v>2788980</v>
       </c>
-      <c r="C390" s="11" t="s">
-[...10 lines deleted...]
-      <c r="A391" s="7">
+      <c r="C391" s="8" t="s">
+        <v>329</v>
+      </c>
+      <c r="D391" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E391" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="392" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A392" s="10">
         <v>9781529940442</v>
       </c>
-      <c r="B391" s="7">
+      <c r="B392" s="10">
         <v>3139072</v>
       </c>
-      <c r="C391" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E391" s="9">
+      <c r="C392" s="11" t="s">
+        <v>546</v>
+      </c>
+      <c r="D392" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E392" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="392" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A392" s="10">
+    <row r="393" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A393" s="7">
         <v>9780593420218</v>
       </c>
-      <c r="B392" s="10">
+      <c r="B393" s="7">
         <v>2779737</v>
       </c>
-      <c r="C392" s="11" t="s">
-[...5 lines deleted...]
-      <c r="E392" s="12">
+      <c r="C393" s="8" t="s">
+        <v>330</v>
+      </c>
+      <c r="D393" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E393" s="9">
         <v>26930</v>
       </c>
     </row>
-    <row r="393" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A393" s="7">
+    <row r="394" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A394" s="10">
         <v>9780349411903</v>
       </c>
-      <c r="B393" s="7">
+      <c r="B394" s="10">
         <v>2420412</v>
       </c>
-      <c r="C393" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E393" s="9">
+      <c r="C394" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="D394" s="22">
+        <v>22.5</v>
+      </c>
+      <c r="E394" s="12">
         <v>14810</v>
       </c>
     </row>
-    <row r="394" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A394" s="10">
+    <row r="395" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A395" s="7">
         <v>9780593719435</v>
       </c>
-      <c r="B394" s="10">
+      <c r="B395" s="7">
         <v>3000313</v>
       </c>
-      <c r="C394" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D394" s="16">
+      <c r="C395" s="8" t="s">
+        <v>332</v>
+      </c>
+      <c r="D395" s="21">
         <v>21.5</v>
       </c>
-      <c r="E394" s="12">
+      <c r="E395" s="9">
         <v>17810</v>
       </c>
     </row>
-    <row r="395" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A395" s="7">
+    <row r="396" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A396" s="10">
         <v>9781444715460</v>
       </c>
-      <c r="B395" s="7">
+      <c r="B396" s="10">
         <v>3099387</v>
       </c>
-      <c r="C395" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A396" s="10">
+      <c r="C396" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="D396" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E396" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="397" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A397" s="7">
         <v>9781035414505</v>
       </c>
-      <c r="B396" s="10">
+      <c r="B397" s="7">
         <v>3020279</v>
       </c>
-      <c r="C396" s="11" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="C397" s="8" t="s">
-        <v>398</v>
-[...1 lines deleted...]
-      <c r="D397" s="15">
+        <v>333</v>
+      </c>
+      <c r="D397" s="21">
         <v>14.5</v>
       </c>
       <c r="E397" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="398" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="10">
+        <v>9781035414536</v>
+      </c>
+      <c r="B398" s="10">
+        <v>3020281</v>
+      </c>
+      <c r="C398" s="11" t="s">
+        <v>548</v>
+      </c>
+      <c r="D398" s="22">
+        <v>14.5</v>
+      </c>
+      <c r="E398" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="399" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A399" s="7">
         <v>9780525509028</v>
       </c>
-      <c r="B398" s="10">
+      <c r="B399" s="7">
         <v>2599391</v>
       </c>
-      <c r="C398" s="11" t="s">
-[...5 lines deleted...]
-      <c r="E398" s="12">
+      <c r="C399" s="8" t="s">
+        <v>334</v>
+      </c>
+      <c r="D399" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E399" s="9">
         <v>25880</v>
       </c>
     </row>
-    <row r="399" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A399" s="7">
+    <row r="400" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A400" s="10">
+        <v>9781728205489</v>
+      </c>
+      <c r="B400" s="10">
+        <v>2868780</v>
+      </c>
+      <c r="C400" s="11" t="s">
+        <v>335</v>
+      </c>
+      <c r="D400" s="22">
+        <v>12.5</v>
+      </c>
+      <c r="E400" s="12">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="401" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A401" s="7">
         <v>9781784700447</v>
       </c>
-      <c r="B399" s="7">
+      <c r="B401" s="7">
         <v>2604436</v>
       </c>
-      <c r="C399" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E399" s="9">
+      <c r="C401" s="8" t="s">
+        <v>336</v>
+      </c>
+      <c r="D401" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E401" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="400" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A400" s="10">
+    <row r="402" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A402" s="10">
         <v>9780141036137</v>
       </c>
-      <c r="B400" s="10">
+      <c r="B402" s="10">
         <v>6670385</v>
       </c>
-      <c r="C400" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D400" s="16">
+      <c r="C402" s="11" t="s">
+        <v>337</v>
+      </c>
+      <c r="D402" s="22">
         <v>12.5</v>
       </c>
-      <c r="E400" s="12">
-[...4 lines deleted...]
-      <c r="A401" s="7">
+      <c r="E402" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="403" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A403" s="7">
         <v>9780141036144</v>
       </c>
-      <c r="B401" s="7">
+      <c r="B403" s="7">
         <v>6720331</v>
       </c>
-      <c r="C401" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D401" s="15">
+      <c r="C403" s="8" t="s">
+        <v>338</v>
+      </c>
+      <c r="D403" s="21">
         <v>12.5</v>
       </c>
-      <c r="E401" s="9">
-[...4 lines deleted...]
-      <c r="A402" s="10">
+      <c r="E403" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="404" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A404" s="10">
         <v>9780241992388</v>
       </c>
-      <c r="B402" s="10">
+      <c r="B404" s="10">
         <v>2894518</v>
       </c>
-      <c r="C402" s="11" t="s">
-[...32 lines deleted...]
-      </c>
       <c r="C404" s="11" t="s">
-        <v>405</v>
-[...1 lines deleted...]
-      <c r="D404" s="16">
+        <v>339</v>
+      </c>
+      <c r="D404" s="22">
         <v>13.5</v>
       </c>
       <c r="E404" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="405" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-    <row r="406" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="405" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A405" s="14">
+        <v>9780241743997</v>
+      </c>
+      <c r="B405" s="14">
+        <v>3143951</v>
+      </c>
+      <c r="C405" s="15" t="s">
+        <v>549</v>
+      </c>
+      <c r="D405" s="23">
+        <v>21.5</v>
+      </c>
+      <c r="E405" s="16">
+        <v>11200</v>
+      </c>
+    </row>
+    <row r="406" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A406" s="10">
-        <v>9780241988268</v>
+        <v>9780241992401</v>
       </c>
       <c r="B406" s="10">
-        <v>2320035</v>
+        <v>2997571</v>
       </c>
       <c r="C406" s="11" t="s">
-        <v>407</v>
-[...1 lines deleted...]
-      <c r="D406" s="16">
+        <v>340</v>
+      </c>
+      <c r="D406" s="22">
         <v>13.5</v>
       </c>
       <c r="E406" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="407" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="7">
-        <v>9780241997482</v>
+        <v>9780241988244</v>
       </c>
       <c r="B407" s="7">
-        <v>3098615</v>
+        <v>2789002</v>
       </c>
       <c r="C407" s="8" t="s">
-        <v>408</v>
-[...1 lines deleted...]
-      <c r="D407" s="15">
+        <v>341</v>
+      </c>
+      <c r="D407" s="21">
         <v>13.5</v>
       </c>
       <c r="E407" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="408" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="10">
-        <v>9781785031168</v>
+        <v>9780241988268</v>
       </c>
       <c r="B408" s="10">
-        <v>7754760</v>
+        <v>2320035</v>
       </c>
       <c r="C408" s="11" t="s">
-        <v>409</v>
-[...2 lines deleted...]
-        <v>39.5</v>
+        <v>342</v>
+      </c>
+      <c r="D408" s="22">
+        <v>13.5</v>
       </c>
       <c r="E408" s="12">
-        <v>14550</v>
-[...2 lines deleted...]
-    <row r="409" spans="1:5" x14ac:dyDescent="0.3">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="7">
-        <v>9781472154668</v>
+        <v>9780241997482</v>
       </c>
       <c r="B409" s="7">
-        <v>2061714</v>
+        <v>3098615</v>
       </c>
       <c r="C409" s="8" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>343</v>
+      </c>
+      <c r="D409" s="21">
+        <v>13.5</v>
       </c>
       <c r="E409" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="410" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="10">
+        <v>9781785031168</v>
+      </c>
+      <c r="B410" s="10">
+        <v>7754760</v>
+      </c>
+      <c r="C410" s="11" t="s">
+        <v>344</v>
+      </c>
+      <c r="D410" s="22">
+        <v>39.5</v>
+      </c>
+      <c r="E410" s="12">
+        <v>14550</v>
+      </c>
+    </row>
+    <row r="411" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A411" s="7">
+        <v>9781472154668</v>
+      </c>
+      <c r="B411" s="7">
+        <v>2061714</v>
+      </c>
+      <c r="C411" s="8" t="s">
+        <v>345</v>
+      </c>
+      <c r="D411" s="21">
+        <v>12.5</v>
+      </c>
+      <c r="E411" s="9">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="412" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A412" s="10">
         <v>9781398536517</v>
       </c>
-      <c r="B410" s="10">
+      <c r="B412" s="10">
         <v>3048977</v>
       </c>
-      <c r="C410" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D410" s="16">
+      <c r="C412" s="11" t="s">
+        <v>346</v>
+      </c>
+      <c r="D412" s="22">
         <v>12.5</v>
       </c>
-      <c r="E410" s="12">
+      <c r="E412" s="12">
         <v>22500</v>
       </c>
     </row>
-    <row r="411" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A411" s="7">
+    <row r="413" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A413" s="14">
         <v>9780593638033</v>
       </c>
-      <c r="B411" s="7">
+      <c r="B413" s="14">
         <v>3145545</v>
       </c>
-      <c r="C411" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E411" s="9">
+      <c r="C413" s="15" t="s">
+        <v>550</v>
+      </c>
+      <c r="D413" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E413" s="16">
         <v>11110</v>
       </c>
     </row>
-    <row r="412" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A412" s="10">
+    <row r="414" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A414" s="10">
+        <v>9781398536425</v>
+      </c>
+      <c r="B414" s="10">
+        <v>3044035</v>
+      </c>
+      <c r="C414" s="11" t="s">
+        <v>347</v>
+      </c>
+      <c r="D414" s="22">
+        <v>12.5</v>
+      </c>
+      <c r="E414" s="12">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="415" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A415" s="7">
         <v>9780008710262</v>
       </c>
-      <c r="B412" s="10">
+      <c r="B415" s="7">
         <v>3105704</v>
       </c>
-      <c r="C412" s="11" t="s">
-[...5 lines deleted...]
-      <c r="E412" s="12">
+      <c r="C415" s="8" t="s">
+        <v>348</v>
+      </c>
+      <c r="D415" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E415" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="413" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A413" s="7">
+    <row r="416" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A416" s="10">
         <v>9781783352364</v>
       </c>
-      <c r="B413" s="7">
+      <c r="B416" s="10">
         <v>2789801</v>
       </c>
-      <c r="C413" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E413" s="9">
+      <c r="C416" s="11" t="s">
+        <v>349</v>
+      </c>
+      <c r="D416" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E416" s="12">
         <v>21900</v>
       </c>
     </row>
-    <row r="414" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A414" s="10">
+    <row r="417" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A417" s="7">
         <v>9781804947036</v>
       </c>
-      <c r="B414" s="10">
+      <c r="B417" s="7">
         <v>3044625</v>
       </c>
-      <c r="C414" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D414" s="16">
+      <c r="C417" s="8" t="s">
+        <v>350</v>
+      </c>
+      <c r="D417" s="21">
         <v>14.5</v>
       </c>
-      <c r="E414" s="12">
+      <c r="E417" s="9">
         <v>27810</v>
       </c>
     </row>
-    <row r="415" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A415" s="7">
+    <row r="418" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A418" s="10">
+        <v>9781399730549</v>
+      </c>
+      <c r="B418" s="10">
+        <v>3099389</v>
+      </c>
+      <c r="C418" s="11" t="s">
+        <v>351</v>
+      </c>
+      <c r="D418" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E418" s="12">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="419" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A419" s="7">
+        <v>9781449489755</v>
+      </c>
+      <c r="B419" s="7">
+        <v>6806406</v>
+      </c>
+      <c r="C419" s="8" t="s">
+        <v>352</v>
+      </c>
+      <c r="D419" s="21">
+        <v>18.5</v>
+      </c>
+      <c r="E419" s="9">
+        <v>11500</v>
+      </c>
+    </row>
+    <row r="420" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A420" s="10">
         <v>9781784706289</v>
       </c>
-      <c r="B415" s="7">
+      <c r="B420" s="10">
         <v>2002257</v>
       </c>
-      <c r="C415" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D415" s="15">
+      <c r="C420" s="11" t="s">
+        <v>353</v>
+      </c>
+      <c r="D420" s="22">
         <v>17.5</v>
       </c>
-      <c r="E415" s="9">
+      <c r="E420" s="12">
         <v>27440</v>
       </c>
     </row>
-    <row r="416" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A416" s="10">
+    <row r="421" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A421" s="7">
         <v>9781529430073</v>
       </c>
-      <c r="B416" s="10">
+      <c r="B421" s="7">
         <v>3042144</v>
       </c>
-      <c r="C416" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D416" s="16">
+      <c r="C421" s="8" t="s">
+        <v>354</v>
+      </c>
+      <c r="D421" s="21">
         <v>14.5</v>
       </c>
-      <c r="E416" s="12">
+      <c r="E421" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="417" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A417" s="7">
+    <row r="422" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A422" s="10">
         <v>9780241251027</v>
       </c>
-      <c r="B417" s="7">
+      <c r="B422" s="10">
         <v>2137408</v>
       </c>
-      <c r="C417" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D417" s="15">
+      <c r="C422" s="11" t="s">
+        <v>355</v>
+      </c>
+      <c r="D422" s="22">
         <v>14.5</v>
       </c>
-      <c r="E417" s="9">
+      <c r="E422" s="12">
         <v>27210</v>
       </c>
     </row>
-    <row r="418" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A418" s="10">
+    <row r="423" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A423" s="7">
         <v>9780735278516</v>
       </c>
-      <c r="B418" s="10">
+      <c r="B423" s="7">
         <v>2138190</v>
       </c>
-      <c r="C418" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D418" s="16">
+      <c r="C423" s="8" t="s">
+        <v>356</v>
+      </c>
+      <c r="D423" s="21">
         <v>14.5</v>
       </c>
-      <c r="E418" s="12">
+      <c r="E423" s="9">
         <v>24810</v>
       </c>
     </row>
-    <row r="419" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A419" s="7">
+    <row r="424" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A424" s="10">
         <v>9780571200337</v>
       </c>
-      <c r="B419" s="7">
+      <c r="B424" s="10">
         <v>5915929</v>
       </c>
-      <c r="C419" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D419" s="15">
+      <c r="C424" s="11" t="s">
+        <v>357</v>
+      </c>
+      <c r="D424" s="22">
         <v>12.5</v>
       </c>
-      <c r="E419" s="9">
-[...4 lines deleted...]
-      <c r="A420" s="10">
+      <c r="E424" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="425" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A425" s="7">
         <v>9780385720250</v>
       </c>
-      <c r="B420" s="10">
+      <c r="B425" s="7">
         <v>2940923</v>
       </c>
-      <c r="C420" s="11" t="s">
-[...5 lines deleted...]
-      <c r="E420" s="12">
+      <c r="C425" s="8" t="s">
+        <v>358</v>
+      </c>
+      <c r="D425" s="21">
+        <v>22.5</v>
+      </c>
+      <c r="E425" s="9">
         <v>15740</v>
       </c>
     </row>
-    <row r="421" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A421" s="7">
+    <row r="426" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A426" s="10">
         <v>9781607103141</v>
       </c>
-      <c r="B421" s="7">
+      <c r="B426" s="10">
         <v>2741532</v>
       </c>
-      <c r="C421" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D421" s="15">
+      <c r="C426" s="11" t="s">
+        <v>359</v>
+      </c>
+      <c r="D426" s="22">
         <v>24</v>
       </c>
-      <c r="E421" s="9">
+      <c r="E426" s="12">
         <v>11110</v>
       </c>
     </row>
-    <row r="422" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A422" s="10">
+    <row r="427" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A427" s="7">
         <v>9781847496096</v>
       </c>
-      <c r="B422" s="10">
+      <c r="B427" s="7">
         <v>2057836</v>
       </c>
-      <c r="C422" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D422" s="16">
+      <c r="C427" s="8" t="s">
+        <v>360</v>
+      </c>
+      <c r="D427" s="21">
         <v>9</v>
       </c>
-      <c r="E422" s="12">
-[...4 lines deleted...]
-      <c r="A423" s="7">
+      <c r="E427" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="428" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A428" s="10">
         <v>9780008566593</v>
       </c>
-      <c r="B423" s="7">
+      <c r="B428" s="10">
         <v>2945228</v>
       </c>
-      <c r="C423" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A424" s="10">
+      <c r="C428" s="11" t="s">
+        <v>361</v>
+      </c>
+      <c r="D428" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E428" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="429" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A429" s="7">
+        <v>9780008644369</v>
+      </c>
+      <c r="B429" s="7">
+        <v>3098988</v>
+      </c>
+      <c r="C429" s="8" t="s">
+        <v>362</v>
+      </c>
+      <c r="D429" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E429" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="430" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A430" s="10">
+        <v>9781529154320</v>
+      </c>
+      <c r="B430" s="10">
+        <v>3007970</v>
+      </c>
+      <c r="C430" s="11" t="s">
+        <v>363</v>
+      </c>
+      <c r="D430" s="22">
+        <v>18.5</v>
+      </c>
+      <c r="E430" s="12">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="431" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A431" s="14">
         <v>9781804950821</v>
       </c>
-      <c r="B424" s="10">
+      <c r="B431" s="14">
         <v>3139060</v>
       </c>
-      <c r="C424" s="11" t="s">
-[...10 lines deleted...]
-      <c r="A425" s="18">
+      <c r="C431" s="15" t="s">
+        <v>363</v>
+      </c>
+      <c r="D431" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E431" s="16">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="432" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A432" s="17">
         <v>9780008708580</v>
       </c>
-      <c r="B425" s="18">
+      <c r="B432" s="17">
         <v>3138828</v>
       </c>
-      <c r="C425" s="19" t="s">
-[...5 lines deleted...]
-      <c r="E425" s="21">
+      <c r="C432" s="18" t="s">
+        <v>551</v>
+      </c>
+      <c r="D432" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E432" s="19">
         <v>21200</v>
       </c>
     </row>
-    <row r="426" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...17 lines deleted...]
-      <c r="A427" s="7">
+    <row r="433" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A433" s="7">
+        <v>9781529369281</v>
+      </c>
+      <c r="B433" s="7">
+        <v>3099380</v>
+      </c>
+      <c r="C433" s="8" t="s">
+        <v>364</v>
+      </c>
+      <c r="D433" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E433" s="9">
+        <v>26710</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A434" s="17">
         <v>9781405971201</v>
       </c>
-      <c r="B427" s="7">
+      <c r="B434" s="17">
         <v>3151279</v>
       </c>
-      <c r="C427" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A428" s="10">
+      <c r="C434" s="18" t="s">
+        <v>552</v>
+      </c>
+      <c r="D434" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E434" s="19">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A435" s="7">
+        <v>9781398531215</v>
+      </c>
+      <c r="B435" s="7">
+        <v>3098344</v>
+      </c>
+      <c r="C435" s="8" t="s">
+        <v>365</v>
+      </c>
+      <c r="D435" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E435" s="9">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A436" s="10">
         <v>9781804945322</v>
       </c>
-      <c r="B428" s="10">
+      <c r="B436" s="10">
         <v>3099254</v>
       </c>
-      <c r="C428" s="11" t="s">
-[...5 lines deleted...]
-      <c r="E428" s="12">
+      <c r="C436" s="11" t="s">
+        <v>366</v>
+      </c>
+      <c r="D436" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E436" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="429" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A429" s="7">
+    <row r="437" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A437" s="7">
         <v>9780593983577</v>
       </c>
-      <c r="B429" s="7">
+      <c r="B437" s="7">
         <v>3115432</v>
       </c>
-      <c r="C429" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D429" s="15">
+      <c r="C437" s="8" t="s">
+        <v>367</v>
+      </c>
+      <c r="D437" s="21">
         <v>20.5</v>
       </c>
-      <c r="E429" s="9">
-[...4 lines deleted...]
-      <c r="A430" s="10">
+      <c r="E437" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="438" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A438" s="10">
         <v>9781398515697</v>
       </c>
-      <c r="B430" s="10">
+      <c r="B438" s="10">
         <v>2797563</v>
       </c>
-      <c r="C430" s="11" t="s">
-[...10 lines deleted...]
-      <c r="A431" s="7">
+      <c r="C438" s="11" t="s">
+        <v>368</v>
+      </c>
+      <c r="D438" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E438" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="439" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A439" s="7">
         <v>9781524762407</v>
       </c>
-      <c r="B431" s="7">
+      <c r="B439" s="7">
         <v>2612230</v>
       </c>
-      <c r="C431" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E431" s="9">
+      <c r="C439" s="8" t="s">
+        <v>369</v>
+      </c>
+      <c r="D439" s="21">
+        <v>17.5</v>
+      </c>
+      <c r="E439" s="9">
         <v>17810</v>
       </c>
     </row>
-    <row r="432" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A432" s="10">
+    <row r="440" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A440" s="17">
         <v>9781035047963</v>
       </c>
-      <c r="B432" s="10">
+      <c r="B440" s="17">
         <v>3145931</v>
       </c>
-      <c r="C432" s="11" t="s">
-[...10 lines deleted...]
-      <c r="A433" s="7">
+      <c r="C440" s="18" t="s">
+        <v>553</v>
+      </c>
+      <c r="D440" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E440" s="19">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="441" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A441" s="7">
         <v>9781035421138</v>
       </c>
-      <c r="B433" s="7">
+      <c r="B441" s="7">
         <v>3099427</v>
       </c>
-      <c r="C433" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D433" s="15">
+      <c r="C441" s="8" t="s">
+        <v>370</v>
+      </c>
+      <c r="D441" s="21">
         <v>12.5</v>
       </c>
-      <c r="E433" s="9">
+      <c r="E441" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="434" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A434" s="10">
+    <row r="442" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A442" s="10">
         <v>9781785656477</v>
       </c>
-      <c r="B434" s="10">
+      <c r="B442" s="10">
         <v>3981517</v>
       </c>
-      <c r="C434" s="11" t="s">
-[...5 lines deleted...]
-      <c r="E434" s="12">
+      <c r="C442" s="11" t="s">
+        <v>371</v>
+      </c>
+      <c r="D442" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E442" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="435" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A435" s="7">
+    <row r="443" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A443" s="7">
         <v>9781529931242</v>
       </c>
-      <c r="B435" s="7">
+      <c r="B443" s="7">
         <v>3055599</v>
       </c>
-      <c r="C435" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D435" s="15">
+      <c r="C443" s="8" t="s">
+        <v>372</v>
+      </c>
+      <c r="D443" s="21">
         <v>14.5</v>
       </c>
-      <c r="E435" s="9">
+      <c r="E443" s="9">
         <v>27880</v>
       </c>
     </row>
-    <row r="436" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A436" s="10">
+    <row r="444" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A444" s="17">
         <v>9781398535763</v>
       </c>
-      <c r="B436" s="10">
+      <c r="B444" s="17">
         <v>3182276</v>
       </c>
-      <c r="C436" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D436" s="16">
+      <c r="C444" s="18" t="s">
+        <v>554</v>
+      </c>
+      <c r="D444" s="24">
         <v>19.5</v>
       </c>
-      <c r="E436" s="12">
+      <c r="E444" s="19">
         <v>12500</v>
       </c>
     </row>
-    <row r="437" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A437" s="7">
+    <row r="445" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A445" s="7">
+        <v>9781398531277</v>
+      </c>
+      <c r="B445" s="7">
+        <v>3088110</v>
+      </c>
+      <c r="C445" s="8" t="s">
+        <v>373</v>
+      </c>
+      <c r="D445" s="21">
+        <v>22.5</v>
+      </c>
+      <c r="E445" s="9">
+        <v>12500</v>
+      </c>
+    </row>
+    <row r="446" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A446" s="10">
         <v>9781398529489</v>
       </c>
-      <c r="B437" s="7">
+      <c r="B446" s="10">
         <v>2981537</v>
       </c>
-      <c r="C437" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E437" s="9">
+      <c r="C446" s="11" t="s">
+        <v>374</v>
+      </c>
+      <c r="D446" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E446" s="12">
         <v>22500</v>
       </c>
     </row>
-    <row r="438" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A438" s="10">
+    <row r="447" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A447" s="7">
+        <v>9781398530126</v>
+      </c>
+      <c r="B447" s="7">
+        <v>2997702</v>
+      </c>
+      <c r="C447" s="8" t="s">
+        <v>375</v>
+      </c>
+      <c r="D447" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E447" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="448" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A448" s="17">
         <v>9780008589899</v>
       </c>
-      <c r="B438" s="10">
+      <c r="B448" s="17">
         <v>3138837</v>
       </c>
-      <c r="C438" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D438" s="16">
+      <c r="C448" s="18" t="s">
+        <v>555</v>
+      </c>
+      <c r="D448" s="24">
         <v>19.5</v>
       </c>
-      <c r="E438" s="12">
+      <c r="E448" s="19">
         <v>11300</v>
       </c>
     </row>
-    <row r="439" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A439" s="7">
+    <row r="449" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A449" s="7">
         <v>9780571365449</v>
       </c>
-      <c r="B439" s="7">
+      <c r="B449" s="7">
         <v>2795987</v>
       </c>
-      <c r="C439" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A440" s="10">
+      <c r="C449" s="8" t="s">
+        <v>376</v>
+      </c>
+      <c r="D449" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E449" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="450" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A450" s="10">
         <v>9780571333134</v>
       </c>
-      <c r="B440" s="10">
+      <c r="B450" s="10">
         <v>2157905</v>
       </c>
-      <c r="C440" s="11" t="s">
-[...10 lines deleted...]
-      <c r="A441" s="7">
+      <c r="C450" s="11" t="s">
+        <v>377</v>
+      </c>
+      <c r="D450" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E450" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="451" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A451" s="7">
         <v>9780571365487</v>
       </c>
-      <c r="B441" s="7">
+      <c r="B451" s="7">
         <v>3107660</v>
       </c>
-      <c r="C441" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A442" s="10">
+      <c r="C451" s="8" t="s">
+        <v>378</v>
+      </c>
+      <c r="D451" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E451" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="452" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A452" s="10">
         <v>9780571334650</v>
       </c>
-      <c r="B442" s="10">
+      <c r="B452" s="10">
         <v>2055078</v>
       </c>
-      <c r="C442" s="11" t="s">
-[...10 lines deleted...]
-      <c r="A443" s="7">
+      <c r="C452" s="11" t="s">
+        <v>379</v>
+      </c>
+      <c r="D452" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E452" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="453" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A453" s="7">
+        <v>9781405955997</v>
+      </c>
+      <c r="B453" s="7">
+        <v>3098557</v>
+      </c>
+      <c r="C453" s="8" t="s">
+        <v>380</v>
+      </c>
+      <c r="D453" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E453" s="9">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="454" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A454" s="10">
         <v>9781250123824</v>
       </c>
-      <c r="B443" s="7">
+      <c r="B454" s="10">
         <v>2109729</v>
       </c>
-      <c r="C443" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D443" s="15">
+      <c r="C454" s="11" t="s">
+        <v>381</v>
+      </c>
+      <c r="D454" s="22">
         <v>11.5</v>
       </c>
-      <c r="E443" s="9">
+      <c r="E454" s="12">
         <v>27820</v>
       </c>
     </row>
-    <row r="444" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A444" s="10">
+    <row r="455" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A455" s="7">
+        <v>9781405964784</v>
+      </c>
+      <c r="B455" s="7">
+        <v>3098565</v>
+      </c>
+      <c r="C455" s="8" t="s">
+        <v>382</v>
+      </c>
+      <c r="D455" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E455" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="456" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A456" s="10">
         <v>9781408855652</v>
       </c>
-      <c r="B444" s="10">
+      <c r="B456" s="10">
         <v>9842179</v>
       </c>
-      <c r="C444" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D444" s="16">
+      <c r="C456" s="11" t="s">
+        <v>383</v>
+      </c>
+      <c r="D456" s="22">
         <v>12.5</v>
       </c>
-      <c r="E444" s="12">
+      <c r="E456" s="12">
         <v>22500</v>
       </c>
     </row>
-    <row r="445" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A445" s="7">
+    <row r="457" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A457" s="7">
         <v>9780593652886</v>
       </c>
-      <c r="B445" s="7">
+      <c r="B457" s="7">
         <v>2936723</v>
       </c>
-      <c r="C445" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D445" s="15">
+      <c r="C457" s="8" t="s">
+        <v>384</v>
+      </c>
+      <c r="D457" s="21">
         <v>24.5</v>
       </c>
-      <c r="E445" s="9">
+      <c r="E457" s="9">
         <v>14810</v>
       </c>
     </row>
-    <row r="446" spans="1:5" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E446" s="25">
+    <row r="458" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A458" s="10">
+        <v>9781529921168</v>
+      </c>
+      <c r="B458" s="10">
+        <v>3099239</v>
+      </c>
+      <c r="C458" s="11" t="s">
+        <v>385</v>
+      </c>
+      <c r="D458" s="22">
+        <v>14.5</v>
+      </c>
+      <c r="E458" s="12">
+        <v>21600</v>
+      </c>
+    </row>
+    <row r="459" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A459" s="7">
+        <v>9780593732458</v>
+      </c>
+      <c r="B459" s="7">
+        <v>3046159</v>
+      </c>
+      <c r="C459" s="8" t="s">
+        <v>386</v>
+      </c>
+      <c r="D459" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E459" s="9">
         <v>11110</v>
       </c>
     </row>
-    <row r="447" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...17 lines deleted...]
-      <c r="A448" s="10">
+    <row r="460" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A460" s="10">
         <v>9781529436754</v>
       </c>
-      <c r="B448" s="10">
+      <c r="B460" s="10">
         <v>3099404</v>
       </c>
-      <c r="C448" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D448" s="16">
+      <c r="C460" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="D460" s="22">
         <v>14.5</v>
       </c>
-      <c r="E448" s="12">
-[...4 lines deleted...]
-      <c r="A449" s="7">
+      <c r="E460" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="461" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A461" s="7">
         <v>9781472273901</v>
       </c>
-      <c r="B449" s="7">
+      <c r="B461" s="7">
         <v>2790669</v>
       </c>
-      <c r="C449" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A450" s="10">
+      <c r="C461" s="8" t="s">
+        <v>388</v>
+      </c>
+      <c r="D461" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E461" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="462" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A462" s="10">
         <v>9781472292179</v>
       </c>
-      <c r="B450" s="10">
+      <c r="B462" s="10">
         <v>2997412</v>
       </c>
-      <c r="C450" s="11" t="s">
-[...10 lines deleted...]
-      <c r="A451" s="7">
+      <c r="C462" s="11" t="s">
+        <v>389</v>
+      </c>
+      <c r="D462" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E462" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="463" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A463" s="7">
         <v>9781472292223</v>
       </c>
-      <c r="B451" s="7">
+      <c r="B463" s="7">
         <v>3099424</v>
       </c>
-      <c r="C451" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A452" s="10">
+      <c r="C463" s="8" t="s">
+        <v>390</v>
+      </c>
+      <c r="D463" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E463" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="464" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A464" s="10">
         <v>9780241950425</v>
       </c>
-      <c r="B452" s="10">
+      <c r="B464" s="10">
         <v>3477223</v>
       </c>
-      <c r="C452" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D452" s="16">
+      <c r="C464" s="11" t="s">
+        <v>391</v>
+      </c>
+      <c r="D464" s="22">
         <v>12.5</v>
       </c>
-      <c r="E452" s="12">
-[...4 lines deleted...]
-      <c r="A453" s="7">
+      <c r="E464" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="465" spans="1:5" s="13" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A465" s="7">
         <v>9781399613422</v>
       </c>
-      <c r="B453" s="7">
+      <c r="B465" s="7">
         <v>3042534</v>
       </c>
-      <c r="C453" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E453" s="9">
+      <c r="C465" s="8" t="s">
+        <v>392</v>
+      </c>
+      <c r="D465" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E465" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="454" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A454" s="10">
+    <row r="466" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A466" s="10">
         <v>9780575089914</v>
       </c>
-      <c r="B454" s="10">
+      <c r="B466" s="10">
         <v>2972344</v>
       </c>
-      <c r="C454" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D454" s="16">
+      <c r="C466" s="11" t="s">
+        <v>393</v>
+      </c>
+      <c r="D466" s="22">
         <v>14.5</v>
       </c>
-      <c r="E454" s="12">
+      <c r="E466" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="455" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A455" s="7">
+    <row r="467" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A467" s="7">
         <v>9781399613484</v>
       </c>
-      <c r="B455" s="7">
+      <c r="B467" s="7">
         <v>3097865</v>
       </c>
-      <c r="C455" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D455" s="15">
+      <c r="C467" s="8" t="s">
+        <v>394</v>
+      </c>
+      <c r="D467" s="21">
         <v>14.5</v>
       </c>
-      <c r="E455" s="9">
+      <c r="E467" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="456" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="D456" s="24">
+    <row r="468" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A468" s="10">
+        <v>9781399613392</v>
+      </c>
+      <c r="B468" s="10">
+        <v>2996539</v>
+      </c>
+      <c r="C468" s="11" t="s">
+        <v>395</v>
+      </c>
+      <c r="D468" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E468" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="469" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A469" s="7">
+        <v>9780765365279</v>
+      </c>
+      <c r="B469" s="7">
+        <v>5882729</v>
+      </c>
+      <c r="C469" s="8" t="s">
+        <v>396</v>
+      </c>
+      <c r="D469" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E469" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="470" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A470" s="10">
+        <v>9781250385277</v>
+      </c>
+      <c r="B470" s="10">
+        <v>3049716</v>
+      </c>
+      <c r="C470" s="11" t="s">
+        <v>397</v>
+      </c>
+      <c r="D470" s="22">
         <v>22.5</v>
       </c>
-      <c r="E456" s="25">
+      <c r="E470" s="12">
         <v>11300</v>
       </c>
     </row>
-    <row r="457" spans="1:5" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E457" s="9">
+    <row r="471" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A471" s="7">
+        <v>9781399613453</v>
+      </c>
+      <c r="B471" s="7">
+        <v>3042540</v>
+      </c>
+      <c r="C471" s="8" t="s">
+        <v>398</v>
+      </c>
+      <c r="D471" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E471" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="458" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...26 lines deleted...]
-      <c r="D459" s="15">
+    <row r="472" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A472" s="10">
+        <v>9780099575061</v>
+      </c>
+      <c r="B472" s="10">
+        <v>2100434</v>
+      </c>
+      <c r="C472" s="11" t="s">
+        <v>399</v>
+      </c>
+      <c r="D472" s="22">
+        <v>17.5</v>
+      </c>
+      <c r="E472" s="12">
+        <v>26100</v>
+      </c>
+    </row>
+    <row r="473" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A473" s="7">
+        <v>9781399819121</v>
+      </c>
+      <c r="B473" s="7">
+        <v>3139586</v>
+      </c>
+      <c r="C473" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="D473" s="21">
+        <v>17.5</v>
+      </c>
+      <c r="E473" s="9">
+        <v>26320</v>
+      </c>
+    </row>
+    <row r="474" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A474" s="10">
+        <v>9781035064656</v>
+      </c>
+      <c r="B474" s="10">
+        <v>3097233</v>
+      </c>
+      <c r="C474" s="11" t="s">
+        <v>400</v>
+      </c>
+      <c r="D474" s="22">
         <v>22.5</v>
       </c>
-      <c r="E459" s="9">
+      <c r="E474" s="12">
         <v>11300</v>
       </c>
     </row>
-    <row r="460" spans="1:5" x14ac:dyDescent="0.3">
-[...68 lines deleted...]
-      <c r="A464" s="10">
+    <row r="475" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A475" s="7">
         <v>9781789098754</v>
       </c>
-      <c r="B464" s="10">
+      <c r="B475" s="7">
         <v>2892887</v>
       </c>
-      <c r="C464" s="11" t="s">
-[...185 lines deleted...]
-      </c>
       <c r="C475" s="8" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>401</v>
+      </c>
+      <c r="D475" s="21">
+        <v>13.5</v>
       </c>
       <c r="E475" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="476" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="476" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A476" s="10">
+        <v>9781399726948</v>
+      </c>
+      <c r="B476" s="10">
+        <v>3099382</v>
+      </c>
+      <c r="C476" s="11" t="s">
+        <v>402</v>
+      </c>
+      <c r="D476" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E476" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="477" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A477" s="7">
+        <v>9781399713771</v>
+      </c>
+      <c r="B477" s="7">
+        <v>2897653</v>
+      </c>
+      <c r="C477" s="8" t="s">
+        <v>403</v>
+      </c>
+      <c r="D477" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E477" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="478" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A478" s="10">
+        <v>9781399713795</v>
+      </c>
+      <c r="B478" s="10">
+        <v>2941345</v>
+      </c>
+      <c r="C478" s="11" t="s">
+        <v>404</v>
+      </c>
+      <c r="D478" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E478" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="479" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A479" s="7">
+        <v>9781399713740</v>
+      </c>
+      <c r="B479" s="7">
+        <v>2885075</v>
+      </c>
+      <c r="C479" s="8" t="s">
+        <v>405</v>
+      </c>
+      <c r="D479" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E479" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="480" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A480" s="10">
+        <v>9781526663665</v>
+      </c>
+      <c r="B480" s="10">
+        <v>3097374</v>
+      </c>
+      <c r="C480" s="11" t="s">
+        <v>406</v>
+      </c>
+      <c r="D480" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E480" s="12">
+        <v>25310</v>
+      </c>
+    </row>
+    <row r="481" spans="1:5" s="13" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A481" s="7">
+        <v>9781526648099</v>
+      </c>
+      <c r="B481" s="7">
+        <v>2939803</v>
+      </c>
+      <c r="C481" s="8" t="s">
+        <v>407</v>
+      </c>
+      <c r="D481" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E481" s="9">
+        <v>21600</v>
+      </c>
+    </row>
+    <row r="482" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A482" s="10">
+        <v>9780241988725</v>
+      </c>
+      <c r="B482" s="10">
+        <v>2789182</v>
+      </c>
+      <c r="C482" s="11" t="s">
+        <v>408</v>
+      </c>
+      <c r="D482" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E482" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="483" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A483" s="7">
+        <v>9780241988749</v>
+      </c>
+      <c r="B483" s="7">
+        <v>3098543</v>
+      </c>
+      <c r="C483" s="8" t="s">
+        <v>409</v>
+      </c>
+      <c r="D483" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E483" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="484" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A484" s="17">
+        <v>9781526686824</v>
+      </c>
+      <c r="B484" s="17">
+        <v>3145253</v>
+      </c>
+      <c r="C484" s="18" t="s">
+        <v>557</v>
+      </c>
+      <c r="D484" s="24">
+        <v>19.5</v>
+      </c>
+      <c r="E484" s="19">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="485" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A485" s="7">
+        <v>9781526619815</v>
+      </c>
+      <c r="B485" s="7">
+        <v>2996469</v>
+      </c>
+      <c r="C485" s="8" t="s">
+        <v>410</v>
+      </c>
+      <c r="D485" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E485" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="486" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A486" s="10">
+        <v>9781408883358</v>
+      </c>
+      <c r="B486" s="10">
+        <v>2735966</v>
+      </c>
+      <c r="C486" s="11" t="s">
+        <v>411</v>
+      </c>
+      <c r="D486" s="22">
+        <v>14.5</v>
+      </c>
+      <c r="E486" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="487" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A487" s="7">
         <v>9780141198965</v>
       </c>
-      <c r="B476" s="10">
+      <c r="B487" s="7">
         <v>2302853</v>
       </c>
-      <c r="C476" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D476" s="16">
+      <c r="C487" s="8" t="s">
+        <v>412</v>
+      </c>
+      <c r="D487" s="21">
         <v>10.5</v>
       </c>
-      <c r="E476" s="12">
-[...4 lines deleted...]
-      <c r="A477" s="7">
+      <c r="E487" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="488" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A488" s="10">
         <v>9781398722057</v>
       </c>
-      <c r="B477" s="7">
+      <c r="B488" s="10">
         <v>3097863</v>
       </c>
-      <c r="C477" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A478" s="10">
+      <c r="C488" s="11" t="s">
+        <v>413</v>
+      </c>
+      <c r="D488" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E488" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="489" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A489" s="7">
         <v>9781538727355</v>
       </c>
-      <c r="B478" s="10">
+      <c r="B489" s="7">
         <v>2842594</v>
       </c>
-      <c r="C478" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D478" s="16">
+      <c r="C489" s="8" t="s">
+        <v>414</v>
+      </c>
+      <c r="D489" s="21">
         <v>18.5</v>
       </c>
-      <c r="E478" s="12">
+      <c r="E489" s="9">
         <v>11110</v>
       </c>
     </row>
-    <row r="479" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A479" s="7">
+    <row r="490" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A490" s="10">
         <v>9780349437675</v>
       </c>
-      <c r="B479" s="7">
+      <c r="B490" s="10">
         <v>2975348</v>
       </c>
-      <c r="C479" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A480" s="10">
+      <c r="C490" s="11" t="s">
+        <v>415</v>
+      </c>
+      <c r="D490" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E490" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="491" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A491" s="7">
         <v>9780349437682</v>
       </c>
-      <c r="B480" s="10">
+      <c r="B491" s="7">
         <v>2975354</v>
       </c>
-      <c r="C480" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D480" s="16">
+      <c r="C491" s="8" t="s">
+        <v>416</v>
+      </c>
+      <c r="D491" s="21">
         <v>14.5</v>
       </c>
-      <c r="E480" s="12">
-[...4 lines deleted...]
-      <c r="A481" s="7">
+      <c r="E491" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="492" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A492" s="10">
         <v>9780349437743</v>
       </c>
-      <c r="B481" s="7">
+      <c r="B492" s="10">
         <v>2996883</v>
       </c>
-      <c r="C481" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D481" s="15">
+      <c r="C492" s="11" t="s">
+        <v>417</v>
+      </c>
+      <c r="D492" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E492" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="493" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A493" s="7">
+        <v>9780349437705</v>
+      </c>
+      <c r="B493" s="7">
+        <v>2975347</v>
+      </c>
+      <c r="C493" s="8" t="s">
+        <v>418</v>
+      </c>
+      <c r="D493" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E493" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="494" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A494" s="10">
+        <v>9780349437729</v>
+      </c>
+      <c r="B494" s="10">
+        <v>2975355</v>
+      </c>
+      <c r="C494" s="11" t="s">
+        <v>419</v>
+      </c>
+      <c r="D494" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E494" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="495" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A495" s="14">
+        <v>9780349441696</v>
+      </c>
+      <c r="B495" s="14">
+        <v>3154079</v>
+      </c>
+      <c r="C495" s="15" t="s">
+        <v>558</v>
+      </c>
+      <c r="D495" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E495" s="16">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="496" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A496" s="10">
+        <v>9780349441641</v>
+      </c>
+      <c r="B496" s="10">
+        <v>3049958</v>
+      </c>
+      <c r="C496" s="11" t="s">
+        <v>420</v>
+      </c>
+      <c r="D496" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E496" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="497" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A497" s="7">
+        <v>9780349441634</v>
+      </c>
+      <c r="B497" s="7">
+        <v>3066517</v>
+      </c>
+      <c r="C497" s="8" t="s">
+        <v>421</v>
+      </c>
+      <c r="D497" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E497" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="498" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A498" s="10">
+        <v>9780349441672</v>
+      </c>
+      <c r="B498" s="10">
+        <v>3107615</v>
+      </c>
+      <c r="C498" s="11" t="s">
+        <v>422</v>
+      </c>
+      <c r="D498" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E498" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="499" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A499" s="7">
+        <v>9780063458611</v>
+      </c>
+      <c r="B499" s="7">
+        <v>3137675</v>
+      </c>
+      <c r="C499" s="8" t="s">
+        <v>423</v>
+      </c>
+      <c r="D499" s="21">
+        <v>15.5</v>
+      </c>
+      <c r="E499" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="500" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A500" s="10">
+        <v>9781728278384</v>
+      </c>
+      <c r="B500" s="10">
+        <v>2949264</v>
+      </c>
+      <c r="C500" s="11" t="s">
+        <v>424</v>
+      </c>
+      <c r="D500" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E500" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="501" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A501" s="7">
+        <v>9780008629106</v>
+      </c>
+      <c r="B501" s="7">
+        <v>3105703</v>
+      </c>
+      <c r="C501" s="8" t="s">
+        <v>425</v>
+      </c>
+      <c r="D501" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E501" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="502" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A502" s="10">
+        <v>9780008704698</v>
+      </c>
+      <c r="B502" s="10">
+        <v>3098961</v>
+      </c>
+      <c r="C502" s="11" t="s">
+        <v>426</v>
+      </c>
+      <c r="D502" s="22">
+        <v>10.5</v>
+      </c>
+      <c r="E502" s="12">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="503" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A503" s="7">
+        <v>9780241529720</v>
+      </c>
+      <c r="B503" s="7">
+        <v>2798768</v>
+      </c>
+      <c r="C503" s="8" t="s">
+        <v>427</v>
+      </c>
+      <c r="D503" s="21">
+        <v>23.5</v>
+      </c>
+      <c r="E503" s="9">
+        <v>15310</v>
+      </c>
+    </row>
+    <row r="504" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A504" s="10">
+        <v>9781836182160</v>
+      </c>
+      <c r="B504" s="10">
+        <v>3132796</v>
+      </c>
+      <c r="C504" s="11" t="s">
+        <v>428</v>
+      </c>
+      <c r="D504" s="22">
         <v>14.5</v>
       </c>
-      <c r="E481" s="9">
-[...81 lines deleted...]
-      <c r="D486" s="16">
+      <c r="E504" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="505" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A505" s="7">
+        <v>9780747568766</v>
+      </c>
+      <c r="B505" s="7">
+        <v>9802592</v>
+      </c>
+      <c r="C505" s="8" t="s">
+        <v>429</v>
+      </c>
+      <c r="D505" s="21">
+        <v>17.5</v>
+      </c>
+      <c r="E505" s="9">
+        <v>25970</v>
+      </c>
+    </row>
+    <row r="506" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A506" s="10">
+        <v>9780593799048</v>
+      </c>
+      <c r="B506" s="10">
+        <v>3046165</v>
+      </c>
+      <c r="C506" s="11" t="s">
+        <v>430</v>
+      </c>
+      <c r="D506" s="22">
+        <v>22.5</v>
+      </c>
+      <c r="E506" s="12">
+        <v>17430</v>
+      </c>
+    </row>
+    <row r="507" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A507" s="14">
+        <v>9781529929287</v>
+      </c>
+      <c r="B507" s="14">
+        <v>3139074</v>
+      </c>
+      <c r="C507" s="15" t="s">
+        <v>430</v>
+      </c>
+      <c r="D507" s="23">
         <v>14.5</v>
       </c>
-      <c r="E486" s="12">
-[...115 lines deleted...]
-      <c r="D493" s="15">
+      <c r="E507" s="16">
+        <v>27430</v>
+      </c>
+    </row>
+    <row r="508" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A508" s="10">
+        <v>9780062961389</v>
+      </c>
+      <c r="B508" s="10">
+        <v>2466652</v>
+      </c>
+      <c r="C508" s="11" t="s">
+        <v>431</v>
+      </c>
+      <c r="D508" s="22">
         <v>17.5</v>
       </c>
-      <c r="E493" s="9">
-[...21 lines deleted...]
-      <c r="A495" s="7">
+      <c r="E508" s="12">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="509" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A509" s="14">
         <v>9780751585575</v>
       </c>
-      <c r="B495" s="7">
+      <c r="B509" s="14">
         <v>3144043</v>
       </c>
-      <c r="C495" s="8" t="s">
-[...247 lines deleted...]
-    <row r="510" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="C509" s="15" t="s">
+        <v>559</v>
+      </c>
+      <c r="D509" s="23">
+        <v>13.5</v>
+      </c>
+      <c r="E509" s="16">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="510" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A510" s="10">
-        <v>9780261102385</v>
+        <v>9781728261706</v>
       </c>
       <c r="B510" s="10">
-        <v>8557977</v>
+        <v>2834823</v>
       </c>
       <c r="C510" s="11" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>432</v>
+      </c>
+      <c r="D510" s="22">
+        <v>13.5</v>
       </c>
       <c r="E510" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="511" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="511" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A511" s="7">
+        <v>9781405954808</v>
+      </c>
+      <c r="B511" s="7">
+        <v>3041605</v>
+      </c>
+      <c r="C511" s="8" t="s">
+        <v>433</v>
+      </c>
+      <c r="D511" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E511" s="9">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="512" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A512" s="10">
+        <v>9781035406203</v>
+      </c>
+      <c r="B512" s="10">
+        <v>3100903</v>
+      </c>
+      <c r="C512" s="11" t="s">
+        <v>434</v>
+      </c>
+      <c r="D512" s="22">
+        <v>21.5</v>
+      </c>
+      <c r="E512" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="513" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A513" s="7">
+        <v>9780593800119</v>
+      </c>
+      <c r="B513" s="7">
+        <v>3049111</v>
+      </c>
+      <c r="C513" s="8" t="s">
+        <v>435</v>
+      </c>
+      <c r="D513" s="21">
+        <v>15.5</v>
+      </c>
+      <c r="E513" s="9">
+        <v>27430</v>
+      </c>
+    </row>
+    <row r="514" spans="1:5" s="13" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A514" s="10">
+        <v>9780008558888</v>
+      </c>
+      <c r="B514" s="10">
+        <v>3098960</v>
+      </c>
+      <c r="C514" s="11" t="s">
+        <v>436</v>
+      </c>
+      <c r="D514" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E514" s="12">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="515" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A515" s="7">
+        <v>9780349139630</v>
+      </c>
+      <c r="B515" s="7">
+        <v>7785607</v>
+      </c>
+      <c r="C515" s="8" t="s">
+        <v>437</v>
+      </c>
+      <c r="D515" s="21">
+        <v>17.5</v>
+      </c>
+      <c r="E515" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="516" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A516" s="10">
+        <v>9780140167771</v>
+      </c>
+      <c r="B516" s="10">
+        <v>8514011</v>
+      </c>
+      <c r="C516" s="11" t="s">
+        <v>438</v>
+      </c>
+      <c r="D516" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E516" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="517" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A517" s="7">
+        <v>9780753555200</v>
+      </c>
+      <c r="B517" s="7">
+        <v>2145128</v>
+      </c>
+      <c r="C517" s="8" t="s">
+        <v>439</v>
+      </c>
+      <c r="D517" s="21">
+        <v>17.5</v>
+      </c>
+      <c r="E517" s="9">
+        <v>27810</v>
+      </c>
+    </row>
+    <row r="518" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A518" s="17">
+        <v>9781035031016</v>
+      </c>
+      <c r="B518" s="17">
+        <v>3145925</v>
+      </c>
+      <c r="C518" s="18" t="s">
+        <v>560</v>
+      </c>
+      <c r="D518" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E518" s="19">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="519" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A519" s="7">
+        <v>9780008567385</v>
+      </c>
+      <c r="B519" s="7">
+        <v>3105702</v>
+      </c>
+      <c r="C519" s="8" t="s">
+        <v>440</v>
+      </c>
+      <c r="D519" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E519" s="9">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="520" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A520" s="10">
+        <v>9781035029464</v>
+      </c>
+      <c r="B520" s="10">
+        <v>3097226</v>
+      </c>
+      <c r="C520" s="11" t="s">
+        <v>441</v>
+      </c>
+      <c r="D520" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E520" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="521" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A521" s="7">
+        <v>9780261102217</v>
+      </c>
+      <c r="B521" s="7">
+        <v>8517100</v>
+      </c>
+      <c r="C521" s="8" t="s">
+        <v>442</v>
+      </c>
+      <c r="D521" s="21">
+        <v>12.5</v>
+      </c>
+      <c r="E521" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="522" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A522" s="10">
+        <v>9780261102385</v>
+      </c>
+      <c r="B522" s="10">
+        <v>8557977</v>
+      </c>
+      <c r="C522" s="11" t="s">
+        <v>443</v>
+      </c>
+      <c r="D522" s="22">
+        <v>34.5</v>
+      </c>
+      <c r="E522" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="523" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A523" s="7">
         <v>9780340733509</v>
       </c>
-      <c r="B511" s="7">
+      <c r="B523" s="7">
         <v>4355059</v>
       </c>
-      <c r="C511" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D511" s="15">
+      <c r="C523" s="8" t="s">
+        <v>444</v>
+      </c>
+      <c r="D523" s="21">
         <v>17.5</v>
       </c>
-      <c r="E511" s="9">
+      <c r="E523" s="9">
         <v>14700</v>
       </c>
     </row>
-    <row r="512" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A512" s="10">
+    <row r="524" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A524" s="10">
         <v>9781399728591</v>
       </c>
-      <c r="B512" s="10">
+      <c r="B524" s="10">
         <v>2997948</v>
       </c>
-      <c r="C512" s="11" t="s">
-[...5 lines deleted...]
-      <c r="E512" s="12">
+      <c r="C524" s="11" t="s">
+        <v>445</v>
+      </c>
+      <c r="D524" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E524" s="12">
         <v>11110</v>
       </c>
     </row>
-    <row r="513" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A513" s="7">
+    <row r="525" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A525" s="7">
         <v>9781399728546</v>
       </c>
-      <c r="B513" s="7">
+      <c r="B525" s="7">
         <v>2983255</v>
       </c>
-      <c r="C513" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A514" s="10">
+      <c r="C525" s="8" t="s">
+        <v>446</v>
+      </c>
+      <c r="D525" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E525" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="526" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A526" s="10">
         <v>9781399728614</v>
       </c>
-      <c r="B514" s="10">
+      <c r="B526" s="10">
         <v>3038385</v>
       </c>
-      <c r="C514" s="11" t="s">
-[...10 lines deleted...]
-      <c r="A515" s="7">
+      <c r="C526" s="11" t="s">
+        <v>447</v>
+      </c>
+      <c r="D526" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E526" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="527" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A527" s="7">
         <v>9781399746427</v>
       </c>
-      <c r="B515" s="7">
+      <c r="B527" s="7">
         <v>3127255</v>
       </c>
-      <c r="C515" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A516" s="10">
+      <c r="C527" s="8" t="s">
+        <v>448</v>
+      </c>
+      <c r="D527" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E527" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="528" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A528" s="10">
         <v>9781399728560</v>
       </c>
-      <c r="B516" s="10">
+      <c r="B528" s="10">
         <v>2983256</v>
       </c>
-      <c r="C516" s="11" t="s">
-[...10 lines deleted...]
-      <c r="A517" s="7">
+      <c r="C528" s="11" t="s">
+        <v>449</v>
+      </c>
+      <c r="D528" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E528" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="529" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A529" s="7">
+        <v>9781804947869</v>
+      </c>
+      <c r="B529" s="7">
+        <v>3099256</v>
+      </c>
+      <c r="C529" s="8" t="s">
+        <v>450</v>
+      </c>
+      <c r="D529" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E529" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="530" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A530" s="10">
+        <v>9781804949504</v>
+      </c>
+      <c r="B530" s="10">
+        <v>3099304</v>
+      </c>
+      <c r="C530" s="11" t="s">
+        <v>451</v>
+      </c>
+      <c r="D530" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E530" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="531" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A531" s="7">
+        <v>9781524712808</v>
+      </c>
+      <c r="B531" s="7">
+        <v>3101374</v>
+      </c>
+      <c r="C531" s="8" t="s">
+        <v>452</v>
+      </c>
+      <c r="D531" s="21">
+        <v>20.5</v>
+      </c>
+      <c r="E531" s="9">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="532" spans="1:5" s="13" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A532" s="10">
         <v>9781626868021</v>
       </c>
-      <c r="B517" s="7">
+      <c r="B532" s="10">
         <v>2737556</v>
       </c>
-      <c r="C517" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D517" s="15">
+      <c r="C532" s="11" t="s">
+        <v>453</v>
+      </c>
+      <c r="D532" s="22">
         <v>24</v>
       </c>
-      <c r="E517" s="9">
+      <c r="E532" s="12">
         <v>15280</v>
       </c>
     </row>
-    <row r="518" spans="1:5" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="D518" s="16">
+    <row r="533" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A533" s="7">
+        <v>9781529926095</v>
+      </c>
+      <c r="B533" s="7">
+        <v>2997876</v>
+      </c>
+      <c r="C533" s="8" t="s">
+        <v>454</v>
+      </c>
+      <c r="D533" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E533" s="9">
+        <v>27430</v>
+      </c>
+    </row>
+    <row r="534" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A534" s="10">
+        <v>9781804710456</v>
+      </c>
+      <c r="B534" s="10">
+        <v>2994262</v>
+      </c>
+      <c r="C534" s="11" t="s">
+        <v>455</v>
+      </c>
+      <c r="D534" s="22">
+        <v>14.5</v>
+      </c>
+      <c r="E534" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="535" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A535" s="7">
+        <v>9781847941497</v>
+      </c>
+      <c r="B535" s="7">
+        <v>2600873</v>
+      </c>
+      <c r="C535" s="8" t="s">
+        <v>456</v>
+      </c>
+      <c r="D535" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E535" s="9">
+        <v>27850</v>
+      </c>
+    </row>
+    <row r="536" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A536" s="10">
+        <v>9781787335417</v>
+      </c>
+      <c r="B536" s="10">
+        <v>3099286</v>
+      </c>
+      <c r="C536" s="11" t="s">
+        <v>457</v>
+      </c>
+      <c r="D536" s="22">
         <v>19.5</v>
       </c>
-      <c r="E518" s="12">
+      <c r="E536" s="12">
         <v>11110</v>
       </c>
     </row>
-    <row r="519" spans="1:5" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E519" s="9">
+    <row r="537" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A537" s="7">
+        <v>9781529110685</v>
+      </c>
+      <c r="B537" s="7">
+        <v>2002709</v>
+      </c>
+      <c r="C537" s="8" t="s">
+        <v>458</v>
+      </c>
+      <c r="D537" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E537" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="538" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A538" s="10">
+        <v>9781529428346</v>
+      </c>
+      <c r="B538" s="10">
+        <v>3099414</v>
+      </c>
+      <c r="C538" s="11" t="s">
+        <v>459</v>
+      </c>
+      <c r="D538" s="22">
+        <v>22.5</v>
+      </c>
+      <c r="E538" s="12">
         <v>11200</v>
       </c>
     </row>
-    <row r="520" spans="1:5" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E520" s="25">
+    <row r="539" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A539" s="7">
+        <v>9780141983769</v>
+      </c>
+      <c r="B539" s="7">
+        <v>2225328</v>
+      </c>
+      <c r="C539" s="8" t="s">
+        <v>460</v>
+      </c>
+      <c r="D539" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E539" s="9">
+        <v>25340</v>
+      </c>
+    </row>
+    <row r="540" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A540" s="10">
+        <v>9780349439259</v>
+      </c>
+      <c r="B540" s="10">
+        <v>2996891</v>
+      </c>
+      <c r="C540" s="11" t="s">
+        <v>461</v>
+      </c>
+      <c r="D540" s="22">
+        <v>14.5</v>
+      </c>
+      <c r="E540" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="541" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A541" s="7">
+        <v>9780349439273</v>
+      </c>
+      <c r="B541" s="7">
+        <v>2996892</v>
+      </c>
+      <c r="C541" s="8" t="s">
+        <v>462</v>
+      </c>
+      <c r="D541" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E541" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="542" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A542" s="10">
+        <v>9780349439303</v>
+      </c>
+      <c r="B542" s="10">
+        <v>2996894</v>
+      </c>
+      <c r="C542" s="11" t="s">
+        <v>463</v>
+      </c>
+      <c r="D542" s="22">
+        <v>14.5</v>
+      </c>
+      <c r="E542" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="543" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A543" s="7">
+        <v>9780349439341</v>
+      </c>
+      <c r="B543" s="7">
+        <v>3045410</v>
+      </c>
+      <c r="C543" s="8" t="s">
+        <v>561</v>
+      </c>
+      <c r="D543" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E543" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="544" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A544" s="10">
+        <v>9780349439280</v>
+      </c>
+      <c r="B544" s="10">
+        <v>2996893</v>
+      </c>
+      <c r="C544" s="11" t="s">
+        <v>464</v>
+      </c>
+      <c r="D544" s="22">
+        <v>14.5</v>
+      </c>
+      <c r="E544" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="545" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A545" s="7">
+        <v>9780349439358</v>
+      </c>
+      <c r="B545" s="7">
+        <v>3060511</v>
+      </c>
+      <c r="C545" s="8" t="s">
+        <v>465</v>
+      </c>
+      <c r="D545" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E545" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="546" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A546" s="17">
+        <v>9781804950760</v>
+      </c>
+      <c r="B546" s="17">
+        <v>3139059</v>
+      </c>
+      <c r="C546" s="18" t="s">
+        <v>562</v>
+      </c>
+      <c r="D546" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E546" s="19">
         <v>21300</v>
       </c>
     </row>
-    <row r="521" spans="1:5" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="D521" s="15">
+    <row r="547" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A547" s="7">
+        <v>9781398526693</v>
+      </c>
+      <c r="B547" s="7">
+        <v>3098345</v>
+      </c>
+      <c r="C547" s="8" t="s">
+        <v>466</v>
+      </c>
+      <c r="D547" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E547" s="9">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="548" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A548" s="10">
+        <v>9780349441566</v>
+      </c>
+      <c r="B548" s="10">
+        <v>3037235</v>
+      </c>
+      <c r="C548" s="11" t="s">
+        <v>467</v>
+      </c>
+      <c r="D548" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E548" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="549" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A549" s="7">
+        <v>9780349441580</v>
+      </c>
+      <c r="B549" s="7">
+        <v>3071186</v>
+      </c>
+      <c r="C549" s="8" t="s">
+        <v>468</v>
+      </c>
+      <c r="D549" s="21">
         <v>14.5</v>
       </c>
-      <c r="E521" s="9">
-[...242 lines deleted...]
-      <c r="A536" s="10">
+      <c r="E549" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="550" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A550" s="10">
         <v>9780349441610</v>
       </c>
-      <c r="B536" s="10">
+      <c r="B550" s="10">
         <v>3045415</v>
       </c>
-      <c r="C536" s="11" t="s">
-[...27 lines deleted...]
-      <c r="A538" s="10">
+      <c r="C550" s="11" t="s">
+        <v>469</v>
+      </c>
+      <c r="D550" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E550" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="551" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A551" s="7">
         <v>9781398707672</v>
       </c>
-      <c r="B538" s="10">
+      <c r="B551" s="7">
         <v>3097871</v>
       </c>
-      <c r="C538" s="11" t="s">
-[...219 lines deleted...]
-      </c>
       <c r="C551" s="8" t="s">
-        <v>552</v>
-[...1 lines deleted...]
-      <c r="D551" s="15">
+        <v>470</v>
+      </c>
+      <c r="D551" s="21">
         <v>13.5</v>
       </c>
       <c r="E551" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="552" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="552" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A552" s="10">
+        <v>9780141199498</v>
+      </c>
+      <c r="B552" s="10">
+        <v>2311135</v>
+      </c>
+      <c r="C552" s="11" t="s">
+        <v>471</v>
+      </c>
+      <c r="D552" s="22">
+        <v>10.5</v>
+      </c>
+      <c r="E552" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="553" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A553" s="7">
+        <v>9781101980385</v>
+      </c>
+      <c r="B553" s="7">
+        <v>2212611</v>
+      </c>
+      <c r="C553" s="8" t="s">
+        <v>472</v>
+      </c>
+      <c r="D553" s="21">
+        <v>19.5</v>
+      </c>
+      <c r="E553" s="9">
+        <v>14810</v>
+      </c>
+    </row>
+    <row r="554" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A554" s="17">
+        <v>9781035045471</v>
+      </c>
+      <c r="B554" s="17">
+        <v>3145929</v>
+      </c>
+      <c r="C554" s="18" t="s">
+        <v>563</v>
+      </c>
+      <c r="D554" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E554" s="19">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="555" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A555" s="7">
+        <v>9780241999776</v>
+      </c>
+      <c r="B555" s="7">
+        <v>3098568</v>
+      </c>
+      <c r="C555" s="8" t="s">
+        <v>473</v>
+      </c>
+      <c r="D555" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E555" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="556" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A556" s="10">
+        <v>9781786583239</v>
+      </c>
+      <c r="B556" s="10">
+        <v>2945424</v>
+      </c>
+      <c r="C556" s="11" t="s">
+        <v>474</v>
+      </c>
+      <c r="D556" s="22">
+        <v>14.5</v>
+      </c>
+      <c r="E556" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="557" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A557" s="7">
+        <v>9781786584328</v>
+      </c>
+      <c r="B557" s="7">
+        <v>3038470</v>
+      </c>
+      <c r="C557" s="8" t="s">
+        <v>475</v>
+      </c>
+      <c r="D557" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E557" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="558" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A558" s="10">
+        <v>9780804172707</v>
+      </c>
+      <c r="B558" s="10">
+        <v>2389210</v>
+      </c>
+      <c r="C558" s="11" t="s">
+        <v>476</v>
+      </c>
+      <c r="D558" s="22">
+        <v>12.5</v>
+      </c>
+      <c r="E558" s="12">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="559" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A559" s="7">
+        <v>9780349437019</v>
+      </c>
+      <c r="B559" s="7">
+        <v>2941018</v>
+      </c>
+      <c r="C559" s="8" t="s">
+        <v>477</v>
+      </c>
+      <c r="D559" s="21">
+        <v>14.5</v>
+      </c>
+      <c r="E559" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="560" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A560" s="10">
+        <v>9780349437057</v>
+      </c>
+      <c r="B560" s="10">
+        <v>2986283</v>
+      </c>
+      <c r="C560" s="11" t="s">
+        <v>478</v>
+      </c>
+      <c r="D560" s="22">
+        <v>14.5</v>
+      </c>
+      <c r="E560" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="561" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A561" s="7">
+        <v>9780349437071</v>
+      </c>
+      <c r="B561" s="7">
+        <v>3058758</v>
+      </c>
+      <c r="C561" s="8" t="s">
+        <v>479</v>
+      </c>
+      <c r="D561" s="21">
+        <v>22.5</v>
+      </c>
+      <c r="E561" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="562" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A562" s="10">
+        <v>9780008511715</v>
+      </c>
+      <c r="B562" s="10">
+        <v>3103423</v>
+      </c>
+      <c r="C562" s="11" t="s">
+        <v>480</v>
+      </c>
+      <c r="D562" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E562" s="12">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="563" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A563" s="7">
         <v>9781529115543</v>
       </c>
-      <c r="B552" s="10">
+      <c r="B563" s="7">
         <v>2933737</v>
       </c>
-      <c r="C552" s="11" t="s">
-[...10 lines deleted...]
-      <c r="A553" s="7">
+      <c r="C563" s="8" t="s">
+        <v>481</v>
+      </c>
+      <c r="D563" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E563" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="564" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A564" s="10">
         <v>9781784162122</v>
       </c>
-      <c r="B553" s="7">
+      <c r="B564" s="10">
         <v>3284972</v>
       </c>
-      <c r="C553" s="8" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="C564" s="11" t="s">
+        <v>482</v>
+      </c>
+      <c r="D564" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E564" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="565" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A565" s="7"/>
+      <c r="B565" s="7"/>
+      <c r="C565" s="8"/>
+      <c r="D565" s="21"/>
+      <c r="E565" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="1.7716535433070868" bottom="1.3779527559055118" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Fett"&amp;12
 &amp;K243478Libri GmbH&amp;"-,Standard"&amp;11
 &amp;12Hamburg • Bad Hersfeld&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;10&amp;K243478Libri GmbH • Friedensallee 273 • 22763 Hamburg • AG Hamburg HRB 65430
 Geschäftsführung: Alyna Wnukowsky (Sprecherin), Ulrich Vollmer
 Aufsichtsratsvorsitzender: Dr. Markus Conrad&amp;R&amp;K243478&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010007E2A28E331B1345B4C54C5E2471F1FA" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="23252ba61a2b42fee7d5f57213e57890">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c7883763-1633-4a33-844b-a4f27752bb33" xmlns:ns3="504620ad-4a5b-4e98-91c4-34164cb416e2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="548f94b230d87df06dce40b2da64a907" ns2:_="" ns3:_="">
     <xsd:import namespace="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <xsd:import namespace="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -12217,91 +12419,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="504620ad-4a5b-4e98-91c4-34164cb416e2" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c7883763-1633-4a33-844b-a4f27752bb33">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996B258D-5A6A-4734-BF2E-505977B0BDE3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F25C6D1-8645-42DA-9747-F0C6A326FBCA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
+    <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC4D9CF9-E2A7-47E5-9512-037AD31ADBFF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="c9f90cda-9d81-4aea-911d-f949aaf4de02"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F25C6D1-8645-42DA-9747-F0C6A326FBCA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996B258D-5A6A-4734-BF2E-505977B0BDE3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" enabled="0" method="" siteId="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>