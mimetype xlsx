--- v1 (2025-10-29)
+++ v2 (2026-02-04)
@@ -1,1784 +1,1732 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestandslisten_Quartalsremirückruflisten\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestandslisten_Quartalsremirückruflisten\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A0BCFD6A-7F98-4954-9DB8-51E5781A7B50}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ECD9FEE5-2DC8-4171-B05C-80B6533ECE74}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
   </bookViews>
   <sheets>
     <sheet name="JtB L" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'JtB L'!$A$1:$E$564</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'JtB L'!$A$1:$E$548</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'JtB L'!$4:$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="567" uniqueCount="564">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="551" uniqueCount="547">
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Libri-Nr.</t>
   </si>
   <si>
     <t>Titel</t>
   </si>
   <si>
     <t>UVP</t>
   </si>
   <si>
     <t>Warengruppe</t>
   </si>
   <si>
     <t>Fett gedruckte Titel sind Neuerscheinungen des kommenden Quartals</t>
   </si>
   <si>
+    <t>Aaronovitch, B: Stone and Sky</t>
+  </si>
+  <si>
     <t>Abdaal, A: Feel-Good Productivity</t>
   </si>
   <si>
     <t>Abercrombie, J: Devils</t>
   </si>
   <si>
     <t>Aciman, A: Call Me By Your Name/Tie-In</t>
   </si>
   <si>
-    <t>Aciman, A: Gentleman From Peru</t>
+    <t>Adichie, C: Americanah</t>
+  </si>
+  <si>
+    <t>Adichie, C: Dream Count</t>
+  </si>
+  <si>
+    <t>Adichie, C: Half of a Yellow Sun</t>
+  </si>
+  <si>
+    <t>Akbar, K: Martyr!</t>
+  </si>
+  <si>
+    <t>Albom, M: Tuesdays with Morrie</t>
+  </si>
+  <si>
+    <t>Alderton, D: Everything I Know About Love</t>
+  </si>
+  <si>
+    <t>Alderton, D: Good Material</t>
+  </si>
+  <si>
+    <t>Allen, N: Caught Up</t>
+  </si>
+  <si>
+    <t>Allen, N: Lights Out</t>
+  </si>
+  <si>
+    <t>Anderson, G: Want</t>
+  </si>
+  <si>
+    <t>Aoyama, M: What You Are Looking for is in the Library</t>
+  </si>
+  <si>
+    <t>Applebaum, A: Autocracy, Inc</t>
+  </si>
+  <si>
+    <t>Argov, S: Why Men Love Bitches</t>
+  </si>
+  <si>
+    <t>Armas, E: Spanish Love Deception</t>
+  </si>
+  <si>
+    <t>Asakura, T: Vanishing Cherry Blossom Bookshop</t>
+  </si>
+  <si>
+    <t>Asher, L: Final Offer</t>
+  </si>
+  <si>
+    <t>Asher, L: Love Arranged</t>
+  </si>
+  <si>
+    <t>Asher, L: Love Redesigned</t>
+  </si>
+  <si>
+    <t>Asher, L: Love Unwritten</t>
+  </si>
+  <si>
+    <t>Asher, L: Terms and Conditions</t>
+  </si>
+  <si>
+    <t>Asher, L: Throttled</t>
+  </si>
+  <si>
+    <t>Atwood, M: Book of Lives</t>
+  </si>
+  <si>
+    <t>Atwood, M: Handmaid's Tale</t>
+  </si>
+  <si>
+    <t>Atwood, M: Testaments</t>
+  </si>
+  <si>
+    <t>Aurelius, M: Meditations</t>
+  </si>
+  <si>
+    <t>Austen, J: Emma</t>
+  </si>
+  <si>
+    <t>Austen, J: Pride and Prejudice</t>
+  </si>
+  <si>
+    <t>Awad, M: Bunny</t>
+  </si>
+  <si>
+    <t>Awad, M: We Love You, Bunny</t>
+  </si>
+  <si>
+    <t>Badawi, Z: African History of Africa</t>
+  </si>
+  <si>
+    <t>Baldacci, D: Nash Falls</t>
+  </si>
+  <si>
+    <t>Baldacci, D: Strangers in Time</t>
+  </si>
+  <si>
+    <t>Baldree, T: Brigands &amp; Breadknives</t>
+  </si>
+  <si>
+    <t>Baldwin, J: Giovanni's Room</t>
+  </si>
+  <si>
+    <t>Bardugo, L: Ninth House</t>
+  </si>
+  <si>
+    <t>Bartlett, S: Diary of a CEO</t>
+  </si>
+  <si>
+    <t>Batuman, E: Idiot</t>
+  </si>
+  <si>
+    <t>Beauvoir, S: Woman Destroyed</t>
+  </si>
+  <si>
+    <t>Blake, A: Iris Kelly Doesn't Date</t>
+  </si>
+  <si>
+    <t>Bonam-Young, H: People Watching</t>
+  </si>
+  <si>
+    <t>Bo-Reum, H: Welcome to the Hyunam-dong Bookshop</t>
+  </si>
+  <si>
+    <t>Bradbury, R: Fahrenheit 451</t>
+  </si>
+  <si>
+    <t>Bradley, K: Ministry of Time</t>
+  </si>
+  <si>
+    <t>Brandy, M: Say You Swear</t>
+  </si>
+  <si>
+    <t>Bregman, R: Humankind</t>
+  </si>
+  <si>
+    <t>Bregman, R: Moral Ambition</t>
+  </si>
+  <si>
+    <t>Brennan, S: Long Live Evil</t>
+  </si>
+  <si>
+    <t>Broad, C: Abroad in Japan</t>
+  </si>
+  <si>
+    <t>Broadbent, C: Children of Fallen Gods</t>
+  </si>
+  <si>
+    <t>Broadbent, C: Fallen and the Kiss of Dusk</t>
+  </si>
+  <si>
+    <t>Broadbent, C: Serpent and the Wings of Night</t>
+  </si>
+  <si>
+    <t>Brontë, C: Jane Eyre</t>
+  </si>
+  <si>
+    <t>Brontë, E: Wuthering Heights</t>
+  </si>
+  <si>
+    <t>Brown, D: Secret of Secrets</t>
+  </si>
+  <si>
+    <t>Brown, G: Book of Doors</t>
+  </si>
+  <si>
+    <t>Brown, P: Red Rising</t>
+  </si>
+  <si>
+    <t>Cameron, J: Artist's Way</t>
+  </si>
+  <si>
+    <t>Camus, A: Stranger</t>
+  </si>
+  <si>
+    <t>Carlton, H: Haunting Adeline</t>
+  </si>
+  <si>
+    <t>Carnegie, D: How to Win Friends</t>
+  </si>
+  <si>
+    <t>Case of the Claws</t>
+  </si>
+  <si>
+    <t>Cavanagh, S: Witness 8</t>
+  </si>
+  <si>
+    <t>Child, L: Exit Strategy</t>
+  </si>
+  <si>
+    <t>Chomsky, N: On Palestine</t>
+  </si>
+  <si>
+    <t>Christie, A: And Then There Were None</t>
+  </si>
+  <si>
+    <t>Cialdini, R: Influence</t>
+  </si>
+  <si>
+    <t>Clare, C: Ragpicker King</t>
+  </si>
+  <si>
+    <t>Clarke, S: Piranesi</t>
+  </si>
+  <si>
+    <t>Clear, J: Atomic Habits</t>
+  </si>
+  <si>
+    <t>Coben, H: Gone Before Goodbye</t>
+  </si>
+  <si>
+    <t>Coben, H: Nobody's Fool</t>
+  </si>
+  <si>
+    <t>Coe, J: Proof of My Innocence</t>
+  </si>
+  <si>
+    <t>Coelho, P: Alchemist/25th Anniversary</t>
+  </si>
+  <si>
+    <t>Cole, T: Thousand Boy Kisses</t>
+  </si>
+  <si>
+    <t>Collins, S: Hunger Games: Sunrise on the Reaping</t>
+  </si>
+  <si>
+    <t>Connelly, M: Proving Ground</t>
+  </si>
+  <si>
+    <t>Coryell, T: Love Letters to a Serial Killer</t>
+  </si>
+  <si>
+    <t>Csikszentmihalyi, M: Flow: The Psychology of Optimal Experie</t>
+  </si>
+  <si>
+    <t>Cusk, R: Parade</t>
+  </si>
+  <si>
+    <t>Danielewski, M: House of Leaves</t>
+  </si>
+  <si>
+    <t>Danielewski, M: Tom's Crossing</t>
+  </si>
+  <si>
+    <t>Darling, O: Fear the Flames</t>
+  </si>
+  <si>
+    <t>Davis, A: Women, Race &amp; Class</t>
+  </si>
+  <si>
+    <t>DeRogatis, A: Call It What You Want</t>
+  </si>
+  <si>
+    <t>Dobelli, R: Art of Thinking Clearly</t>
+  </si>
+  <si>
+    <t>Dostojewski, F: Crime and Punishment</t>
+  </si>
+  <si>
+    <t>Dostoyevsky, F: White Nights</t>
+  </si>
+  <si>
+    <t>Douglas, P: Birthday Girl</t>
+  </si>
+  <si>
+    <t>Douglas, P: Corrupt</t>
+  </si>
+  <si>
+    <t>Douglas, P: Credence</t>
+  </si>
+  <si>
+    <t>Douglas, P: Five Brothers</t>
+  </si>
+  <si>
+    <t>Douglas, P: Hideaway</t>
+  </si>
+  <si>
+    <t>Douglas, P: Kill Switch</t>
+  </si>
+  <si>
+    <t>Douglas, P: Punk 57</t>
+  </si>
+  <si>
+    <t>Doyle, A: Adventures of Sherlock Holmes</t>
+  </si>
+  <si>
+    <t>Dunn, K: Hungerstone</t>
+  </si>
+  <si>
+    <t>Durst, S: Spellshop</t>
+  </si>
+  <si>
+    <t>Dweck, C: Mindset - Updated Edition</t>
+  </si>
+  <si>
+    <t>El-Mohtar, A: This is How You Lose the Time War</t>
+  </si>
+  <si>
+    <t>Erikson, T: Surrounded by Idiots Revised &amp; Expanded Edition</t>
+  </si>
+  <si>
+    <t>Erikson, T: Surrounded by Liars</t>
+  </si>
+  <si>
+    <t>Espach, A: Notes on Your Sudden Disappearance</t>
+  </si>
+  <si>
+    <t>Espach, A: Wedding People</t>
+  </si>
+  <si>
+    <t>Estés, C: Women Who Run with the Wolves</t>
+  </si>
+  <si>
+    <t>Eugenides, J: Virgin Suicides</t>
+  </si>
+  <si>
+    <t>Evaristo, B: Girl, Woman, Other</t>
+  </si>
+  <si>
+    <t>Everett, P: James (Pulitzer Prize Winner)</t>
+  </si>
+  <si>
+    <t>Fawcett, H: Emily Wilde's Compendium of Lost Tales</t>
+  </si>
+  <si>
+    <t>Fawcett, H: Emily Wilde's Encyclopaedia of Faeries</t>
+  </si>
+  <si>
+    <t>Fifty Great Short Stories</t>
+  </si>
+  <si>
+    <t>Fitzgerald, F: Great Gatsby</t>
+  </si>
+  <si>
+    <t>Follett, K: Circle of Days</t>
+  </si>
+  <si>
+    <t>Fry, S: Mythos</t>
+  </si>
+  <si>
+    <t>Fry, S: Odyssey</t>
+  </si>
+  <si>
+    <t>Gagne, P: Sociopath</t>
+  </si>
+  <si>
+    <t>Gaiman, N: Good Omens</t>
+  </si>
+  <si>
+    <t>Galbraith, R: Hallmarked Man</t>
+  </si>
+  <si>
+    <t>Garber, S: Alchemy of Secrets</t>
+  </si>
+  <si>
+    <t>Garber, S: Ballad of Never After</t>
+  </si>
+  <si>
+    <t>Garber, S: Caraval</t>
+  </si>
+  <si>
+    <t>Garber, S: Curse for True Love</t>
+  </si>
+  <si>
+    <t>Garber, S: Once Upon a Broken Heart</t>
+  </si>
+  <si>
+    <t>García, H: Ikigai</t>
+  </si>
+  <si>
+    <t>Gardner, L: Kiss Her Goodbye</t>
+  </si>
+  <si>
+    <t>Garmus, B: Lessons in Chemistry</t>
+  </si>
+  <si>
+    <t>George, E: Slowly Dying Cause</t>
+  </si>
+  <si>
+    <t>Gibson, W: Neuromancer</t>
+  </si>
+  <si>
+    <t>Gilbert, E: All the Way to the River</t>
+  </si>
+  <si>
+    <t>Gillig, R: Knight and the Moth</t>
+  </si>
+  <si>
+    <t>Gillig, R: One Dark Window</t>
+  </si>
+  <si>
+    <t>Gillig, R: Two Twisted Crowns</t>
+  </si>
+  <si>
+    <t>Gilmore, L: Cinnamon Bun Book Store</t>
+  </si>
+  <si>
+    <t>Gilmore, L: Gingerbread Bakery</t>
+  </si>
+  <si>
+    <t>Gilmore, L: Pumpkin Spice Café</t>
+  </si>
+  <si>
+    <t>Gilmore, L: Strawberry Patch Pancake House</t>
+  </si>
+  <si>
+    <t>Given, F: Women Don't Owe You Pretty</t>
+  </si>
+  <si>
+    <t>Given, F: Women Living Deliciously</t>
+  </si>
+  <si>
+    <t>Golding, W: Lord of the Flies</t>
+  </si>
+  <si>
+    <t>Grace, H: Daydream</t>
+  </si>
+  <si>
+    <t>Grace, H: Icebreaker</t>
+  </si>
+  <si>
+    <t>Grace, H: Wildfire</t>
+  </si>
+  <si>
+    <t>Grant, A: Think Again</t>
+  </si>
+  <si>
+    <t>Greene, R: 48 Laws Of Power</t>
+  </si>
+  <si>
+    <t>Greene, R: Art Of Seduction</t>
+  </si>
+  <si>
+    <t>Greene, R: Concise 48 Laws of Power</t>
+  </si>
+  <si>
+    <t>Greene, R: Concise Laws of Human Nature</t>
+  </si>
+  <si>
+    <t>Greene, R: Laws Of Human Nature</t>
+  </si>
+  <si>
+    <t>Grisham, J: Framed</t>
+  </si>
+  <si>
+    <t>Grisham, J: Widow</t>
+  </si>
+  <si>
+    <t>Guanzon, T: Monsoon Rising</t>
+  </si>
+  <si>
+    <t>Guidara, W: Unreasonable Hospitality</t>
+  </si>
+  <si>
+    <t>Haas, H: How Migration Really Works</t>
+  </si>
+  <si>
+    <t>Haddon, M: Curious Incident of Dog in Night-Time</t>
+  </si>
+  <si>
+    <t>Haig, M: Comfort Book</t>
+  </si>
+  <si>
+    <t>Haig, M: How to Stop Time</t>
+  </si>
+  <si>
+    <t>Haig, M: Life Impossible</t>
+  </si>
+  <si>
+    <t>Haig, M: Midnight Library</t>
+  </si>
+  <si>
+    <t>Hannah, K: Women</t>
+  </si>
+  <si>
+    <t>Harari, Y: Homo Deus</t>
+  </si>
+  <si>
+    <t>Harari, Y: Nexus</t>
+  </si>
+  <si>
+    <t>Harari, Y: Sapiens</t>
+  </si>
+  <si>
+    <t>Harpman, J: I Who Have Never Known Men</t>
+  </si>
+  <si>
+    <t>Hart, C: Quicksilver</t>
+  </si>
+  <si>
+    <t>Harvey, S: Orbital</t>
+  </si>
+  <si>
+    <t>Hawking, S: Brief Answers to the Big Questions</t>
+  </si>
+  <si>
+    <t>Hawkins, P: Blue Hour</t>
+  </si>
+  <si>
+    <t>Hazelwood, A: Bride</t>
+  </si>
+  <si>
+    <t>Hazelwood, A: Deep End</t>
+  </si>
+  <si>
+    <t>Hazelwood, A: Love Hypothesis</t>
+  </si>
+  <si>
+    <t>Hazelwood, A: Love on the Brain</t>
+  </si>
+  <si>
+    <t>Hazelwood, A: Love Theoretically</t>
+  </si>
+  <si>
+    <t>Hazelwood, A: Mate</t>
+  </si>
+  <si>
+    <t>Hazelwood, A: Not in Love</t>
+  </si>
+  <si>
+    <t>Hemingway, E: Old Man and Sea</t>
+  </si>
+  <si>
+    <t>Henry, C: Place Where They Buried Your Heart</t>
+  </si>
+  <si>
+    <t>Henry, E: Beach Read</t>
+  </si>
+  <si>
+    <t>Henry, E: Book Lovers</t>
+  </si>
+  <si>
+    <t>Henry, E: Great Big Beautiful Life</t>
+  </si>
+  <si>
+    <t>Henry, E: Happy Place</t>
+  </si>
+  <si>
+    <t>Henry, E: People We Meet on Vacation</t>
+  </si>
+  <si>
+    <t>Herbert, F: Dune</t>
+  </si>
+  <si>
+    <t>Herbert, F: Dune Messiah</t>
+  </si>
+  <si>
+    <t>Hill, N: Think and Grow Rich</t>
+  </si>
+  <si>
+    <t>Hindle, T: Death in the Arctic</t>
+  </si>
+  <si>
+    <t>Hirsch, A: Book of Bill</t>
+  </si>
+  <si>
+    <t>Holiday, R: Daily Stoic</t>
+  </si>
+  <si>
+    <t>Holiday, R: Discipline Is Destiny</t>
+  </si>
+  <si>
+    <t>Hooks, B: All about Love</t>
+  </si>
+  <si>
+    <t>Hoover, C: It Ends with Us</t>
+  </si>
+  <si>
+    <t>Hoover, C: It Starts with Us</t>
+  </si>
+  <si>
+    <t>Hoover, C: Ugly Love</t>
+  </si>
+  <si>
+    <t>Hoover, C: Verity</t>
+  </si>
+  <si>
+    <t>Horowitz, A: Marble Hall Murders</t>
+  </si>
+  <si>
+    <t>Hosseini, K: Kite Runner</t>
+  </si>
+  <si>
+    <t>Hosseini, K: Thousand Splendid Suns</t>
+  </si>
+  <si>
+    <t>Housel, M: Psychology of Money: Timeless Lessons on Wealth</t>
+  </si>
+  <si>
+    <t>Huang, A: King of Envy</t>
+  </si>
+  <si>
+    <t>Huang, A: King of Greed</t>
+  </si>
+  <si>
+    <t>Huang, A: King of Pride</t>
+  </si>
+  <si>
+    <t>Huang, A: King of Sloth</t>
+  </si>
+  <si>
+    <t>Huang, A: King of Wrath</t>
+  </si>
+  <si>
+    <t>Huang, A: Striker/Deluxe Edition</t>
+  </si>
+  <si>
+    <t>Huang, A: Twisted Games</t>
+  </si>
+  <si>
+    <t>Huang, A: Twisted Hate</t>
+  </si>
+  <si>
+    <t>Huang, A: Twisted Lies</t>
+  </si>
+  <si>
+    <t>Huang, A: Twisted Love</t>
+  </si>
+  <si>
+    <t>Huxley, A: Brave New World</t>
+  </si>
+  <si>
+    <t>Irving, J: Queen Esther</t>
+  </si>
+  <si>
+    <t>Ishiguro, K: Klara and the Sun</t>
+  </si>
+  <si>
+    <t>Ishiguro, K: Never Let Me Go</t>
+  </si>
+  <si>
+    <t>Jackson, H: Not Quite Dead Yet</t>
+  </si>
+  <si>
+    <t>Jenkins Reid, T: Daisy Jones &amp; The Six</t>
+  </si>
+  <si>
+    <t>Jimenez, A: Just For The Summer</t>
+  </si>
+  <si>
+    <t>Jimenez, A: Part of Your World</t>
+  </si>
+  <si>
+    <t>July, M: All Fours</t>
+  </si>
+  <si>
+    <t>Kahneman, D: Thinking, Fast and Slow</t>
+  </si>
+  <si>
+    <t>Kalanithi, P: When Breath Becomes Air</t>
+  </si>
+  <si>
+    <t>Kang, H: Greek Lessons</t>
+  </si>
+  <si>
+    <t>Kang, H: Vegetarian</t>
+  </si>
+  <si>
+    <t>Kashiwai, H: Menu of Happiness</t>
+  </si>
+  <si>
+    <t>Kaur, R: Milk and Honey</t>
+  </si>
+  <si>
+    <t>Kawaguchi, T: Before the Coffee Gets Cold</t>
+  </si>
+  <si>
+    <t>Kawakami, M: All The Lovers In The Night</t>
+  </si>
+  <si>
+    <t>Kawakami, M: Breasts and Eggs</t>
+  </si>
+  <si>
+    <t>Kawamura, G: If Cats Disappeared from the World</t>
+  </si>
+  <si>
+    <t>Kaysen, S: Girl Interrupted</t>
+  </si>
+  <si>
+    <t>Keegan, C: Small Things Like These</t>
+  </si>
+  <si>
+    <t>Kellerman, J: Open Season</t>
+  </si>
+  <si>
+    <t>Kennedy, E: Charlie Method</t>
+  </si>
+  <si>
+    <t>Kennedy, E: Deal</t>
+  </si>
+  <si>
+    <t>Kennedy, E: Graham Effect</t>
+  </si>
+  <si>
+    <t>Kennedy, E: Mistake</t>
+  </si>
+  <si>
+    <t>Kennedy, E: Score</t>
+  </si>
+  <si>
+    <t>Kennedy, R: Gild</t>
+  </si>
+  <si>
+    <t>Kent, R: God of Fury</t>
+  </si>
+  <si>
+    <t>Kent, R: God of Malice</t>
+  </si>
+  <si>
+    <t>Kent, R: God of Pain</t>
+  </si>
+  <si>
+    <t>Kent, R: God of Wrath</t>
+  </si>
+  <si>
+    <t>Khabra, B: Spiral</t>
+  </si>
+  <si>
+    <t>Khalidi, R: Hundred Years' War on Palestine</t>
+  </si>
+  <si>
+    <t>Killmore, R: Cinnamon Falls Mystery</t>
+  </si>
+  <si>
+    <t>Kim, M: Eyes Are the Best Part</t>
+  </si>
+  <si>
+    <t>King, S: You Like It Darker</t>
+  </si>
+  <si>
+    <t>Kingsolver, B: Demon Copperhead</t>
+  </si>
+  <si>
+    <t>Kinney, J: Diary of a Wimpy Kid 20: Partypooper</t>
+  </si>
+  <si>
+    <t>Kishimi, I: Courage To Be Disliked</t>
+  </si>
+  <si>
+    <t>Kiyosaki, R: Rich Dad Poor Dad/Ann. Ed.</t>
+  </si>
+  <si>
+    <t>Klein, E: Abundance</t>
+  </si>
+  <si>
+    <t>Kleinbaum, N: Dead Poets Society</t>
+  </si>
+  <si>
+    <t>Kliewer, M: We Used to Live Here</t>
+  </si>
+  <si>
+    <t>Klune, T: House in the Cerulean Sea</t>
+  </si>
+  <si>
+    <t>Kolk, B: The Body Keeps the Score</t>
+  </si>
+  <si>
+    <t>Kova, E: Arcana Academy</t>
+  </si>
+  <si>
+    <t>Kristoff, J: Empire of the Dawn</t>
+  </si>
+  <si>
+    <t>Kuang, R: Babel</t>
+  </si>
+  <si>
+    <t>Kuang, R: Dragon Republic</t>
+  </si>
+  <si>
+    <t>Kuang, R: Katabasis (Standard Edition)</t>
+  </si>
+  <si>
+    <t>Kuang, R: Poppy War</t>
+  </si>
+  <si>
+    <t>Kuang, R: Yellowface</t>
+  </si>
+  <si>
+    <t>Kushner, R: Creation Lake</t>
+  </si>
+  <si>
+    <t>Lawrence, M: Book That Wouldn't Burn</t>
+  </si>
+  <si>
+    <t>Lee, H: Land of Sweet Forever</t>
+  </si>
+  <si>
+    <t>Lee, H: To Kill a Mockingbird/60th Anniversary Ed.</t>
+  </si>
+  <si>
+    <t>Lee, M: DallerGut Dream Department Store</t>
+  </si>
+  <si>
+    <t>Lee, M: Pachinko</t>
+  </si>
+  <si>
+    <t>Lee, M: Return to the DallerGut Dream Department Store</t>
+  </si>
+  <si>
+    <t>Lembke, A: Dopamine Nation</t>
+  </si>
+  <si>
+    <t>Levine, A: Attached</t>
+  </si>
+  <si>
+    <t>Levitsky, S: How Democracies Die</t>
+  </si>
+  <si>
+    <t>Liang, A: Song to Drown Rivers</t>
+  </si>
+  <si>
+    <t>Lowndes, L: How to Talk to Anyone</t>
+  </si>
+  <si>
+    <t>Lunn, N: Conversations on Love</t>
+  </si>
+  <si>
+    <t>Lynch, P: Prophet Song</t>
+  </si>
+  <si>
+    <t>Maas, S: Assassin's Blade</t>
+  </si>
+  <si>
+    <t>Maas, S: Court of Frost and Starlight/Adult Ed.</t>
+  </si>
+  <si>
+    <t>Maas, S: Court of Mist and Fury/Adult Ed.</t>
+  </si>
+  <si>
+    <t>Maas, S: Court of Silver Flames</t>
+  </si>
+  <si>
+    <t>Maas, S: Court of Thorns and Roses/Adult Ed.</t>
+  </si>
+  <si>
+    <t>Maas, S: Court of Wings and Ruin</t>
+  </si>
+  <si>
+    <t>Maas, S: Crown of Midnight</t>
+  </si>
+  <si>
+    <t>Maas, S: Heir of Fire</t>
+  </si>
+  <si>
+    <t>Maas, S: House of Earth and Blood</t>
+  </si>
+  <si>
+    <t>Maas, S: House of Flame and Shadow</t>
+  </si>
+  <si>
+    <t>Maas, S: House of Sky and Breath</t>
+  </si>
+  <si>
+    <t>Maas, S: Queen of Shadows</t>
+  </si>
+  <si>
+    <t>Maas, S: Throne of Glass</t>
+  </si>
+  <si>
+    <t>Maas, S: Tower of Dawn</t>
+  </si>
+  <si>
+    <t>Mackesy, C: Boy, The Mole, The Fox and The Horse</t>
+  </si>
+  <si>
+    <t>Maehrer, H: Accomplice to the Villain</t>
+  </si>
+  <si>
+    <t>Maehrer, H: Assistant to the Villain</t>
+  </si>
+  <si>
+    <t>Manson, M: Subtle Art of Not Giving a F*ck</t>
+  </si>
+  <si>
+    <t>Mas, J: Bonds of Hercules (Standard Edition)</t>
+  </si>
+  <si>
+    <t>Maté, G: Myth of Normal</t>
+  </si>
+  <si>
+    <t>McCarthy, C: Road</t>
+  </si>
+  <si>
+    <t>McEwan, I: What We Can Know</t>
+  </si>
+  <si>
+    <t>McFadden, F: Boyfriend</t>
+  </si>
+  <si>
+    <t>McFadden, F: Coworker</t>
+  </si>
+  <si>
+    <t>McFadden, F: Crash</t>
+  </si>
+  <si>
+    <t>McFadden, F: Do Not Disturb</t>
+  </si>
+  <si>
+    <t>McFadden, F: Housemaid</t>
+  </si>
+  <si>
+    <t>McFadden, F: Housemaid Is Watching</t>
+  </si>
+  <si>
+    <t>McFadden, F: Housemaid's Secret</t>
+  </si>
+  <si>
+    <t>McFadden, F: Inmate</t>
+  </si>
+  <si>
+    <t>McFadden, F: Intruder</t>
+  </si>
+  <si>
+    <t>McFadden, F: Never Lie</t>
+  </si>
+  <si>
+    <t>McFadden, F: Surrogate Mother</t>
+  </si>
+  <si>
+    <t>McFadden, F: Teacher</t>
+  </si>
+  <si>
+    <t>McFadden, F: Tenant</t>
+  </si>
+  <si>
+    <t>McFadden, F: Ward D</t>
+  </si>
+  <si>
+    <t>McIntire, E: Crossed</t>
+  </si>
+  <si>
+    <t>Mcintire, E: Hooked</t>
+  </si>
+  <si>
+    <t>McIntire, E: Scarred</t>
+  </si>
+  <si>
+    <t>Mellors, C: Blue Sisters</t>
+  </si>
+  <si>
+    <t>Mellors, C: Cleopatra and Frankenstein</t>
+  </si>
+  <si>
+    <t>Meyer, E: Culture Map</t>
+  </si>
+  <si>
+    <t>Michaelides, A: Silent Patient</t>
+  </si>
+  <si>
+    <t>Miller, M: Circe</t>
+  </si>
+  <si>
+    <t>Miller, M: Song of Achilles</t>
+  </si>
+  <si>
+    <t>Minix, S: Murder at the Bookstore</t>
+  </si>
+  <si>
+    <t>Mo Xiang Tong Xiu: Heaven Official's Blessing 1</t>
+  </si>
+  <si>
+    <t>Mochizuki, M: Best Wishes from the Full Moon Coffee Shop</t>
+  </si>
+  <si>
+    <t>Mochizuki, M: Full Moon Coffee Shop</t>
+  </si>
+  <si>
+    <t>Moore, A: Great When</t>
+  </si>
+  <si>
+    <t>Moore, L: God of the Woods</t>
+  </si>
+  <si>
+    <t>Morgenstern, E: Night Circus</t>
+  </si>
+  <si>
+    <t>Moshfegh, O: My Year of Rest and Relaxation</t>
+  </si>
+  <si>
+    <t>Munroe, R: What If?</t>
+  </si>
+  <si>
+    <t>Murakami, H: City and Its Uncertain Walls</t>
+  </si>
+  <si>
+    <t>Murakami, H: Kafka on the Shore</t>
+  </si>
+  <si>
+    <t>Murakami, H: Norwegian Wood</t>
+  </si>
+  <si>
+    <t>Murata, S: Convenience Store Woman. Assorted colors</t>
+  </si>
+  <si>
+    <t>Murata, S: Vanishing World</t>
+  </si>
+  <si>
+    <t>Murder in Wintertime</t>
+  </si>
+  <si>
+    <t>Murray, P: Bee Sting</t>
+  </si>
+  <si>
+    <t>Mustard, J: Okay Days</t>
+  </si>
+  <si>
+    <t>Nabokov, V: Lolita</t>
+  </si>
+  <si>
+    <t>Nelson, C: Open Water</t>
+  </si>
+  <si>
+    <t>Nestor, J: Breath</t>
+  </si>
+  <si>
+    <t>Newport, C: Deep Work</t>
+  </si>
+  <si>
+    <t>Newport, C: Slow Productivity</t>
+  </si>
+  <si>
+    <t>Nicholls, D: You Are Here</t>
+  </si>
+  <si>
+    <t>Nicole, A: Book of Azrael</t>
+  </si>
+  <si>
+    <t>Nicole, A: Throne of Broken Gods</t>
+  </si>
+  <si>
+    <t>Noah, T: Born a Crime</t>
+  </si>
+  <si>
+    <t>Ogawa, Y: Memory Police</t>
+  </si>
+  <si>
+    <t>Orwell, G: Animal Farm</t>
+  </si>
+  <si>
+    <t>Orwell, G: Nineteen Eighty-Four</t>
+  </si>
+  <si>
+    <t>Osman, R: Bullet That Missed</t>
+  </si>
+  <si>
+    <t>Osman, R: Impossible Fortune</t>
+  </si>
+  <si>
+    <t>Osman, R: Last Devil To Die</t>
+  </si>
+  <si>
+    <t>Osman, R: Man Who Died Twice</t>
+  </si>
+  <si>
+    <t>Osman, R: Thursday Murder Club</t>
+  </si>
+  <si>
+    <t>Osman, R: We Solve Murders</t>
+  </si>
+  <si>
+    <t>Ottolenghi, Y: SIMPLE</t>
+  </si>
+  <si>
+    <t>Owens, D: Where the Crawdads Sing</t>
+  </si>
+  <si>
+    <t>Painter, L: Better Than the Movies</t>
+  </si>
+  <si>
+    <t>Parker, S: When the Moon Hatched</t>
+  </si>
+  <si>
+    <t>Parkinson, H: Joy of Small Things</t>
+  </si>
+  <si>
+    <t>Parrish, S: Clear Thinking</t>
+  </si>
+  <si>
+    <t>Perez, C: Invisible Women</t>
+  </si>
+  <si>
+    <t>Perry, P: Book You Wish Your Parents Had Read</t>
+  </si>
+  <si>
+    <t>Peterson, J: 12 Rules for Life</t>
+  </si>
+  <si>
+    <t>Plath, S: Unabridged Journals of Sylvia Plath</t>
+  </si>
+  <si>
+    <t>Poe, E: Edgar Allan Poe: Collected Works</t>
+  </si>
+  <si>
+    <t>Poe, E: Tales of Horror</t>
+  </si>
+  <si>
+    <t>Powers, R: Playground</t>
+  </si>
+  <si>
+    <t>Pueblo, Y: Lighter</t>
+  </si>
+  <si>
+    <t>Rath, E: Pucking Strong</t>
+  </si>
+  <si>
+    <t>Reid, T: Atmosphere</t>
+  </si>
+  <si>
+    <t>Reid, T: Seven Husbands of Evelyn Hugo</t>
+  </si>
+  <si>
+    <t>Ries, E: Lean Startup</t>
+  </si>
+  <si>
+    <t>Riley, L: Hidden Girl</t>
+  </si>
+  <si>
+    <t>Rio, M: Graveyard Shift</t>
+  </si>
+  <si>
+    <t>Rio, M: If We Were Villains</t>
+  </si>
+  <si>
+    <t>Ritchie, H: Not the End of the World</t>
+  </si>
+  <si>
+    <t>Roberts, L: Powerless</t>
+  </si>
+  <si>
+    <t>Rooney, S: Conversations with Friends</t>
+  </si>
+  <si>
+    <t>Rooney, S: Intermezzo</t>
+  </si>
+  <si>
+    <t>Rooney, S: Normal People</t>
+  </si>
+  <si>
+    <t>Rosling, H: Factfulness</t>
+  </si>
+  <si>
+    <t>Rowling, J: Harry Potter 1/Philosopher's Stone</t>
+  </si>
+  <si>
+    <t>Rubin, R: Creative Act</t>
+  </si>
+  <si>
+    <t>Rushdie, S: Eleventh Hour</t>
+  </si>
+  <si>
+    <t>Sage, L: Lost and Lassoed</t>
+  </si>
+  <si>
+    <t>Saint, J: Ariadne</t>
+  </si>
+  <si>
+    <t>Saint, J: Atalanta</t>
+  </si>
+  <si>
+    <t>Saint, J: Hera</t>
+  </si>
+  <si>
+    <t>Salinger, J: Catcher in the Rye</t>
+  </si>
+  <si>
+    <t>Sanderson, B: Frugal Wizard's Handbook for Surviving</t>
+  </si>
+  <si>
+    <t>Sanderson, B: Mistborn 1/Final Empire</t>
+  </si>
+  <si>
+    <t>Sanderson, B: Tailored Realities</t>
+  </si>
+  <si>
+    <t>Sanderson, B: The Way of Kings</t>
+  </si>
+  <si>
+    <t>Sanderson, B: Tress of the Emerald Sea</t>
+  </si>
+  <si>
+    <t>Sanderson, B: Wind and Truth</t>
+  </si>
+  <si>
+    <t>Sanderson, B: Yumi and the Nightmare Painter</t>
+  </si>
+  <si>
+    <t>Sapolsky, R: Behave</t>
+  </si>
+  <si>
+    <t>Schmidt, E: Genesis</t>
+  </si>
+  <si>
+    <t>Schwab, V: Bury Our Bones in the Midnight Soil</t>
+  </si>
+  <si>
+    <t>Schwab, V: Invisible Life of Addie LaRue</t>
+  </si>
+  <si>
+    <t>Score, L: Things We Left Behind</t>
+  </si>
+  <si>
+    <t>Score, L: Things We Never Got Over</t>
+  </si>
+  <si>
+    <t>Scott, K: Radical Candor</t>
+  </si>
+  <si>
+    <t>Sehee, B: I Want to Die but I Still Want to Eat Tteokbokki</t>
+  </si>
+  <si>
+    <t>Sehee, B: I Want to Die but I Want to Eat Tteokbokki</t>
+  </si>
+  <si>
+    <t>Shafak, E: Island of Missing Trees</t>
+  </si>
+  <si>
+    <t>Shafak, E: There are Rivers in the Sky</t>
+  </si>
+  <si>
+    <t>Shannon, S: Among the Burning Flowers</t>
+  </si>
+  <si>
+    <t>Shannon, S: Day of Fallen Night</t>
+  </si>
+  <si>
+    <t>Shannon, S: Priory of the Orange Tree</t>
+  </si>
+  <si>
+    <t>Shelley, M: Frankenstein</t>
+  </si>
+  <si>
+    <t>Shen, L: My Dark Prince</t>
+  </si>
+  <si>
+    <t>Sheridan, M: Archer's Voice</t>
+  </si>
+  <si>
+    <t>Silver, E: Flawless</t>
+  </si>
+  <si>
+    <t>Silver, E: Heartless</t>
+  </si>
+  <si>
+    <t>Silver, E: Hopeless</t>
+  </si>
+  <si>
+    <t>Silver, E: Powerless</t>
+  </si>
+  <si>
+    <t>Silver, E: Reckless</t>
+  </si>
+  <si>
+    <t>Silver, E: Wild Card</t>
+  </si>
+  <si>
+    <t>Silver, E: Wild Eyes</t>
+  </si>
+  <si>
+    <t>Silver, E: Wild Love</t>
+  </si>
+  <si>
+    <t>Silver, E: Wild Side</t>
+  </si>
+  <si>
+    <t>Simone, S: Priest</t>
+  </si>
+  <si>
+    <t>Slapper, E: Everyone I Know is Dying</t>
+  </si>
+  <si>
+    <t>Smith, J: Why Has Nobody Told Me This Before?</t>
+  </si>
+  <si>
+    <t>Smith, K: Phantasma</t>
+  </si>
+  <si>
+    <t>Smith, P: Bread of Angels</t>
+  </si>
+  <si>
+    <t>Smith, P: Just Kids</t>
+  </si>
+  <si>
+    <t>Snyder, T: On Freedom</t>
+  </si>
+  <si>
+    <t>Stewart, K: Birds of a Feather</t>
+  </si>
+  <si>
+    <t>Stoker, B: Dracula</t>
+  </si>
+  <si>
+    <t>Suhyun, K: I Decided to Live as Me</t>
+  </si>
+  <si>
+    <t>Suleyman, M: Coming Wave (Export Edition)</t>
+  </si>
+  <si>
+    <t>Tartt, D: Goldfinch</t>
+  </si>
+  <si>
+    <t>Tartt, D: Secret History</t>
+  </si>
+  <si>
+    <t>Thiel, P: Zero to One</t>
+  </si>
+  <si>
+    <t>Thorne, R: Pirate's Life for Tea</t>
+  </si>
+  <si>
+    <t>Tóibín, C: Long Island</t>
+  </si>
+  <si>
+    <t>Tolkien, J: Hobbit</t>
+  </si>
+  <si>
+    <t>Tolkien, J: Lord of Rings/3 Bde</t>
+  </si>
+  <si>
+    <t>Tolle, E: The Power of Now</t>
+  </si>
+  <si>
+    <t>Tomforde, L: Caught Up</t>
+  </si>
+  <si>
+    <t>Tomforde, L: Play Along</t>
+  </si>
+  <si>
+    <t>Tomforde, L: Rewind It Back</t>
+  </si>
+  <si>
+    <t>Tomforde, L: Right Move</t>
+  </si>
+  <si>
+    <t>Tzu, S: Art of War &amp; Other Classics of Eastern Philosophy</t>
+  </si>
+  <si>
+    <t>Uketsu: Strange Houses</t>
+  </si>
+  <si>
+    <t>Uketsu: Strange Pictures</t>
+  </si>
+  <si>
+    <t>Vandermeer, J: Absolution</t>
+  </si>
+  <si>
+    <t>Varoufakis, Y: Technofeudalism</t>
+  </si>
+  <si>
+    <t>Voss, C: Never Split the Difference</t>
+  </si>
+  <si>
+    <t>Vuong, O: Emperor of Gladness</t>
+  </si>
+  <si>
+    <t>Vuong, O: On Earth We're Briefly Gorgeous</t>
+  </si>
+  <si>
+    <t>Walker, M: Why We Sleep</t>
+  </si>
+  <si>
+    <t>Walsh, C: Binding 13</t>
+  </si>
+  <si>
+    <t>Walsh, C: Keeping 13</t>
+  </si>
+  <si>
+    <t>Walsh, C: Redeeming 6</t>
+  </si>
+  <si>
+    <t>Walsh, C: Releasing 10</t>
+  </si>
+  <si>
+    <t>Walsh, C: Saving 6</t>
+  </si>
+  <si>
+    <t>Walsh, C: Taming 7</t>
+  </si>
+  <si>
+    <t>Wang, M: Blood Over Bright Haven</t>
+  </si>
+  <si>
+    <t>Weaver, B: Butcher and Blackbird</t>
+  </si>
+  <si>
+    <t>Weaver, B: Leather &amp; Lark</t>
+  </si>
+  <si>
+    <t>Weaver, B: Scythe &amp; Sparrow</t>
+  </si>
+  <si>
+    <t>Wilde, O: Picture of Dorian Gray</t>
+  </si>
+  <si>
+    <t>Wolynn, M: It Didn't Start with You</t>
+  </si>
+  <si>
+    <t>Wood, L: Rewitched</t>
+  </si>
+  <si>
+    <t>Wouden, Y: Safekeep</t>
+  </si>
+  <si>
+    <t>Yagisawa, S: Days at the Morisaki Bookshop</t>
+  </si>
+  <si>
+    <t>Yagisawa, S: Days at the Torunka Café</t>
+  </si>
+  <si>
+    <t>Yanagihara, H: Little Life</t>
+  </si>
+  <si>
+    <t>Yarros, R: Fourth Wing</t>
+  </si>
+  <si>
+    <t>Yarros, R: Iron Flame</t>
+  </si>
+  <si>
+    <t>Yarros, R: Onyx Storm</t>
+  </si>
+  <si>
+    <t>Yeong-Gwang, Y: Rainfall Market</t>
+  </si>
+  <si>
+    <t>Yuzuki, A: Butter</t>
+  </si>
+  <si>
+    <t>Zevin, G: Tomorrow, and Tomorrow, and Tomorrow</t>
+  </si>
+  <si>
+    <t>Zusak, M: Book Thief</t>
+  </si>
+  <si>
+    <t>Bestandsliste Just the Best L • 1. Quartal 2026</t>
+  </si>
+  <si>
+    <t>Aber, A: Good Girl</t>
   </si>
   <si>
     <t>Aciman, A: Room on the Sea</t>
   </si>
   <si>
-    <t>Adams, S: Beg, Borrow, or Steal</t>
-[...305 lines deleted...]
-    <t>Evaristo, B: Girl, Woman, Other</t>
+    <t>Aciman, A: Stowaways</t>
+  </si>
+  <si>
+    <t>Adams, S: In Your Dreams</t>
+  </si>
+  <si>
+    <t>Allen, N: Game On</t>
+  </si>
+  <si>
+    <t>Aster, A: Starside</t>
+  </si>
+  <si>
+    <t>Backman, F: My Friends</t>
+  </si>
+  <si>
+    <t>Blake, A: Get Over It, April Evans</t>
+  </si>
+  <si>
+    <t>Bloom, S: 5 Types of Wealth</t>
+  </si>
+  <si>
+    <t>Brickley, H: Deep Cuts</t>
+  </si>
+  <si>
+    <t>Carr, G: Boy from the Sea</t>
+  </si>
+  <si>
+    <t>Dinniman, M: Operation Bounce House</t>
   </si>
   <si>
     <t>Faloyin, D: Africa Is Not A Country</t>
   </si>
   <si>
-    <t>Fawcett, H: Emily Wilde's Encyclopaedia of Faeries</t>
-[...320 lines deleted...]
-    <t>Kang, H: Greek Lessons</t>
+    <t>Gurnah, A: Theft</t>
+  </si>
+  <si>
+    <t>Hall, C: Broken Country</t>
+  </si>
+  <si>
+    <t>Hart, C: Brimstone</t>
+  </si>
+  <si>
+    <t>Hazelwood, A: Two Can Play</t>
+  </si>
+  <si>
+    <t>Huang, A: Defender/Deluxe Limited Edition</t>
+  </si>
+  <si>
+    <t>Islington, J: Will of the Many</t>
+  </si>
+  <si>
+    <t>Jensen, D: Curse Carved in Bone</t>
+  </si>
+  <si>
+    <t>Jewell, L: Don't Let Him In</t>
+  </si>
+  <si>
+    <t>Jimenez, A: Night We Met</t>
+  </si>
+  <si>
+    <t>Johnson, J: Wind Weaver</t>
+  </si>
+  <si>
+    <t>Jonasson, J: Distinctly Competent District Councillor</t>
+  </si>
+  <si>
+    <t>Kaner, H: Faithbreaker</t>
   </si>
   <si>
     <t>Kang, H: We Do Not Part</t>
   </si>
   <si>
-    <t>Kaur, R: Milk and Honey</t>
-[...410 lines deleted...]
-    <t>Poston, A: Seven Year Slip</t>
+    <t>Karp, A: Technological Republic</t>
+  </si>
+  <si>
+    <t>Kawakami, M: Sisters in Yellow</t>
+  </si>
+  <si>
+    <t>Killmore, R: Death at Daffodil Inn</t>
+  </si>
+  <si>
+    <t>Leslie, I: John and Paul</t>
+  </si>
+  <si>
+    <t>Mackesy, C: Always Remember</t>
+  </si>
+  <si>
+    <t>McCann, C: Twist</t>
+  </si>
+  <si>
+    <t>McCurdy, J: Half His Age</t>
+  </si>
+  <si>
+    <t>McFadden, F: Dear Debbie</t>
+  </si>
+  <si>
+    <t>McFadden, F: Want to Know a Secret?</t>
+  </si>
+  <si>
+    <t>Moronova, K: Leave Me Behind</t>
+  </si>
+  <si>
+    <t>Moronova, K: My Blade, Your Back</t>
+  </si>
+  <si>
+    <t>Moronova, K: Your Knife, My Heart</t>
+  </si>
+  <si>
+    <t>Murphy, M: Thousand Perfect Lies</t>
+  </si>
+  <si>
+    <t>Nesbo, J: Wolf Hour</t>
+  </si>
+  <si>
+    <t>Niven, J: Meet the Newmans</t>
+  </si>
+  <si>
+    <t>O'Donnell, R: Nesting</t>
+  </si>
+  <si>
+    <t>O'Leary, B: Swept Away</t>
+  </si>
+  <si>
+    <t>Painter, L: Fake Skating</t>
   </si>
   <si>
     <t>Poston, A: Sounds Like Love</t>
   </si>
   <si>
-    <t>Powers, R: Playground</t>
-[...263 lines deleted...]
-    <t>Towles, A: Table For Two</t>
+    <t>Qureshi, A: Baby Dragon Bookshop</t>
+  </si>
+  <si>
+    <t>Sanderson, B: Isles of the Emberdark</t>
+  </si>
+  <si>
+    <t>Sapkowski, A: Crossroads of Ravens</t>
+  </si>
+  <si>
+    <t>Schneider, R: Metal Slinger</t>
+  </si>
+  <si>
+    <t>SenLinYu: Alchemised</t>
+  </si>
+  <si>
+    <t>Silva, D: Inside Job</t>
+  </si>
+  <si>
+    <t>Squibb, S: What's Your Dream?</t>
+  </si>
+  <si>
+    <t>Steven, L: Silvercloak</t>
+  </si>
+  <si>
+    <t>Szalay, D: Flesh</t>
+  </si>
+  <si>
+    <t>Tomforde, L: In Her Own League</t>
   </si>
   <si>
     <t>Tyler, A: Three Days in June</t>
   </si>
   <si>
-    <t>Tzu, S: Art of War &amp; Other Classics of Eastern Philosophy</t>
-[...329 lines deleted...]
-    <t>Wood, L: Rewitched</t>
+    <t>Weir, A: Project Hail Mary</t>
+  </si>
+  <si>
+    <t>Wynn-Williams, S: Careless People</t>
+  </si>
+  <si>
+    <t>Yuzuki, A: Hooked</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1930,95 +1878,95 @@
     <xf numFmtId="1" fontId="5" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="2" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="1" fontId="7" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...17 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="1" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 3" xfId="1" xr:uid="{E5547F80-CBED-4D8B-A4AB-8ADEC00C389C}"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <font>
         <b val="0"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="1" formatCode="0"/>
       <fill>
         <patternFill patternType="solid">
@@ -2249,53 +2197,53 @@
   <colors>
     <mruColors>
       <color rgb="FF243478"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{DB70F4E0-5122-44C9-A069-BAE66F739666}" name="Tabelle5" displayName="Tabelle5" ref="A4:E565" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5">
-[...1 lines deleted...]
-    <sortCondition ref="C5:C537"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{DB70F4E0-5122-44C9-A069-BAE66F739666}" name="Tabelle5" displayName="Tabelle5" ref="A4:E548" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:E548">
+    <sortCondition ref="C5:C548"/>
   </sortState>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{BE38B0E2-A417-42E3-A815-51EAF3316FCC}" name="EAN" dataDxfId="4" dataCellStyle="Standard 3"/>
     <tableColumn id="2" xr3:uid="{557C5361-75BF-41D0-9BE4-702B2D5D36F3}" name="Libri-Nr." dataDxfId="3" dataCellStyle="Standard 3"/>
     <tableColumn id="3" xr3:uid="{19984736-2128-4755-94EB-6DA12D7F4405}" name="Titel" dataDxfId="2" dataCellStyle="Standard 3"/>
     <tableColumn id="4" xr3:uid="{59F95023-B76C-4851-984F-F321023A9EA0}" name="UVP" dataDxfId="1" dataCellStyle="Standard 3"/>
     <tableColumn id="5" xr3:uid="{4A02480C-E1CF-4756-9D0C-FA32CF235BB9}" name="Warengruppe" dataDxfId="0" dataCellStyle="Standard 3"/>
   </tableColumns>
   <tableStyleInfo name="Libri-Tabellenformat" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022-Design">
   <a:themeElements>
     <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -2565,9626 +2513,9347 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D61CB4B-7791-4ED0-AE80-E77BE2D65B28}">
-  <dimension ref="A1:E565"/>
+  <dimension ref="A1:E548"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G11" sqref="G11"/>
+      <selection activeCell="A549" sqref="A549:XFD636"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="14.85546875" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="13.7109375" style="2" customWidth="1"/>
+    <col min="1" max="1" width="14.88671875" style="2" customWidth="1"/>
+    <col min="2" max="2" width="9.88671875" style="2" customWidth="1"/>
+    <col min="3" max="3" width="45.6640625" style="6" customWidth="1"/>
+    <col min="4" max="4" width="7.44140625" style="17" customWidth="1"/>
+    <col min="5" max="5" width="13.6640625" style="2" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A1" s="26" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="B1" s="26"/>
       <c r="C1" s="26"/>
       <c r="D1" s="26"/>
       <c r="E1" s="26"/>
     </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A2" s="27" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="27"/>
       <c r="C2" s="27"/>
       <c r="D2" s="27"/>
       <c r="E2" s="27"/>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="D4" s="20" t="s">
+      <c r="D4" s="14" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="5" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E5" s="16">
+    <row r="5" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="18">
+        <v>9781473226739</v>
+      </c>
+      <c r="B5" s="18">
+        <v>1850067</v>
+      </c>
+      <c r="C5" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="D5" s="20">
+        <v>14.5</v>
+      </c>
+      <c r="E5" s="21">
         <v>21300</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A6" s="17">
+    <row r="6" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="10">
         <v>9781473226722</v>
       </c>
-      <c r="B6" s="17">
+      <c r="B6" s="10">
         <v>3144059</v>
       </c>
-      <c r="C6" s="18" t="s">
-[...5 lines deleted...]
-      <c r="E6" s="19">
+      <c r="C6" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="D6" s="16">
+        <v>21.5</v>
+      </c>
+      <c r="E6" s="12">
         <v>11300</v>
       </c>
     </row>
-    <row r="7" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="7">
         <v>9781847943750</v>
       </c>
       <c r="B7" s="7">
         <v>3099260</v>
       </c>
       <c r="C7" s="8" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D7" s="21">
+        <v>7</v>
+      </c>
+      <c r="D7" s="15">
         <v>14.5</v>
       </c>
       <c r="E7" s="9">
         <v>24810</v>
       </c>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A8" s="10">
+    <row r="8" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="22">
+        <v>9781526679109</v>
+      </c>
+      <c r="B8" s="22">
+        <v>3177886</v>
+      </c>
+      <c r="C8" s="23" t="s">
+        <v>488</v>
+      </c>
+      <c r="D8" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E8" s="25">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="7">
         <v>9781399603577</v>
       </c>
-      <c r="B8" s="10">
+      <c r="B9" s="7">
         <v>3097869</v>
-      </c>
-[...15 lines deleted...]
-        <v>6951066</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="D9" s="21">
-        <v>13.5</v>
+      <c r="D9" s="15">
+        <v>21.5</v>
       </c>
       <c r="E9" s="9">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="10">
-        <v>9780571385126</v>
+        <v>9781786495259</v>
       </c>
       <c r="B10" s="10">
-        <v>3097585</v>
+        <v>6951066</v>
       </c>
       <c r="C10" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="D10" s="22">
-        <v>12.5</v>
+      <c r="D10" s="16">
+        <v>13.5</v>
       </c>
       <c r="E10" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="11" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C11" s="8" t="s">
+    <row r="11" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="18">
+        <v>9780571385157</v>
+      </c>
+      <c r="B11" s="18">
+        <v>1778927</v>
+      </c>
+      <c r="C11" s="19" t="s">
+        <v>489</v>
+      </c>
+      <c r="D11" s="20">
+        <v>11.5</v>
+      </c>
+      <c r="E11" s="21">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="22">
+        <v>9780571399925</v>
+      </c>
+      <c r="B12" s="22">
+        <v>1778870</v>
+      </c>
+      <c r="C12" s="23" t="s">
+        <v>490</v>
+      </c>
+      <c r="D12" s="24">
+        <v>16.5</v>
+      </c>
+      <c r="E12" s="25">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="7">
+        <v>9780593723715</v>
+      </c>
+      <c r="B13" s="7">
+        <v>1860461</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>491</v>
+      </c>
+      <c r="D13" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E13" s="9">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="10">
+        <v>9780007356348</v>
+      </c>
+      <c r="B14" s="10">
+        <v>7936770</v>
+      </c>
+      <c r="C14" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="D11" s="21">
-[...13 lines deleted...]
-      <c r="C12" s="11" t="s">
+      <c r="D14" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E14" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="18">
+        <v>9798217009305</v>
+      </c>
+      <c r="B15" s="18">
+        <v>1860950</v>
+      </c>
+      <c r="C15" s="19" t="s">
         <v>11</v>
       </c>
-      <c r="D12" s="22">
-[...13 lines deleted...]
-      <c r="C13" s="8" t="s">
+      <c r="D15" s="20">
+        <v>14.5</v>
+      </c>
+      <c r="E15" s="21">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="10">
+        <v>9780007200283</v>
+      </c>
+      <c r="B16" s="10">
+        <v>6610870</v>
+      </c>
+      <c r="C16" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="D13" s="21">
-[...57 lines deleted...]
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="D16" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E16" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A17" s="7">
         <v>9781035026081</v>
       </c>
       <c r="B17" s="7">
         <v>3097215</v>
       </c>
       <c r="C17" s="8" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D17" s="21">
+        <v>13</v>
+      </c>
+      <c r="D17" s="15">
         <v>13.5</v>
       </c>
       <c r="E17" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A18" s="10">
-        <v>9781405966122</v>
+        <v>9780385496490</v>
       </c>
       <c r="B18" s="10">
-        <v>3005280</v>
+        <v>5610770</v>
       </c>
       <c r="C18" s="11" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>14</v>
+      </c>
+      <c r="D18" s="16">
+        <v>9</v>
       </c>
       <c r="E18" s="12">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+        <v>24810</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="7">
         <v>9780241982105</v>
       </c>
       <c r="B19" s="7">
         <v>2680648</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D19" s="21">
+        <v>15</v>
+      </c>
+      <c r="D19" s="15">
         <v>14.5</v>
       </c>
       <c r="E19" s="9">
         <v>21600</v>
       </c>
     </row>
-    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A20" s="10">
-        <v>9780241988688</v>
+        <v>9780241993163</v>
       </c>
       <c r="B20" s="10">
-        <v>2386311</v>
+        <v>3041992</v>
       </c>
       <c r="C20" s="11" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D20" s="22">
+        <v>16</v>
+      </c>
+      <c r="D20" s="16">
         <v>13.5</v>
       </c>
       <c r="E20" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A21" s="7">
-        <v>9780241993163</v>
+        <v>9781529442427</v>
       </c>
       <c r="B21" s="7">
-        <v>3041992</v>
+        <v>3153277</v>
       </c>
       <c r="C21" s="8" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>17</v>
+      </c>
+      <c r="D21" s="15">
+        <v>14.5</v>
       </c>
       <c r="E21" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="22" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D22" s="22">
+    <row r="22" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="22">
+        <v>9781529442458</v>
+      </c>
+      <c r="B22" s="22">
+        <v>1855239</v>
+      </c>
+      <c r="C22" s="23" t="s">
+        <v>492</v>
+      </c>
+      <c r="D22" s="24">
         <v>14.5</v>
       </c>
-      <c r="E22" s="12">
-[...3 lines deleted...]
-    <row r="23" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E22" s="25">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" s="13" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="7">
         <v>9781529442397</v>
       </c>
       <c r="B23" s="7">
         <v>3127296</v>
       </c>
       <c r="C23" s="8" t="s">
-        <v>488</v>
-[...1 lines deleted...]
-      <c r="D23" s="21">
+        <v>18</v>
+      </c>
+      <c r="D23" s="15">
         <v>14.5</v>
       </c>
       <c r="E23" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="24" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="10">
-        <v>9781526687654</v>
+        <v>9781526657909</v>
       </c>
       <c r="B24" s="10">
-        <v>3101289</v>
+        <v>3145236</v>
       </c>
       <c r="C24" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="D24" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E24" s="12">
+        <v>25320</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="7">
+        <v>9781804994139</v>
+      </c>
+      <c r="B25" s="7">
+        <v>2997897</v>
+      </c>
+      <c r="C25" s="8" t="s">
         <v>20</v>
       </c>
-      <c r="D24" s="22">
+      <c r="D25" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E25" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="10">
+        <v>9781802062120</v>
+      </c>
+      <c r="B26" s="10">
+        <v>3131199</v>
+      </c>
+      <c r="C26" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="D26" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E26" s="12">
+        <v>27430</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="7">
+        <v>9781580627566</v>
+      </c>
+      <c r="B27" s="7">
+        <v>2113044</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D27" s="15">
+        <v>16.5</v>
+      </c>
+      <c r="E27" s="9">
+        <v>24830</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="10">
+        <v>9781398515628</v>
+      </c>
+      <c r="B28" s="10">
+        <v>2808834</v>
+      </c>
+      <c r="C28" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="D28" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E28" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="7">
+        <v>9780008736897</v>
+      </c>
+      <c r="B29" s="7">
+        <v>3155581</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D29" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E29" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="10">
+        <v>9780349433479</v>
+      </c>
+      <c r="B30" s="10">
+        <v>2902905</v>
+      </c>
+      <c r="C30" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="D30" s="16">
+        <v>12.5</v>
+      </c>
+      <c r="E30" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="7">
+        <v>9780349438016</v>
+      </c>
+      <c r="B31" s="7">
+        <v>3136731</v>
+      </c>
+      <c r="C31" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="D31" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E31" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="10">
+        <v>9780349437989</v>
+      </c>
+      <c r="B32" s="10">
+        <v>2951850</v>
+      </c>
+      <c r="C32" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D32" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E32" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="7">
+        <v>9780349437996</v>
+      </c>
+      <c r="B33" s="7">
+        <v>2996556</v>
+      </c>
+      <c r="C33" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="D33" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E33" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="10">
+        <v>9780349433455</v>
+      </c>
+      <c r="B34" s="10">
+        <v>2850939</v>
+      </c>
+      <c r="C34" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D34" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E34" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="7">
+        <v>9781398539211</v>
+      </c>
+      <c r="B35" s="7">
+        <v>3074702</v>
+      </c>
+      <c r="C35" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="D35" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E35" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="22">
+        <v>9781037202414</v>
+      </c>
+      <c r="B36" s="22">
+        <v>1879863</v>
+      </c>
+      <c r="C36" s="23" t="s">
+        <v>493</v>
+      </c>
+      <c r="D36" s="24">
         <v>19.5</v>
       </c>
-      <c r="E24" s="12">
-[...67 lines deleted...]
-      <c r="E28" s="12">
+      <c r="E36" s="25">
         <v>11300</v>
       </c>
     </row>
-    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
-[...135 lines deleted...]
-    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A37" s="7">
-        <v>9780349433455</v>
+        <v>9780385547512</v>
       </c>
       <c r="B37" s="7">
-        <v>2850939</v>
+        <v>3144641</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>31</v>
+      </c>
+      <c r="D37" s="15">
+        <v>34.5</v>
       </c>
       <c r="E37" s="9">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
+        <v>11600</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A38" s="10">
-        <v>9781398539211</v>
+        <v>9780099740919</v>
       </c>
       <c r="B38" s="10">
-        <v>3074702</v>
+        <v>2298759</v>
       </c>
       <c r="C38" s="11" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D38" s="22">
+        <v>32</v>
+      </c>
+      <c r="D38" s="16">
         <v>13.5</v>
       </c>
       <c r="E38" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A39" s="7">
-        <v>9780099740919</v>
+        <v>9781784708214</v>
       </c>
       <c r="B39" s="7">
-        <v>2298759</v>
+        <v>2002716</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D39" s="21">
+        <v>33</v>
+      </c>
+      <c r="D39" s="15">
         <v>13.5</v>
       </c>
       <c r="E39" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="40" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A40" s="10">
-        <v>9781784708214</v>
+        <v>9780140449334</v>
       </c>
       <c r="B40" s="10">
-        <v>2002716</v>
+        <v>2995029</v>
       </c>
       <c r="C40" s="11" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>34</v>
+      </c>
+      <c r="D40" s="16">
+        <v>11.5</v>
       </c>
       <c r="E40" s="12">
-        <v>21300</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>25230</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="7">
         <v>9780141199528</v>
       </c>
       <c r="B41" s="7">
         <v>2311674</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>35</v>
+      </c>
+      <c r="D41" s="15">
+        <v>11.5</v>
       </c>
       <c r="E41" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A42" s="10">
         <v>9780141199078</v>
       </c>
       <c r="B42" s="10">
         <v>2303957</v>
       </c>
       <c r="C42" s="11" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>36</v>
+      </c>
+      <c r="D42" s="16">
+        <v>11.5</v>
       </c>
       <c r="E42" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="43" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A43" s="7">
         <v>9781788545440</v>
       </c>
       <c r="B43" s="7">
         <v>2041780</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>37</v>
+      </c>
+      <c r="D43" s="15">
+        <v>11.5</v>
       </c>
       <c r="E43" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A44" s="10">
-        <v>9781398504967</v>
+        <v>9781398535169</v>
       </c>
       <c r="B44" s="10">
-        <v>3042885</v>
+        <v>3144762</v>
       </c>
       <c r="C44" s="11" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>38</v>
+      </c>
+      <c r="D44" s="16">
+        <v>19.5</v>
       </c>
       <c r="E44" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="45" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="14">
+    <row r="45" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="18">
+        <v>9781398516434</v>
+      </c>
+      <c r="B45" s="18">
+        <v>1880047</v>
+      </c>
+      <c r="C45" s="19" t="s">
+        <v>494</v>
+      </c>
+      <c r="D45" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E45" s="21">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="10">
         <v>9780753560143</v>
       </c>
-      <c r="B45" s="14">
+      <c r="B46" s="10">
         <v>3099250</v>
       </c>
-      <c r="C45" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D45" s="23">
+      <c r="C46" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="D46" s="16">
         <v>14.5</v>
       </c>
-      <c r="E45" s="16">
+      <c r="E46" s="12">
         <v>25590</v>
       </c>
     </row>
-    <row r="46" spans="1:5" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D46" s="22">
+    <row r="47" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="7">
+        <v>9781538777121</v>
+      </c>
+      <c r="B47" s="7">
+        <v>3147420</v>
+      </c>
+      <c r="C47" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D47" s="15">
         <v>18.5</v>
       </c>
-      <c r="E46" s="12">
+      <c r="E47" s="9">
         <v>11200</v>
       </c>
     </row>
-    <row r="47" spans="1:5" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-    <row r="48" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A48" s="10">
-        <v>9780571370832</v>
+        <v>9781035015801</v>
       </c>
       <c r="B48" s="10">
-        <v>3107664</v>
+        <v>3145915</v>
       </c>
       <c r="C48" s="11" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D48" s="22">
+        <v>41</v>
+      </c>
+      <c r="D48" s="16">
         <v>13.5</v>
       </c>
       <c r="E48" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="49" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A49" s="7">
-        <v>9780241999844</v>
+        <v>9781035035953</v>
       </c>
       <c r="B49" s="7">
-        <v>3098547</v>
+        <v>3145908</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>42</v>
+      </c>
+      <c r="D49" s="15">
+        <v>19.5</v>
       </c>
       <c r="E49" s="9">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="10">
+        <v>9780141032948</v>
+      </c>
+      <c r="B50" s="10">
+        <v>2954206</v>
+      </c>
+      <c r="C50" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="D50" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E50" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="7">
+        <v>9781473227989</v>
+      </c>
+      <c r="B51" s="7">
+        <v>2232800</v>
+      </c>
+      <c r="C51" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D51" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E51" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="50" spans="1:5" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-      <c r="A51" s="7">
+    <row r="52" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="10">
         <v>9781529146523</v>
       </c>
-      <c r="B51" s="7">
+      <c r="B52" s="10">
         <v>3139068</v>
       </c>
-      <c r="C51" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D51" s="21">
+      <c r="C52" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="D52" s="16">
         <v>14.5</v>
       </c>
-      <c r="E51" s="9">
+      <c r="E52" s="12">
         <v>27850</v>
       </c>
     </row>
-    <row r="52" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="10">
+    <row r="53" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="7">
         <v>9780143111061</v>
       </c>
-      <c r="B52" s="10">
+      <c r="B53" s="7">
         <v>2174962</v>
       </c>
-      <c r="C52" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D52" s="22">
+      <c r="C53" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D53" s="15">
         <v>12.5</v>
       </c>
-      <c r="E52" s="12">
+      <c r="E53" s="9">
         <v>11110</v>
       </c>
     </row>
-    <row r="53" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-    <row r="54" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A54" s="10">
-        <v>9781471407277</v>
+        <v>9780394711034</v>
       </c>
       <c r="B54" s="10">
-        <v>7222602</v>
+        <v>2928249</v>
       </c>
       <c r="C54" s="11" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>47</v>
+      </c>
+      <c r="D54" s="16">
+        <v>16.5</v>
       </c>
       <c r="E54" s="12">
-        <v>22500</v>
-[...19 lines deleted...]
-    <row r="56" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A55" s="18">
+        <v>9780349441375</v>
+      </c>
+      <c r="B55" s="18">
+        <v>1674838</v>
+      </c>
+      <c r="C55" s="19" t="s">
+        <v>495</v>
+      </c>
+      <c r="D55" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E55" s="21">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A56" s="10">
         <v>9780349435701</v>
       </c>
       <c r="B56" s="10">
         <v>2934747</v>
       </c>
       <c r="C56" s="11" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="D56" s="22">
+        <v>48</v>
+      </c>
+      <c r="D56" s="16">
         <v>13.5</v>
       </c>
       <c r="E56" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="57" spans="1:5" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-    <row r="58" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:5" ht="19.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="18">
+        <v>9780008623241</v>
+      </c>
+      <c r="B57" s="18">
+        <v>1864777</v>
+      </c>
+      <c r="C57" s="19" t="s">
+        <v>496</v>
+      </c>
+      <c r="D57" s="20">
+        <v>14.5</v>
+      </c>
+      <c r="E57" s="21">
+        <v>27810</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A58" s="10">
-        <v>9781250406569</v>
+        <v>9781835011478</v>
       </c>
       <c r="B58" s="10">
-        <v>3103282</v>
+        <v>3140018</v>
       </c>
       <c r="C58" s="11" t="s">
         <v>49</v>
       </c>
-      <c r="D58" s="22">
-        <v>20.5</v>
+      <c r="D58" s="16">
+        <v>13.5</v>
       </c>
       <c r="E58" s="12">
-        <v>11300</v>
-[...19 lines deleted...]
-    <row r="60" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" s="13" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A59" s="7">
+        <v>9781526662286</v>
+      </c>
+      <c r="B59" s="7">
+        <v>3042607</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D59" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E59" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A60" s="10">
-        <v>9781529160598</v>
+        <v>9780006546061</v>
       </c>
       <c r="B60" s="10">
-        <v>2939937</v>
+        <v>6679269</v>
       </c>
       <c r="C60" s="11" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D60" s="22">
+        <v>51</v>
+      </c>
+      <c r="D60" s="16">
+        <v>9.5</v>
+      </c>
+      <c r="E60" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A61" s="7">
+        <v>9781399726368</v>
+      </c>
+      <c r="B61" s="7">
+        <v>3099384</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D61" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E61" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A62" s="10">
+        <v>9781398719484</v>
+      </c>
+      <c r="B62" s="10">
+        <v>2988486</v>
+      </c>
+      <c r="C62" s="11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D62" s="16">
+        <v>14</v>
+      </c>
+      <c r="E62" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A63" s="7">
+        <v>9781408898956</v>
+      </c>
+      <c r="B63" s="7">
+        <v>1402897</v>
+      </c>
+      <c r="C63" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D63" s="15">
         <v>14.5</v>
       </c>
-      <c r="E60" s="12">
-[...49 lines deleted...]
-      </c>
       <c r="E63" s="9">
-        <v>21110</v>
-[...19 lines deleted...]
-    <row r="65" spans="1:5" x14ac:dyDescent="0.25">
+        <v>25520</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="22">
+        <v>9781526685551</v>
+      </c>
+      <c r="B64" s="22">
+        <v>1765728</v>
+      </c>
+      <c r="C64" s="23" t="s">
+        <v>55</v>
+      </c>
+      <c r="D64" s="24">
+        <v>14.5</v>
+      </c>
+      <c r="E64" s="25">
+        <v>24810</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A65" s="7">
-        <v>9781399726368</v>
+        <v>9780356522081</v>
       </c>
       <c r="B65" s="7">
-        <v>3099384</v>
+        <v>3144040</v>
       </c>
       <c r="C65" s="8" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D65" s="21">
+        <v>56</v>
+      </c>
+      <c r="D65" s="15">
         <v>13.5</v>
       </c>
       <c r="E65" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="66" spans="1:5" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-    <row r="67" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A66" s="22">
+        <v>9780008695866</v>
+      </c>
+      <c r="B66" s="22">
+        <v>1864939</v>
+      </c>
+      <c r="C66" s="23" t="s">
+        <v>497</v>
+      </c>
+      <c r="D66" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E66" s="25">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A67" s="7">
-        <v>9781408898956</v>
+        <v>9781804992227</v>
       </c>
       <c r="B67" s="7">
-        <v>1402897</v>
+        <v>2997895</v>
       </c>
       <c r="C67" s="8" t="s">
         <v>57</v>
       </c>
-      <c r="D67" s="21">
-        <v>13.5</v>
+      <c r="D67" s="15">
+        <v>14.5</v>
       </c>
       <c r="E67" s="9">
-        <v>25520</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21600</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A68" s="10">
-        <v>9781526685599</v>
+        <v>9781035070879</v>
       </c>
       <c r="B68" s="10">
-        <v>3097416</v>
+        <v>3145905</v>
       </c>
       <c r="C68" s="11" t="s">
         <v>58</v>
       </c>
-      <c r="D68" s="22">
-        <v>19.5</v>
+      <c r="D68" s="16">
+        <v>20.5</v>
       </c>
       <c r="E68" s="12">
-        <v>15220</v>
-[...15 lines deleted...]
-      <c r="E69" s="16">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A69" s="7">
+        <v>9781035051656</v>
+      </c>
+      <c r="B69" s="7">
+        <v>3145928</v>
+      </c>
+      <c r="C69" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="D69" s="15">
+        <v>20.5</v>
+      </c>
+      <c r="E69" s="9">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="10">
+        <v>9781035040957</v>
+      </c>
+      <c r="B70" s="10">
+        <v>3007487</v>
+      </c>
+      <c r="C70" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="D70" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E70" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="70" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-    <row r="71" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A71" s="7">
-        <v>9781804992227</v>
+        <v>9780141198859</v>
       </c>
       <c r="B71" s="7">
-        <v>2997895</v>
+        <v>2301768</v>
       </c>
       <c r="C71" s="8" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>61</v>
+      </c>
+      <c r="D71" s="15">
+        <v>11.5</v>
       </c>
       <c r="E71" s="9">
-        <v>21600</v>
-[...19 lines deleted...]
-    <row r="73" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A72" s="10">
+        <v>9780141199085</v>
+      </c>
+      <c r="B72" s="10">
+        <v>2304015</v>
+      </c>
+      <c r="C72" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D72" s="16">
+        <v>12.5</v>
+      </c>
+      <c r="E72" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A73" s="7">
-        <v>9781035040957</v>
+        <v>9780385546898</v>
       </c>
       <c r="B73" s="7">
-        <v>3007487</v>
+        <v>3140724</v>
       </c>
       <c r="C73" s="8" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>63</v>
+      </c>
+      <c r="D73" s="15">
+        <v>32.5</v>
       </c>
       <c r="E73" s="9">
-        <v>21300</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:5" x14ac:dyDescent="0.25">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A74" s="10">
-        <v>9781035050734</v>
+        <v>9781804992395</v>
       </c>
       <c r="B74" s="10">
-        <v>3145933</v>
+        <v>3099363</v>
       </c>
       <c r="C74" s="11" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="D74" s="22">
+        <v>64</v>
+      </c>
+      <c r="D74" s="16">
         <v>13.5</v>
       </c>
       <c r="E74" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="75" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A75" s="7">
-        <v>9781472273079</v>
+        <v>9781444758993</v>
       </c>
       <c r="B75" s="7">
-        <v>3099422</v>
+        <v>2086222</v>
       </c>
       <c r="C75" s="8" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>65</v>
+      </c>
+      <c r="D75" s="15">
+        <v>14.5</v>
       </c>
       <c r="E75" s="9">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A76" s="10">
-        <v>9780141198859</v>
+        <v>9781788164290</v>
       </c>
       <c r="B76" s="10">
-        <v>2301768</v>
+        <v>2418547</v>
       </c>
       <c r="C76" s="11" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>66</v>
+      </c>
+      <c r="D76" s="16">
+        <v>25</v>
       </c>
       <c r="E76" s="12">
-        <v>21110</v>
-[...15 lines deleted...]
-      <c r="E77" s="16">
+        <v>14810</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="7">
+        <v>9780679720201</v>
+      </c>
+      <c r="B77" s="7">
+        <v>2163271</v>
+      </c>
+      <c r="C77" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D77" s="15">
+        <v>16.5</v>
+      </c>
+      <c r="E77" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A78" s="10">
+        <v>9781638932468</v>
+      </c>
+      <c r="B78" s="10">
+        <v>3106066</v>
+      </c>
+      <c r="C78" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="D78" s="16">
+        <v>19</v>
+      </c>
+      <c r="E78" s="12">
         <v>11110</v>
       </c>
     </row>
-    <row r="78" spans="1:5" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E78" s="12">
+    <row r="79" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A79" s="7">
+        <v>9781439199190</v>
+      </c>
+      <c r="B79" s="7">
+        <v>6066828</v>
+      </c>
+      <c r="C79" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D79" s="15">
+        <v>11.5</v>
+      </c>
+      <c r="E79" s="9">
+        <v>24810</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A80" s="22">
+        <v>9781035044573</v>
+      </c>
+      <c r="B80" s="22">
+        <v>1864556</v>
+      </c>
+      <c r="C80" s="23" t="s">
+        <v>498</v>
+      </c>
+      <c r="D80" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E80" s="25">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A81" s="7">
+        <v>9781805226086</v>
+      </c>
+      <c r="B81" s="7">
+        <v>3140898</v>
+      </c>
+      <c r="C81" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D81" s="15">
+        <v>11.5</v>
+      </c>
+      <c r="E81" s="9">
+        <v>11200</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A82" s="10">
+        <v>9781035408221</v>
+      </c>
+      <c r="B82" s="10">
+        <v>3131304</v>
+      </c>
+      <c r="C82" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="D82" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E82" s="12">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="18">
+        <v>9781804993682</v>
+      </c>
+      <c r="B83" s="18">
+        <v>1854461</v>
+      </c>
+      <c r="C83" s="19" t="s">
+        <v>72</v>
+      </c>
+      <c r="D83" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E83" s="21">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A84" s="10">
+        <v>9780857505620</v>
+      </c>
+      <c r="B84" s="10">
+        <v>3138794</v>
+      </c>
+      <c r="C84" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="D84" s="16">
+        <v>20.5</v>
+      </c>
+      <c r="E84" s="12">
+        <v>11200</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A85" s="7">
+        <v>9780241973523</v>
+      </c>
+      <c r="B85" s="7">
+        <v>2278353</v>
+      </c>
+      <c r="C85" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D85" s="15">
+        <v>12.5</v>
+      </c>
+      <c r="E85" s="9">
+        <v>27430</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A86" s="10">
+        <v>9780007136834</v>
+      </c>
+      <c r="B86" s="10">
+        <v>5629756</v>
+      </c>
+      <c r="C86" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="D86" s="16">
+        <v>9.5</v>
+      </c>
+      <c r="E86" s="12">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="7">
+        <v>9780063136892</v>
+      </c>
+      <c r="B87" s="7">
+        <v>2605092</v>
+      </c>
+      <c r="C87" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D87" s="15">
+        <v>18.5</v>
+      </c>
+      <c r="E87" s="9">
+        <v>14810</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A88" s="10">
+        <v>9781529001457</v>
+      </c>
+      <c r="B88" s="10">
+        <v>3145907</v>
+      </c>
+      <c r="C88" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="D88" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E88" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="79" spans="1:5" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D79" s="23">
+    <row r="89" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A89" s="7">
+        <v>9781526622433</v>
+      </c>
+      <c r="B89" s="7">
+        <v>2408011</v>
+      </c>
+      <c r="C89" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D89" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E89" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="10">
+        <v>9780593189641</v>
+      </c>
+      <c r="B90" s="10">
+        <v>2795714</v>
+      </c>
+      <c r="C90" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="D90" s="16">
+        <v>21.5</v>
+      </c>
+      <c r="E90" s="12">
+        <v>17850</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="7">
+        <v>9781538775028</v>
+      </c>
+      <c r="B91" s="7">
+        <v>3147419</v>
+      </c>
+      <c r="C91" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D91" s="15">
         <v>20.5</v>
       </c>
-      <c r="E79" s="16">
-[...67 lines deleted...]
-      <c r="E83" s="9">
+      <c r="E91" s="9">
+        <v>11200</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="10">
+        <v>9781804943434</v>
+      </c>
+      <c r="B92" s="10">
+        <v>3139085</v>
+      </c>
+      <c r="C92" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="D92" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E92" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="84" spans="1:5" x14ac:dyDescent="0.25">
-[...152 lines deleted...]
-    <row r="93" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A93" s="7">
-        <v>9781804943410</v>
+        <v>9781405962414</v>
       </c>
       <c r="B93" s="7">
-        <v>3044627</v>
+        <v>3143886</v>
       </c>
       <c r="C93" s="8" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="D93" s="21">
+        <v>81</v>
+      </c>
+      <c r="D93" s="15">
         <v>13.5</v>
       </c>
       <c r="E93" s="9">
-        <v>21200</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A94" s="10">
         <v>9780062355300</v>
       </c>
       <c r="B94" s="10">
         <v>5761492</v>
       </c>
       <c r="C94" s="11" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="D94" s="22">
+        <v>82</v>
+      </c>
+      <c r="D94" s="16">
         <v>9.5</v>
       </c>
       <c r="E94" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="95" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A95" s="7">
         <v>9781405955317</v>
       </c>
       <c r="B95" s="7">
         <v>2880893</v>
       </c>
       <c r="C95" s="8" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="D95" s="21">
+        <v>83</v>
+      </c>
+      <c r="D95" s="15">
         <v>13.5</v>
       </c>
       <c r="E95" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="96" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A96" s="10">
-        <v>9781405962964</v>
+        <v>9780702340574</v>
       </c>
       <c r="B96" s="10">
-        <v>2997445</v>
+        <v>3094787</v>
       </c>
       <c r="C96" s="11" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>84</v>
+      </c>
+      <c r="D96" s="16">
+        <v>25.5</v>
       </c>
       <c r="E96" s="12">
-        <v>21110</v>
-[...19 lines deleted...]
-    <row r="98" spans="1:5" x14ac:dyDescent="0.25">
+        <v>12500</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" ht="22.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="7">
+        <v>9781398719071</v>
+      </c>
+      <c r="B97" s="7">
+        <v>3144157</v>
+      </c>
+      <c r="C97" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="D97" s="15">
+        <v>21.5</v>
+      </c>
+      <c r="E97" s="9">
+        <v>11200</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A98" s="10">
-        <v>9780702340574</v>
+        <v>9781398716728</v>
       </c>
       <c r="B98" s="10">
-        <v>3094787</v>
+        <v>3097864</v>
       </c>
       <c r="C98" s="11" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>26.5</v>
+        <v>86</v>
+      </c>
+      <c r="D98" s="16">
+        <v>13.5</v>
       </c>
       <c r="E98" s="12">
-        <v>12500</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:5" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" ht="29.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A99" s="7">
-        <v>9781398719033</v>
+        <v>9780061339202</v>
       </c>
       <c r="B99" s="7">
-        <v>3097868</v>
+        <v>2568041</v>
       </c>
       <c r="C99" s="8" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>87</v>
+      </c>
+      <c r="D99" s="15">
+        <v>8.5</v>
       </c>
       <c r="E99" s="9">
-        <v>21200</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>25340</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A100" s="10">
-        <v>9780753559178</v>
+        <v>9780571377961</v>
       </c>
       <c r="B100" s="10">
-        <v>2997848</v>
+        <v>3097586</v>
       </c>
       <c r="C100" s="11" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>88</v>
+      </c>
+      <c r="D100" s="16">
+        <v>13.5</v>
       </c>
       <c r="E100" s="12">
-        <v>26100</v>
-[...15 lines deleted...]
-      <c r="E101" s="16">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A101" s="7">
+        <v>9780375703768</v>
+      </c>
+      <c r="B101" s="7">
+        <v>4227328</v>
+      </c>
+      <c r="C101" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="D101" s="15">
+        <v>29.5</v>
+      </c>
+      <c r="E101" s="9">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="10">
+        <v>9781524747718</v>
+      </c>
+      <c r="B102" s="10">
+        <v>3152478</v>
+      </c>
+      <c r="C102" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="D102" s="16">
+        <v>39.5</v>
+      </c>
+      <c r="E102" s="12">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A103" s="7">
+        <v>9781804187982</v>
+      </c>
+      <c r="B103" s="7">
+        <v>3098703</v>
+      </c>
+      <c r="C103" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="D103" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E103" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="102" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
-[...33 lines deleted...]
-    <row r="104" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A104" s="10">
-        <v>9781405968683</v>
+        <v>9780241408407</v>
       </c>
       <c r="B104" s="10">
-        <v>3046827</v>
+        <v>2757862</v>
       </c>
       <c r="C104" s="11" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="D104" s="22">
+        <v>92</v>
+      </c>
+      <c r="D104" s="16">
         <v>13.5</v>
       </c>
       <c r="E104" s="12">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:5" s="13" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+        <v>27430</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A105" s="7">
-        <v>9780061339202</v>
+        <v>9781464227660</v>
       </c>
       <c r="B105" s="7">
-        <v>2568041</v>
+        <v>3084995</v>
       </c>
       <c r="C105" s="8" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>8.5</v>
+        <v>93</v>
+      </c>
+      <c r="D105" s="15">
+        <v>13.5</v>
       </c>
       <c r="E105" s="9">
-        <v>25340</v>
-[...19 lines deleted...]
-    <row r="107" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="22">
+        <v>9798217191987</v>
+      </c>
+      <c r="B106" s="22">
+        <v>1849409</v>
+      </c>
+      <c r="C106" s="23" t="s">
+        <v>499</v>
+      </c>
+      <c r="D106" s="24">
+        <v>22.5</v>
+      </c>
+      <c r="E106" s="25">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A107" s="7">
-        <v>9780375703768</v>
+        <v>9780062343963</v>
       </c>
       <c r="B107" s="7">
-        <v>4227328</v>
+        <v>9670220</v>
       </c>
       <c r="C107" s="8" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>30.5</v>
+        <v>94</v>
+      </c>
+      <c r="D107" s="15">
+        <v>9.5</v>
       </c>
       <c r="E107" s="9">
+        <v>24810</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A108" s="10">
+        <v>9780140449136</v>
+      </c>
+      <c r="B108" s="10">
+        <v>8043310</v>
+      </c>
+      <c r="C108" s="11" t="s">
+        <v>95</v>
+      </c>
+      <c r="D108" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E108" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A109" s="7">
+        <v>9780241252086</v>
+      </c>
+      <c r="B109" s="7">
+        <v>3182077</v>
+      </c>
+      <c r="C109" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="D109" s="15">
+        <v>6.5</v>
+      </c>
+      <c r="E109" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A110" s="10">
+        <v>9780593641965</v>
+      </c>
+      <c r="B110" s="10">
+        <v>2995040</v>
+      </c>
+      <c r="C110" s="11" t="s">
+        <v>97</v>
+      </c>
+      <c r="D110" s="16">
+        <v>17.5</v>
+      </c>
+      <c r="E110" s="12">
         <v>11110</v>
       </c>
     </row>
-    <row r="108" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
-[...50 lines deleted...]
-    <row r="111" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A111" s="7">
-        <v>9781464227660</v>
+        <v>9780593642009</v>
       </c>
       <c r="B111" s="7">
-        <v>3084995</v>
+        <v>3020329</v>
       </c>
       <c r="C111" s="8" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="D111" s="21">
+        <v>98</v>
+      </c>
+      <c r="D111" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E111" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A112" s="10">
+        <v>9780593641972</v>
+      </c>
+      <c r="B112" s="10">
+        <v>3014516</v>
+      </c>
+      <c r="C112" s="11" t="s">
+        <v>99</v>
+      </c>
+      <c r="D112" s="16">
+        <v>18.5</v>
+      </c>
+      <c r="E112" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A113" s="7">
+        <v>9780593816578</v>
+      </c>
+      <c r="B113" s="7">
+        <v>3045899</v>
+      </c>
+      <c r="C113" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="D113" s="15">
         <v>12.5</v>
       </c>
-      <c r="E111" s="9">
-[...32 lines deleted...]
-      </c>
       <c r="E113" s="9">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A114" s="10">
-        <v>9780593641965</v>
+        <v>9780593642016</v>
       </c>
       <c r="B114" s="10">
-        <v>2995040</v>
+        <v>3026648</v>
       </c>
       <c r="C114" s="11" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>18.5</v>
+        <v>101</v>
+      </c>
+      <c r="D114" s="16">
+        <v>12.5</v>
       </c>
       <c r="E114" s="12">
         <v>11110</v>
       </c>
     </row>
-    <row r="115" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A115" s="7">
-        <v>9780593642009</v>
+        <v>9780593642023</v>
       </c>
       <c r="B115" s="7">
-        <v>3020329</v>
+        <v>3041812</v>
       </c>
       <c r="C115" s="8" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="D115" s="21">
+        <v>102</v>
+      </c>
+      <c r="D115" s="15">
         <v>13.5</v>
       </c>
       <c r="E115" s="9">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:5" x14ac:dyDescent="0.25">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A116" s="10">
-        <v>9780593641972</v>
+        <v>9780349435756</v>
       </c>
       <c r="B116" s="10">
-        <v>3014516</v>
+        <v>2902910</v>
       </c>
       <c r="C116" s="11" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="D116" s="22">
+        <v>103</v>
+      </c>
+      <c r="D116" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E116" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A117" s="7">
+        <v>9781607102113</v>
+      </c>
+      <c r="B117" s="7">
+        <v>2449048</v>
+      </c>
+      <c r="C117" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="D117" s="15">
+        <v>24</v>
+      </c>
+      <c r="E117" s="9">
+        <v>11200</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A118" s="10">
+        <v>9781786583949</v>
+      </c>
+      <c r="B118" s="10">
+        <v>3145949</v>
+      </c>
+      <c r="C118" s="11" t="s">
+        <v>105</v>
+      </c>
+      <c r="D118" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E118" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="119" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A119" s="7">
+        <v>9781035042340</v>
+      </c>
+      <c r="B119" s="7">
+        <v>3097232</v>
+      </c>
+      <c r="C119" s="8" t="s">
+        <v>106</v>
+      </c>
+      <c r="D119" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E119" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="120" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A120" s="10">
+        <v>9781472139955</v>
+      </c>
+      <c r="B120" s="10">
+        <v>7785828</v>
+      </c>
+      <c r="C120" s="11" t="s">
+        <v>107</v>
+      </c>
+      <c r="D120" s="16">
+        <v>16.5</v>
+      </c>
+      <c r="E120" s="12">
+        <v>24810</v>
+      </c>
+    </row>
+    <row r="121" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A121" s="7">
+        <v>9781529405231</v>
+      </c>
+      <c r="B121" s="7">
+        <v>2331508</v>
+      </c>
+      <c r="C121" s="8" t="s">
+        <v>108</v>
+      </c>
+      <c r="D121" s="15">
+        <v>16.5</v>
+      </c>
+      <c r="E121" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A122" s="10">
+        <v>9781250420466</v>
+      </c>
+      <c r="B122" s="10">
+        <v>3170642</v>
+      </c>
+      <c r="C122" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="D122" s="16">
+        <v>13</v>
+      </c>
+      <c r="E122" s="12">
+        <v>24810</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A123" s="7">
+        <v>9781785044762</v>
+      </c>
+      <c r="B123" s="7">
+        <v>3003218</v>
+      </c>
+      <c r="C123" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="D123" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E123" s="9">
+        <v>24810</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A124" s="10">
+        <v>9781399635479</v>
+      </c>
+      <c r="B124" s="10">
+        <v>1675940</v>
+      </c>
+      <c r="C124" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="D124" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E124" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A125" s="7">
+        <v>9781399622752</v>
+      </c>
+      <c r="B125" s="7">
+        <v>3123749</v>
+      </c>
+      <c r="C125" s="8" t="s">
+        <v>112</v>
+      </c>
+      <c r="D125" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E125" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="126" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A126" s="10">
+        <v>9780345409874</v>
+      </c>
+      <c r="B126" s="10">
+        <v>2029030</v>
+      </c>
+      <c r="C126" s="11" t="s">
+        <v>113</v>
+      </c>
+      <c r="D126" s="16">
+        <v>10.5</v>
+      </c>
+      <c r="E126" s="12">
+        <v>24720</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A127" s="7">
+        <v>9780008485160</v>
+      </c>
+      <c r="B127" s="7">
+        <v>2885193</v>
+      </c>
+      <c r="C127" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="D127" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E127" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A128" s="10">
+        <v>9780241984994</v>
+      </c>
+      <c r="B128" s="10">
+        <v>1586351</v>
+      </c>
+      <c r="C128" s="11" t="s">
+        <v>115</v>
+      </c>
+      <c r="D128" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E128" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A129" s="7">
+        <v>9798217007394</v>
+      </c>
+      <c r="B129" s="7">
+        <v>3101352</v>
+      </c>
+      <c r="C129" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="D129" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E129" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A130" s="10">
+        <v>9781529114829</v>
+      </c>
+      <c r="B130" s="10">
+        <v>2896063</v>
+      </c>
+      <c r="C130" s="11" t="s">
+        <v>500</v>
+      </c>
+      <c r="D130" s="16">
+        <v>16.5</v>
+      </c>
+      <c r="E130" s="12">
+        <v>27440</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A131" s="7">
+        <v>9780356519227</v>
+      </c>
+      <c r="B131" s="7">
+        <v>3144050</v>
+      </c>
+      <c r="C131" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="D131" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E131" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A132" s="10">
+        <v>9780356519142</v>
+      </c>
+      <c r="B132" s="10">
+        <v>2941010</v>
+      </c>
+      <c r="C132" s="11" t="s">
+        <v>118</v>
+      </c>
+      <c r="D132" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E132" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A133" s="7">
+        <v>9780553277456</v>
+      </c>
+      <c r="B133" s="7">
+        <v>4931432</v>
+      </c>
+      <c r="C133" s="8" t="s">
+        <v>119</v>
+      </c>
+      <c r="D133" s="15">
+        <v>9.5</v>
+      </c>
+      <c r="E133" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A134" s="10">
+        <v>9780241341469</v>
+      </c>
+      <c r="B134" s="10">
+        <v>9781340</v>
+      </c>
+      <c r="C134" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="D134" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E134" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A135" s="7">
+        <v>9781529442342</v>
+      </c>
+      <c r="B135" s="7">
+        <v>3139490</v>
+      </c>
+      <c r="C135" s="8" t="s">
+        <v>121</v>
+      </c>
+      <c r="D135" s="15">
+        <v>31.5</v>
+      </c>
+      <c r="E135" s="9">
+        <v>11200</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A136" s="10">
+        <v>9781405934138</v>
+      </c>
+      <c r="B136" s="10">
+        <v>7646909</v>
+      </c>
+      <c r="C136" s="11" t="s">
+        <v>122</v>
+      </c>
+      <c r="D136" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E136" s="12">
+        <v>21400</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A137" s="7">
+        <v>9781405948425</v>
+      </c>
+      <c r="B137" s="7">
+        <v>3098622</v>
+      </c>
+      <c r="C137" s="8" t="s">
+        <v>123</v>
+      </c>
+      <c r="D137" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E137" s="9">
+        <v>21400</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A138" s="10">
+        <v>9781529094893</v>
+      </c>
+      <c r="B138" s="10">
+        <v>3097224</v>
+      </c>
+      <c r="C138" s="11" t="s">
+        <v>124</v>
+      </c>
+      <c r="D138" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E138" s="12">
+        <v>21600</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A139" s="7">
+        <v>9780060853983</v>
+      </c>
+      <c r="B139" s="7">
+        <v>5910439</v>
+      </c>
+      <c r="C139" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="D139" s="15">
+        <v>8.5</v>
+      </c>
+      <c r="E139" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A140" s="10">
+        <v>9781408723791</v>
+      </c>
+      <c r="B140" s="10">
+        <v>3144044</v>
+      </c>
+      <c r="C140" s="11" t="s">
+        <v>126</v>
+      </c>
+      <c r="D140" s="16">
+        <v>24.5</v>
+      </c>
+      <c r="E140" s="12">
+        <v>11200</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A141" s="7">
+        <v>9781399631334</v>
+      </c>
+      <c r="B141" s="7">
+        <v>3137679</v>
+      </c>
+      <c r="C141" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="D141" s="15">
+        <v>21.5</v>
+      </c>
+      <c r="E141" s="9">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A142" s="10">
+        <v>9781399633888</v>
+      </c>
+      <c r="B142" s="10">
+        <v>1814958</v>
+      </c>
+      <c r="C142" s="11" t="s">
+        <v>128</v>
+      </c>
+      <c r="D142" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E142" s="12">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A143" s="7">
+        <v>9781250095268</v>
+      </c>
+      <c r="B143" s="7">
+        <v>2283415</v>
+      </c>
+      <c r="C143" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="D143" s="15">
+        <v>12.5</v>
+      </c>
+      <c r="E143" s="9">
+        <v>12500</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A144" s="10">
+        <v>9781399633895</v>
+      </c>
+      <c r="B144" s="10">
+        <v>1814966</v>
+      </c>
+      <c r="C144" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="D144" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E144" s="12">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A145" s="7">
+        <v>9781399633871</v>
+      </c>
+      <c r="B145" s="7">
+        <v>1814940</v>
+      </c>
+      <c r="C145" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="D145" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E145" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A146" s="10">
+        <v>9781786330895</v>
+      </c>
+      <c r="B146" s="10">
+        <v>2603812</v>
+      </c>
+      <c r="C146" s="11" t="s">
+        <v>132</v>
+      </c>
+      <c r="D146" s="16">
         <v>19.5</v>
       </c>
-      <c r="E116" s="12">
-[...84 lines deleted...]
-      <c r="E121" s="9">
+      <c r="E146" s="12">
+        <v>14810</v>
+      </c>
+    </row>
+    <row r="147" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A147" s="7">
+        <v>9781804947432</v>
+      </c>
+      <c r="B147" s="7">
+        <v>3139084</v>
+      </c>
+      <c r="C147" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="D147" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E147" s="9">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A148" s="10">
+        <v>9781804990926</v>
+      </c>
+      <c r="B148" s="10">
+        <v>2895995</v>
+      </c>
+      <c r="C148" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="D148" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E148" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A149" s="7">
+        <v>9780593493588</v>
+      </c>
+      <c r="B149" s="7">
+        <v>3147613</v>
+      </c>
+      <c r="C149" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="D149" s="15">
+        <v>19.5</v>
+      </c>
+      <c r="E149" s="9">
         <v>11200</v>
       </c>
     </row>
-    <row r="122" spans="1:5" x14ac:dyDescent="0.25">
-[...46 lines deleted...]
-      <c r="E124" s="19">
+    <row r="150" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A150" s="10">
+        <v>9780441569595</v>
+      </c>
+      <c r="B150" s="10">
+        <v>5291917</v>
+      </c>
+      <c r="C150" s="11" t="s">
+        <v>136</v>
+      </c>
+      <c r="D150" s="16">
+        <v>10</v>
+      </c>
+      <c r="E150" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="125" spans="1:5" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E125" s="9">
+    <row r="151" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A151" s="7">
+        <v>9781526654588</v>
+      </c>
+      <c r="B151" s="7">
+        <v>3153934</v>
+      </c>
+      <c r="C151" s="8" t="s">
+        <v>137</v>
+      </c>
+      <c r="D151" s="15">
+        <v>19.5</v>
+      </c>
+      <c r="E151" s="9">
+        <v>14810</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A152" s="10">
+        <v>9780356522975</v>
+      </c>
+      <c r="B152" s="10">
+        <v>3098085</v>
+      </c>
+      <c r="C152" s="11" t="s">
+        <v>138</v>
+      </c>
+      <c r="D152" s="16">
+        <v>20.5</v>
+      </c>
+      <c r="E152" s="12">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A153" s="7">
+        <v>9780356519494</v>
+      </c>
+      <c r="B153" s="7">
+        <v>2995064</v>
+      </c>
+      <c r="C153" s="8" t="s">
+        <v>139</v>
+      </c>
+      <c r="D153" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E153" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="126" spans="1:5" x14ac:dyDescent="0.25">
-[...29 lines deleted...]
-      <c r="E127" s="9">
+    <row r="154" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A154" s="10">
+        <v>9780356519500</v>
+      </c>
+      <c r="B154" s="10">
+        <v>3013056</v>
+      </c>
+      <c r="C154" s="11" t="s">
+        <v>140</v>
+      </c>
+      <c r="D154" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E154" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="128" spans="1:5" s="13" customFormat="1" ht="30" x14ac:dyDescent="0.25">
-[...332 lines deleted...]
-      <c r="D147" s="23">
+    <row r="155" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A155" s="7">
+        <v>9780008641580</v>
+      </c>
+      <c r="B155" s="7">
+        <v>3003790</v>
+      </c>
+      <c r="C155" s="8" t="s">
+        <v>141</v>
+      </c>
+      <c r="D155" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E155" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="156" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A156" s="10">
+        <v>9780008728090</v>
+      </c>
+      <c r="B156" s="10">
+        <v>3124447</v>
+      </c>
+      <c r="C156" s="11" t="s">
+        <v>142</v>
+      </c>
+      <c r="D156" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E156" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="157" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A157" s="7">
+        <v>9780008610678</v>
+      </c>
+      <c r="B157" s="7">
+        <v>2999511</v>
+      </c>
+      <c r="C157" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="D157" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E157" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="158" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A158" s="10">
+        <v>9780008713348</v>
+      </c>
+      <c r="B158" s="10">
+        <v>3103432</v>
+      </c>
+      <c r="C158" s="11" t="s">
+        <v>144</v>
+      </c>
+      <c r="D158" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E158" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="159" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A159" s="7">
+        <v>9781914240348</v>
+      </c>
+      <c r="B159" s="7">
+        <v>2479049</v>
+      </c>
+      <c r="C159" s="8" t="s">
+        <v>145</v>
+      </c>
+      <c r="D159" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E159" s="9">
+        <v>27410</v>
+      </c>
+    </row>
+    <row r="160" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A160" s="10">
+        <v>9781914240515</v>
+      </c>
+      <c r="B160" s="10">
+        <v>3144584</v>
+      </c>
+      <c r="C160" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="D160" s="16">
+        <v>21.5</v>
+      </c>
+      <c r="E160" s="12">
+        <v>14810</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A161" s="7">
+        <v>9780571273577</v>
+      </c>
+      <c r="B161" s="7">
+        <v>1897675</v>
+      </c>
+      <c r="C161" s="8" t="s">
+        <v>147</v>
+      </c>
+      <c r="D161" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E161" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A162" s="10">
+        <v>9781398525740</v>
+      </c>
+      <c r="B162" s="10">
+        <v>2997691</v>
+      </c>
+      <c r="C162" s="11" t="s">
+        <v>148</v>
+      </c>
+      <c r="D162" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E162" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A163" s="7">
+        <v>9781398525689</v>
+      </c>
+      <c r="B163" s="7">
+        <v>2932479</v>
+      </c>
+      <c r="C163" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="D163" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E163" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A164" s="10">
+        <v>9781398525719</v>
+      </c>
+      <c r="B164" s="10">
+        <v>2943693</v>
+      </c>
+      <c r="C164" s="11" t="s">
+        <v>150</v>
+      </c>
+      <c r="D164" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E164" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="165" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A165" s="7">
+        <v>9780753553916</v>
+      </c>
+      <c r="B165" s="7">
+        <v>2837519</v>
+      </c>
+      <c r="C165" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="D165" s="15">
+        <v>16.5</v>
+      </c>
+      <c r="E165" s="9">
+        <v>27850</v>
+      </c>
+    </row>
+    <row r="166" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A166" s="10">
+        <v>9781861972781</v>
+      </c>
+      <c r="B166" s="10">
+        <v>2135180</v>
+      </c>
+      <c r="C166" s="11" t="s">
+        <v>152</v>
+      </c>
+      <c r="D166" s="16">
         <v>25.5</v>
-      </c>
-[...321 lines deleted...]
-        <v>26.5</v>
       </c>
       <c r="E166" s="12">
         <v>14810</v>
       </c>
     </row>
-    <row r="167" spans="1:5" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E167" s="16">
+    <row r="167" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A167" s="7">
+        <v>9781861977694</v>
+      </c>
+      <c r="B167" s="7">
+        <v>2914707</v>
+      </c>
+      <c r="C167" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="D167" s="15">
+        <v>25</v>
+      </c>
+      <c r="E167" s="9">
         <v>14810</v>
       </c>
     </row>
-    <row r="168" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A168" s="10">
-        <v>9780571273577</v>
+        <v>9781861974044</v>
       </c>
       <c r="B168" s="10">
-        <v>1897675</v>
+        <v>5783410</v>
       </c>
       <c r="C168" s="11" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>154</v>
+      </c>
+      <c r="D168" s="16">
+        <v>14.5</v>
       </c>
       <c r="E168" s="12">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:5" x14ac:dyDescent="0.25">
+        <v>27410</v>
+      </c>
+    </row>
+    <row r="169" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A169" s="7">
-        <v>9781398525740</v>
+        <v>9781788161565</v>
       </c>
       <c r="B169" s="7">
-        <v>2997691</v>
+        <v>2002061</v>
       </c>
       <c r="C169" s="8" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>155</v>
+      </c>
+      <c r="D169" s="15">
+        <v>14.5</v>
       </c>
       <c r="E169" s="9">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:5" x14ac:dyDescent="0.25">
+        <v>24810</v>
+      </c>
+    </row>
+    <row r="170" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A170" s="10">
-        <v>9781398525689</v>
+        <v>9781781259191</v>
       </c>
       <c r="B170" s="10">
-        <v>2932479</v>
+        <v>2154337</v>
       </c>
       <c r="C170" s="11" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>156</v>
+      </c>
+      <c r="D170" s="16">
+        <v>25.5</v>
       </c>
       <c r="E170" s="12">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:5" x14ac:dyDescent="0.25">
+        <v>14810</v>
+      </c>
+    </row>
+    <row r="171" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A171" s="7">
-        <v>9781398525719</v>
+        <v>9780593687253</v>
       </c>
       <c r="B171" s="7">
-        <v>2943693</v>
+        <v>3147603</v>
       </c>
       <c r="C171" s="8" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>157</v>
+      </c>
+      <c r="D171" s="15">
+        <v>11.5</v>
       </c>
       <c r="E171" s="9">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="172" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A172" s="10">
-        <v>9781529920352</v>
+        <v>9780385548984</v>
       </c>
       <c r="B172" s="10">
-        <v>3099236</v>
+        <v>3157005</v>
       </c>
       <c r="C172" s="11" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>158</v>
+      </c>
+      <c r="D172" s="16">
+        <v>23.5</v>
       </c>
       <c r="E172" s="12">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>11200</v>
+      </c>
+    </row>
+    <row r="173" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A173" s="7">
-        <v>9780753553916</v>
+        <v>9780008555924</v>
       </c>
       <c r="B173" s="7">
-        <v>2837519</v>
+        <v>3138832</v>
       </c>
       <c r="C173" s="8" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>17.5</v>
+        <v>159</v>
+      </c>
+      <c r="D173" s="15">
+        <v>13.5</v>
       </c>
       <c r="E173" s="9">
-        <v>27850</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="174" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A174" s="10">
-        <v>9781861972781</v>
+        <v>9780593418574</v>
       </c>
       <c r="B174" s="10">
-        <v>2135180</v>
+        <v>3069666</v>
       </c>
       <c r="C174" s="11" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>26.5</v>
+        <v>160</v>
+      </c>
+      <c r="D174" s="16">
+        <v>21.5</v>
       </c>
       <c r="E174" s="12">
-        <v>14810</v>
-[...19 lines deleted...]
-    <row r="176" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>17850</v>
+      </c>
+    </row>
+    <row r="175" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A175" s="18">
+        <v>9781526680143</v>
+      </c>
+      <c r="B175" s="18">
+        <v>1765507</v>
+      </c>
+      <c r="C175" s="19" t="s">
+        <v>501</v>
+      </c>
+      <c r="D175" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E175" s="21">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="176" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A176" s="10">
-        <v>9781861974044</v>
+        <v>9780241998779</v>
       </c>
       <c r="B176" s="10">
-        <v>5783410</v>
+        <v>3041983</v>
       </c>
       <c r="C176" s="11" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>161</v>
+      </c>
+      <c r="D176" s="16">
+        <v>14.5</v>
       </c>
       <c r="E176" s="12">
         <v>27410</v>
       </c>
     </row>
-    <row r="177" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A177" s="7">
-        <v>9781788161565</v>
+        <v>9780099470434</v>
       </c>
       <c r="B177" s="7">
-        <v>2002061</v>
+        <v>9991590</v>
       </c>
       <c r="C177" s="8" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="D177" s="21">
+        <v>162</v>
+      </c>
+      <c r="D177" s="15">
+        <v>11.5</v>
+      </c>
+      <c r="E177" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="178" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A178" s="10">
+        <v>9781786898326</v>
+      </c>
+      <c r="B178" s="10">
+        <v>2788319</v>
+      </c>
+      <c r="C178" s="11" t="s">
+        <v>163</v>
+      </c>
+      <c r="D178" s="16">
         <v>14.5</v>
       </c>
-      <c r="E177" s="9">
+      <c r="E178" s="12">
         <v>24810</v>
       </c>
     </row>
-    <row r="178" spans="1:5" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-    <row r="179" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A179" s="7">
-        <v>9781529342550</v>
+        <v>9781838858476</v>
       </c>
       <c r="B179" s="7">
-        <v>3099374</v>
+        <v>2880371</v>
       </c>
       <c r="C179" s="8" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="D179" s="21">
+        <v>164</v>
+      </c>
+      <c r="D179" s="15">
         <v>13.5</v>
       </c>
       <c r="E179" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="180" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A180" s="10">
+        <v>9781838855611</v>
+      </c>
+      <c r="B180" s="10">
+        <v>3097470</v>
+      </c>
+      <c r="C180" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="D180" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E180" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="181" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A181" s="7">
+        <v>9781786892737</v>
+      </c>
+      <c r="B181" s="7">
+        <v>1560093</v>
+      </c>
+      <c r="C181" s="8" t="s">
+        <v>166</v>
+      </c>
+      <c r="D181" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E181" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="182" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A182" s="22">
+        <v>9781399820431</v>
+      </c>
+      <c r="B182" s="22">
+        <v>1859528</v>
+      </c>
+      <c r="C182" s="23" t="s">
+        <v>502</v>
+      </c>
+      <c r="D182" s="24">
+        <v>14.5</v>
+      </c>
+      <c r="E182" s="25">
         <v>21200</v>
       </c>
     </row>
-    <row r="180" spans="1:5" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C180" s="18" t="s">
+    <row r="183" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A183" s="7">
+        <v>9781035005697</v>
+      </c>
+      <c r="B183" s="7">
+        <v>3097216</v>
+      </c>
+      <c r="C183" s="8" t="s">
+        <v>167</v>
+      </c>
+      <c r="D183" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E183" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="184" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A184" s="10">
+        <v>9781784703936</v>
+      </c>
+      <c r="B184" s="10">
+        <v>2152802</v>
+      </c>
+      <c r="C184" s="11" t="s">
+        <v>168</v>
+      </c>
+      <c r="D184" s="16">
+        <v>16.5</v>
+      </c>
+      <c r="E184" s="12">
+        <v>27440</v>
+      </c>
+    </row>
+    <row r="185" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A185" s="7">
+        <v>9781529933611</v>
+      </c>
+      <c r="B185" s="7">
+        <v>1600338</v>
+      </c>
+      <c r="C185" s="8" t="s">
+        <v>169</v>
+      </c>
+      <c r="D185" s="15">
+        <v>16.5</v>
+      </c>
+      <c r="E185" s="9">
+        <v>25590</v>
+      </c>
+    </row>
+    <row r="186" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A186" s="10">
+        <v>9780099590088</v>
+      </c>
+      <c r="B186" s="10">
+        <v>2144962</v>
+      </c>
+      <c r="C186" s="11" t="s">
+        <v>170</v>
+      </c>
+      <c r="D186" s="16">
+        <v>16.5</v>
+      </c>
+      <c r="E186" s="12">
+        <v>25530</v>
+      </c>
+    </row>
+    <row r="187" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A187" s="7">
+        <v>9781529111798</v>
+      </c>
+      <c r="B187" s="7">
+        <v>1686445</v>
+      </c>
+      <c r="C187" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="D187" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E187" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="188" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A188" s="10">
+        <v>9781399745482</v>
+      </c>
+      <c r="B188" s="10">
+        <v>3139584</v>
+      </c>
+      <c r="C188" s="11" t="s">
+        <v>503</v>
+      </c>
+      <c r="D188" s="16">
+        <v>20.5</v>
+      </c>
+      <c r="E188" s="12">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="189" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A189" s="7">
+        <v>9781399745420</v>
+      </c>
+      <c r="B189" s="7">
+        <v>3099527</v>
+      </c>
+      <c r="C189" s="8" t="s">
+        <v>172</v>
+      </c>
+      <c r="D189" s="15">
+        <v>20.5</v>
+      </c>
+      <c r="E189" s="9">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="190" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A190" s="10">
+        <v>9781529922936</v>
+      </c>
+      <c r="B190" s="10">
+        <v>3044178</v>
+      </c>
+      <c r="C190" s="11" t="s">
+        <v>173</v>
+      </c>
+      <c r="D190" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E190" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="191" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A191" s="7">
+        <v>9781473695993</v>
+      </c>
+      <c r="B191" s="7">
+        <v>2591625</v>
+      </c>
+      <c r="C191" s="8" t="s">
+        <v>174</v>
+      </c>
+      <c r="D191" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E191" s="9">
+        <v>21600</v>
+      </c>
+    </row>
+    <row r="192" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A192" s="10">
+        <v>9781804995334</v>
+      </c>
+      <c r="B192" s="10">
+        <v>3138693</v>
+      </c>
+      <c r="C192" s="11" t="s">
+        <v>175</v>
+      </c>
+      <c r="D192" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E192" s="12">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="193" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A193" s="7">
+        <v>9781408728864</v>
+      </c>
+      <c r="B193" s="7">
+        <v>2996552</v>
+      </c>
+      <c r="C193" s="8" t="s">
+        <v>176</v>
+      </c>
+      <c r="D193" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E193" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="194" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A194" s="10">
+        <v>9781408728888</v>
+      </c>
+      <c r="B194" s="10">
+        <v>3085751</v>
+      </c>
+      <c r="C194" s="11" t="s">
+        <v>177</v>
+      </c>
+      <c r="D194" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E194" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="195" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A195" s="7">
+        <v>9781408725764</v>
+      </c>
+      <c r="B195" s="7">
+        <v>2796514</v>
+      </c>
+      <c r="C195" s="8" t="s">
+        <v>178</v>
+      </c>
+      <c r="D195" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E195" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="196" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A196" s="10">
+        <v>9780593336847</v>
+      </c>
+      <c r="B196" s="10">
+        <v>2841587</v>
+      </c>
+      <c r="C196" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="D196" s="16">
+        <v>10.5</v>
+      </c>
+      <c r="E196" s="12">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="197" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A197" s="7">
+        <v>9781408725795</v>
+      </c>
+      <c r="B197" s="7">
+        <v>2894985</v>
+      </c>
+      <c r="C197" s="8" t="s">
+        <v>180</v>
+      </c>
+      <c r="D197" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E197" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="198" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A198" s="10">
+        <v>9780593952580</v>
+      </c>
+      <c r="B198" s="10">
+        <v>3148551</v>
+      </c>
+      <c r="C198" s="11" t="s">
+        <v>181</v>
+      </c>
+      <c r="D198" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E198" s="12">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="199" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A199" s="7">
+        <v>9781408728901</v>
+      </c>
+      <c r="B199" s="7">
+        <v>2996561</v>
+      </c>
+      <c r="C199" s="8" t="s">
+        <v>182</v>
+      </c>
+      <c r="D199" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E199" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="200" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A200" s="22">
+        <v>9798217192335</v>
+      </c>
+      <c r="B200" s="22">
+        <v>1886347</v>
+      </c>
+      <c r="C200" s="23" t="s">
+        <v>504</v>
+      </c>
+      <c r="D200" s="24">
+        <v>12.5</v>
+      </c>
+      <c r="E200" s="25">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="201" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A201" s="7">
+        <v>9780099908401</v>
+      </c>
+      <c r="B201" s="7">
+        <v>2442787</v>
+      </c>
+      <c r="C201" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="D201" s="15">
+        <v>10.5</v>
+      </c>
+      <c r="E201" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="202" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A202" s="10">
+        <v>9781835412640</v>
+      </c>
+      <c r="B202" s="10">
+        <v>3144592</v>
+      </c>
+      <c r="C202" s="11" t="s">
+        <v>184</v>
+      </c>
+      <c r="D202" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E202" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="203" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A203" s="7">
+        <v>9780241989524</v>
+      </c>
+      <c r="B203" s="7">
+        <v>2354730</v>
+      </c>
+      <c r="C203" s="8" t="s">
+        <v>185</v>
+      </c>
+      <c r="D203" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E203" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="204" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A204" s="10">
+        <v>9780593334836</v>
+      </c>
+      <c r="B204" s="10">
+        <v>2793524</v>
+      </c>
+      <c r="C204" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="D204" s="16">
+        <v>10.5</v>
+      </c>
+      <c r="E204" s="12">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="205" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A205" s="7">
+        <v>9780241740613</v>
+      </c>
+      <c r="B205" s="7">
+        <v>3098609</v>
+      </c>
+      <c r="C205" s="8" t="s">
+        <v>187</v>
+      </c>
+      <c r="D205" s="15">
+        <v>20.5</v>
+      </c>
+      <c r="E205" s="9">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="206" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A206" s="10">
+        <v>9780241995365</v>
+      </c>
+      <c r="B206" s="10">
+        <v>2997432</v>
+      </c>
+      <c r="C206" s="11" t="s">
+        <v>188</v>
+      </c>
+      <c r="D206" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E206" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="207" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A207" s="7">
+        <v>9781984806758</v>
+      </c>
+      <c r="B207" s="7">
+        <v>1468146</v>
+      </c>
+      <c r="C207" s="8" t="s">
+        <v>189</v>
+      </c>
+      <c r="D207" s="15">
+        <v>10.5</v>
+      </c>
+      <c r="E207" s="9">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="208" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A208" s="10">
+        <v>9780340960196</v>
+      </c>
+      <c r="B208" s="10">
+        <v>2389475</v>
+      </c>
+      <c r="C208" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="D208" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E208" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="209" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A209" s="7">
+        <v>9780593098233</v>
+      </c>
+      <c r="B209" s="7">
+        <v>2087745</v>
+      </c>
+      <c r="C209" s="8" t="s">
+        <v>191</v>
+      </c>
+      <c r="D209" s="15">
+        <v>10.5</v>
+      </c>
+      <c r="E209" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="210" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A210" s="10">
+        <v>9781585424337</v>
+      </c>
+      <c r="B210" s="10">
+        <v>2208217</v>
+      </c>
+      <c r="C210" s="11" t="s">
+        <v>192</v>
+      </c>
+      <c r="D210" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E210" s="12">
+        <v>27810</v>
+      </c>
+    </row>
+    <row r="211" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A211" s="7">
+        <v>9781804949412</v>
+      </c>
+      <c r="B211" s="7">
+        <v>3139063</v>
+      </c>
+      <c r="C211" s="8" t="s">
+        <v>193</v>
+      </c>
+      <c r="D211" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E211" s="9">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="212" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A212" s="10">
+        <v>9781368092203</v>
+      </c>
+      <c r="B212" s="10">
+        <v>3049171</v>
+      </c>
+      <c r="C212" s="11" t="s">
+        <v>194</v>
+      </c>
+      <c r="D212" s="16">
+        <v>27.5</v>
+      </c>
+      <c r="E212" s="12">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="213" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A213" s="7">
+        <v>9781781257654</v>
+      </c>
+      <c r="B213" s="7">
+        <v>6091555</v>
+      </c>
+      <c r="C213" s="8" t="s">
+        <v>195</v>
+      </c>
+      <c r="D213" s="15">
+        <v>15</v>
+      </c>
+      <c r="E213" s="9">
+        <v>25210</v>
+      </c>
+    </row>
+    <row r="214" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A214" s="10">
+        <v>9781788166348</v>
+      </c>
+      <c r="B214" s="10">
+        <v>2939601</v>
+      </c>
+      <c r="C214" s="11" t="s">
+        <v>196</v>
+      </c>
+      <c r="D214" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E214" s="12">
+        <v>27850</v>
+      </c>
+    </row>
+    <row r="215" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A215" s="7">
+        <v>9780060959470</v>
+      </c>
+      <c r="B215" s="7">
+        <v>5777267</v>
+      </c>
+      <c r="C215" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="D215" s="15">
+        <v>16.5</v>
+      </c>
+      <c r="E215" s="9">
+        <v>27440</v>
+      </c>
+    </row>
+    <row r="216" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A216" s="10">
+        <v>9781471156267</v>
+      </c>
+      <c r="B216" s="10">
+        <v>2183307</v>
+      </c>
+      <c r="C216" s="11" t="s">
+        <v>198</v>
+      </c>
+      <c r="D216" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E216" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="217" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A217" s="7">
+        <v>9781398518209</v>
+      </c>
+      <c r="B217" s="7">
+        <v>2979908</v>
+      </c>
+      <c r="C217" s="8" t="s">
+        <v>199</v>
+      </c>
+      <c r="D217" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E217" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="218" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A218" s="10">
+        <v>9781471136726</v>
+      </c>
+      <c r="B218" s="10">
+        <v>2853169</v>
+      </c>
+      <c r="C218" s="11" t="s">
+        <v>200</v>
+      </c>
+      <c r="D218" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E218" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="219" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A219" s="7">
+        <v>9781408726600</v>
+      </c>
+      <c r="B219" s="7">
+        <v>2836094</v>
+      </c>
+      <c r="C219" s="8" t="s">
+        <v>201</v>
+      </c>
+      <c r="D219" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E219" s="9">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="220" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A220" s="10">
+        <v>9781804943007</v>
+      </c>
+      <c r="B220" s="10">
+        <v>3139066</v>
+      </c>
+      <c r="C220" s="11" t="s">
+        <v>202</v>
+      </c>
+      <c r="D220" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E220" s="12">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="221" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A221" s="7">
+        <v>9781526604736</v>
+      </c>
+      <c r="B221" s="7">
+        <v>2203178</v>
+      </c>
+      <c r="C221" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="D221" s="15">
+        <v>9</v>
+      </c>
+      <c r="E221" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="222" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A222" s="10">
+        <v>9781526604767</v>
+      </c>
+      <c r="B222" s="10">
+        <v>2675482</v>
+      </c>
+      <c r="C222" s="11" t="s">
+        <v>204</v>
+      </c>
+      <c r="D222" s="16">
+        <v>10</v>
+      </c>
+      <c r="E222" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="223" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A223" s="7">
+        <v>9780857197689</v>
+      </c>
+      <c r="B223" s="7">
+        <v>2015155</v>
+      </c>
+      <c r="C223" s="8" t="s">
+        <v>205</v>
+      </c>
+      <c r="D223" s="15">
+        <v>21.5</v>
+      </c>
+      <c r="E223" s="9">
+        <v>17810</v>
+      </c>
+    </row>
+    <row r="224" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A224" s="10">
+        <v>9780349442273</v>
+      </c>
+      <c r="B224" s="10">
+        <v>3144048</v>
+      </c>
+      <c r="C224" s="11" t="s">
+        <v>505</v>
+      </c>
+      <c r="D224" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E224" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="225" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A225" s="7">
+        <v>9780349436395</v>
+      </c>
+      <c r="B225" s="7">
+        <v>3091532</v>
+      </c>
+      <c r="C225" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="D225" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E225" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="226" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A226" s="10">
+        <v>9780349436357</v>
+      </c>
+      <c r="B226" s="10">
+        <v>2982711</v>
+      </c>
+      <c r="C226" s="11" t="s">
+        <v>207</v>
+      </c>
+      <c r="D226" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E226" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="227" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A227" s="7">
+        <v>9780349436340</v>
+      </c>
+      <c r="B227" s="7">
+        <v>2949693</v>
+      </c>
+      <c r="C227" s="8" t="s">
+        <v>208</v>
+      </c>
+      <c r="D227" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E227" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="228" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A228" s="10">
+        <v>9780349436371</v>
+      </c>
+      <c r="B228" s="10">
+        <v>2996560</v>
+      </c>
+      <c r="C228" s="11" t="s">
+        <v>209</v>
+      </c>
+      <c r="D228" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E228" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="229" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A229" s="7">
+        <v>9780349436326</v>
+      </c>
+      <c r="B229" s="7">
+        <v>2901243</v>
+      </c>
+      <c r="C229" s="8" t="s">
+        <v>210</v>
+      </c>
+      <c r="D229" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E229" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="230" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A230" s="10">
+        <v>9780349442259</v>
+      </c>
+      <c r="B230" s="10">
+        <v>3045398</v>
+      </c>
+      <c r="C230" s="11" t="s">
+        <v>211</v>
+      </c>
+      <c r="D230" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E230" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="231" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A231" s="7">
+        <v>9780349434315</v>
+      </c>
+      <c r="B231" s="7">
+        <v>2874839</v>
+      </c>
+      <c r="C231" s="8" t="s">
+        <v>212</v>
+      </c>
+      <c r="D231" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E231" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="232" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A232" s="10">
+        <v>9780349434339</v>
+      </c>
+      <c r="B232" s="10">
+        <v>2874840</v>
+      </c>
+      <c r="C232" s="11" t="s">
+        <v>213</v>
+      </c>
+      <c r="D232" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E232" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="233" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A233" s="7">
+        <v>9780349434285</v>
+      </c>
+      <c r="B233" s="7">
+        <v>2875540</v>
+      </c>
+      <c r="C233" s="8" t="s">
+        <v>214</v>
+      </c>
+      <c r="D233" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E233" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="234" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A234" s="10">
+        <v>9780349434278</v>
+      </c>
+      <c r="B234" s="10">
+        <v>2874834</v>
+      </c>
+      <c r="C234" s="11" t="s">
+        <v>215</v>
+      </c>
+      <c r="D234" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E234" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="235" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A235" s="7">
+        <v>9780099477464</v>
+      </c>
+      <c r="B235" s="7">
+        <v>3957896</v>
+      </c>
+      <c r="C235" s="8" t="s">
+        <v>216</v>
+      </c>
+      <c r="D235" s="15">
+        <v>11.5</v>
+      </c>
+      <c r="E235" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="236" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A236" s="10">
+        <v>9781471179136</v>
+      </c>
+      <c r="B236" s="10">
+        <v>3144764</v>
+      </c>
+      <c r="C236" s="11" t="s">
+        <v>217</v>
+      </c>
+      <c r="D236" s="16">
+        <v>19.5</v>
+      </c>
+      <c r="E236" s="12">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="237" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A237" s="7">
+        <v>9780571364909</v>
+      </c>
+      <c r="B237" s="7">
+        <v>2795986</v>
+      </c>
+      <c r="C237" s="8" t="s">
+        <v>218</v>
+      </c>
+      <c r="D237" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E237" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="238" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A238" s="10">
+        <v>9780571224142</v>
+      </c>
+      <c r="B238" s="10">
+        <v>2191008</v>
+      </c>
+      <c r="C238" s="11" t="s">
+        <v>219</v>
+      </c>
+      <c r="D238" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E238" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="239" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A239" s="7">
+        <v>9781668066621</v>
+      </c>
+      <c r="B239" s="7">
+        <v>3098305</v>
+      </c>
+      <c r="C239" s="8" t="s">
+        <v>506</v>
+      </c>
+      <c r="D239" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E239" s="9">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="240" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A240" s="10">
+        <v>9780241753699</v>
+      </c>
+      <c r="B240" s="10">
+        <v>3143943</v>
+      </c>
+      <c r="C240" s="11" t="s">
+        <v>220</v>
+      </c>
+      <c r="D240" s="16">
+        <v>20.5</v>
+      </c>
+      <c r="E240" s="12">
+        <v>11200</v>
+      </c>
+    </row>
+    <row r="241" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A241" s="7">
+        <v>9781524798642</v>
+      </c>
+      <c r="B241" s="7">
+        <v>2201791</v>
+      </c>
+      <c r="C241" s="8" t="s">
+        <v>221</v>
+      </c>
+      <c r="D241" s="15">
+        <v>10.5</v>
+      </c>
+      <c r="E241" s="9">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="242" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A242" s="22">
+        <v>9781804947173</v>
+      </c>
+      <c r="B242" s="22">
+        <v>1853562</v>
+      </c>
+      <c r="C242" s="23" t="s">
+        <v>507</v>
+      </c>
+      <c r="D242" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E242" s="25">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="243" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A243" s="18">
+        <v>9781804940266</v>
+      </c>
+      <c r="B243" s="18">
+        <v>1853643</v>
+      </c>
+      <c r="C243" s="19" t="s">
+        <v>508</v>
+      </c>
+      <c r="D243" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E243" s="21">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="244" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A244" s="10">
+        <v>9780349433844</v>
+      </c>
+      <c r="B244" s="10">
+        <v>3024358</v>
+      </c>
+      <c r="C244" s="11" t="s">
+        <v>222</v>
+      </c>
+      <c r="D244" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E244" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="245" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A245" s="18">
+        <v>9780349442846</v>
+      </c>
+      <c r="B245" s="18">
+        <v>1853031</v>
+      </c>
+      <c r="C245" s="19" t="s">
+        <v>509</v>
+      </c>
+      <c r="D245" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E245" s="21">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="246" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A246" s="10">
+        <v>9780349433806</v>
+      </c>
+      <c r="B246" s="10">
+        <v>2868706</v>
+      </c>
+      <c r="C246" s="11" t="s">
+        <v>223</v>
+      </c>
+      <c r="D246" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E246" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="247" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A247" s="18">
+        <v>9781405966184</v>
+      </c>
+      <c r="B247" s="18">
+        <v>1786393</v>
+      </c>
+      <c r="C247" s="19" t="s">
+        <v>510</v>
+      </c>
+      <c r="D247" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E247" s="21">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="248" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A248" s="22">
+        <v>9780008767372</v>
+      </c>
+      <c r="B248" s="22">
+        <v>1864807</v>
+      </c>
+      <c r="C248" s="23" t="s">
+        <v>511</v>
+      </c>
+      <c r="D248" s="24">
+        <v>11.5</v>
+      </c>
+      <c r="E248" s="25">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="249" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A249" s="7">
+        <v>9781838853488</v>
+      </c>
+      <c r="B249" s="7">
+        <v>3097469</v>
+      </c>
+      <c r="C249" s="8" t="s">
+        <v>224</v>
+      </c>
+      <c r="D249" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E249" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="250" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A250" s="10">
+        <v>9780141033570</v>
+      </c>
+      <c r="B250" s="10">
+        <v>8329850</v>
+      </c>
+      <c r="C250" s="11" t="s">
+        <v>225</v>
+      </c>
+      <c r="D250" s="16">
+        <v>19.5</v>
+      </c>
+      <c r="E250" s="12">
+        <v>24810</v>
+      </c>
+    </row>
+    <row r="251" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A251" s="7">
+        <v>9781529110944</v>
+      </c>
+      <c r="B251" s="7">
+        <v>2288863</v>
+      </c>
+      <c r="C251" s="8" t="s">
+        <v>226</v>
+      </c>
+      <c r="D251" s="15">
+        <v>11.5</v>
+      </c>
+      <c r="E251" s="9">
+        <v>21600</v>
+      </c>
+    </row>
+    <row r="252" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A252" s="22">
+        <v>9780008521608</v>
+      </c>
+      <c r="B252" s="22">
+        <v>1864840</v>
+      </c>
+      <c r="C252" s="23" t="s">
+        <v>512</v>
+      </c>
+      <c r="D252" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E252" s="25">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="253" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A253" s="7">
+        <v>9780241997062</v>
+      </c>
+      <c r="B253" s="7">
+        <v>2997424</v>
+      </c>
+      <c r="C253" s="8" t="s">
+        <v>227</v>
+      </c>
+      <c r="D253" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E253" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="254" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A254" s="10">
+        <v>9781846276033</v>
+      </c>
+      <c r="B254" s="10">
+        <v>4319036</v>
+      </c>
+      <c r="C254" s="11" t="s">
+        <v>228</v>
+      </c>
+      <c r="D254" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E254" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="255" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A255" s="18">
+        <v>9780241997048</v>
+      </c>
+      <c r="B255" s="18">
+        <v>1786342</v>
+      </c>
+      <c r="C255" s="19" t="s">
         <v>513</v>
       </c>
-      <c r="D180" s="24">
+      <c r="D255" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E255" s="21">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="256" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A256" s="22">
+        <v>9781529945409</v>
+      </c>
+      <c r="B256" s="22">
+        <v>1853813</v>
+      </c>
+      <c r="C256" s="23" t="s">
+        <v>514</v>
+      </c>
+      <c r="D256" s="24">
+        <v>16.5</v>
+      </c>
+      <c r="E256" s="25">
+        <v>27430</v>
+      </c>
+    </row>
+    <row r="257" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A257" s="7">
+        <v>9781035060733</v>
+      </c>
+      <c r="B257" s="7">
+        <v>3145919</v>
+      </c>
+      <c r="C257" s="8" t="s">
+        <v>229</v>
+      </c>
+      <c r="D257" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E257" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="258" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A258" s="10">
+        <v>9781449474256</v>
+      </c>
+      <c r="B258" s="10">
+        <v>2454573</v>
+      </c>
+      <c r="C258" s="11" t="s">
+        <v>230</v>
+      </c>
+      <c r="D258" s="16">
+        <v>15.5</v>
+      </c>
+      <c r="E258" s="12">
+        <v>21500</v>
+      </c>
+    </row>
+    <row r="259" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A259" s="7">
+        <v>9781529029581</v>
+      </c>
+      <c r="B259" s="7">
+        <v>2735550</v>
+      </c>
+      <c r="C259" s="8" t="s">
+        <v>231</v>
+      </c>
+      <c r="D259" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E259" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="260" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A260" s="10">
+        <v>9781509898299</v>
+      </c>
+      <c r="B260" s="10">
+        <v>2903726</v>
+      </c>
+      <c r="C260" s="11" t="s">
+        <v>232</v>
+      </c>
+      <c r="D260" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E260" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="261" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A261" s="7">
+        <v>9781529074413</v>
+      </c>
+      <c r="B261" s="7">
+        <v>2778985</v>
+      </c>
+      <c r="C261" s="8" t="s">
+        <v>233</v>
+      </c>
+      <c r="D261" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E261" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="262" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A262" s="22">
+        <v>9781035024148</v>
+      </c>
+      <c r="B262" s="22">
+        <v>1865269</v>
+      </c>
+      <c r="C262" s="23" t="s">
+        <v>515</v>
+      </c>
+      <c r="D262" s="24">
+        <v>20.5</v>
+      </c>
+      <c r="E262" s="25">
+        <v>11200</v>
+      </c>
+    </row>
+    <row r="263" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A263" s="7">
+        <v>9781509889174</v>
+      </c>
+      <c r="B263" s="7">
+        <v>2634995</v>
+      </c>
+      <c r="C263" s="8" t="s">
+        <v>234</v>
+      </c>
+      <c r="D263" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E263" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="264" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A264" s="10">
+        <v>9781860497926</v>
+      </c>
+      <c r="B264" s="10">
+        <v>2979705</v>
+      </c>
+      <c r="C264" s="11" t="s">
+        <v>235</v>
+      </c>
+      <c r="D264" s="16">
         <v>12.5</v>
       </c>
-      <c r="E180" s="19">
+      <c r="E264" s="12">
+        <v>21600</v>
+      </c>
+    </row>
+    <row r="265" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A265" s="7">
+        <v>9780571368709</v>
+      </c>
+      <c r="B265" s="7">
+        <v>2837721</v>
+      </c>
+      <c r="C265" s="8" t="s">
+        <v>236</v>
+      </c>
+      <c r="D265" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E265" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="266" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A266" s="10">
+        <v>9781804941690</v>
+      </c>
+      <c r="B266" s="10">
+        <v>3139086</v>
+      </c>
+      <c r="C266" s="11" t="s">
+        <v>237</v>
+      </c>
+      <c r="D266" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E266" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="181" spans="1:5" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D181" s="21">
+    <row r="267" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A267" s="7">
+        <v>9780349439549</v>
+      </c>
+      <c r="B267" s="7">
+        <v>3132798</v>
+      </c>
+      <c r="C267" s="8" t="s">
+        <v>238</v>
+      </c>
+      <c r="D267" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E267" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="268" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A268" s="10">
+        <v>9780349440842</v>
+      </c>
+      <c r="B268" s="10">
+        <v>3022710</v>
+      </c>
+      <c r="C268" s="11" t="s">
+        <v>239</v>
+      </c>
+      <c r="D268" s="16">
         <v>14.5</v>
       </c>
-      <c r="E181" s="9">
-[...13 lines deleted...]
-      <c r="D182" s="22">
+      <c r="E268" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="269" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A269" s="7">
+        <v>9780349439501</v>
+      </c>
+      <c r="B269" s="7">
+        <v>2994264</v>
+      </c>
+      <c r="C269" s="8" t="s">
+        <v>240</v>
+      </c>
+      <c r="D269" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E269" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="270" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A270" s="10">
+        <v>9780349440859</v>
+      </c>
+      <c r="B270" s="10">
+        <v>3022756</v>
+      </c>
+      <c r="C270" s="11" t="s">
+        <v>241</v>
+      </c>
+      <c r="D270" s="16">
+        <v>14</v>
+      </c>
+      <c r="E270" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="271" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A271" s="7">
+        <v>9780349440927</v>
+      </c>
+      <c r="B271" s="7">
+        <v>3022758</v>
+      </c>
+      <c r="C271" s="8" t="s">
+        <v>242</v>
+      </c>
+      <c r="D271" s="15">
         <v>12.5</v>
       </c>
-      <c r="E182" s="12">
-[...13 lines deleted...]
-      <c r="D183" s="21">
+      <c r="E271" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="272" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A272" s="10">
+        <v>9781405955003</v>
+      </c>
+      <c r="B272" s="10">
+        <v>2869053</v>
+      </c>
+      <c r="C272" s="11" t="s">
+        <v>243</v>
+      </c>
+      <c r="D272" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E272" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="273" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A273" s="7">
+        <v>9781804955956</v>
+      </c>
+      <c r="B273" s="7">
+        <v>3125316</v>
+      </c>
+      <c r="C273" s="8" t="s">
+        <v>244</v>
+      </c>
+      <c r="D273" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E273" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="274" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A274" s="10">
+        <v>9781804955871</v>
+      </c>
+      <c r="B274" s="10">
+        <v>3122225</v>
+      </c>
+      <c r="C274" s="11" t="s">
+        <v>245</v>
+      </c>
+      <c r="D274" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E274" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="275" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A275" s="7">
+        <v>9781804955895</v>
+      </c>
+      <c r="B275" s="7">
+        <v>3122226</v>
+      </c>
+      <c r="C275" s="8" t="s">
+        <v>246</v>
+      </c>
+      <c r="D275" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E275" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="276" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A276" s="10">
+        <v>9781804955918</v>
+      </c>
+      <c r="B276" s="10">
+        <v>3125319</v>
+      </c>
+      <c r="C276" s="11" t="s">
+        <v>247</v>
+      </c>
+      <c r="D276" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E276" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="277" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A277" s="7">
+        <v>9781526677884</v>
+      </c>
+      <c r="B277" s="7">
+        <v>3084187</v>
+      </c>
+      <c r="C277" s="8" t="s">
+        <v>248</v>
+      </c>
+      <c r="D277" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E277" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="278" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A278" s="10">
+        <v>9781781259344</v>
+      </c>
+      <c r="B278" s="10">
+        <v>3016878</v>
+      </c>
+      <c r="C278" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="D278" s="16">
+        <v>15</v>
+      </c>
+      <c r="E278" s="12">
+        <v>15590</v>
+      </c>
+    </row>
+    <row r="279" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A279" s="7">
+        <v>9781398550179</v>
+      </c>
+      <c r="B279" s="7">
+        <v>3148671</v>
+      </c>
+      <c r="C279" s="8" t="s">
+        <v>250</v>
+      </c>
+      <c r="D279" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E279" s="9">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="280" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A280" s="22">
+        <v>9781398550322</v>
+      </c>
+      <c r="B280" s="22">
+        <v>1880063</v>
+      </c>
+      <c r="C280" s="23" t="s">
+        <v>516</v>
+      </c>
+      <c r="D280" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E280" s="25">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="281" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A281" s="7">
+        <v>9781914240874</v>
+      </c>
+      <c r="B281" s="7">
+        <v>3147264</v>
+      </c>
+      <c r="C281" s="8" t="s">
+        <v>251</v>
+      </c>
+      <c r="D281" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E281" s="9">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="282" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A282" s="10">
+        <v>9781668098479</v>
+      </c>
+      <c r="B282" s="10">
+        <v>3145572</v>
+      </c>
+      <c r="C282" s="11" t="s">
+        <v>252</v>
+      </c>
+      <c r="D282" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E282" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="283" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A283" s="7">
+        <v>9780571376483</v>
+      </c>
+      <c r="B283" s="7">
+        <v>2894160</v>
+      </c>
+      <c r="C283" s="8" t="s">
+        <v>253</v>
+      </c>
+      <c r="D283" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E283" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="284" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A284" s="10">
+        <v>9780241745168</v>
+      </c>
+      <c r="B284" s="10">
+        <v>3148880</v>
+      </c>
+      <c r="C284" s="11" t="s">
+        <v>254</v>
+      </c>
+      <c r="D284" s="16">
         <v>15.5</v>
       </c>
-      <c r="E183" s="9">
-[...16 lines deleted...]
-      <c r="E184" s="12">
+      <c r="E284" s="12">
+        <v>12500</v>
+      </c>
+    </row>
+    <row r="285" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A285" s="7">
+        <v>9781760630737</v>
+      </c>
+      <c r="B285" s="7">
+        <v>2660592</v>
+      </c>
+      <c r="C285" s="8" t="s">
+        <v>255</v>
+      </c>
+      <c r="D285" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E285" s="9">
         <v>24810</v>
       </c>
     </row>
-    <row r="185" spans="1:5" x14ac:dyDescent="0.25">
-[...63 lines deleted...]
-      <c r="E188" s="12">
+    <row r="286" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A286" s="10">
+        <v>9781612681139</v>
+      </c>
+      <c r="B286" s="10">
+        <v>2980686</v>
+      </c>
+      <c r="C286" s="11" t="s">
+        <v>256</v>
+      </c>
+      <c r="D286" s="16">
+        <v>10.5</v>
+      </c>
+      <c r="E286" s="12">
+        <v>27810</v>
+      </c>
+    </row>
+    <row r="287" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A287" s="7">
+        <v>9781668091326</v>
+      </c>
+      <c r="B287" s="7">
+        <v>3098331</v>
+      </c>
+      <c r="C287" s="8" t="s">
+        <v>257</v>
+      </c>
+      <c r="D287" s="15">
+        <v>20.5</v>
+      </c>
+      <c r="E287" s="9">
+        <v>17430</v>
+      </c>
+    </row>
+    <row r="288" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A288" s="10">
+        <v>9781401308773</v>
+      </c>
+      <c r="B288" s="10">
+        <v>9071202</v>
+      </c>
+      <c r="C288" s="11" t="s">
+        <v>258</v>
+      </c>
+      <c r="D288" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E288" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="289" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A289" s="7">
+        <v>9781804995587</v>
+      </c>
+      <c r="B289" s="7">
+        <v>3104412</v>
+      </c>
+      <c r="C289" s="8" t="s">
+        <v>259</v>
+      </c>
+      <c r="D289" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E289" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="189" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
-[...26 lines deleted...]
-      <c r="D190" s="22">
+    <row r="290" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A290" s="10">
+        <v>9781529087949</v>
+      </c>
+      <c r="B290" s="10">
+        <v>2779165</v>
+      </c>
+      <c r="C290" s="11" t="s">
+        <v>260</v>
+      </c>
+      <c r="D290" s="16">
         <v>14.5</v>
       </c>
-      <c r="E190" s="12">
-[...101 lines deleted...]
-      <c r="E196" s="12">
+      <c r="E290" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="291" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A291" s="7">
+        <v>9780141978611</v>
+      </c>
+      <c r="B291" s="7">
+        <v>5851270</v>
+      </c>
+      <c r="C291" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="D291" s="15">
+        <v>16.5</v>
+      </c>
+      <c r="E291" s="9">
+        <v>15310</v>
+      </c>
+    </row>
+    <row r="292" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A292" s="10">
+        <v>9781399728898</v>
+      </c>
+      <c r="B292" s="10">
+        <v>3128517</v>
+      </c>
+      <c r="C292" s="11" t="s">
+        <v>262</v>
+      </c>
+      <c r="D292" s="16">
+        <v>20.5</v>
+      </c>
+      <c r="E292" s="12">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="293" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A293" s="7">
+        <v>9780008350543</v>
+      </c>
+      <c r="B293" s="7">
+        <v>3140058</v>
+      </c>
+      <c r="C293" s="8" t="s">
+        <v>263</v>
+      </c>
+      <c r="D293" s="15">
+        <v>21.5</v>
+      </c>
+      <c r="E293" s="9">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="294" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A294" s="10">
+        <v>9780063021433</v>
+      </c>
+      <c r="B294" s="10">
+        <v>2951644</v>
+      </c>
+      <c r="C294" s="11" t="s">
+        <v>264</v>
+      </c>
+      <c r="D294" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E294" s="12">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="295" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A295" s="7">
+        <v>9780008239893</v>
+      </c>
+      <c r="B295" s="7">
+        <v>2101515</v>
+      </c>
+      <c r="C295" s="8" t="s">
+        <v>265</v>
+      </c>
+      <c r="D295" s="15">
+        <v>12.5</v>
+      </c>
+      <c r="E295" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="296" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A296" s="10">
+        <v>9780063455245</v>
+      </c>
+      <c r="B296" s="10">
+        <v>3146009</v>
+      </c>
+      <c r="C296" s="11" t="s">
+        <v>266</v>
+      </c>
+      <c r="D296" s="16">
+        <v>19.5</v>
+      </c>
+      <c r="E296" s="12">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="297" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A297" s="7">
+        <v>9780008239848</v>
+      </c>
+      <c r="B297" s="7">
+        <v>2874836</v>
+      </c>
+      <c r="C297" s="8" t="s">
+        <v>267</v>
+      </c>
+      <c r="D297" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E297" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="298" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A298" s="10">
+        <v>9780008532819</v>
+      </c>
+      <c r="B298" s="10">
+        <v>3001090</v>
+      </c>
+      <c r="C298" s="11" t="s">
+        <v>268</v>
+      </c>
+      <c r="D298" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E298" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="197" spans="1:5" x14ac:dyDescent="0.25">
-[...46 lines deleted...]
-      <c r="E199" s="9">
+    <row r="299" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A299" s="7">
+        <v>9781529933383</v>
+      </c>
+      <c r="B299" s="7">
+        <v>3104307</v>
+      </c>
+      <c r="C299" s="8" t="s">
+        <v>269</v>
+      </c>
+      <c r="D299" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E299" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="300" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A300" s="10">
+        <v>9780008456757</v>
+      </c>
+      <c r="B300" s="10">
+        <v>3020427</v>
+      </c>
+      <c r="C300" s="11" t="s">
+        <v>270</v>
+      </c>
+      <c r="D300" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E300" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="301" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A301" s="7">
+        <v>9780063460515</v>
+      </c>
+      <c r="B301" s="7">
+        <v>3149705</v>
+      </c>
+      <c r="C301" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="D301" s="15">
+        <v>27.5</v>
+      </c>
+      <c r="E301" s="9">
         <v>11110</v>
       </c>
     </row>
-    <row r="200" spans="1:5" x14ac:dyDescent="0.25">
-[...63 lines deleted...]
-      <c r="E203" s="9">
+    <row r="302" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A302" s="10">
+        <v>9780099549482</v>
+      </c>
+      <c r="B302" s="10">
+        <v>5225795</v>
+      </c>
+      <c r="C302" s="11" t="s">
+        <v>272</v>
+      </c>
+      <c r="D302" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E302" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="303" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A303" s="7">
+        <v>9781035412761</v>
+      </c>
+      <c r="B303" s="7">
+        <v>3042149</v>
+      </c>
+      <c r="C303" s="8" t="s">
+        <v>273</v>
+      </c>
+      <c r="D303" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E303" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="204" spans="1:5" x14ac:dyDescent="0.25">
-[...281 lines deleted...]
-      <c r="D220" s="22">
+    <row r="304" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A304" s="10">
+        <v>9781838930509</v>
+      </c>
+      <c r="B304" s="10">
+        <v>2900713</v>
+      </c>
+      <c r="C304" s="11" t="s">
+        <v>274</v>
+      </c>
+      <c r="D304" s="16">
         <v>12.5</v>
       </c>
-      <c r="E220" s="12">
-[...1426 lines deleted...]
-      </c>
       <c r="E304" s="12">
-        <v>21200</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="305" spans="1:5" s="13" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A305" s="7">
-        <v>9780008456801</v>
+        <v>9781035412808</v>
       </c>
       <c r="B305" s="7">
-        <v>3098954</v>
+        <v>3139427</v>
       </c>
       <c r="C305" s="8" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="D305" s="21">
+        <v>275</v>
+      </c>
+      <c r="D305" s="15">
         <v>13.5</v>
       </c>
       <c r="E305" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="306" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="306" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A306" s="10">
-        <v>9780008456757</v>
+        <v>9781472294159</v>
       </c>
       <c r="B306" s="10">
-        <v>3020427</v>
+        <v>2840118</v>
       </c>
       <c r="C306" s="11" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>276</v>
+      </c>
+      <c r="D306" s="16">
+        <v>14.5</v>
       </c>
       <c r="E306" s="12">
+        <v>25310</v>
+      </c>
+    </row>
+    <row r="307" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A307" s="18">
+        <v>9780571376131</v>
+      </c>
+      <c r="B307" s="18">
+        <v>1779001</v>
+      </c>
+      <c r="C307" s="19" t="s">
+        <v>517</v>
+      </c>
+      <c r="D307" s="20">
+        <v>16.5</v>
+      </c>
+      <c r="E307" s="21">
+        <v>25970</v>
+      </c>
+    </row>
+    <row r="308" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A308" s="10">
+        <v>9781529032178</v>
+      </c>
+      <c r="B308" s="10">
+        <v>2726226</v>
+      </c>
+      <c r="C308" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="D308" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E308" s="12">
+        <v>24830</v>
+      </c>
+    </row>
+    <row r="309" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A309" s="7">
+        <v>9781984825773</v>
+      </c>
+      <c r="B309" s="7">
+        <v>2033789</v>
+      </c>
+      <c r="C309" s="8" t="s">
+        <v>278</v>
+      </c>
+      <c r="D309" s="15">
+        <v>10.5</v>
+      </c>
+      <c r="E309" s="9">
+        <v>27430</v>
+      </c>
+    </row>
+    <row r="310" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A310" s="10">
+        <v>9781035050413</v>
+      </c>
+      <c r="B310" s="10">
+        <v>3145911</v>
+      </c>
+      <c r="C310" s="11" t="s">
+        <v>279</v>
+      </c>
+      <c r="D310" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E310" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="307" spans="1:5" x14ac:dyDescent="0.25">
-[...29 lines deleted...]
-      <c r="E308" s="12">
+    <row r="311" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A311" s="7">
+        <v>9780722538074</v>
+      </c>
+      <c r="B311" s="7">
+        <v>2956367</v>
+      </c>
+      <c r="C311" s="8" t="s">
+        <v>280</v>
+      </c>
+      <c r="D311" s="15">
+        <v>10.5</v>
+      </c>
+      <c r="E311" s="9">
+        <v>24810</v>
+      </c>
+    </row>
+    <row r="312" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A312" s="10">
+        <v>9780241448748</v>
+      </c>
+      <c r="B312" s="10">
+        <v>2798786</v>
+      </c>
+      <c r="C312" s="11" t="s">
+        <v>281</v>
+      </c>
+      <c r="D312" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E312" s="12">
+        <v>21500</v>
+      </c>
+    </row>
+    <row r="313" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A313" s="7">
+        <v>9780861545896</v>
+      </c>
+      <c r="B313" s="7">
+        <v>3002051</v>
+      </c>
+      <c r="C313" s="8" t="s">
+        <v>282</v>
+      </c>
+      <c r="D313" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E313" s="9">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="314" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A314" s="10">
+        <v>9781526635235</v>
+      </c>
+      <c r="B314" s="10">
+        <v>2897916</v>
+      </c>
+      <c r="C314" s="11" t="s">
+        <v>283</v>
+      </c>
+      <c r="D314" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E314" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="309" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
-[...29 lines deleted...]
-      <c r="E310" s="19">
+    <row r="315" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A315" s="7">
+        <v>9781526617187</v>
+      </c>
+      <c r="B315" s="7">
+        <v>2596584</v>
+      </c>
+      <c r="C315" s="8" t="s">
+        <v>284</v>
+      </c>
+      <c r="D315" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E315" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="311" spans="1:5" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D311" s="21">
+    <row r="316" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A316" s="10">
+        <v>9781526617163</v>
+      </c>
+      <c r="B316" s="10">
+        <v>2596574</v>
+      </c>
+      <c r="C316" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="D316" s="16">
         <v>14.5</v>
       </c>
-      <c r="E311" s="9">
-[...13 lines deleted...]
-      <c r="D312" s="22">
+      <c r="E316" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="317" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A317" s="7">
+        <v>9781526635365</v>
+      </c>
+      <c r="B317" s="7">
+        <v>2847694</v>
+      </c>
+      <c r="C317" s="8" t="s">
+        <v>286</v>
+      </c>
+      <c r="D317" s="15">
         <v>14.5</v>
-      </c>
-[...83 lines deleted...]
-        <v>12.5</v>
       </c>
       <c r="E317" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="318" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="318" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A318" s="10">
-        <v>9781526617187</v>
+        <v>9781526605399</v>
       </c>
       <c r="B318" s="10">
-        <v>2596584</v>
+        <v>2596569</v>
       </c>
       <c r="C318" s="11" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="D318" s="22">
+        <v>287</v>
+      </c>
+      <c r="D318" s="16">
         <v>13.5</v>
       </c>
       <c r="E318" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="319" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="319" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A319" s="7">
-        <v>9781526617163</v>
+        <v>9781526617170</v>
       </c>
       <c r="B319" s="7">
-        <v>2596574</v>
+        <v>2596583</v>
       </c>
       <c r="C319" s="8" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="D319" s="21">
+        <v>288</v>
+      </c>
+      <c r="D319" s="15">
         <v>14.5</v>
       </c>
       <c r="E319" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="320" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="320" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A320" s="10">
-        <v>9781526635365</v>
+        <v>9781526635211</v>
       </c>
       <c r="B320" s="10">
-        <v>2847694</v>
+        <v>2897910</v>
       </c>
       <c r="C320" s="11" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="D320" s="22">
+        <v>289</v>
+      </c>
+      <c r="D320" s="16">
         <v>13.5</v>
       </c>
       <c r="E320" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="321" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="321" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A321" s="7">
-        <v>9781526605399</v>
+        <v>9781526635228</v>
       </c>
       <c r="B321" s="7">
-        <v>2596569</v>
+        <v>2897911</v>
       </c>
       <c r="C321" s="8" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="D321" s="21">
+        <v>290</v>
+      </c>
+      <c r="D321" s="15">
         <v>13.5</v>
       </c>
       <c r="E321" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="322" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="322" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A322" s="10">
-        <v>9781526617170</v>
+        <v>9781526663559</v>
       </c>
       <c r="B322" s="10">
-        <v>2596583</v>
+        <v>2945951</v>
       </c>
       <c r="C322" s="11" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>291</v>
+      </c>
+      <c r="D322" s="16">
+        <v>13.5</v>
       </c>
       <c r="E322" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="323" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="323" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A323" s="7">
-        <v>9781526635211</v>
+        <v>9781526650344</v>
       </c>
       <c r="B323" s="7">
-        <v>2897910</v>
+        <v>3146531</v>
       </c>
       <c r="C323" s="8" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="D323" s="21">
+        <v>292</v>
+      </c>
+      <c r="D323" s="15">
         <v>13.5</v>
       </c>
       <c r="E323" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="324" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="324" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A324" s="10">
-        <v>9781526635228</v>
+        <v>9781526628220</v>
       </c>
       <c r="B324" s="10">
-        <v>2897911</v>
+        <v>2917218</v>
       </c>
       <c r="C324" s="11" t="s">
-        <v>278</v>
-[...1 lines deleted...]
-      <c r="D324" s="22">
+        <v>293</v>
+      </c>
+      <c r="D324" s="16">
         <v>13.5</v>
       </c>
       <c r="E324" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="325" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="325" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A325" s="7">
-        <v>9781526663559</v>
+        <v>9781526635259</v>
       </c>
       <c r="B325" s="7">
-        <v>2945951</v>
+        <v>2897912</v>
       </c>
       <c r="C325" s="8" t="s">
-        <v>279</v>
-[...1 lines deleted...]
-      <c r="D325" s="21">
+        <v>294</v>
+      </c>
+      <c r="D325" s="15">
         <v>13.5</v>
       </c>
       <c r="E325" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="326" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="326" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A326" s="10">
-        <v>9781526650344</v>
+        <v>9781526635297</v>
       </c>
       <c r="B326" s="10">
-        <v>3146531</v>
+        <v>2897881</v>
       </c>
       <c r="C326" s="11" t="s">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="D326" s="22">
+        <v>295</v>
+      </c>
+      <c r="D326" s="16">
         <v>13.5</v>
       </c>
       <c r="E326" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="327" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="327" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A327" s="7">
-        <v>9781526628220</v>
+        <v>9781526635280</v>
       </c>
       <c r="B327" s="7">
-        <v>2917218</v>
+        <v>2897913</v>
       </c>
       <c r="C327" s="8" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="D327" s="21">
+        <v>296</v>
+      </c>
+      <c r="D327" s="15">
         <v>13.5</v>
       </c>
       <c r="E327" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="328" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="328" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A328" s="10">
-        <v>9781526635259</v>
+        <v>9781529108446</v>
       </c>
       <c r="B328" s="10">
-        <v>2897912</v>
+        <v>3179849</v>
       </c>
       <c r="C328" s="11" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>518</v>
+      </c>
+      <c r="D328" s="16">
+        <v>28.5</v>
       </c>
       <c r="E328" s="12">
-        <v>21300</v>
-[...2 lines deleted...]
-    <row r="329" spans="1:5" x14ac:dyDescent="0.25">
+        <v>14810</v>
+      </c>
+    </row>
+    <row r="329" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A329" s="7">
-        <v>9781526635297</v>
+        <v>9781529105100</v>
       </c>
       <c r="B329" s="7">
-        <v>2897881</v>
+        <v>2017698</v>
       </c>
       <c r="C329" s="8" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>297</v>
+      </c>
+      <c r="D329" s="15">
+        <v>28.5</v>
       </c>
       <c r="E329" s="9">
-        <v>21300</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>11800</v>
+      </c>
+    </row>
+    <row r="330" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A330" s="10">
-        <v>9781526635280</v>
+        <v>9781804993408</v>
       </c>
       <c r="B330" s="10">
-        <v>2897913</v>
+        <v>3138694</v>
       </c>
       <c r="C330" s="11" t="s">
-        <v>531</v>
-[...1 lines deleted...]
-      <c r="D330" s="22">
+        <v>298</v>
+      </c>
+      <c r="D330" s="16">
         <v>13.5</v>
       </c>
       <c r="E330" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="331" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="331" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A331" s="7">
-        <v>9781398722774</v>
+        <v>9781804993385</v>
       </c>
       <c r="B331" s="7">
-        <v>3042539</v>
+        <v>2991386</v>
       </c>
       <c r="C331" s="8" t="s">
-        <v>283</v>
-[...1 lines deleted...]
-      <c r="D331" s="21">
+        <v>299</v>
+      </c>
+      <c r="D331" s="15">
         <v>13.5</v>
       </c>
       <c r="E331" s="9">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="332" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A332" s="10">
-        <v>9781529105100</v>
+        <v>9780062641540</v>
       </c>
       <c r="B332" s="10">
-        <v>2017698</v>
+        <v>2510122</v>
       </c>
       <c r="C332" s="11" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>26.5</v>
+        <v>300</v>
+      </c>
+      <c r="D332" s="16">
+        <v>18.5</v>
       </c>
       <c r="E332" s="12">
-        <v>11800</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>14810</v>
+      </c>
+    </row>
+    <row r="333" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A333" s="7">
-        <v>9780008365981</v>
+        <v>9781335629456</v>
       </c>
       <c r="B333" s="7">
-        <v>3098956</v>
+        <v>3112198</v>
       </c>
       <c r="C333" s="8" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>301</v>
+      </c>
+      <c r="D333" s="15">
+        <v>19.5</v>
       </c>
       <c r="E333" s="9">
-        <v>21110</v>
-[...36 lines deleted...]
-    <row r="336" spans="1:5" x14ac:dyDescent="0.25">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="334" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A334" s="10">
+        <v>9781785042737</v>
+      </c>
+      <c r="B334" s="10">
+        <v>2939829</v>
+      </c>
+      <c r="C334" s="11" t="s">
+        <v>302</v>
+      </c>
+      <c r="D334" s="16">
+        <v>16.5</v>
+      </c>
+      <c r="E334" s="12">
+        <v>26920</v>
+      </c>
+    </row>
+    <row r="335" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A335" s="18">
+        <v>9781526656964</v>
+      </c>
+      <c r="B335" s="18">
+        <v>1765558</v>
+      </c>
+      <c r="C335" s="19" t="s">
+        <v>519</v>
+      </c>
+      <c r="D335" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E335" s="21">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="336" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A336" s="10">
-        <v>9781804993385</v>
+        <v>9780307386458</v>
       </c>
       <c r="B336" s="10">
-        <v>2991386</v>
+        <v>3015688</v>
       </c>
       <c r="C336" s="11" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>303</v>
+      </c>
+      <c r="D336" s="16">
+        <v>10.5</v>
       </c>
       <c r="E336" s="12">
-        <v>21300</v>
-[...19 lines deleted...]
-    <row r="338" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="337" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A337" s="18">
+        <v>9780008617707</v>
+      </c>
+      <c r="B337" s="18">
+        <v>1864998</v>
+      </c>
+      <c r="C337" s="19" t="s">
+        <v>520</v>
+      </c>
+      <c r="D337" s="20">
+        <v>20.5</v>
+      </c>
+      <c r="E337" s="21">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="338" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A338" s="10">
-        <v>9780062641540</v>
+        <v>9781787335745</v>
       </c>
       <c r="B338" s="10">
-        <v>2510122</v>
+        <v>3144643</v>
       </c>
       <c r="C338" s="11" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>19.5</v>
+        <v>304</v>
+      </c>
+      <c r="D338" s="16">
+        <v>20.5</v>
       </c>
       <c r="E338" s="12">
-        <v>14810</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:5" x14ac:dyDescent="0.25">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="339" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A339" s="7">
-        <v>9781785042737</v>
+        <v>9781464221408</v>
       </c>
       <c r="B339" s="7">
-        <v>2939829</v>
+        <v>3067905</v>
       </c>
       <c r="C339" s="8" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>305</v>
+      </c>
+      <c r="D339" s="15">
+        <v>12.5</v>
       </c>
       <c r="E339" s="9">
-        <v>26920</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="340" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A340" s="10">
-        <v>9780307386458</v>
+        <v>9781464221347</v>
       </c>
       <c r="B340" s="10">
-        <v>3015688</v>
+        <v>3012366</v>
       </c>
       <c r="C340" s="11" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>11.5</v>
+        <v>306</v>
+      </c>
+      <c r="D340" s="16">
+        <v>13.5</v>
       </c>
       <c r="E340" s="12">
-        <v>21110</v>
-[...32 lines deleted...]
-      <c r="E342" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="343" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="341" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A341" s="7">
+        <v>9781464228636</v>
+      </c>
+      <c r="B341" s="7">
+        <v>3097934</v>
+      </c>
+      <c r="C341" s="8" t="s">
+        <v>307</v>
+      </c>
+      <c r="D341" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E341" s="9">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="342" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A342" s="22">
+        <v>9781464266485</v>
+      </c>
+      <c r="B342" s="22">
+        <v>1850997</v>
+      </c>
+      <c r="C342" s="23" t="s">
+        <v>521</v>
+      </c>
+      <c r="D342" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E342" s="25">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="343" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A343" s="7">
-        <v>9781464221347</v>
+        <v>9781464228582</v>
       </c>
       <c r="B343" s="7">
-        <v>3012366</v>
+        <v>3140586</v>
       </c>
       <c r="C343" s="8" t="s">
-        <v>535</v>
-[...1 lines deleted...]
-      <c r="D343" s="21">
+        <v>308</v>
+      </c>
+      <c r="D343" s="15">
         <v>13.5</v>
       </c>
       <c r="E343" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="344" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="344" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A344" s="10">
-        <v>9781464228636</v>
+        <v>9781408728512</v>
       </c>
       <c r="B344" s="10">
-        <v>3097934</v>
+        <v>2979423</v>
       </c>
       <c r="C344" s="11" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>309</v>
+      </c>
+      <c r="D344" s="16">
+        <v>14.5</v>
       </c>
       <c r="E344" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="345" spans="1:5" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E345" s="16">
+    <row r="345" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A345" s="7">
+        <v>9781464223310</v>
+      </c>
+      <c r="B345" s="7">
+        <v>3012372</v>
+      </c>
+      <c r="C345" s="8" t="s">
+        <v>310</v>
+      </c>
+      <c r="D345" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E345" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="346" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="346" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A346" s="10">
-        <v>9781408728512</v>
+        <v>9780349132600</v>
       </c>
       <c r="B346" s="10">
-        <v>2979423</v>
+        <v>2992625</v>
       </c>
       <c r="C346" s="11" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>311</v>
+      </c>
+      <c r="D346" s="16">
+        <v>14.5</v>
       </c>
       <c r="E346" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="347" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="347" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A347" s="7">
-        <v>9781464223310</v>
+        <v>9781464221385</v>
       </c>
       <c r="B347" s="7">
-        <v>3012372</v>
+        <v>3012370</v>
       </c>
       <c r="C347" s="8" t="s">
-        <v>294</v>
-[...1 lines deleted...]
-      <c r="D347" s="21">
+        <v>312</v>
+      </c>
+      <c r="D347" s="15">
         <v>13.5</v>
       </c>
       <c r="E347" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="348" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="348" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A348" s="10">
-        <v>9780349132600</v>
+        <v>9781464228612</v>
       </c>
       <c r="B348" s="10">
-        <v>2992625</v>
+        <v>3155108</v>
       </c>
       <c r="C348" s="11" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>313</v>
+      </c>
+      <c r="D348" s="16">
+        <v>13.5</v>
       </c>
       <c r="E348" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="349" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="349" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A349" s="7">
-        <v>9781464221385</v>
+        <v>9781464221361</v>
       </c>
       <c r="B349" s="7">
-        <v>3012370</v>
+        <v>3012368</v>
       </c>
       <c r="C349" s="8" t="s">
-        <v>537</v>
-[...1 lines deleted...]
-      <c r="D349" s="21">
+        <v>314</v>
+      </c>
+      <c r="D349" s="15">
         <v>13.5</v>
       </c>
       <c r="E349" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="350" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="350" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A350" s="10">
-        <v>9781464221361</v>
+        <v>9781464228605</v>
       </c>
       <c r="B350" s="10">
-        <v>3012368</v>
+        <v>3140584</v>
       </c>
       <c r="C350" s="11" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="D350" s="22">
+        <v>315</v>
+      </c>
+      <c r="D350" s="16">
         <v>13.5</v>
       </c>
       <c r="E350" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="351" spans="1:5" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E351" s="16">
+    <row r="351" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A351" s="7">
+        <v>9781464221378</v>
+      </c>
+      <c r="B351" s="7">
+        <v>3012369</v>
+      </c>
+      <c r="C351" s="8" t="s">
+        <v>316</v>
+      </c>
+      <c r="D351" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E351" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="352" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="352" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A352" s="10">
-        <v>9781464221378</v>
+        <v>9781464228629</v>
       </c>
       <c r="B352" s="10">
-        <v>3012369</v>
+        <v>3169236</v>
       </c>
       <c r="C352" s="11" t="s">
-        <v>539</v>
-[...1 lines deleted...]
-      <c r="D352" s="22">
+        <v>317</v>
+      </c>
+      <c r="D352" s="16">
         <v>13.5</v>
       </c>
       <c r="E352" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="353" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E353" s="9">
+    <row r="353" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A353" s="18">
+        <v>9781464268533</v>
+      </c>
+      <c r="B353" s="18">
+        <v>1851012</v>
+      </c>
+      <c r="C353" s="19" t="s">
+        <v>522</v>
+      </c>
+      <c r="D353" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E353" s="21">
         <v>21200</v>
       </c>
     </row>
-    <row r="354" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="354" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A354" s="10">
         <v>9781464228575</v>
       </c>
       <c r="B354" s="10">
         <v>3102627</v>
       </c>
       <c r="C354" s="11" t="s">
-        <v>541</v>
-[...1 lines deleted...]
-      <c r="D354" s="22">
+        <v>318</v>
+      </c>
+      <c r="D354" s="16">
         <v>13.5</v>
       </c>
       <c r="E354" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="355" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="355" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A355" s="7">
-        <v>9780008562045</v>
+        <v>9781728290829</v>
       </c>
       <c r="B355" s="7">
-        <v>3098968</v>
+        <v>2965661</v>
       </c>
       <c r="C355" s="8" t="s">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="D355" s="21">
+        <v>319</v>
+      </c>
+      <c r="D355" s="15">
         <v>13.5</v>
       </c>
       <c r="E355" s="9">
         <v>21110</v>
       </c>
     </row>
-    <row r="356" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="356" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A356" s="10">
-        <v>9781728290829</v>
+        <v>9781728278346</v>
       </c>
       <c r="B356" s="10">
-        <v>2965661</v>
+        <v>2902129</v>
       </c>
       <c r="C356" s="11" t="s">
-        <v>298</v>
-[...1 lines deleted...]
-      <c r="D356" s="22">
+        <v>320</v>
+      </c>
+      <c r="D356" s="16">
         <v>13.5</v>
       </c>
       <c r="E356" s="12">
         <v>21110</v>
       </c>
     </row>
-    <row r="357" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="357" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A357" s="7">
-        <v>9781728297408</v>
+        <v>9781728278353</v>
       </c>
       <c r="B357" s="7">
-        <v>3091050</v>
+        <v>2935322</v>
       </c>
       <c r="C357" s="8" t="s">
-        <v>299</v>
-[...1 lines deleted...]
-      <c r="D357" s="21">
+        <v>321</v>
+      </c>
+      <c r="D357" s="15">
         <v>13.5</v>
       </c>
       <c r="E357" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="358" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A358" s="10">
+        <v>9780008623036</v>
+      </c>
+      <c r="B358" s="10">
+        <v>3105641</v>
+      </c>
+      <c r="C358" s="11" t="s">
+        <v>322</v>
+      </c>
+      <c r="D358" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E358" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="359" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A359" s="7">
+        <v>9780008421793</v>
+      </c>
+      <c r="B359" s="7">
+        <v>2898724</v>
+      </c>
+      <c r="C359" s="8" t="s">
+        <v>323</v>
+      </c>
+      <c r="D359" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E359" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="360" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A360" s="10">
+        <v>9781610392761</v>
+      </c>
+      <c r="B360" s="10">
+        <v>2417647</v>
+      </c>
+      <c r="C360" s="11" t="s">
+        <v>324</v>
+      </c>
+      <c r="D360" s="16">
+        <v>20.5</v>
+      </c>
+      <c r="E360" s="12">
+        <v>27850</v>
+      </c>
+    </row>
+    <row r="361" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A361" s="7">
+        <v>9781409181637</v>
+      </c>
+      <c r="B361" s="7">
+        <v>2680177</v>
+      </c>
+      <c r="C361" s="8" t="s">
+        <v>325</v>
+      </c>
+      <c r="D361" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E361" s="9">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="362" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A362" s="10">
+        <v>9780316423885</v>
+      </c>
+      <c r="B362" s="10">
+        <v>2003878</v>
+      </c>
+      <c r="C362" s="11" t="s">
+        <v>326</v>
+      </c>
+      <c r="D362" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E362" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="363" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A363" s="7">
+        <v>9781408891384</v>
+      </c>
+      <c r="B363" s="7">
+        <v>2610301</v>
+      </c>
+      <c r="C363" s="8" t="s">
+        <v>327</v>
+      </c>
+      <c r="D363" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E363" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="364" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A364" s="10">
+        <v>9780008584627</v>
+      </c>
+      <c r="B364" s="10">
+        <v>2921789</v>
+      </c>
+      <c r="C364" s="11" t="s">
+        <v>328</v>
+      </c>
+      <c r="D364" s="16">
+        <v>12.5</v>
+      </c>
+      <c r="E364" s="12">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="365" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A365" s="7">
+        <v>9781648279171</v>
+      </c>
+      <c r="B365" s="7">
+        <v>2815450</v>
+      </c>
+      <c r="C365" s="8" t="s">
+        <v>329</v>
+      </c>
+      <c r="D365" s="15">
+        <v>20.5</v>
+      </c>
+      <c r="E365" s="9">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="366" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A366" s="10">
+        <v>9781914240973</v>
+      </c>
+      <c r="B366" s="10">
+        <v>3144583</v>
+      </c>
+      <c r="C366" s="11" t="s">
+        <v>330</v>
+      </c>
+      <c r="D366" s="16">
+        <v>19.5</v>
+      </c>
+      <c r="E366" s="12">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="367" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A367" s="7">
+        <v>9781914240942</v>
+      </c>
+      <c r="B367" s="7">
+        <v>3102455</v>
+      </c>
+      <c r="C367" s="8" t="s">
+        <v>331</v>
+      </c>
+      <c r="D367" s="15">
+        <v>14</v>
+      </c>
+      <c r="E367" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="368" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A368" s="10">
+        <v>9781526643247</v>
+      </c>
+      <c r="B368" s="10">
+        <v>3145261</v>
+      </c>
+      <c r="C368" s="11" t="s">
+        <v>332</v>
+      </c>
+      <c r="D368" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E368" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="358" spans="1:5" x14ac:dyDescent="0.25">
-[...128 lines deleted...]
-      <c r="D365" s="21">
+    <row r="369" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A369" s="7">
+        <v>9780008663834</v>
+      </c>
+      <c r="B369" s="7">
+        <v>3134001</v>
+      </c>
+      <c r="C369" s="8" t="s">
+        <v>333</v>
+      </c>
+      <c r="D369" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E369" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="370" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A370" s="10">
+        <v>9780099570295</v>
+      </c>
+      <c r="B370" s="10">
+        <v>6774903</v>
+      </c>
+      <c r="C370" s="11" t="s">
+        <v>334</v>
+      </c>
+      <c r="D370" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E370" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="371" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A371" s="7">
+        <v>9781464260124</v>
+      </c>
+      <c r="B371" s="7">
+        <v>1645528</v>
+      </c>
+      <c r="C371" s="8" t="s">
+        <v>523</v>
+      </c>
+      <c r="D371" s="15">
+        <v>12.5</v>
+      </c>
+      <c r="E371" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="372" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A372" s="10">
+        <v>9781464260186</v>
+      </c>
+      <c r="B372" s="10">
+        <v>2016896</v>
+      </c>
+      <c r="C372" s="11" t="s">
+        <v>524</v>
+      </c>
+      <c r="D372" s="16">
+        <v>12.5</v>
+      </c>
+      <c r="E372" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="373" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A373" s="7">
+        <v>9781464260155</v>
+      </c>
+      <c r="B373" s="7">
+        <v>2011076</v>
+      </c>
+      <c r="C373" s="8" t="s">
+        <v>525</v>
+      </c>
+      <c r="D373" s="15">
+        <v>12.5</v>
+      </c>
+      <c r="E373" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="374" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A374" s="10">
+        <v>9781784707422</v>
+      </c>
+      <c r="B374" s="10">
+        <v>2021922</v>
+      </c>
+      <c r="C374" s="11" t="s">
+        <v>335</v>
+      </c>
+      <c r="D374" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E374" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="375" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A375" s="7">
+        <v>9781848549562</v>
+      </c>
+      <c r="B375" s="7">
+        <v>2263849</v>
+      </c>
+      <c r="C375" s="8" t="s">
+        <v>336</v>
+      </c>
+      <c r="D375" s="15">
         <v>14.5</v>
       </c>
-      <c r="E365" s="9">
+      <c r="E375" s="9">
+        <v>21800</v>
+      </c>
+    </row>
+    <row r="376" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A376" s="10">
+        <v>9781529926941</v>
+      </c>
+      <c r="B376" s="10">
+        <v>3139073</v>
+      </c>
+      <c r="C376" s="11" t="s">
+        <v>337</v>
+      </c>
+      <c r="D376" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E376" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="377" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A377" s="7">
+        <v>9780099494096</v>
+      </c>
+      <c r="B377" s="7">
+        <v>3591956</v>
+      </c>
+      <c r="C377" s="8" t="s">
+        <v>338</v>
+      </c>
+      <c r="D377" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E377" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="378" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A378" s="10">
+        <v>9780307744661</v>
+      </c>
+      <c r="B378" s="10">
+        <v>3277305</v>
+      </c>
+      <c r="C378" s="11" t="s">
+        <v>339</v>
+      </c>
+      <c r="D378" s="16">
+        <v>10.5</v>
+      </c>
+      <c r="E378" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="379" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A379" s="7">
+        <v>9781846276842</v>
+      </c>
+      <c r="B379" s="7">
+        <v>2012508</v>
+      </c>
+      <c r="C379" s="8" t="s">
+        <v>340</v>
+      </c>
+      <c r="D379" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E379" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="380" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A380" s="22">
+        <v>9781803511191</v>
+      </c>
+      <c r="B380" s="22">
+        <v>1773445</v>
+      </c>
+      <c r="C380" s="23" t="s">
+        <v>341</v>
+      </c>
+      <c r="D380" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E380" s="25">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="381" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A381" s="7">
+        <v>9781803511207</v>
+      </c>
+      <c r="B381" s="7">
+        <v>3097573</v>
+      </c>
+      <c r="C381" s="8" t="s">
+        <v>341</v>
+      </c>
+      <c r="D381" s="15">
+        <v>16.5</v>
+      </c>
+      <c r="E381" s="9">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="382" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A382" s="10">
+        <v>9781805224990</v>
+      </c>
+      <c r="B382" s="10">
+        <v>3140900</v>
+      </c>
+      <c r="C382" s="11" t="s">
+        <v>342</v>
+      </c>
+      <c r="D382" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E382" s="12">
+        <v>11200</v>
+      </c>
+    </row>
+    <row r="383" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A383" s="18">
+        <v>9781911753292</v>
+      </c>
+      <c r="B383" s="18">
+        <v>3030553</v>
+      </c>
+      <c r="C383" s="19" t="s">
+        <v>526</v>
+      </c>
+      <c r="D383" s="20">
+        <v>19.5</v>
+      </c>
+      <c r="E383" s="21">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="384" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A384" s="10">
+        <v>9780241984406</v>
+      </c>
+      <c r="B384" s="10">
+        <v>2997439</v>
+      </c>
+      <c r="C384" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="D384" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E384" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="385" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A385" s="7">
+        <v>9781399713504</v>
+      </c>
+      <c r="B385" s="7">
+        <v>2997333</v>
+      </c>
+      <c r="C385" s="8" t="s">
+        <v>344</v>
+      </c>
+      <c r="D385" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E385" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="386" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A386" s="10">
+        <v>9780141182537</v>
+      </c>
+      <c r="B386" s="10">
+        <v>9906142</v>
+      </c>
+      <c r="C386" s="11" t="s">
+        <v>345</v>
+      </c>
+      <c r="D386" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E386" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="387" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A387" s="7">
+        <v>9780241448786</v>
+      </c>
+      <c r="B387" s="7">
+        <v>2788980</v>
+      </c>
+      <c r="C387" s="8" t="s">
+        <v>346</v>
+      </c>
+      <c r="D387" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E387" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="388" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A388" s="22">
+        <v>9781529931600</v>
+      </c>
+      <c r="B388" s="22">
+        <v>1853872</v>
+      </c>
+      <c r="C388" s="23" t="s">
+        <v>527</v>
+      </c>
+      <c r="D388" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E388" s="25">
         <v>21200</v>
       </c>
     </row>
-    <row r="366" spans="1:5" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D366" s="22">
+    <row r="389" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A389" s="7">
+        <v>9780593420218</v>
+      </c>
+      <c r="B389" s="7">
+        <v>2779737</v>
+      </c>
+      <c r="C389" s="8" t="s">
+        <v>347</v>
+      </c>
+      <c r="D389" s="15">
         <v>12.5</v>
       </c>
-      <c r="E366" s="12">
-[...33 lines deleted...]
-      <c r="E368" s="12">
+      <c r="E389" s="9">
+        <v>26930</v>
+      </c>
+    </row>
+    <row r="390" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A390" s="10">
+        <v>9780349411903</v>
+      </c>
+      <c r="B390" s="10">
+        <v>2420412</v>
+      </c>
+      <c r="C390" s="11" t="s">
+        <v>348</v>
+      </c>
+      <c r="D390" s="16">
+        <v>23.5</v>
+      </c>
+      <c r="E390" s="12">
+        <v>14810</v>
+      </c>
+    </row>
+    <row r="391" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A391" s="7">
+        <v>9780593719435</v>
+      </c>
+      <c r="B391" s="7">
+        <v>3000313</v>
+      </c>
+      <c r="C391" s="8" t="s">
+        <v>349</v>
+      </c>
+      <c r="D391" s="15">
+        <v>20.5</v>
+      </c>
+      <c r="E391" s="9">
+        <v>17810</v>
+      </c>
+    </row>
+    <row r="392" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A392" s="10">
+        <v>9781444715460</v>
+      </c>
+      <c r="B392" s="10">
+        <v>3099387</v>
+      </c>
+      <c r="C392" s="11" t="s">
+        <v>350</v>
+      </c>
+      <c r="D392" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E392" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="393" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A393" s="7">
+        <v>9781035414505</v>
+      </c>
+      <c r="B393" s="7">
+        <v>3020279</v>
+      </c>
+      <c r="C393" s="8" t="s">
+        <v>351</v>
+      </c>
+      <c r="D393" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E393" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="394" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A394" s="10">
+        <v>9781035414536</v>
+      </c>
+      <c r="B394" s="10">
+        <v>3020281</v>
+      </c>
+      <c r="C394" s="11" t="s">
+        <v>352</v>
+      </c>
+      <c r="D394" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E394" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="395" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A395" s="18">
+        <v>9781250442581</v>
+      </c>
+      <c r="B395" s="18">
+        <v>1866010</v>
+      </c>
+      <c r="C395" s="19" t="s">
+        <v>528</v>
+      </c>
+      <c r="D395" s="20">
+        <v>20.5</v>
+      </c>
+      <c r="E395" s="21">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="396" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A396" s="10">
+        <v>9780525509028</v>
+      </c>
+      <c r="B396" s="10">
+        <v>2599391</v>
+      </c>
+      <c r="C396" s="11" t="s">
+        <v>353</v>
+      </c>
+      <c r="D396" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E396" s="12">
+        <v>25880</v>
+      </c>
+    </row>
+    <row r="397" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A397" s="18">
+        <v>9781398528567</v>
+      </c>
+      <c r="B397" s="18">
+        <v>2001493</v>
+      </c>
+      <c r="C397" s="19" t="s">
+        <v>529</v>
+      </c>
+      <c r="D397" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E397" s="21">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="398" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A398" s="10">
+        <v>9781784700447</v>
+      </c>
+      <c r="B398" s="10">
+        <v>2604436</v>
+      </c>
+      <c r="C398" s="11" t="s">
+        <v>354</v>
+      </c>
+      <c r="D398" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E398" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="369" spans="1:5" x14ac:dyDescent="0.25">
-[...97 lines deleted...]
-      <c r="E374" s="12">
+    <row r="399" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A399" s="18">
+        <v>9781529418316</v>
+      </c>
+      <c r="B399" s="18">
+        <v>1855212</v>
+      </c>
+      <c r="C399" s="19" t="s">
+        <v>530</v>
+      </c>
+      <c r="D399" s="20">
+        <v>14.5</v>
+      </c>
+      <c r="E399" s="21">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="400" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A400" s="10">
+        <v>9780141036137</v>
+      </c>
+      <c r="B400" s="10">
+        <v>6670385</v>
+      </c>
+      <c r="C400" s="11" t="s">
+        <v>355</v>
+      </c>
+      <c r="D400" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E400" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="401" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A401" s="7">
+        <v>9780141036144</v>
+      </c>
+      <c r="B401" s="7">
+        <v>6720331</v>
+      </c>
+      <c r="C401" s="8" t="s">
+        <v>356</v>
+      </c>
+      <c r="D401" s="15">
+        <v>11.5</v>
+      </c>
+      <c r="E401" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="402" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A402" s="10">
+        <v>9780241992388</v>
+      </c>
+      <c r="B402" s="10">
+        <v>2894518</v>
+      </c>
+      <c r="C402" s="11" t="s">
+        <v>357</v>
+      </c>
+      <c r="D402" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E402" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="375" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
-[...475 lines deleted...]
-    <row r="403" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="403" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A403" s="7">
-        <v>9780141036144</v>
+        <v>9780241743997</v>
       </c>
       <c r="B403" s="7">
-        <v>6720331</v>
+        <v>3143951</v>
       </c>
       <c r="C403" s="8" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>358</v>
+      </c>
+      <c r="D403" s="15">
+        <v>20.5</v>
       </c>
       <c r="E403" s="9">
-        <v>21110</v>
-[...2 lines deleted...]
-    <row r="404" spans="1:5" x14ac:dyDescent="0.25">
+        <v>11200</v>
+      </c>
+    </row>
+    <row r="404" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A404" s="10">
-        <v>9780241992388</v>
+        <v>9780241992401</v>
       </c>
       <c r="B404" s="10">
-        <v>2894518</v>
+        <v>2997571</v>
       </c>
       <c r="C404" s="11" t="s">
-        <v>339</v>
-[...1 lines deleted...]
-      <c r="D404" s="22">
+        <v>359</v>
+      </c>
+      <c r="D404" s="16">
         <v>13.5</v>
       </c>
       <c r="E404" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="405" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-    <row r="406" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="405" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A405" s="7">
+        <v>9780241988244</v>
+      </c>
+      <c r="B405" s="7">
+        <v>2789002</v>
+      </c>
+      <c r="C405" s="8" t="s">
+        <v>360</v>
+      </c>
+      <c r="D405" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E405" s="9">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="406" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A406" s="10">
-        <v>9780241992401</v>
+        <v>9780241988268</v>
       </c>
       <c r="B406" s="10">
-        <v>2997571</v>
+        <v>2320035</v>
       </c>
       <c r="C406" s="11" t="s">
-        <v>340</v>
-[...1 lines deleted...]
-      <c r="D406" s="22">
+        <v>361</v>
+      </c>
+      <c r="D406" s="16">
         <v>13.5</v>
       </c>
       <c r="E406" s="12">
         <v>21200</v>
       </c>
     </row>
-    <row r="407" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="407" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A407" s="7">
-        <v>9780241988244</v>
+        <v>9780241997482</v>
       </c>
       <c r="B407" s="7">
-        <v>2789002</v>
+        <v>3098615</v>
       </c>
       <c r="C407" s="8" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="D407" s="21">
+        <v>362</v>
+      </c>
+      <c r="D407" s="15">
         <v>13.5</v>
       </c>
       <c r="E407" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="408" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="408" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A408" s="10">
-        <v>9780241988268</v>
+        <v>9781785031168</v>
       </c>
       <c r="B408" s="10">
-        <v>2320035</v>
+        <v>7754760</v>
       </c>
       <c r="C408" s="11" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>363</v>
+      </c>
+      <c r="D408" s="16">
+        <v>38.5</v>
       </c>
       <c r="E408" s="12">
-        <v>21200</v>
-[...2 lines deleted...]
-    <row r="409" spans="1:5" x14ac:dyDescent="0.25">
+        <v>14550</v>
+      </c>
+    </row>
+    <row r="409" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A409" s="7">
-        <v>9780241997482</v>
+        <v>9781472154668</v>
       </c>
       <c r="B409" s="7">
-        <v>3098615</v>
+        <v>2061714</v>
       </c>
       <c r="C409" s="8" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>364</v>
+      </c>
+      <c r="D409" s="15">
+        <v>12.5</v>
       </c>
       <c r="E409" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="410" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="410" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A410" s="10">
-        <v>9781785031168</v>
+        <v>9781398536517</v>
       </c>
       <c r="B410" s="10">
-        <v>7754760</v>
+        <v>3048977</v>
       </c>
       <c r="C410" s="11" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-        <v>39.5</v>
+        <v>365</v>
+      </c>
+      <c r="D410" s="16">
+        <v>11.5</v>
       </c>
       <c r="E410" s="12">
-        <v>14550</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="411" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A411" s="7">
-        <v>9781472154668</v>
+        <v>9781398537866</v>
       </c>
       <c r="B411" s="7">
-        <v>2061714</v>
+        <v>3142212</v>
       </c>
       <c r="C411" s="8" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>531</v>
+      </c>
+      <c r="D411" s="15">
+        <v>11.5</v>
       </c>
       <c r="E411" s="9">
-        <v>21200</v>
-[...2 lines deleted...]
-    <row r="412" spans="1:5" x14ac:dyDescent="0.25">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="412" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A412" s="10">
-        <v>9781398536517</v>
+        <v>9780008710262</v>
       </c>
       <c r="B412" s="10">
-        <v>3048977</v>
+        <v>3105704</v>
       </c>
       <c r="C412" s="11" t="s">
-        <v>346</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>366</v>
+      </c>
+      <c r="D412" s="16">
+        <v>13.5</v>
       </c>
       <c r="E412" s="12">
-        <v>22500</v>
-[...15 lines deleted...]
-      <c r="E413" s="16">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="413" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A413" s="7">
+        <v>9781783352364</v>
+      </c>
+      <c r="B413" s="7">
+        <v>2789801</v>
+      </c>
+      <c r="C413" s="8" t="s">
+        <v>367</v>
+      </c>
+      <c r="D413" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E413" s="9">
+        <v>21900</v>
+      </c>
+    </row>
+    <row r="414" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A414" s="10">
+        <v>9781804947036</v>
+      </c>
+      <c r="B414" s="10">
+        <v>3044625</v>
+      </c>
+      <c r="C414" s="11" t="s">
+        <v>368</v>
+      </c>
+      <c r="D414" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E414" s="12">
+        <v>27810</v>
+      </c>
+    </row>
+    <row r="415" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A415" s="7">
+        <v>9781784706289</v>
+      </c>
+      <c r="B415" s="7">
+        <v>2002257</v>
+      </c>
+      <c r="C415" s="8" t="s">
+        <v>369</v>
+      </c>
+      <c r="D415" s="15">
+        <v>16.5</v>
+      </c>
+      <c r="E415" s="9">
+        <v>27440</v>
+      </c>
+    </row>
+    <row r="416" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A416" s="10">
+        <v>9780241251027</v>
+      </c>
+      <c r="B416" s="10">
+        <v>2137408</v>
+      </c>
+      <c r="C416" s="11" t="s">
+        <v>370</v>
+      </c>
+      <c r="D416" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E416" s="12">
+        <v>27210</v>
+      </c>
+    </row>
+    <row r="417" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A417" s="7">
+        <v>9780735278516</v>
+      </c>
+      <c r="B417" s="7">
+        <v>2138190</v>
+      </c>
+      <c r="C417" s="8" t="s">
+        <v>371</v>
+      </c>
+      <c r="D417" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E417" s="9">
+        <v>24810</v>
+      </c>
+    </row>
+    <row r="418" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A418" s="10">
+        <v>9780385720250</v>
+      </c>
+      <c r="B418" s="10">
+        <v>2940923</v>
+      </c>
+      <c r="C418" s="11" t="s">
+        <v>372</v>
+      </c>
+      <c r="D418" s="16">
+        <v>23</v>
+      </c>
+      <c r="E418" s="12">
+        <v>15740</v>
+      </c>
+    </row>
+    <row r="419" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A419" s="7">
+        <v>9781607103141</v>
+      </c>
+      <c r="B419" s="7">
+        <v>2741532</v>
+      </c>
+      <c r="C419" s="8" t="s">
+        <v>373</v>
+      </c>
+      <c r="D419" s="15">
+        <v>24</v>
+      </c>
+      <c r="E419" s="9">
         <v>11110</v>
       </c>
     </row>
-    <row r="414" spans="1:5" x14ac:dyDescent="0.25">
-[...101 lines deleted...]
-    <row r="420" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="420" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A420" s="10">
-        <v>9781784706289</v>
+        <v>9781847496096</v>
       </c>
       <c r="B420" s="10">
-        <v>2002257</v>
+        <v>2057836</v>
       </c>
       <c r="C420" s="11" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>17.5</v>
+        <v>374</v>
+      </c>
+      <c r="D420" s="16">
+        <v>9</v>
       </c>
       <c r="E420" s="12">
-        <v>27440</v>
-[...2 lines deleted...]
-    <row r="421" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="421" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A421" s="7">
-        <v>9781529430073</v>
+        <v>9780008644369</v>
       </c>
       <c r="B421" s="7">
-        <v>3042144</v>
+        <v>3098988</v>
       </c>
       <c r="C421" s="8" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>532</v>
+      </c>
+      <c r="D421" s="15">
+        <v>13.5</v>
       </c>
       <c r="E421" s="9">
-        <v>21200</v>
-[...2 lines deleted...]
-    <row r="422" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="422" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A422" s="10">
-        <v>9780241251027</v>
+        <v>9781804950821</v>
       </c>
       <c r="B422" s="10">
-        <v>2137408</v>
+        <v>3139060</v>
       </c>
       <c r="C422" s="11" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>375</v>
+      </c>
+      <c r="D422" s="16">
+        <v>13.5</v>
       </c>
       <c r="E422" s="12">
-        <v>27210</v>
-[...2 lines deleted...]
-    <row r="423" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="423" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A423" s="7">
-        <v>9780735278516</v>
+        <v>9781846047145</v>
       </c>
       <c r="B423" s="7">
-        <v>2138190</v>
+        <v>3044615</v>
       </c>
       <c r="C423" s="8" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>376</v>
+      </c>
+      <c r="D423" s="15">
+        <v>15.5</v>
       </c>
       <c r="E423" s="9">
         <v>24810</v>
       </c>
     </row>
-    <row r="424" spans="1:5" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D424" s="22">
+    <row r="424" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A424" s="22">
+        <v>9780008742966</v>
+      </c>
+      <c r="B424" s="22">
+        <v>1864823</v>
+      </c>
+      <c r="C424" s="23" t="s">
+        <v>533</v>
+      </c>
+      <c r="D424" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E424" s="25">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="425" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A425" s="7">
+        <v>9781405971201</v>
+      </c>
+      <c r="B425" s="7">
+        <v>3151279</v>
+      </c>
+      <c r="C425" s="8" t="s">
+        <v>377</v>
+      </c>
+      <c r="D425" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E425" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="426" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A426" s="10">
+        <v>9780593983577</v>
+      </c>
+      <c r="B426" s="10">
+        <v>3115432</v>
+      </c>
+      <c r="C426" s="11" t="s">
+        <v>378</v>
+      </c>
+      <c r="D426" s="16">
+        <v>20.5</v>
+      </c>
+      <c r="E426" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="427" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A427" s="7">
+        <v>9781398515697</v>
+      </c>
+      <c r="B427" s="7">
+        <v>2797563</v>
+      </c>
+      <c r="C427" s="8" t="s">
+        <v>379</v>
+      </c>
+      <c r="D427" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E427" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="428" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A428" s="10">
+        <v>9781524762407</v>
+      </c>
+      <c r="B428" s="10">
+        <v>2612230</v>
+      </c>
+      <c r="C428" s="11" t="s">
+        <v>380</v>
+      </c>
+      <c r="D428" s="16">
+        <v>18.5</v>
+      </c>
+      <c r="E428" s="12">
+        <v>17810</v>
+      </c>
+    </row>
+    <row r="429" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A429" s="7">
+        <v>9781035047963</v>
+      </c>
+      <c r="B429" s="7">
+        <v>3145931</v>
+      </c>
+      <c r="C429" s="8" t="s">
+        <v>381</v>
+      </c>
+      <c r="D429" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E429" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="430" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A430" s="10">
+        <v>9781035421138</v>
+      </c>
+      <c r="B430" s="10">
+        <v>3099427</v>
+      </c>
+      <c r="C430" s="11" t="s">
+        <v>382</v>
+      </c>
+      <c r="D430" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E430" s="12">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="431" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A431" s="7">
+        <v>9781785656477</v>
+      </c>
+      <c r="B431" s="7">
+        <v>3981517</v>
+      </c>
+      <c r="C431" s="8" t="s">
+        <v>383</v>
+      </c>
+      <c r="D431" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E431" s="9">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="432" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A432" s="10">
+        <v>9781529931242</v>
+      </c>
+      <c r="B432" s="10">
+        <v>3055599</v>
+      </c>
+      <c r="C432" s="11" t="s">
+        <v>384</v>
+      </c>
+      <c r="D432" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E432" s="12">
+        <v>27880</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A433" s="7">
+        <v>9781398529489</v>
+      </c>
+      <c r="B433" s="7">
+        <v>2981537</v>
+      </c>
+      <c r="C433" s="8" t="s">
+        <v>385</v>
+      </c>
+      <c r="D433" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E433" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A434" s="10">
+        <v>9780571333134</v>
+      </c>
+      <c r="B434" s="10">
+        <v>2157905</v>
+      </c>
+      <c r="C434" s="11" t="s">
+        <v>386</v>
+      </c>
+      <c r="D434" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E434" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A435" s="7">
+        <v>9780571365487</v>
+      </c>
+      <c r="B435" s="7">
+        <v>3107660</v>
+      </c>
+      <c r="C435" s="8" t="s">
+        <v>387</v>
+      </c>
+      <c r="D435" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E435" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A436" s="10">
+        <v>9780571334650</v>
+      </c>
+      <c r="B436" s="10">
+        <v>2055078</v>
+      </c>
+      <c r="C436" s="11" t="s">
+        <v>388</v>
+      </c>
+      <c r="D436" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E436" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A437" s="7">
+        <v>9781250123824</v>
+      </c>
+      <c r="B437" s="7">
+        <v>2109729</v>
+      </c>
+      <c r="C437" s="8" t="s">
+        <v>389</v>
+      </c>
+      <c r="D437" s="15">
         <v>12.5</v>
       </c>
-      <c r="E424" s="12">
-[...33 lines deleted...]
-      <c r="E426" s="12">
+      <c r="E437" s="9">
+        <v>27820</v>
+      </c>
+    </row>
+    <row r="438" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A438" s="10">
+        <v>9781408855652</v>
+      </c>
+      <c r="B438" s="10">
+        <v>9842179</v>
+      </c>
+      <c r="C438" s="11" t="s">
+        <v>390</v>
+      </c>
+      <c r="D438" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E438" s="12">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="439" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A439" s="7">
+        <v>9780593652886</v>
+      </c>
+      <c r="B439" s="7">
+        <v>2936723</v>
+      </c>
+      <c r="C439" s="8" t="s">
+        <v>391</v>
+      </c>
+      <c r="D439" s="15">
+        <v>23.5</v>
+      </c>
+      <c r="E439" s="9">
+        <v>14810</v>
+      </c>
+    </row>
+    <row r="440" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A440" s="10">
+        <v>9781787336056</v>
+      </c>
+      <c r="B440" s="10">
+        <v>3156963</v>
+      </c>
+      <c r="C440" s="11" t="s">
+        <v>392</v>
+      </c>
+      <c r="D440" s="16">
+        <v>19.5</v>
+      </c>
+      <c r="E440" s="12">
         <v>11110</v>
       </c>
     </row>
-    <row r="427" spans="1:5" x14ac:dyDescent="0.25">
-[...63 lines deleted...]
-      <c r="E430" s="12">
+    <row r="441" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A441" s="7">
+        <v>9780593732458</v>
+      </c>
+      <c r="B441" s="7">
+        <v>3046159</v>
+      </c>
+      <c r="C441" s="8" t="s">
+        <v>393</v>
+      </c>
+      <c r="D441" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E441" s="9">
         <v>11110</v>
       </c>
     </row>
-    <row r="431" spans="1:5" x14ac:dyDescent="0.25">
-[...43 lines deleted...]
-      <c r="D433" s="21">
+    <row r="442" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A442" s="10">
+        <v>9781472273901</v>
+      </c>
+      <c r="B442" s="10">
+        <v>2790669</v>
+      </c>
+      <c r="C442" s="11" t="s">
+        <v>394</v>
+      </c>
+      <c r="D442" s="16">
         <v>14.5</v>
       </c>
-      <c r="E433" s="9">
-[...50 lines deleted...]
-      <c r="E436" s="12">
+      <c r="E442" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="443" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A443" s="7">
+        <v>9781472292179</v>
+      </c>
+      <c r="B443" s="7">
+        <v>2997412</v>
+      </c>
+      <c r="C443" s="8" t="s">
+        <v>395</v>
+      </c>
+      <c r="D443" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E443" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="444" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A444" s="10">
+        <v>9781472292223</v>
+      </c>
+      <c r="B444" s="10">
+        <v>3099424</v>
+      </c>
+      <c r="C444" s="11" t="s">
+        <v>396</v>
+      </c>
+      <c r="D444" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E444" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="445" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A445" s="7">
+        <v>9780241950425</v>
+      </c>
+      <c r="B445" s="7">
+        <v>3477223</v>
+      </c>
+      <c r="C445" s="8" t="s">
+        <v>397</v>
+      </c>
+      <c r="D445" s="15">
+        <v>11.5</v>
+      </c>
+      <c r="E445" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="446" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A446" s="10">
+        <v>9781399613422</v>
+      </c>
+      <c r="B446" s="10">
+        <v>3042534</v>
+      </c>
+      <c r="C446" s="11" t="s">
+        <v>398</v>
+      </c>
+      <c r="D446" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E446" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="437" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
-[...111 lines deleted...]
-      <c r="D443" s="21">
+    <row r="447" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A447" s="18">
+        <v>9781399634533</v>
+      </c>
+      <c r="B447" s="18">
+        <v>1850253</v>
+      </c>
+      <c r="C447" s="19" t="s">
+        <v>534</v>
+      </c>
+      <c r="D447" s="20">
+        <v>21.5</v>
+      </c>
+      <c r="E447" s="21">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="448" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A448" s="10">
+        <v>9780575089914</v>
+      </c>
+      <c r="B448" s="10">
+        <v>2972344</v>
+      </c>
+      <c r="C448" s="11" t="s">
+        <v>399</v>
+      </c>
+      <c r="D448" s="16">
+        <v>16.5</v>
+      </c>
+      <c r="E448" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="449" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A449" s="7">
+        <v>9781399633239</v>
+      </c>
+      <c r="B449" s="7">
+        <v>3144158</v>
+      </c>
+      <c r="C449" s="8" t="s">
+        <v>400</v>
+      </c>
+      <c r="D449" s="15">
+        <v>21.5</v>
+      </c>
+      <c r="E449" s="9">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="450" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A450" s="10">
+        <v>9780765365279</v>
+      </c>
+      <c r="B450" s="10">
+        <v>5882729</v>
+      </c>
+      <c r="C450" s="11" t="s">
+        <v>401</v>
+      </c>
+      <c r="D450" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E450" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="451" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A451" s="7">
+        <v>9781399613392</v>
+      </c>
+      <c r="B451" s="7">
+        <v>2996539</v>
+      </c>
+      <c r="C451" s="8" t="s">
+        <v>402</v>
+      </c>
+      <c r="D451" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E451" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="452" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A452" s="10">
+        <v>9781250385277</v>
+      </c>
+      <c r="B452" s="10">
+        <v>3049716</v>
+      </c>
+      <c r="C452" s="11" t="s">
+        <v>403</v>
+      </c>
+      <c r="D452" s="16">
+        <v>21.5</v>
+      </c>
+      <c r="E452" s="12">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="453" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A453" s="7">
+        <v>9781399613453</v>
+      </c>
+      <c r="B453" s="7">
+        <v>3042540</v>
+      </c>
+      <c r="C453" s="8" t="s">
+        <v>404</v>
+      </c>
+      <c r="D453" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E453" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="454" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A454" s="10">
+        <v>9781399633475</v>
+      </c>
+      <c r="B454" s="10">
+        <v>3185135</v>
+      </c>
+      <c r="C454" s="11" t="s">
+        <v>535</v>
+      </c>
+      <c r="D454" s="16">
+        <v>21.5</v>
+      </c>
+      <c r="E454" s="12">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="455" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A455" s="7">
+        <v>9780099575061</v>
+      </c>
+      <c r="B455" s="7">
+        <v>2100434</v>
+      </c>
+      <c r="C455" s="8" t="s">
+        <v>405</v>
+      </c>
+      <c r="D455" s="15">
+        <v>16.5</v>
+      </c>
+      <c r="E455" s="9">
+        <v>26100</v>
+      </c>
+    </row>
+    <row r="456" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A456" s="10">
+        <v>9781399819121</v>
+      </c>
+      <c r="B456" s="10">
+        <v>3139586</v>
+      </c>
+      <c r="C456" s="11" t="s">
+        <v>406</v>
+      </c>
+      <c r="D456" s="16">
+        <v>16.5</v>
+      </c>
+      <c r="E456" s="12">
+        <v>26320</v>
+      </c>
+    </row>
+    <row r="457" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A457" s="18">
+        <v>9781399633994</v>
+      </c>
+      <c r="B457" s="18">
+        <v>1850105</v>
+      </c>
+      <c r="C457" s="19" t="s">
+        <v>536</v>
+      </c>
+      <c r="D457" s="20">
         <v>14.5</v>
       </c>
-      <c r="E443" s="9">
-[...13 lines deleted...]
-      <c r="D444" s="24">
+      <c r="E457" s="21">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="458" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A458" s="10">
+        <v>9781035064656</v>
+      </c>
+      <c r="B458" s="10">
+        <v>3097233</v>
+      </c>
+      <c r="C458" s="11" t="s">
+        <v>407</v>
+      </c>
+      <c r="D458" s="16">
+        <v>21.5</v>
+      </c>
+      <c r="E458" s="12">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="459" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A459" s="7">
+        <v>9781789098754</v>
+      </c>
+      <c r="B459" s="7">
+        <v>2892887</v>
+      </c>
+      <c r="C459" s="8" t="s">
+        <v>408</v>
+      </c>
+      <c r="D459" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E459" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="460" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A460" s="10">
+        <v>9781399713795</v>
+      </c>
+      <c r="B460" s="10">
+        <v>2941345</v>
+      </c>
+      <c r="C460" s="11" t="s">
+        <v>409</v>
+      </c>
+      <c r="D460" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E460" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="461" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A461" s="7">
+        <v>9781399713740</v>
+      </c>
+      <c r="B461" s="7">
+        <v>2885075</v>
+      </c>
+      <c r="C461" s="8" t="s">
+        <v>410</v>
+      </c>
+      <c r="D461" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E461" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="462" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A462" s="10">
+        <v>9781250258403</v>
+      </c>
+      <c r="B462" s="10">
+        <v>1782282</v>
+      </c>
+      <c r="C462" s="11" t="s">
+        <v>411</v>
+      </c>
+      <c r="D462" s="16">
+        <v>9.5</v>
+      </c>
+      <c r="E462" s="12">
+        <v>27850</v>
+      </c>
+    </row>
+    <row r="463" spans="1:5" s="13" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A463" s="7">
+        <v>9781526663665</v>
+      </c>
+      <c r="B463" s="7">
+        <v>3097374</v>
+      </c>
+      <c r="C463" s="8" t="s">
+        <v>412</v>
+      </c>
+      <c r="D463" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E463" s="9">
+        <v>25310</v>
+      </c>
+    </row>
+    <row r="464" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A464" s="10">
+        <v>9781526648099</v>
+      </c>
+      <c r="B464" s="10">
+        <v>2939803</v>
+      </c>
+      <c r="C464" s="11" t="s">
+        <v>413</v>
+      </c>
+      <c r="D464" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E464" s="12">
+        <v>21600</v>
+      </c>
+    </row>
+    <row r="465" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A465" s="7">
+        <v>9780241714348</v>
+      </c>
+      <c r="B465" s="7">
+        <v>3143950</v>
+      </c>
+      <c r="C465" s="8" t="s">
+        <v>537</v>
+      </c>
+      <c r="D465" s="15">
+        <v>28.5</v>
+      </c>
+      <c r="E465" s="9">
+        <v>11300</v>
+      </c>
+    </row>
+    <row r="466" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A466" s="10">
+        <v>9780241988725</v>
+      </c>
+      <c r="B466" s="10">
+        <v>2789182</v>
+      </c>
+      <c r="C466" s="11" t="s">
+        <v>414</v>
+      </c>
+      <c r="D466" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E466" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="467" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A467" s="7">
+        <v>9780241988749</v>
+      </c>
+      <c r="B467" s="7">
+        <v>3098543</v>
+      </c>
+      <c r="C467" s="8" t="s">
+        <v>415</v>
+      </c>
+      <c r="D467" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E467" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="468" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A468" s="10">
+        <v>9781526686824</v>
+      </c>
+      <c r="B468" s="10">
+        <v>3145253</v>
+      </c>
+      <c r="C468" s="11" t="s">
+        <v>416</v>
+      </c>
+      <c r="D468" s="16">
         <v>19.5</v>
       </c>
-      <c r="E444" s="19">
-[...67 lines deleted...]
-      <c r="E448" s="19">
+      <c r="E468" s="12">
         <v>11300</v>
       </c>
     </row>
-    <row r="449" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
-[...339 lines deleted...]
-    <row r="469" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="469" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A469" s="7">
-        <v>9780765365279</v>
+        <v>9781526619815</v>
       </c>
       <c r="B469" s="7">
-        <v>5882729</v>
+        <v>2996469</v>
       </c>
       <c r="C469" s="8" t="s">
-        <v>396</v>
-[...1 lines deleted...]
-      <c r="D469" s="21">
+        <v>417</v>
+      </c>
+      <c r="D469" s="15">
         <v>14.5</v>
       </c>
       <c r="E469" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="470" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="470" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A470" s="10">
-        <v>9781250385277</v>
+        <v>9781408883358</v>
       </c>
       <c r="B470" s="10">
-        <v>3049716</v>
+        <v>2735966</v>
       </c>
       <c r="C470" s="11" t="s">
-        <v>397</v>
-[...2 lines deleted...]
-        <v>22.5</v>
+        <v>418</v>
+      </c>
+      <c r="D470" s="16">
+        <v>14.5</v>
       </c>
       <c r="E470" s="12">
-        <v>11300</v>
-[...2 lines deleted...]
-    <row r="471" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="471" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A471" s="7">
-        <v>9781399613453</v>
+        <v>9780141198965</v>
       </c>
       <c r="B471" s="7">
-        <v>3042540</v>
+        <v>2302853</v>
       </c>
       <c r="C471" s="8" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>419</v>
+      </c>
+      <c r="D471" s="15">
+        <v>11.5</v>
       </c>
       <c r="E471" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="472" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A472" s="10">
+        <v>9781398722057</v>
+      </c>
+      <c r="B472" s="10">
+        <v>3097863</v>
+      </c>
+      <c r="C472" s="11" t="s">
+        <v>420</v>
+      </c>
+      <c r="D472" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E472" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="473" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A473" s="7">
+        <v>9781538727355</v>
+      </c>
+      <c r="B473" s="7">
+        <v>2842594</v>
+      </c>
+      <c r="C473" s="8" t="s">
+        <v>421</v>
+      </c>
+      <c r="D473" s="15">
+        <v>17.5</v>
+      </c>
+      <c r="E473" s="9">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="474" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A474" s="10">
+        <v>9780008729011</v>
+      </c>
+      <c r="B474" s="10">
+        <v>1864831</v>
+      </c>
+      <c r="C474" s="11" t="s">
+        <v>538</v>
+      </c>
+      <c r="D474" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E474" s="12">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="475" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A475" s="7">
+        <v>9780349437675</v>
+      </c>
+      <c r="B475" s="7">
+        <v>2975348</v>
+      </c>
+      <c r="C475" s="8" t="s">
+        <v>422</v>
+      </c>
+      <c r="D475" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E475" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="476" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A476" s="10">
+        <v>9780349437682</v>
+      </c>
+      <c r="B476" s="10">
+        <v>2975354</v>
+      </c>
+      <c r="C476" s="11" t="s">
+        <v>423</v>
+      </c>
+      <c r="D476" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E476" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="477" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A477" s="7">
+        <v>9780349437743</v>
+      </c>
+      <c r="B477" s="7">
+        <v>2996883</v>
+      </c>
+      <c r="C477" s="8" t="s">
+        <v>424</v>
+      </c>
+      <c r="D477" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E477" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="478" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A478" s="10">
+        <v>9780349437705</v>
+      </c>
+      <c r="B478" s="10">
+        <v>2975347</v>
+      </c>
+      <c r="C478" s="11" t="s">
+        <v>425</v>
+      </c>
+      <c r="D478" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E478" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="479" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A479" s="7">
+        <v>9780349437729</v>
+      </c>
+      <c r="B479" s="7">
+        <v>2975355</v>
+      </c>
+      <c r="C479" s="8" t="s">
+        <v>426</v>
+      </c>
+      <c r="D479" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E479" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="480" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A480" s="10">
+        <v>9780349441696</v>
+      </c>
+      <c r="B480" s="10">
+        <v>3154079</v>
+      </c>
+      <c r="C480" s="11" t="s">
+        <v>427</v>
+      </c>
+      <c r="D480" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E480" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="481" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A481" s="7">
+        <v>9780349441641</v>
+      </c>
+      <c r="B481" s="7">
+        <v>3049958</v>
+      </c>
+      <c r="C481" s="8" t="s">
+        <v>428</v>
+      </c>
+      <c r="D481" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E481" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="482" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A482" s="10">
+        <v>9780349441634</v>
+      </c>
+      <c r="B482" s="10">
+        <v>3066517</v>
+      </c>
+      <c r="C482" s="11" t="s">
+        <v>429</v>
+      </c>
+      <c r="D482" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E482" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="483" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A483" s="7">
+        <v>9780349441672</v>
+      </c>
+      <c r="B483" s="7">
+        <v>3107615</v>
+      </c>
+      <c r="C483" s="8" t="s">
+        <v>430</v>
+      </c>
+      <c r="D483" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E483" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="484" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A484" s="10">
+        <v>9781728278384</v>
+      </c>
+      <c r="B484" s="10">
+        <v>2949264</v>
+      </c>
+      <c r="C484" s="11" t="s">
+        <v>431</v>
+      </c>
+      <c r="D484" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E484" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="485" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A485" s="7">
+        <v>9780008629106</v>
+      </c>
+      <c r="B485" s="7">
+        <v>3105703</v>
+      </c>
+      <c r="C485" s="8" t="s">
+        <v>432</v>
+      </c>
+      <c r="D485" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E485" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="486" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A486" s="10">
+        <v>9780241529720</v>
+      </c>
+      <c r="B486" s="10">
+        <v>2798768</v>
+      </c>
+      <c r="C486" s="11" t="s">
+        <v>433</v>
+      </c>
+      <c r="D486" s="16">
+        <v>23.5</v>
+      </c>
+      <c r="E486" s="12">
+        <v>15310</v>
+      </c>
+    </row>
+    <row r="487" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A487" s="7">
+        <v>9781836182160</v>
+      </c>
+      <c r="B487" s="7">
+        <v>3132796</v>
+      </c>
+      <c r="C487" s="8" t="s">
+        <v>434</v>
+      </c>
+      <c r="D487" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E487" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="472" spans="1:5" x14ac:dyDescent="0.25">
-[...63 lines deleted...]
-      <c r="E475" s="9">
+    <row r="488" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A488" s="10">
+        <v>9798217154241</v>
+      </c>
+      <c r="B488" s="10">
+        <v>3165347</v>
+      </c>
+      <c r="C488" s="11" t="s">
+        <v>435</v>
+      </c>
+      <c r="D488" s="16">
+        <v>20.5</v>
+      </c>
+      <c r="E488" s="12">
+        <v>21600</v>
+      </c>
+    </row>
+    <row r="489" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A489" s="7">
+        <v>9780747568766</v>
+      </c>
+      <c r="B489" s="7">
+        <v>9802592</v>
+      </c>
+      <c r="C489" s="8" t="s">
+        <v>436</v>
+      </c>
+      <c r="D489" s="15">
+        <v>16.5</v>
+      </c>
+      <c r="E489" s="9">
+        <v>25970</v>
+      </c>
+    </row>
+    <row r="490" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A490" s="10">
+        <v>9781529929287</v>
+      </c>
+      <c r="B490" s="10">
+        <v>3139074</v>
+      </c>
+      <c r="C490" s="11" t="s">
+        <v>437</v>
+      </c>
+      <c r="D490" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E490" s="12">
+        <v>27430</v>
+      </c>
+    </row>
+    <row r="491" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A491" s="18">
+        <v>9781804950807</v>
+      </c>
+      <c r="B491" s="18">
+        <v>1853716</v>
+      </c>
+      <c r="C491" s="19" t="s">
+        <v>539</v>
+      </c>
+      <c r="D491" s="20">
+        <v>14.5</v>
+      </c>
+      <c r="E491" s="21">
+        <v>24810</v>
+      </c>
+    </row>
+    <row r="492" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A492" s="10">
+        <v>9781804952351</v>
+      </c>
+      <c r="B492" s="10">
+        <v>1853708</v>
+      </c>
+      <c r="C492" s="11" t="s">
+        <v>540</v>
+      </c>
+      <c r="D492" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E492" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="476" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
-[...162 lines deleted...]
-      <c r="D485" s="21">
+    <row r="493" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A493" s="7">
+        <v>9781035048915</v>
+      </c>
+      <c r="B493" s="7">
+        <v>3145906</v>
+      </c>
+      <c r="C493" s="8" t="s">
+        <v>438</v>
+      </c>
+      <c r="D493" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E493" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="494" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A494" s="10">
+        <v>9780141199337</v>
+      </c>
+      <c r="B494" s="10">
+        <v>2305496</v>
+      </c>
+      <c r="C494" s="11" t="s">
+        <v>439</v>
+      </c>
+      <c r="D494" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E494" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="495" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A495" s="7">
+        <v>9781846048371</v>
+      </c>
+      <c r="B495" s="7">
+        <v>3139088</v>
+      </c>
+      <c r="C495" s="8" t="s">
+        <v>440</v>
+      </c>
+      <c r="D495" s="15">
         <v>14.5</v>
       </c>
-      <c r="E485" s="9">
+      <c r="E495" s="9">
+        <v>24810</v>
+      </c>
+    </row>
+    <row r="496" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A496" s="10">
+        <v>9780593800119</v>
+      </c>
+      <c r="B496" s="10">
+        <v>3049111</v>
+      </c>
+      <c r="C496" s="11" t="s">
+        <v>441</v>
+      </c>
+      <c r="D496" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E496" s="12">
+        <v>27430</v>
+      </c>
+    </row>
+    <row r="497" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A497" s="18">
+        <v>9781529932423</v>
+      </c>
+      <c r="B497" s="18">
+        <v>1853759</v>
+      </c>
+      <c r="C497" s="19" t="s">
+        <v>541</v>
+      </c>
+      <c r="D497" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E497" s="21">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="498" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A498" s="10">
+        <v>9780349139630</v>
+      </c>
+      <c r="B498" s="10">
+        <v>7785607</v>
+      </c>
+      <c r="C498" s="11" t="s">
+        <v>442</v>
+      </c>
+      <c r="D498" s="16">
+        <v>16.5</v>
+      </c>
+      <c r="E498" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="499" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A499" s="7">
+        <v>9780140167771</v>
+      </c>
+      <c r="B499" s="7">
+        <v>8514011</v>
+      </c>
+      <c r="C499" s="8" t="s">
+        <v>443</v>
+      </c>
+      <c r="D499" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E499" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="500" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A500" s="10">
+        <v>9780753555200</v>
+      </c>
+      <c r="B500" s="10">
+        <v>2145128</v>
+      </c>
+      <c r="C500" s="11" t="s">
+        <v>444</v>
+      </c>
+      <c r="D500" s="16">
+        <v>16.5</v>
+      </c>
+      <c r="E500" s="12">
+        <v>27810</v>
+      </c>
+    </row>
+    <row r="501" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A501" s="7">
+        <v>9781035031115</v>
+      </c>
+      <c r="B501" s="7">
+        <v>3145910</v>
+      </c>
+      <c r="C501" s="8" t="s">
+        <v>445</v>
+      </c>
+      <c r="D501" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E501" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="486" spans="1:5" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E486" s="12">
+    <row r="502" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A502" s="10">
+        <v>9781035029464</v>
+      </c>
+      <c r="B502" s="10">
+        <v>3097226</v>
+      </c>
+      <c r="C502" s="11" t="s">
+        <v>446</v>
+      </c>
+      <c r="D502" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E502" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="503" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A503" s="7">
+        <v>9780261102217</v>
+      </c>
+      <c r="B503" s="7">
+        <v>8517100</v>
+      </c>
+      <c r="C503" s="8" t="s">
+        <v>447</v>
+      </c>
+      <c r="D503" s="15">
+        <v>11.5</v>
+      </c>
+      <c r="E503" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="487" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
-[...288 lines deleted...]
-    <row r="504" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="504" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A504" s="10">
-        <v>9781836182160</v>
+        <v>9780261102385</v>
       </c>
       <c r="B504" s="10">
-        <v>3132796</v>
+        <v>8557977</v>
       </c>
       <c r="C504" s="11" t="s">
-        <v>428</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>448</v>
+      </c>
+      <c r="D504" s="16">
+        <v>33.5</v>
       </c>
       <c r="E504" s="12">
         <v>21300</v>
       </c>
     </row>
-    <row r="505" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="505" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A505" s="7">
-        <v>9780747568766</v>
+        <v>9780340733509</v>
       </c>
       <c r="B505" s="7">
-        <v>9802592</v>
+        <v>4355059</v>
       </c>
       <c r="C505" s="8" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-        <v>17.5</v>
+        <v>449</v>
+      </c>
+      <c r="D505" s="15">
+        <v>16.5</v>
       </c>
       <c r="E505" s="9">
-        <v>25970</v>
-[...2 lines deleted...]
-    <row r="506" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>14700</v>
+      </c>
+    </row>
+    <row r="506" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A506" s="10">
-        <v>9780593799048</v>
+        <v>9781399751940</v>
       </c>
       <c r="B506" s="10">
-        <v>3046165</v>
+        <v>2069593</v>
       </c>
       <c r="C506" s="11" t="s">
-        <v>430</v>
-[...2 lines deleted...]
-        <v>22.5</v>
+        <v>450</v>
+      </c>
+      <c r="D506" s="16">
+        <v>12.5</v>
       </c>
       <c r="E506" s="12">
-        <v>17430</v>
-[...12 lines deleted...]
-      <c r="D507" s="23">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="507" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A507" s="18">
+        <v>9781399746441</v>
+      </c>
+      <c r="B507" s="18">
+        <v>1859501</v>
+      </c>
+      <c r="C507" s="19" t="s">
+        <v>542</v>
+      </c>
+      <c r="D507" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E507" s="21">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="508" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A508" s="10">
+        <v>9781399751957</v>
+      </c>
+      <c r="B508" s="10">
+        <v>2032278</v>
+      </c>
+      <c r="C508" s="11" t="s">
+        <v>451</v>
+      </c>
+      <c r="D508" s="16">
+        <v>12.5</v>
+      </c>
+      <c r="E508" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="509" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A509" s="7">
+        <v>9781399746427</v>
+      </c>
+      <c r="B509" s="7">
+        <v>3127255</v>
+      </c>
+      <c r="C509" s="8" t="s">
+        <v>452</v>
+      </c>
+      <c r="D509" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E509" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="510" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A510" s="10">
+        <v>9781399751933</v>
+      </c>
+      <c r="B510" s="10">
+        <v>2041956</v>
+      </c>
+      <c r="C510" s="11" t="s">
+        <v>453</v>
+      </c>
+      <c r="D510" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E510" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="511" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A511" s="18">
+        <v>9781529940220</v>
+      </c>
+      <c r="B511" s="18">
+        <v>1853848</v>
+      </c>
+      <c r="C511" s="19" t="s">
+        <v>543</v>
+      </c>
+      <c r="D511" s="20">
         <v>14.5</v>
       </c>
-      <c r="E507" s="16">
+      <c r="E511" s="21">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="512" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A512" s="10">
+        <v>9781626868021</v>
+      </c>
+      <c r="B512" s="10">
+        <v>2737556</v>
+      </c>
+      <c r="C512" s="11" t="s">
+        <v>454</v>
+      </c>
+      <c r="D512" s="16">
+        <v>24</v>
+      </c>
+      <c r="E512" s="12">
+        <v>15280</v>
+      </c>
+    </row>
+    <row r="513" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A513" s="7">
+        <v>9781805335375</v>
+      </c>
+      <c r="B513" s="7">
+        <v>3128082</v>
+      </c>
+      <c r="C513" s="8" t="s">
+        <v>455</v>
+      </c>
+      <c r="D513" s="15">
+        <v>19.5</v>
+      </c>
+      <c r="E513" s="9">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="514" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A514" s="10">
+        <v>9781805335399</v>
+      </c>
+      <c r="B514" s="10">
+        <v>3139892</v>
+      </c>
+      <c r="C514" s="11" t="s">
+        <v>456</v>
+      </c>
+      <c r="D514" s="16">
+        <v>19.5</v>
+      </c>
+      <c r="E514" s="12">
+        <v>11200</v>
+      </c>
+    </row>
+    <row r="515" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A515" s="7">
+        <v>9780008725990</v>
+      </c>
+      <c r="B515" s="7">
+        <v>3138829</v>
+      </c>
+      <c r="C515" s="8" t="s">
+        <v>457</v>
+      </c>
+      <c r="D515" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E515" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="516" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A516" s="10">
+        <v>9781529926095</v>
+      </c>
+      <c r="B516" s="10">
+        <v>2997876</v>
+      </c>
+      <c r="C516" s="11" t="s">
+        <v>458</v>
+      </c>
+      <c r="D516" s="16">
+        <v>16.5</v>
+      </c>
+      <c r="E516" s="12">
         <v>27430</v>
       </c>
     </row>
-    <row r="508" spans="1:5" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E508" s="12">
+    <row r="517" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A517" s="7">
+        <v>9781847941497</v>
+      </c>
+      <c r="B517" s="7">
+        <v>2600873</v>
+      </c>
+      <c r="C517" s="8" t="s">
+        <v>459</v>
+      </c>
+      <c r="D517" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E517" s="9">
+        <v>27850</v>
+      </c>
+    </row>
+    <row r="518" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A518" s="10">
+        <v>9781787335417</v>
+      </c>
+      <c r="B518" s="10">
+        <v>3099286</v>
+      </c>
+      <c r="C518" s="11" t="s">
+        <v>460</v>
+      </c>
+      <c r="D518" s="16">
+        <v>19</v>
+      </c>
+      <c r="E518" s="12">
         <v>11110</v>
       </c>
     </row>
-    <row r="509" spans="1:5" x14ac:dyDescent="0.25">
-[...29 lines deleted...]
-      <c r="E510" s="12">
+    <row r="519" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A519" s="7">
+        <v>9781529110685</v>
+      </c>
+      <c r="B519" s="7">
+        <v>2002709</v>
+      </c>
+      <c r="C519" s="8" t="s">
+        <v>461</v>
+      </c>
+      <c r="D519" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E519" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="520" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A520" s="10">
+        <v>9780141983769</v>
+      </c>
+      <c r="B520" s="10">
+        <v>2225328</v>
+      </c>
+      <c r="C520" s="11" t="s">
+        <v>462</v>
+      </c>
+      <c r="D520" s="16">
+        <v>16.5</v>
+      </c>
+      <c r="E520" s="12">
+        <v>25340</v>
+      </c>
+    </row>
+    <row r="521" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A521" s="7">
+        <v>9780349439259</v>
+      </c>
+      <c r="B521" s="7">
+        <v>2996891</v>
+      </c>
+      <c r="C521" s="8" t="s">
+        <v>463</v>
+      </c>
+      <c r="D521" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E521" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="522" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A522" s="10">
+        <v>9780349439273</v>
+      </c>
+      <c r="B522" s="10">
+        <v>2996892</v>
+      </c>
+      <c r="C522" s="11" t="s">
+        <v>464</v>
+      </c>
+      <c r="D522" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E522" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="523" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A523" s="7">
+        <v>9780349439303</v>
+      </c>
+      <c r="B523" s="7">
+        <v>2996894</v>
+      </c>
+      <c r="C523" s="8" t="s">
+        <v>465</v>
+      </c>
+      <c r="D523" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E523" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="524" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A524" s="10">
+        <v>9780349439341</v>
+      </c>
+      <c r="B524" s="10">
+        <v>3045410</v>
+      </c>
+      <c r="C524" s="11" t="s">
+        <v>466</v>
+      </c>
+      <c r="D524" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E524" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="525" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A525" s="7">
+        <v>9780349439280</v>
+      </c>
+      <c r="B525" s="7">
+        <v>2996893</v>
+      </c>
+      <c r="C525" s="8" t="s">
+        <v>467</v>
+      </c>
+      <c r="D525" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E525" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="526" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A526" s="10">
+        <v>9780349439358</v>
+      </c>
+      <c r="B526" s="10">
+        <v>3060511</v>
+      </c>
+      <c r="C526" s="11" t="s">
+        <v>468</v>
+      </c>
+      <c r="D526" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E526" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="527" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A527" s="7">
+        <v>9781804950760</v>
+      </c>
+      <c r="B527" s="7">
+        <v>3139059</v>
+      </c>
+      <c r="C527" s="8" t="s">
+        <v>469</v>
+      </c>
+      <c r="D527" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E527" s="9">
         <v>21300</v>
       </c>
     </row>
-    <row r="511" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E511" s="9">
+    <row r="528" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A528" s="10">
+        <v>9780349441566</v>
+      </c>
+      <c r="B528" s="10">
+        <v>3037235</v>
+      </c>
+      <c r="C528" s="11" t="s">
+        <v>470</v>
+      </c>
+      <c r="D528" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E528" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="529" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A529" s="7">
+        <v>9780349441580</v>
+      </c>
+      <c r="B529" s="7">
+        <v>3071186</v>
+      </c>
+      <c r="C529" s="8" t="s">
+        <v>471</v>
+      </c>
+      <c r="D529" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E529" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="530" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A530" s="10">
+        <v>9780349441610</v>
+      </c>
+      <c r="B530" s="10">
+        <v>3045415</v>
+      </c>
+      <c r="C530" s="11" t="s">
+        <v>472</v>
+      </c>
+      <c r="D530" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E530" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="531" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A531" s="7">
+        <v>9781529157468</v>
+      </c>
+      <c r="B531" s="7">
+        <v>2894394</v>
+      </c>
+      <c r="C531" s="8" t="s">
+        <v>544</v>
+      </c>
+      <c r="D531" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E531" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="532" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A532" s="10">
+        <v>9780141199498</v>
+      </c>
+      <c r="B532" s="10">
+        <v>2311135</v>
+      </c>
+      <c r="C532" s="11" t="s">
+        <v>473</v>
+      </c>
+      <c r="D532" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E532" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="533" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A533" s="7">
+        <v>9781101980385</v>
+      </c>
+      <c r="B533" s="7">
+        <v>2212611</v>
+      </c>
+      <c r="C533" s="8" t="s">
+        <v>474</v>
+      </c>
+      <c r="D533" s="15">
+        <v>20.5</v>
+      </c>
+      <c r="E533" s="9">
+        <v>14810</v>
+      </c>
+    </row>
+    <row r="534" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A534" s="10">
+        <v>9781035045471</v>
+      </c>
+      <c r="B534" s="10">
+        <v>3145929</v>
+      </c>
+      <c r="C534" s="11" t="s">
+        <v>475</v>
+      </c>
+      <c r="D534" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E534" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="535" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A535" s="7">
+        <v>9780241999776</v>
+      </c>
+      <c r="B535" s="7">
+        <v>3098568</v>
+      </c>
+      <c r="C535" s="8" t="s">
+        <v>476</v>
+      </c>
+      <c r="D535" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E535" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="536" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A536" s="22">
+        <v>9781035065967</v>
+      </c>
+      <c r="B536" s="22">
+        <v>1864742</v>
+      </c>
+      <c r="C536" s="23" t="s">
+        <v>545</v>
+      </c>
+      <c r="D536" s="24">
+        <v>14.5</v>
+      </c>
+      <c r="E536" s="25">
+        <v>27410</v>
+      </c>
+    </row>
+    <row r="537" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A537" s="7">
+        <v>9781786583239</v>
+      </c>
+      <c r="B537" s="7">
+        <v>2945424</v>
+      </c>
+      <c r="C537" s="8" t="s">
+        <v>477</v>
+      </c>
+      <c r="D537" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E537" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="538" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A538" s="10">
+        <v>9780063445857</v>
+      </c>
+      <c r="B538" s="10">
+        <v>3146028</v>
+      </c>
+      <c r="C538" s="11" t="s">
+        <v>478</v>
+      </c>
+      <c r="D538" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E538" s="12">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="539" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A539" s="7">
+        <v>9780804172707</v>
+      </c>
+      <c r="B539" s="7">
+        <v>2389210</v>
+      </c>
+      <c r="C539" s="8" t="s">
+        <v>479</v>
+      </c>
+      <c r="D539" s="15">
+        <v>12.5</v>
+      </c>
+      <c r="E539" s="9">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="540" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A540" s="10">
+        <v>9780349437019</v>
+      </c>
+      <c r="B540" s="10">
+        <v>2941018</v>
+      </c>
+      <c r="C540" s="11" t="s">
+        <v>480</v>
+      </c>
+      <c r="D540" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E540" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="541" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A541" s="7">
+        <v>9780349437057</v>
+      </c>
+      <c r="B541" s="7">
+        <v>2986283</v>
+      </c>
+      <c r="C541" s="8" t="s">
+        <v>481</v>
+      </c>
+      <c r="D541" s="15">
+        <v>14.5</v>
+      </c>
+      <c r="E541" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="542" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A542" s="22">
+        <v>9780349437095</v>
+      </c>
+      <c r="B542" s="22">
+        <v>1853295</v>
+      </c>
+      <c r="C542" s="23" t="s">
+        <v>482</v>
+      </c>
+      <c r="D542" s="24">
+        <v>14.5</v>
+      </c>
+      <c r="E542" s="25">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="543" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A543" s="7">
+        <v>9780349437071</v>
+      </c>
+      <c r="B543" s="7">
+        <v>3058758</v>
+      </c>
+      <c r="C543" s="8" t="s">
+        <v>482</v>
+      </c>
+      <c r="D543" s="15">
+        <v>21.5</v>
+      </c>
+      <c r="E543" s="9">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="544" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A544" s="10">
+        <v>9781405964685</v>
+      </c>
+      <c r="B544" s="10">
+        <v>3143894</v>
+      </c>
+      <c r="C544" s="11" t="s">
+        <v>483</v>
+      </c>
+      <c r="D544" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E544" s="12">
+        <v>21300</v>
+      </c>
+    </row>
+    <row r="545" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A545" s="7">
+        <v>9780008511715</v>
+      </c>
+      <c r="B545" s="7">
+        <v>3103423</v>
+      </c>
+      <c r="C545" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="D545" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E545" s="9">
         <v>21200</v>
       </c>
     </row>
-    <row r="512" spans="1:5" x14ac:dyDescent="0.25">
-[...216 lines deleted...]
-      <c r="E524" s="12">
+    <row r="546" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A546" s="22">
+        <v>9780008753832</v>
+      </c>
+      <c r="B546" s="22">
+        <v>1838350</v>
+      </c>
+      <c r="C546" s="23" t="s">
+        <v>546</v>
+      </c>
+      <c r="D546" s="24">
+        <v>19.5</v>
+      </c>
+      <c r="E546" s="25">
         <v>11110</v>
       </c>
     </row>
-    <row r="525" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.25">
-[...373 lines deleted...]
-    <row r="547" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="547" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A547" s="7">
-        <v>9781398526693</v>
+        <v>9781529115543</v>
       </c>
       <c r="B547" s="7">
-        <v>3098345</v>
+        <v>2933737</v>
       </c>
       <c r="C547" s="8" t="s">
-        <v>466</v>
-[...1 lines deleted...]
-      <c r="D547" s="21">
+        <v>485</v>
+      </c>
+      <c r="D547" s="15">
         <v>13.5</v>
       </c>
       <c r="E547" s="9">
-        <v>21200</v>
-[...2 lines deleted...]
-    <row r="548" spans="1:5" x14ac:dyDescent="0.25">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="548" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A548" s="10">
-        <v>9780349441566</v>
+        <v>9781784162122</v>
       </c>
       <c r="B548" s="10">
-        <v>3037235</v>
+        <v>3284972</v>
       </c>
       <c r="C548" s="11" t="s">
-        <v>467</v>
-[...1 lines deleted...]
-      <c r="D548" s="22">
+        <v>486</v>
+      </c>
+      <c r="D548" s="16">
         <v>13.5</v>
       </c>
       <c r="E548" s="12">
         <v>21110</v>
       </c>
-    </row>
-[...277 lines deleted...]
-      <c r="E565" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="1.7716535433070868" bottom="1.3779527559055118" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Fett"&amp;12
 &amp;K243478Libri GmbH&amp;"-,Standard"&amp;11
 &amp;12Hamburg • Bad Hersfeld&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;10&amp;K243478Libri GmbH • Friedensallee 273 • 22763 Hamburg • AG Hamburg HRB 65430
 Geschäftsführung: Alyna Wnukowsky (Sprecherin), Ulrich Vollmer
 Aufsichtsratsvorsitzender: Dr. Markus Conrad&amp;R&amp;K243478&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>