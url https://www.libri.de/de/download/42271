--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -6,428 +6,440 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestandslisten_Quartalsremirückruflisten\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3C2DDFB6-D641-4DDC-95B3-6C9ACF1EDCF1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A3D2CA3F-CCFF-4E03-8EEE-0F4ECC5EB444}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13176" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
   </bookViews>
   <sheets>
     <sheet name="YA" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">YA!$A$1:$E$112</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">YA!$A$1:$E$115</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">YA!$4:$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="118">
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Libri-Nr.</t>
   </si>
   <si>
     <t>Titel</t>
   </si>
   <si>
     <t>UVP</t>
   </si>
   <si>
     <t>Warengruppe</t>
   </si>
   <si>
     <t>Fett gedruckte Titel sind Neuerscheinungen des kommenden Quartals</t>
   </si>
   <si>
-    <t>Bestandsliste Just the Best YA • 4. Quartal 2025</t>
-[...2 lines deleted...]
-    <t>Aster, A: Lightlark</t>
+    <t>Aster, A: Lightlark (The Lightlark Saga Book 1)</t>
+  </si>
+  <si>
+    <t>Aster, A: Nightbane (The Lightlark Saga Book 2)</t>
   </si>
   <si>
     <t>Bardugo, L: Crooked Kingdom</t>
   </si>
   <si>
     <t>Bardugo, L: Shadow and Bone 1</t>
   </si>
   <si>
     <t>Bardugo, L: Six of Crows</t>
   </si>
   <si>
+    <t>Barnes, J: Games Untold</t>
+  </si>
+  <si>
+    <t>Barnes, J: Grandest Game</t>
+  </si>
+  <si>
+    <t>Barnes, J: Inheritance Games</t>
+  </si>
+  <si>
+    <t>Barnes, J: Naturals: All In</t>
+  </si>
+  <si>
+    <t>Barnes, J: Naturals: Bad Blood</t>
+  </si>
+  <si>
+    <t>Barnes, J: Naturals: Killer Instinct</t>
+  </si>
+  <si>
+    <t>Barnes, J: Naturals: The Naturals</t>
+  </si>
+  <si>
+    <t>Black, H: Cruel Prince</t>
+  </si>
+  <si>
+    <t>Black, H: How the King of Elfhame Learned to Hate Stories</t>
+  </si>
+  <si>
+    <t>Black, H: Prisoner's Throne</t>
+  </si>
+  <si>
+    <t>Black, H: Queen of Nothing</t>
+  </si>
+  <si>
+    <t>Black, H: Stolen Heir</t>
+  </si>
+  <si>
+    <t>Black, H: Wicked King</t>
+  </si>
+  <si>
+    <t>Brown, E: All That's Left in the World</t>
+  </si>
+  <si>
+    <t>Collins, S: Hunger Games 1</t>
+  </si>
+  <si>
+    <t>Collins, S: Hunger Games 2/Catching Fire</t>
+  </si>
+  <si>
+    <t>Collins, S: Hunger Games: Sunrise on the Reaping</t>
+  </si>
+  <si>
+    <t>Collins, S: Hunger Games: The Ballad of Songbirds and Snakes</t>
+  </si>
+  <si>
+    <t>Garber, S: Ballad of Never After</t>
+  </si>
+  <si>
+    <t>Garber, S: Caraval</t>
+  </si>
+  <si>
+    <t>Garber, S: Curse For True Love</t>
+  </si>
+  <si>
+    <t>Garber, S: Legendary</t>
+  </si>
+  <si>
+    <t>Garber, S: Once Upon a Broken Heart</t>
+  </si>
+  <si>
+    <t>Garber, S: Spectacular</t>
+  </si>
+  <si>
+    <t>Glasgow, K: Girl in Pieces</t>
+  </si>
+  <si>
+    <t>Glasgow, K: Glass Girl</t>
+  </si>
+  <si>
+    <t>Glasgow, K: How to Make Friends with the Dark</t>
+  </si>
+  <si>
+    <t>Glasgow, K: You'd Be Home Now</t>
+  </si>
+  <si>
+    <t>Grace, A: Belladonna</t>
+  </si>
+  <si>
+    <t>Grace, A: Foxglove</t>
+  </si>
+  <si>
+    <t>Green, J: Fault in Our Stars</t>
+  </si>
+  <si>
+    <t>Guron, R: Mondays Are Murder</t>
+  </si>
+  <si>
+    <t>Guron, R: This Book Kills</t>
+  </si>
+  <si>
+    <t>Han, J: It's Not Summer Without You</t>
+  </si>
+  <si>
+    <t>Han, J: We'll Always Have Summer</t>
+  </si>
+  <si>
+    <t>Jackson, H: As Good As Dead</t>
+  </si>
+  <si>
+    <t>Jackson, H: Five Survive</t>
+  </si>
+  <si>
+    <t>Jackson, H: Good Girl, Bad Blood</t>
+  </si>
+  <si>
+    <t>Jackson, H: Good Girl's Guide to Murder</t>
+  </si>
+  <si>
+    <t>Jackson, H: Reappearance of Rachel Price</t>
+  </si>
+  <si>
+    <t>Katouh, Z: As Long As the Lemon Trees Grow</t>
+  </si>
+  <si>
+    <t>Lockhart, E: We Were Liars</t>
+  </si>
+  <si>
+    <t>Mafi, T: Defy Me</t>
+  </si>
+  <si>
+    <t>Mafi, T: Find Me</t>
+  </si>
+  <si>
+    <t>Mafi, T: Ignite Me</t>
+  </si>
+  <si>
+    <t>Mafi, T: Imagine Me</t>
+  </si>
+  <si>
+    <t>Mafi, T: Restore Me</t>
+  </si>
+  <si>
+    <t>Mafi, T: Shatter Me</t>
+  </si>
+  <si>
+    <t>Mafi, T: Unite Me</t>
+  </si>
+  <si>
+    <t>Mafi, T: Unravel Me</t>
+  </si>
+  <si>
+    <t>McManus, K: One of Us is Lying</t>
+  </si>
+  <si>
+    <t>Nowlin, L: If He Had Been with Me</t>
+  </si>
+  <si>
+    <t>Nowlin, L: If Only I Had Told Her</t>
+  </si>
+  <si>
+    <t>Nowlin, L: This Song Is (Not) For You</t>
+  </si>
+  <si>
+    <t>Oh, A: Girl Who Fell Beneath the Sea</t>
+  </si>
+  <si>
+    <t>Oseman, A: Heartstopper Volume 1</t>
+  </si>
+  <si>
+    <t>Oseman, A: Heartstopper Volume 2</t>
+  </si>
+  <si>
+    <t>Oseman, A: Heartstopper Volume 3</t>
+  </si>
+  <si>
+    <t>Oseman, A: Heartstopper Volume 4</t>
+  </si>
+  <si>
+    <t>Oseman, A: Heartstopper Volume 5</t>
+  </si>
+  <si>
+    <t>Painter, L: Better Than the Movies</t>
+  </si>
+  <si>
+    <t>Painter, L: Nothing Like the Movies</t>
+  </si>
+  <si>
+    <t>Pearson, M: Dance of Thieves</t>
+  </si>
+  <si>
+    <t>Roberts, L: Powerful</t>
+  </si>
+  <si>
+    <t>Roberts, L: Powerless</t>
+  </si>
+  <si>
+    <t>Roberts, L: Reckless</t>
+  </si>
+  <si>
+    <t>Ron, M: My Fault</t>
+  </si>
+  <si>
+    <t>Ron, M: Our Fault</t>
+  </si>
+  <si>
+    <t>Ron, M: Your Fault</t>
+  </si>
+  <si>
+    <t>Ross, R: Divine Rivals</t>
+  </si>
+  <si>
+    <t>Saenz, B: Aristotle and Dante Discover the Secrets.</t>
+  </si>
+  <si>
+    <t>Smith, A: Way I Used to Be</t>
+  </si>
+  <si>
+    <t>Thomas, A: Hate U Give</t>
+  </si>
+  <si>
+    <t>Walther, K: Summer of Broken Rules</t>
+  </si>
+  <si>
+    <t>Zhao, X: Heavenly Tyrant (Iron Widow, Book 2)</t>
+  </si>
+  <si>
+    <t>Byrne, T: Rebel Hearts</t>
+  </si>
+  <si>
+    <t>Callender, K: Chaos King</t>
+  </si>
+  <si>
+    <t>Chbosky, S: Perks of Being a Wallflower</t>
+  </si>
+  <si>
+    <t>Ciccarelli, K: Crimson Moth</t>
+  </si>
+  <si>
+    <t>Collins, S: Hunger Games 3. Mockingjay</t>
+  </si>
+  <si>
+    <t>Fitzgerald, B: End Crowns All</t>
+  </si>
+  <si>
+    <t>Garber, S: Finale</t>
+  </si>
+  <si>
+    <t>Howard, A: Lady Knight</t>
+  </si>
+  <si>
+    <t>Howell, J: Boys With Sharp Teeth</t>
+  </si>
+  <si>
+    <t>Mafi, T: Watch Me</t>
+  </si>
+  <si>
+    <t>Murray, L: Heir of Storms</t>
+  </si>
+  <si>
+    <t>O'Donoghue, C: Skipshock</t>
+  </si>
+  <si>
+    <t>Paolini, C: Murtagh</t>
+  </si>
+  <si>
+    <t>Roberts, L: Fearless</t>
+  </si>
+  <si>
+    <t>Silvera, A: Survivor Wants to Die at the End</t>
+  </si>
+  <si>
+    <t>Soto, J: Trashers</t>
+  </si>
+  <si>
+    <t>Steven, L: Our Infinite Fates</t>
+  </si>
+  <si>
+    <t>Bestandsliste Just the Best YA • 3. Quartal 2025</t>
+  </si>
+  <si>
     <t>Barnes, J: Glorious Rivals</t>
   </si>
   <si>
-    <t>Barnes, J: Inheritance Games</t>
-[...61 lines deleted...]
-  <si>
     <t>Drews, C: Don't Let The Forest In</t>
   </si>
   <si>
-    <t>Drews, C: Hazelthorn</t>
-[...1 lines deleted...]
-  <si>
     <t>Fitzgerald, B: Beautiful Evil</t>
   </si>
   <si>
-    <t>Garber, S: Ballad of Never After</t>
-[...49 lines deleted...]
-  <si>
     <t>Han, J: Summer I Turned Pretty</t>
   </si>
   <si>
-    <t>Han, J: We'll Always Have Summer</t>
-[...19 lines deleted...]
-  <si>
     <t>Lippincott, R: She Gets the Girl at Christmas</t>
   </si>
   <si>
-    <t>Lockhart, E: Family of Liars</t>
-[...10 lines deleted...]
-  <si>
     <t>Mafi, T: Every Spiral of Fate</t>
   </si>
   <si>
-    <t>Mafi, T: Find Me</t>
-[...22 lines deleted...]
-  <si>
     <t>Marie, I: Immortal Consequences</t>
   </si>
   <si>
-    <t>McManus, K: One of Us is Lying</t>
-[...7 lines deleted...]
-  <si>
     <t>Niven, J: When We Were Monsters</t>
   </si>
   <si>
-    <t>Nowlin, L: If He Had Been with Me</t>
-[...31 lines deleted...]
-  <si>
     <t>Painter, L: Betting on You</t>
   </si>
   <si>
-    <t>Painter, L: Nothing Like the Movies</t>
-[...4 lines deleted...]
-  <si>
     <t>Reid, A: Theory of Dreaming</t>
   </si>
   <si>
     <t>Roberts, L: Fearful</t>
   </si>
   <si>
-    <t>Roberts, L: Fearless</t>
-[...22 lines deleted...]
-  <si>
     <t>Saft, A: Wings of Starlight</t>
   </si>
   <si>
-    <t>Silvera, A: Survivor Wants to Die at the End</t>
-[...7 lines deleted...]
-  <si>
     <t>Thao, D: You've Found Oliver</t>
   </si>
   <si>
-    <t>Thomas, A: Hate U Give</t>
-[...4 lines deleted...]
-  <si>
     <t>Woods, E: Girls of Dark Divine</t>
-  </si>
-[...4 lines deleted...]
-    <t>Zhao, X: Heavenly Tyrant (Iron Widow, Book 2)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -579,108 +591,113 @@
     <xf numFmtId="1" fontId="5" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="7" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="2" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="7" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...30 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 3" xfId="1" xr:uid="{E5547F80-CBED-4D8B-A4AB-8ADEC00C389C}"/>
   </cellStyles>
   <dxfs count="10">
+    <dxf>
+      <font>
+        <b val="0"/>
+      </font>
+    </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="1" formatCode="0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor indexed="9"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="0" tint="-0.24994659260841701"/>
         </left>
         <right/>
         <top/>
         <bottom/>
       </border>
@@ -781,55 +798,50 @@
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="1" formatCode="0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor indexed="9"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="0" tint="-0.24994659260841701"/>
         </left>
         <right style="thin">
           <color theme="0" tint="-0.24994659260841701"/>
         </right>
         <top/>
         <bottom/>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
-      </font>
-[...3 lines deleted...]
-        <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="0"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor rgb="FF243478"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="0"/>
         </left>
@@ -898,60 +910,60 @@
   <colors>
     <mruColors>
       <color rgb="FF243478"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{DB70F4E0-5122-44C9-A069-BAE66F739666}" name="Tabelle5" displayName="Tabelle5" ref="A4:E112" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5">
-[...1 lines deleted...]
-    <sortCondition ref="C5:C112"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{DB70F4E0-5122-44C9-A069-BAE66F739666}" name="Tabelle5" displayName="Tabelle5" ref="A4:E115" totalsRowShown="0" headerRowDxfId="6" dataDxfId="0">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:E115">
+    <sortCondition ref="C5:C115"/>
   </sortState>
   <tableColumns count="5">
-    <tableColumn id="1" xr3:uid="{BE38B0E2-A417-42E3-A815-51EAF3316FCC}" name="EAN" dataDxfId="4" dataCellStyle="Standard 3"/>
-[...3 lines deleted...]
-    <tableColumn id="5" xr3:uid="{4A02480C-E1CF-4756-9D0C-FA32CF235BB9}" name="Warengruppe" dataDxfId="0" dataCellStyle="Standard 3"/>
+    <tableColumn id="1" xr3:uid="{BE38B0E2-A417-42E3-A815-51EAF3316FCC}" name="EAN" dataDxfId="5" dataCellStyle="Standard 3"/>
+    <tableColumn id="2" xr3:uid="{557C5361-75BF-41D0-9BE4-702B2D5D36F3}" name="Libri-Nr." dataDxfId="4" dataCellStyle="Standard 3"/>
+    <tableColumn id="3" xr3:uid="{19984736-2128-4755-94EB-6DA12D7F4405}" name="Titel" dataDxfId="3" dataCellStyle="Standard 3"/>
+    <tableColumn id="4" xr3:uid="{59F95023-B76C-4851-984F-F321023A9EA0}" name="UVP" dataDxfId="2" dataCellStyle="Standard 3"/>
+    <tableColumn id="5" xr3:uid="{4A02480C-E1CF-4756-9D0C-FA32CF235BB9}" name="Warengruppe" dataDxfId="1" dataCellStyle="Standard 3"/>
   </tableColumns>
   <tableStyleInfo name="Libri-Tabellenformat" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022-Design">
   <a:themeElements>
     <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -1217,1933 +1229,1984 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D61CB4B-7791-4ED0-AE80-E77BE2D65B28}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E112"/>
+  <dimension ref="A1:E115"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C11" sqref="C11"/>
+      <selection activeCell="I21" sqref="I21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="14.88671875" style="2" customWidth="1"/>
     <col min="2" max="2" width="9.88671875" style="2" customWidth="1"/>
     <col min="3" max="3" width="51.109375" style="6" customWidth="1"/>
-    <col min="4" max="4" width="7.44140625" style="17" customWidth="1"/>
+    <col min="4" max="4" width="7.44140625" style="25" customWidth="1"/>
     <col min="5" max="5" width="15.5546875" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A1" s="18" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="18"/>
+      <c r="A1" s="26" t="s">
+        <v>103</v>
+      </c>
+      <c r="B1" s="26"/>
+      <c r="C1" s="26"/>
+      <c r="D1" s="26"/>
+      <c r="E1" s="26"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A2" s="19" t="s">
+      <c r="A2" s="27" t="s">
         <v>5</v>
       </c>
-      <c r="B2" s="19"/>
-[...2 lines deleted...]
-      <c r="E2" s="19"/>
+      <c r="B2" s="27"/>
+      <c r="C2" s="27"/>
+      <c r="D2" s="27"/>
+      <c r="E2" s="27"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="D4" s="14" t="s">
+      <c r="D4" s="20" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" s="10">
         <v>9781419760877</v>
       </c>
       <c r="B5" s="10">
         <v>2941547</v>
       </c>
       <c r="C5" s="11" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D5" s="15">
+        <v>6</v>
+      </c>
+      <c r="D5" s="21">
         <v>13.5</v>
       </c>
       <c r="E5" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="6" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A6" s="7">
-        <v>9781780622316</v>
+        <v>9781419760914</v>
       </c>
       <c r="B6" s="7">
-        <v>2542134</v>
+        <v>3046097</v>
       </c>
       <c r="C6" s="8" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>7</v>
+      </c>
+      <c r="D6" s="22">
+        <v>12.5</v>
       </c>
       <c r="E6" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A7" s="10">
-        <v>9781510105249</v>
+        <v>9781780622316</v>
       </c>
       <c r="B7" s="10">
-        <v>2241903</v>
+        <v>2542134</v>
       </c>
       <c r="C7" s="11" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D7" s="15">
+        <v>8</v>
+      </c>
+      <c r="D7" s="21">
         <v>12.5</v>
       </c>
       <c r="E7" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A8" s="7">
-        <v>9781780622286</v>
+        <v>9781510105249</v>
       </c>
       <c r="B8" s="7">
-        <v>2414836</v>
+        <v>2241903</v>
       </c>
       <c r="C8" s="8" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>9</v>
+      </c>
+      <c r="D8" s="22">
+        <v>12.5</v>
       </c>
       <c r="E8" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A9" s="10">
-        <v>9780316597111</v>
+        <v>9781780622286</v>
       </c>
       <c r="B9" s="10">
-        <v>3147415</v>
+        <v>2414836</v>
       </c>
       <c r="C9" s="11" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>10</v>
+      </c>
+      <c r="D9" s="21">
+        <v>13.5</v>
       </c>
       <c r="E9" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A10" s="7">
-        <v>9780759555402</v>
+        <v>9780241684320</v>
       </c>
       <c r="B10" s="7">
-        <v>2858432</v>
+        <v>3049326</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>11</v>
+      </c>
+      <c r="D10" s="22">
+        <v>14.5</v>
       </c>
       <c r="E10" s="9">
-        <v>22500</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A11" s="10">
-[...11 lines deleted...]
-      <c r="E11" s="12">
+      <c r="A11" s="17">
+        <v>9780316597111</v>
+      </c>
+      <c r="B11" s="17">
+        <v>3147415</v>
+      </c>
+      <c r="C11" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="D11" s="24">
+        <v>14.5</v>
+      </c>
+      <c r="E11" s="19">
         <v>22500</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A12" s="7">
-        <v>9781786542267</v>
+        <v>9780241638705</v>
       </c>
       <c r="B12" s="7">
-        <v>3057400</v>
+        <v>3098551</v>
       </c>
       <c r="C12" s="8" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>12</v>
+      </c>
+      <c r="D12" s="22">
+        <v>12.5</v>
       </c>
       <c r="E12" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="13" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A13" s="10">
-        <v>9781786542281</v>
+        <v>9780241476178</v>
       </c>
       <c r="B13" s="10">
-        <v>3057404</v>
+        <v>2274591</v>
       </c>
       <c r="C13" s="11" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>13</v>
+      </c>
+      <c r="D13" s="21">
+        <v>12.5</v>
       </c>
       <c r="E13" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A14" s="7">
-        <v>9781786542229</v>
+        <v>9781786542267</v>
       </c>
       <c r="B14" s="7">
-        <v>2987339</v>
+        <v>3057400</v>
       </c>
       <c r="C14" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="D14" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E14" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A15" s="10">
+        <v>9781786542281</v>
+      </c>
+      <c r="B15" s="10">
+        <v>3057404</v>
+      </c>
+      <c r="C15" s="11" t="s">
         <v>15</v>
       </c>
-      <c r="D14" s="16">
+      <c r="D15" s="21">
         <v>13.5</v>
       </c>
-      <c r="E14" s="9">
-[...16 lines deleted...]
-      <c r="E15" s="23">
+      <c r="E15" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A16" s="7">
-        <v>9781786542212</v>
+        <v>9781786542229</v>
       </c>
       <c r="B16" s="7">
-        <v>2987337</v>
+        <v>2987339</v>
       </c>
       <c r="C16" s="8" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D16" s="16">
+        <v>16</v>
+      </c>
+      <c r="D16" s="22">
         <v>13.5</v>
       </c>
       <c r="E16" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="17" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A17" s="10">
-        <v>9781471407277</v>
+        <v>9781786542212</v>
       </c>
       <c r="B17" s="10">
-        <v>7222602</v>
+        <v>2987337</v>
       </c>
       <c r="C17" s="11" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>17</v>
+      </c>
+      <c r="D17" s="21">
+        <v>13.5</v>
       </c>
       <c r="E17" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A18" s="7">
-        <v>9780316540810</v>
+        <v>9781471407277</v>
       </c>
       <c r="B18" s="7">
-        <v>2945152</v>
+        <v>7222602</v>
       </c>
       <c r="C18" s="8" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>18</v>
+      </c>
+      <c r="D18" s="22">
+        <v>12.5</v>
       </c>
       <c r="E18" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="19" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="10">
-        <v>9781471415227</v>
+        <v>9780316540810</v>
       </c>
       <c r="B19" s="10">
-        <v>3001761</v>
+        <v>2945152</v>
       </c>
       <c r="C19" s="11" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>19</v>
+      </c>
+      <c r="D19" s="21">
+        <v>14.5</v>
       </c>
       <c r="E19" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A20" s="7">
-        <v>9781471407598</v>
+        <v>9781471415227</v>
       </c>
       <c r="B20" s="7">
-        <v>2165367</v>
+        <v>3001761</v>
       </c>
       <c r="C20" s="8" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="D20" s="16">
+        <v>20</v>
+      </c>
+      <c r="D20" s="22">
         <v>12.5</v>
       </c>
       <c r="E20" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="21" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A21" s="10">
-        <v>9781471411366</v>
+        <v>9781471407598</v>
       </c>
       <c r="B21" s="10">
-        <v>3089001</v>
+        <v>2165367</v>
       </c>
       <c r="C21" s="11" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="D21" s="15">
+        <v>21</v>
+      </c>
+      <c r="D21" s="21">
         <v>12.5</v>
       </c>
       <c r="E21" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A22" s="7">
-        <v>9781471407369</v>
+        <v>9781471411366</v>
       </c>
       <c r="B22" s="7">
-        <v>2676463</v>
+        <v>3089001</v>
       </c>
       <c r="C22" s="8" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="D22" s="16">
+        <v>22</v>
+      </c>
+      <c r="D22" s="22">
         <v>12.5</v>
       </c>
       <c r="E22" s="9">
-        <v>12500</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A23" s="10">
-        <v>9781444960167</v>
+        <v>9781471407369</v>
       </c>
       <c r="B23" s="10">
-        <v>2849140</v>
+        <v>2676463</v>
       </c>
       <c r="C23" s="11" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>23</v>
+      </c>
+      <c r="D23" s="21">
+        <v>12.5</v>
       </c>
       <c r="E23" s="12">
-        <v>22500</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="24" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="7">
+        <v>9781444960167</v>
+      </c>
+      <c r="B24" s="7">
+        <v>2849140</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D24" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E24" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="17">
         <v>9781444972221</v>
       </c>
-      <c r="B24" s="7">
+      <c r="B25" s="17">
         <v>3099004</v>
       </c>
-      <c r="C24" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D24" s="16">
+      <c r="C25" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="D25" s="24">
         <v>13.5</v>
       </c>
-      <c r="E24" s="9">
-[...16 lines deleted...]
-      <c r="E25" s="12">
+      <c r="E25" s="19">
         <v>22500</v>
       </c>
     </row>
     <row r="26" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A26" s="7">
-        <v>9780008650605</v>
+        <v>9780571383863</v>
       </c>
       <c r="B26" s="7">
-        <v>3106350</v>
+        <v>3097592</v>
       </c>
       <c r="C26" s="8" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>87</v>
+      </c>
+      <c r="D26" s="22">
+        <v>12.5</v>
       </c>
       <c r="E26" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A27" s="10">
-        <v>9781407132082</v>
+        <v>9781847394071</v>
       </c>
       <c r="B27" s="10">
-        <v>8819360</v>
+        <v>6565972</v>
       </c>
       <c r="C27" s="11" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="D27" s="15">
+        <v>88</v>
+      </c>
+      <c r="D27" s="21">
         <v>12.5</v>
       </c>
       <c r="E27" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="28" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A28" s="7">
-        <v>9781407132099</v>
+        <v>9780008650605</v>
       </c>
       <c r="B28" s="7">
-        <v>8819416</v>
+        <v>3106350</v>
       </c>
       <c r="C28" s="8" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>89</v>
+      </c>
+      <c r="D28" s="22">
+        <v>13.5</v>
       </c>
       <c r="E28" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A29" s="10">
-        <v>9781407132105</v>
+        <v>9781407132082</v>
       </c>
       <c r="B29" s="10">
-        <v>8819599</v>
+        <v>8819360</v>
       </c>
       <c r="C29" s="11" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D29" s="15">
+        <v>25</v>
+      </c>
+      <c r="D29" s="21">
         <v>12.5</v>
       </c>
       <c r="E29" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A30" s="7">
-        <v>9780702340574</v>
+        <v>9781407132099</v>
       </c>
       <c r="B30" s="7">
-        <v>3094787</v>
+        <v>8819416</v>
       </c>
       <c r="C30" s="8" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>26.5</v>
+        <v>26</v>
+      </c>
+      <c r="D30" s="22">
+        <v>12.5</v>
       </c>
       <c r="E30" s="9">
-        <v>12500</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="31" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A31" s="10">
-        <v>9780702309519</v>
+        <v>9781407132105</v>
       </c>
       <c r="B31" s="10">
-        <v>2400920</v>
+        <v>8819599</v>
       </c>
       <c r="C31" s="11" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="D31" s="15">
+        <v>90</v>
+      </c>
+      <c r="D31" s="21">
         <v>12.5</v>
       </c>
       <c r="E31" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A32" s="7">
-        <v>9781444978049</v>
+        <v>9780702340574</v>
       </c>
       <c r="B32" s="7">
-        <v>3044839</v>
+        <v>3094787</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>27</v>
+      </c>
+      <c r="D32" s="22">
+        <v>26.5</v>
       </c>
       <c r="E32" s="9">
-        <v>22500</v>
-[...15 lines deleted...]
-      <c r="E33" s="23">
+        <v>12500</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A33" s="10">
+        <v>9780702309519</v>
+      </c>
+      <c r="B33" s="10">
+        <v>2400920</v>
+      </c>
+      <c r="C33" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D33" s="21">
+        <v>12.5</v>
+      </c>
+      <c r="E33" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A34" s="7">
+        <v>9781444978049</v>
+      </c>
+      <c r="B34" s="7">
+        <v>3044839</v>
+      </c>
+      <c r="C34" s="8" t="s">
+        <v>105</v>
+      </c>
+      <c r="D34" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E34" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A35" s="17">
         <v>9780241744956</v>
       </c>
-      <c r="B34" s="7">
+      <c r="B35" s="17">
         <v>3143948</v>
       </c>
-      <c r="C34" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D34" s="16">
+      <c r="C35" s="18" t="s">
+        <v>106</v>
+      </c>
+      <c r="D35" s="24">
         <v>17.5</v>
       </c>
-      <c r="E34" s="9">
+      <c r="E35" s="19">
         <v>12500</v>
-      </c>
-[...15 lines deleted...]
-        <v>22500</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A36" s="7">
-        <v>9781250095268</v>
+        <v>9780241624319</v>
       </c>
       <c r="B36" s="7">
-        <v>2283415</v>
+        <v>3098569</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="D36" s="16">
+        <v>91</v>
+      </c>
+      <c r="D36" s="22">
         <v>13.5</v>
       </c>
       <c r="E36" s="9">
-        <v>12500</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="37" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A37" s="10">
-        <v>9781399633895</v>
+        <v>9781529381009</v>
       </c>
       <c r="B37" s="10">
-        <v>1814966</v>
+        <v>2893943</v>
       </c>
       <c r="C37" s="11" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D37" s="15">
+        <v>29</v>
+      </c>
+      <c r="D37" s="21">
         <v>13.5</v>
       </c>
       <c r="E37" s="12">
-        <v>22500</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A38" s="7">
-        <v>9781250157683</v>
+        <v>9781250095268</v>
       </c>
       <c r="B38" s="7">
-        <v>2858824</v>
+        <v>2283415</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>16.5</v>
+        <v>30</v>
+      </c>
+      <c r="D38" s="22">
+        <v>13.5</v>
       </c>
       <c r="E38" s="9">
         <v>12500</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A39" s="10">
-        <v>9781250095329</v>
+        <v>9781529399325</v>
       </c>
       <c r="B39" s="10">
-        <v>2886329</v>
+        <v>2997350</v>
       </c>
       <c r="C39" s="11" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>16.5</v>
+        <v>31</v>
+      </c>
+      <c r="D39" s="21">
+        <v>13.5</v>
       </c>
       <c r="E39" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="40" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A40" s="7">
-        <v>9781399633871</v>
+        <v>9781250157683</v>
       </c>
       <c r="B40" s="7">
-        <v>1814940</v>
+        <v>2858824</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>92</v>
+      </c>
+      <c r="D40" s="22">
+        <v>16.5</v>
       </c>
       <c r="E40" s="9">
-        <v>22500</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A41" s="10">
-        <v>9781250370990</v>
+        <v>9781250095329</v>
       </c>
       <c r="B41" s="10">
-        <v>3069654</v>
+        <v>2886329</v>
       </c>
       <c r="C41" s="11" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>32</v>
+      </c>
+      <c r="D41" s="21">
+        <v>16.5</v>
       </c>
       <c r="E41" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A42" s="7">
-        <v>9781780749457</v>
+        <v>9781529380941</v>
       </c>
       <c r="B42" s="7">
-        <v>4453522</v>
+        <v>2790751</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>33</v>
+      </c>
+      <c r="D42" s="22">
+        <v>13.5</v>
       </c>
       <c r="E42" s="9">
-        <v>12500</v>
+        <v>21300</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A43" s="10">
-        <v>9780861544271</v>
+        <v>9781250370990</v>
       </c>
       <c r="B43" s="10">
-        <v>3040845</v>
+        <v>3069654</v>
       </c>
       <c r="C43" s="11" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>34</v>
+      </c>
+      <c r="D43" s="21">
+        <v>14.5</v>
       </c>
       <c r="E43" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A44" s="7">
-        <v>9781786079695</v>
+        <v>9781780749457</v>
       </c>
       <c r="B44" s="7">
-        <v>2417409</v>
+        <v>4453522</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D44" s="16">
+        <v>35</v>
+      </c>
+      <c r="D44" s="22">
         <v>12.5</v>
       </c>
       <c r="E44" s="9">
-        <v>22500</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="45" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A45" s="20">
-[...12 lines deleted...]
-        <v>12500</v>
+      <c r="A45" s="10">
+        <v>9780861544271</v>
+      </c>
+      <c r="B45" s="10">
+        <v>3040845</v>
+      </c>
+      <c r="C45" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="D45" s="21">
+        <v>12.5</v>
+      </c>
+      <c r="E45" s="12">
+        <v>22500</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A46" s="7">
-        <v>9781529367263</v>
+        <v>9781786075642</v>
       </c>
       <c r="B46" s="7">
-        <v>2973104</v>
+        <v>2884206</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>37</v>
+      </c>
+      <c r="D46" s="22">
+        <v>12.5</v>
       </c>
       <c r="E46" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A47" s="10">
-        <v>9781399705165</v>
+        <v>9781786079695</v>
       </c>
       <c r="B47" s="10">
-        <v>3044631</v>
+        <v>2417409</v>
       </c>
       <c r="C47" s="11" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>38</v>
+      </c>
+      <c r="D47" s="21">
+        <v>12.5</v>
       </c>
       <c r="E47" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A48" s="7">
-        <v>9780141345659</v>
+        <v>9781529367263</v>
       </c>
       <c r="B48" s="7">
-        <v>5154111</v>
+        <v>2973104</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>39</v>
+      </c>
+      <c r="D48" s="22">
+        <v>13.5</v>
       </c>
       <c r="E48" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="49" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A49" s="10">
-        <v>9781805075707</v>
+        <v>9781399705165</v>
       </c>
       <c r="B49" s="10">
-        <v>3099231</v>
+        <v>3044631</v>
       </c>
       <c r="C49" s="11" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>40</v>
+      </c>
+      <c r="D49" s="21">
+        <v>13.5</v>
       </c>
       <c r="E49" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A50" s="7">
-        <v>9781803705415</v>
+        <v>9780141345659</v>
       </c>
       <c r="B50" s="7">
-        <v>2893158</v>
+        <v>5154111</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="D50" s="16">
+        <v>41</v>
+      </c>
+      <c r="D50" s="22">
         <v>12.5</v>
       </c>
       <c r="E50" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A51" s="10">
-        <v>9781416995562</v>
+        <v>9781805075707</v>
       </c>
       <c r="B51" s="10">
-        <v>9540873</v>
+        <v>3099231</v>
       </c>
       <c r="C51" s="11" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>42</v>
+      </c>
+      <c r="D51" s="21">
+        <v>12.5</v>
       </c>
       <c r="E51" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A52" s="7">
-        <v>9781416968290</v>
+        <v>9781803705415</v>
       </c>
       <c r="B52" s="7">
-        <v>9540946</v>
+        <v>2893158</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>43</v>
+      </c>
+      <c r="D52" s="22">
+        <v>12.5</v>
       </c>
       <c r="E52" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A53" s="10">
-        <v>9781416995593</v>
+        <v>9781416995562</v>
       </c>
       <c r="B53" s="10">
-        <v>9545158</v>
+        <v>9540873</v>
       </c>
       <c r="C53" s="11" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D53" s="15">
+        <v>44</v>
+      </c>
+      <c r="D53" s="21">
         <v>13.5</v>
       </c>
       <c r="E53" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A54" s="7">
-        <v>9781405298605</v>
+        <v>9781416968290</v>
       </c>
       <c r="B54" s="7">
-        <v>2411429</v>
+        <v>9540946</v>
       </c>
       <c r="C54" s="8" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>107</v>
+      </c>
+      <c r="D54" s="22">
+        <v>12</v>
       </c>
       <c r="E54" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="55" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A55" s="10">
-        <v>9780008507237</v>
+        <v>9781416995593</v>
       </c>
       <c r="B55" s="10">
-        <v>2904162</v>
+        <v>9545158</v>
       </c>
       <c r="C55" s="11" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>45</v>
+      </c>
+      <c r="D55" s="21">
+        <v>13.5</v>
       </c>
       <c r="E55" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A56" s="7">
-        <v>9781405297752</v>
+        <v>9798217027798</v>
       </c>
       <c r="B56" s="7">
-        <v>2162822</v>
+        <v>3101295</v>
       </c>
       <c r="C56" s="8" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>93</v>
+      </c>
+      <c r="D56" s="22">
+        <v>14.5</v>
       </c>
       <c r="E56" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A57" s="10">
-        <v>9781405293181</v>
+        <v>9780702340956</v>
       </c>
       <c r="B57" s="10">
-        <v>2034782</v>
+        <v>3099686</v>
       </c>
       <c r="C57" s="11" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>94</v>
+      </c>
+      <c r="D57" s="21">
+        <v>12.5</v>
       </c>
       <c r="E57" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A58" s="7">
-        <v>9780593810460</v>
+        <v>9781405298605</v>
       </c>
       <c r="B58" s="7">
-        <v>2997804</v>
+        <v>2411429</v>
       </c>
       <c r="C58" s="8" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>46</v>
+      </c>
+      <c r="D58" s="22">
+        <v>10.5</v>
       </c>
       <c r="E58" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A59" s="10">
-        <v>9781526648549</v>
+        <v>9780008507237</v>
       </c>
       <c r="B59" s="10">
-        <v>2899290</v>
+        <v>2904162</v>
       </c>
       <c r="C59" s="11" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>47</v>
+      </c>
+      <c r="D59" s="21">
+        <v>10.5</v>
       </c>
       <c r="E59" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="60" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A60" s="24">
-[...8 lines deleted...]
-      <c r="D60" s="26">
+      <c r="A60" s="7">
+        <v>9781405297752</v>
+      </c>
+      <c r="B60" s="7">
+        <v>2162822</v>
+      </c>
+      <c r="C60" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D60" s="22">
         <v>10.5</v>
       </c>
-      <c r="E60" s="27">
+      <c r="E60" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A61" s="10">
-        <v>9781471413520</v>
+        <v>9781405293181</v>
       </c>
       <c r="B61" s="10">
-        <v>3167303</v>
+        <v>2034782</v>
       </c>
       <c r="C61" s="11" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>49</v>
+      </c>
+      <c r="D61" s="21">
+        <v>10.5</v>
       </c>
       <c r="E61" s="12">
         <v>22500</v>
       </c>
     </row>
-    <row r="62" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E62" s="27">
+    <row r="62" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A62" s="7">
+        <v>9780593810460</v>
+      </c>
+      <c r="B62" s="7">
+        <v>2997804</v>
+      </c>
+      <c r="C62" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D62" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E62" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A63" s="10">
-        <v>9781471403989</v>
+        <v>9781526648549</v>
       </c>
       <c r="B63" s="10">
-        <v>7843160</v>
+        <v>2899290</v>
       </c>
       <c r="C63" s="11" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="D63" s="15">
+        <v>51</v>
+      </c>
+      <c r="D63" s="21">
         <v>12.5</v>
       </c>
       <c r="E63" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="64" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A64" s="7">
-[...11 lines deleted...]
-      <c r="E64" s="9">
+      <c r="A64" s="14">
+        <v>9781398548244</v>
+      </c>
+      <c r="B64" s="14">
+        <v>3144792</v>
+      </c>
+      <c r="C64" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="D64" s="23">
+        <v>10.5</v>
+      </c>
+      <c r="E64" s="16">
         <v>22500</v>
       </c>
     </row>
     <row r="65" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A65" s="10">
-        <v>9780063429826</v>
+        <v>9781471403989</v>
       </c>
       <c r="B65" s="10">
-        <v>3146026</v>
+        <v>7843160</v>
       </c>
       <c r="C65" s="11" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>52</v>
+      </c>
+      <c r="D65" s="21">
+        <v>12.5</v>
       </c>
       <c r="E65" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A66" s="7">
-        <v>9781405297714</v>
+        <v>9781405291798</v>
       </c>
       <c r="B66" s="7">
-        <v>2726545</v>
+        <v>2034126</v>
       </c>
       <c r="C66" s="8" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="D66" s="16">
+        <v>53</v>
+      </c>
+      <c r="D66" s="22">
         <v>12.5</v>
       </c>
       <c r="E66" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="67" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A67" s="10">
-[...11 lines deleted...]
-      <c r="E67" s="12">
+      <c r="A67" s="17">
+        <v>9780063429826</v>
+      </c>
+      <c r="B67" s="17">
+        <v>3146026</v>
+      </c>
+      <c r="C67" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="D67" s="24">
+        <v>14.5</v>
+      </c>
+      <c r="E67" s="19">
         <v>22500</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A68" s="7">
-        <v>9781405297042</v>
+        <v>9781405297714</v>
       </c>
       <c r="B68" s="7">
-        <v>2156256</v>
+        <v>2726545</v>
       </c>
       <c r="C68" s="8" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D68" s="16">
+        <v>54</v>
+      </c>
+      <c r="D68" s="22">
         <v>12.5</v>
       </c>
       <c r="E68" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A69" s="10">
-        <v>9781405291781</v>
+        <v>9781405291774</v>
       </c>
       <c r="B69" s="10">
-        <v>2227494</v>
+        <v>2223179</v>
       </c>
       <c r="C69" s="11" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="D69" s="15">
+        <v>55</v>
+      </c>
+      <c r="D69" s="21">
         <v>12.5</v>
       </c>
       <c r="E69" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A70" s="7">
-        <v>9781405291750</v>
+        <v>9781405297042</v>
       </c>
       <c r="B70" s="7">
-        <v>2220197</v>
+        <v>2156256</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="D70" s="16">
+        <v>56</v>
+      </c>
+      <c r="D70" s="22">
         <v>12.5</v>
       </c>
       <c r="E70" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A71" s="10">
-        <v>9781405296243</v>
+        <v>9781405291781</v>
       </c>
       <c r="B71" s="10">
-        <v>2726543</v>
+        <v>2227494</v>
       </c>
       <c r="C71" s="11" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="D71" s="15">
+        <v>57</v>
+      </c>
+      <c r="D71" s="21">
         <v>12.5</v>
       </c>
       <c r="E71" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A72" s="7">
-        <v>9781405291767</v>
+        <v>9781405291750</v>
       </c>
       <c r="B72" s="7">
-        <v>2222142</v>
+        <v>2220197</v>
       </c>
       <c r="C72" s="8" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="D72" s="16">
+        <v>58</v>
+      </c>
+      <c r="D72" s="22">
         <v>12.5</v>
       </c>
       <c r="E72" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A73" s="10">
-        <v>9780063443143</v>
+        <v>9781405296243</v>
       </c>
       <c r="B73" s="10">
-        <v>3098012</v>
+        <v>2726543</v>
       </c>
       <c r="C73" s="11" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>59</v>
+      </c>
+      <c r="D73" s="21">
+        <v>12.5</v>
       </c>
       <c r="E73" s="12">
-        <v>12500</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A74" s="7">
-        <v>9780008765002</v>
+        <v>9781405291767</v>
       </c>
       <c r="B74" s="7">
-        <v>3138838</v>
+        <v>2222142</v>
       </c>
       <c r="C74" s="8" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>60</v>
+      </c>
+      <c r="D74" s="22">
+        <v>12.5</v>
       </c>
       <c r="E74" s="9">
-        <v>12500</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A75" s="10">
-        <v>9780141375632</v>
+        <v>9780063443143</v>
       </c>
       <c r="B75" s="10">
-        <v>2067824</v>
+        <v>3098012</v>
       </c>
       <c r="C75" s="11" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>95</v>
+      </c>
+      <c r="D75" s="21">
+        <v>14.5</v>
       </c>
       <c r="E75" s="12">
-        <v>22500</v>
-[...16 lines deleted...]
-        <v>22500</v>
+        <v>12500</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A76" s="14">
+        <v>9780008765002</v>
+      </c>
+      <c r="B76" s="14">
+        <v>3138838</v>
+      </c>
+      <c r="C76" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="D76" s="23">
+        <v>14.5</v>
+      </c>
+      <c r="E76" s="16">
+        <v>12500</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A77" s="10">
-        <v>9780241681121</v>
+        <v>9780141375632</v>
       </c>
       <c r="B77" s="10">
-        <v>3098627</v>
+        <v>2067824</v>
       </c>
       <c r="C77" s="11" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>61</v>
+      </c>
+      <c r="D77" s="21">
+        <v>12.5</v>
       </c>
       <c r="E77" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A78" s="7">
+        <v>9780241681121</v>
+      </c>
+      <c r="B78" s="7">
+        <v>3098627</v>
+      </c>
+      <c r="C78" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="D78" s="22">
+        <v>13.5</v>
+      </c>
+      <c r="E78" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A79" s="17">
         <v>9798217122813</v>
       </c>
-      <c r="B78" s="7">
+      <c r="B79" s="17">
         <v>3143933</v>
       </c>
-      <c r="C78" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D78" s="16">
+      <c r="C79" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="D79" s="24">
         <v>14.5</v>
       </c>
-      <c r="E78" s="9">
-[...16 lines deleted...]
-      <c r="E79" s="12">
+      <c r="E79" s="19">
         <v>22500</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A80" s="7">
-        <v>9781728276229</v>
+        <v>9781728205489</v>
       </c>
       <c r="B80" s="7">
-        <v>2954476</v>
+        <v>2868780</v>
       </c>
       <c r="C80" s="8" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>11.5</v>
+        <v>62</v>
+      </c>
+      <c r="D80" s="22">
+        <v>12.5</v>
       </c>
       <c r="E80" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A81" s="10">
-        <v>9781464218781</v>
+        <v>9781728276229</v>
       </c>
       <c r="B81" s="10">
-        <v>3053450</v>
+        <v>2954476</v>
       </c>
       <c r="C81" s="11" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="D81" s="15">
+        <v>63</v>
+      </c>
+      <c r="D81" s="21">
         <v>11.5</v>
       </c>
       <c r="E81" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A82" s="7">
-        <v>9781529507966</v>
+        <v>9781464218781</v>
       </c>
       <c r="B82" s="7">
-        <v>3097950</v>
+        <v>3053450</v>
       </c>
       <c r="C82" s="8" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>22.5</v>
+        <v>64</v>
+      </c>
+      <c r="D82" s="22">
+        <v>11.5</v>
       </c>
       <c r="E82" s="9">
-        <v>12500</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="83" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A83" s="10">
-        <v>9781529391732</v>
+        <v>9781529507966</v>
       </c>
       <c r="B83" s="10">
-        <v>2893934</v>
+        <v>3097950</v>
       </c>
       <c r="C83" s="11" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>97</v>
+      </c>
+      <c r="D83" s="21">
+        <v>22.5</v>
       </c>
       <c r="E83" s="12">
-        <v>22500</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A84" s="7">
-        <v>9781444951387</v>
+        <v>9781529391732</v>
       </c>
       <c r="B84" s="7">
-        <v>2679259</v>
+        <v>2893934</v>
       </c>
       <c r="C84" s="8" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>17.5</v>
+        <v>65</v>
+      </c>
+      <c r="D84" s="22">
+        <v>13.5</v>
       </c>
       <c r="E84" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A85" s="10">
-        <v>9781444951400</v>
+        <v>9781444951387</v>
       </c>
       <c r="B85" s="10">
-        <v>2730769</v>
+        <v>2679259</v>
       </c>
       <c r="C85" s="11" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="D85" s="15">
+        <v>66</v>
+      </c>
+      <c r="D85" s="21">
         <v>17.5</v>
       </c>
       <c r="E85" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A86" s="7">
-        <v>9781444952773</v>
+        <v>9781444951400</v>
       </c>
       <c r="B86" s="7">
-        <v>2034864</v>
+        <v>2730769</v>
       </c>
       <c r="C86" s="8" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D86" s="16">
+        <v>67</v>
+      </c>
+      <c r="D86" s="22">
         <v>17.5</v>
       </c>
       <c r="E86" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="87" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A87" s="10">
-        <v>9781444952797</v>
+        <v>9781444952773</v>
       </c>
       <c r="B87" s="10">
-        <v>2023457</v>
+        <v>2034864</v>
       </c>
       <c r="C87" s="11" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="D87" s="15">
+        <v>68</v>
+      </c>
+      <c r="D87" s="21">
         <v>17.5</v>
       </c>
       <c r="E87" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A88" s="7">
-        <v>9781444957655</v>
+        <v>9781444952797</v>
       </c>
       <c r="B88" s="7">
-        <v>2940347</v>
+        <v>2023457</v>
       </c>
       <c r="C88" s="8" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="D88" s="16">
+        <v>69</v>
+      </c>
+      <c r="D88" s="22">
         <v>17.5</v>
       </c>
       <c r="E88" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A89" s="10">
-        <v>9781398536517</v>
+        <v>9781444957655</v>
       </c>
       <c r="B89" s="10">
-        <v>3048977</v>
+        <v>2940347</v>
       </c>
       <c r="C89" s="11" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>70</v>
+      </c>
+      <c r="D89" s="21">
+        <v>17.5</v>
       </c>
       <c r="E89" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A90" s="7">
-        <v>9781398536470</v>
+        <v>9781398536517</v>
       </c>
       <c r="B90" s="7">
-        <v>3048979</v>
+        <v>3048977</v>
       </c>
       <c r="C90" s="8" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="D90" s="16">
+        <v>71</v>
+      </c>
+      <c r="D90" s="22">
         <v>12.5</v>
       </c>
       <c r="E90" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A91" s="10">
-        <v>9781398536425</v>
+        <v>9781398536470</v>
       </c>
       <c r="B91" s="10">
-        <v>3044035</v>
+        <v>3048979</v>
       </c>
       <c r="C91" s="11" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="D91" s="15">
+        <v>112</v>
+      </c>
+      <c r="D91" s="21">
         <v>12.5</v>
       </c>
       <c r="E91" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A92" s="7">
-        <v>9781250308979</v>
+        <v>9781398536425</v>
       </c>
       <c r="B92" s="7">
-        <v>2730955</v>
+        <v>3044035</v>
       </c>
       <c r="C92" s="8" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>16.5</v>
+        <v>72</v>
+      </c>
+      <c r="D92" s="22">
+        <v>12.5</v>
       </c>
       <c r="E92" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A93" s="10">
-        <v>9780063450301</v>
+        <v>9780241651407</v>
       </c>
       <c r="B93" s="10">
-        <v>3131480</v>
+        <v>3098560</v>
       </c>
       <c r="C93" s="11" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>98</v>
+      </c>
+      <c r="D93" s="21">
+        <v>14.5</v>
       </c>
       <c r="E93" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A94" s="7">
+        <v>9781250308979</v>
+      </c>
+      <c r="B94" s="7">
+        <v>2730955</v>
+      </c>
+      <c r="C94" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D94" s="22">
+        <v>16.5</v>
+      </c>
+      <c r="E94" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A95" s="17">
+        <v>9780063450301</v>
+      </c>
+      <c r="B95" s="17">
+        <v>3131480</v>
+      </c>
+      <c r="C95" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="D95" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E95" s="19">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A96" s="14">
         <v>9781398535763</v>
       </c>
-      <c r="B94" s="7">
+      <c r="B96" s="14">
         <v>3182276</v>
       </c>
-      <c r="C94" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D94" s="16">
+      <c r="C96" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D96" s="23">
         <v>19.5</v>
       </c>
-      <c r="E94" s="9">
+      <c r="E96" s="16">
         <v>12500</v>
-      </c>
-[...32 lines deleted...]
-        <v>22500</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A97" s="10">
-        <v>9781398529489</v>
+        <v>9781398531277</v>
       </c>
       <c r="B97" s="10">
-        <v>2981537</v>
+        <v>3088110</v>
       </c>
       <c r="C97" s="11" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>99</v>
+      </c>
+      <c r="D97" s="21">
+        <v>22.5</v>
       </c>
       <c r="E97" s="12">
-        <v>22500</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A98" s="7">
-        <v>9781398530126</v>
+        <v>9781398535732</v>
       </c>
       <c r="B98" s="7">
-        <v>2997702</v>
+        <v>3041047</v>
       </c>
       <c r="C98" s="8" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>74</v>
+      </c>
+      <c r="D98" s="22">
+        <v>12.5</v>
       </c>
       <c r="E98" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="99" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A99" s="10">
-        <v>9781728291413</v>
+        <v>9781398529489</v>
       </c>
       <c r="B99" s="10">
-        <v>2985906</v>
+        <v>2981537</v>
       </c>
       <c r="C99" s="11" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>75</v>
+      </c>
+      <c r="D99" s="21">
+        <v>13.5</v>
       </c>
       <c r="E99" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A100" s="7">
-        <v>9781728291437</v>
+        <v>9781398530126</v>
       </c>
       <c r="B100" s="7">
-        <v>2988219</v>
+        <v>2997702</v>
       </c>
       <c r="C100" s="8" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>76</v>
+      </c>
+      <c r="D100" s="22">
+        <v>13.5</v>
       </c>
       <c r="E100" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A101" s="10">
-        <v>9781728291420</v>
+        <v>9781728291413</v>
       </c>
       <c r="B101" s="10">
-        <v>2988218</v>
+        <v>2985906</v>
       </c>
       <c r="C101" s="11" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="D101" s="15">
+        <v>77</v>
+      </c>
+      <c r="D101" s="21">
         <v>12.5</v>
       </c>
       <c r="E101" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A102" s="7">
-        <v>9780008588199</v>
+        <v>9781728291437</v>
       </c>
       <c r="B102" s="7">
-        <v>2990441</v>
+        <v>2988219</v>
       </c>
       <c r="C102" s="8" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>78</v>
+      </c>
+      <c r="D102" s="22">
+        <v>12.5</v>
       </c>
       <c r="E102" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A103" s="10">
-        <v>9781368098458</v>
+        <v>9781728291420</v>
       </c>
       <c r="B103" s="10">
-        <v>3132797</v>
+        <v>2988218</v>
       </c>
       <c r="C103" s="11" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>20.5</v>
+        <v>79</v>
+      </c>
+      <c r="D103" s="21">
+        <v>12.5</v>
       </c>
       <c r="E103" s="12">
-        <v>12500</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A104" s="7">
-        <v>9780063458611</v>
+        <v>9780008588199</v>
       </c>
       <c r="B104" s="7">
-        <v>3137675</v>
+        <v>2990441</v>
       </c>
       <c r="C104" s="8" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>15.5</v>
+        <v>80</v>
+      </c>
+      <c r="D104" s="22">
+        <v>13.5</v>
       </c>
       <c r="E104" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A105" s="10">
-        <v>9780861546732</v>
+        <v>9781398505247</v>
       </c>
       <c r="B105" s="10">
-        <v>2923080</v>
+        <v>2585641</v>
       </c>
       <c r="C105" s="11" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="D105" s="15">
+        <v>81</v>
+      </c>
+      <c r="D105" s="21">
         <v>12.5</v>
       </c>
       <c r="E105" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A106" s="7">
-        <v>9780241671108</v>
+        <v>9781368098458</v>
       </c>
       <c r="B106" s="7">
-        <v>3098602</v>
+        <v>3132797</v>
       </c>
       <c r="C106" s="8" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>18.5</v>
+        <v>115</v>
+      </c>
+      <c r="D106" s="22">
+        <v>20.5</v>
       </c>
       <c r="E106" s="9">
         <v>12500</v>
       </c>
     </row>
-    <row r="107" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E107" s="23">
+    <row r="107" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A107" s="10">
+        <v>9780063458611</v>
+      </c>
+      <c r="B107" s="10">
+        <v>3137675</v>
+      </c>
+      <c r="C107" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D107" s="21">
+        <v>15.5</v>
+      </c>
+      <c r="E107" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="108" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A108" s="7">
-        <v>9781406372151</v>
+        <v>9780861546732</v>
       </c>
       <c r="B108" s="7">
-        <v>9087974</v>
+        <v>2923080</v>
       </c>
       <c r="C108" s="8" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D108" s="16">
+        <v>82</v>
+      </c>
+      <c r="D108" s="22">
         <v>12.5</v>
       </c>
       <c r="E108" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="109" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A109" s="10">
-        <v>9781728210292</v>
+        <v>9780008707767</v>
       </c>
       <c r="B109" s="10">
-        <v>2893846</v>
+        <v>3098986</v>
       </c>
       <c r="C109" s="11" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="D109" s="15">
+        <v>101</v>
+      </c>
+      <c r="D109" s="21">
         <v>12.5</v>
       </c>
       <c r="E109" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A110" s="7">
-        <v>9781805077633</v>
+        <v>9780241671108</v>
       </c>
       <c r="B110" s="7">
-        <v>3147402</v>
+        <v>3098602</v>
       </c>
       <c r="C110" s="8" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>102</v>
+      </c>
+      <c r="D110" s="22">
+        <v>18.5</v>
       </c>
       <c r="E110" s="9">
-        <v>22500</v>
-[...15 lines deleted...]
-      <c r="E111" s="23">
+        <v>12500</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A111" s="17">
+        <v>9781035052431</v>
+      </c>
+      <c r="B111" s="17">
+        <v>3145920</v>
+      </c>
+      <c r="C111" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="D111" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E111" s="19">
         <v>22500</v>
       </c>
     </row>
     <row r="112" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A112" s="7">
+        <v>9781406372151</v>
+      </c>
+      <c r="B112" s="7">
+        <v>9087974</v>
+      </c>
+      <c r="C112" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="D112" s="22">
+        <v>12.5</v>
+      </c>
+      <c r="E112" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A113" s="10">
+        <v>9781728210292</v>
+      </c>
+      <c r="B113" s="10">
+        <v>2893846</v>
+      </c>
+      <c r="C113" s="11" t="s">
+        <v>84</v>
+      </c>
+      <c r="D113" s="21">
+        <v>12.5</v>
+      </c>
+      <c r="E113" s="12">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A114" s="14">
+        <v>9781805077633</v>
+      </c>
+      <c r="B114" s="14">
+        <v>3147402</v>
+      </c>
+      <c r="C114" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D114" s="23">
+        <v>12.5</v>
+      </c>
+      <c r="E114" s="16">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="115" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A115" s="10">
         <v>9781774883686</v>
       </c>
-      <c r="B112" s="7">
+      <c r="B115" s="10">
         <v>2942038</v>
       </c>
-      <c r="C112" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D112" s="16">
+      <c r="C115" s="11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D115" s="21">
         <v>13.5</v>
       </c>
-      <c r="E112" s="9">
+      <c r="E115" s="12">
         <v>22500</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="1.7716535433070868" bottom="1.3779527559055118" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="88" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Fett"&amp;12
 &amp;K243478Libri GmbH&amp;"-,Standard"&amp;11
 &amp;12Hamburg • Bad Hersfeld&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;10&amp;K243478Libri GmbH • Friedensallee 273 • 22763 Hamburg • AG Hamburg HRB 65430
 Geschäftsführung: Alyna Wnukowsky (Sprecherin), Ulrich Vollmer
 Aufsichtsratsvorsitzender: Dr. Markus Conrad&amp;R&amp;K243478&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 