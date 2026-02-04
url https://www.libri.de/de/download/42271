--- v1 (2025-10-29)
+++ v2 (2026-02-04)
@@ -6,440 +6,437 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestandslisten_Quartalsremirückruflisten\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestandslisten_Quartalsremirückruflisten\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A3D2CA3F-CCFF-4E03-8EEE-0F4ECC5EB444}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FD6A840A-852F-4FD5-A013-F535F355FA95}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
   </bookViews>
   <sheets>
     <sheet name="YA" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">YA!$A$1:$E$115</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">YA!$A$1:$E$112</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">YA!$4:$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="117">
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Libri-Nr.</t>
   </si>
   <si>
     <t>Titel</t>
   </si>
   <si>
     <t>UVP</t>
   </si>
   <si>
     <t>Warengruppe</t>
   </si>
   <si>
     <t>Fett gedruckte Titel sind Neuerscheinungen des kommenden Quartals</t>
   </si>
   <si>
-    <t>Aster, A: Lightlark (The Lightlark Saga Book 1)</t>
-[...2 lines deleted...]
-    <t>Aster, A: Nightbane (The Lightlark Saga Book 2)</t>
+    <t>Aster, A: Lightlark</t>
   </si>
   <si>
     <t>Bardugo, L: Crooked Kingdom</t>
   </si>
   <si>
     <t>Bardugo, L: Shadow and Bone 1</t>
   </si>
   <si>
     <t>Bardugo, L: Six of Crows</t>
   </si>
   <si>
-    <t>Barnes, J: Games Untold</t>
-[...2 lines deleted...]
-    <t>Barnes, J: Grandest Game</t>
+    <t>Barnes, J: Glorious Rivals</t>
   </si>
   <si>
     <t>Barnes, J: Inheritance Games</t>
   </si>
   <si>
-    <t>Barnes, J: Naturals: All In</t>
-[...4 lines deleted...]
-  <si>
     <t>Barnes, J: Naturals: Killer Instinct</t>
   </si>
   <si>
-    <t>Barnes, J: Naturals: The Naturals</t>
+    <t>Barnes, J: Same Backward as Forward</t>
+  </si>
+  <si>
+    <t>Barnes, J: The Naturals</t>
   </si>
   <si>
     <t>Black, H: Cruel Prince</t>
   </si>
   <si>
     <t>Black, H: How the King of Elfhame Learned to Hate Stories</t>
   </si>
   <si>
     <t>Black, H: Prisoner's Throne</t>
   </si>
   <si>
     <t>Black, H: Queen of Nothing</t>
   </si>
   <si>
     <t>Black, H: Stolen Heir</t>
   </si>
   <si>
     <t>Black, H: Wicked King</t>
   </si>
   <si>
     <t>Brown, E: All That's Left in the World</t>
   </si>
   <si>
+    <t>Chbosky, S: Perks of Being a Wallflower</t>
+  </si>
+  <si>
+    <t>Ciccarelli, K: Crimson Moth</t>
+  </si>
+  <si>
     <t>Collins, S: Hunger Games 1</t>
   </si>
   <si>
     <t>Collins, S: Hunger Games 2/Catching Fire</t>
   </si>
   <si>
+    <t>Collins, S: Hunger Games 3. Mockingjay</t>
+  </si>
+  <si>
     <t>Collins, S: Hunger Games: Sunrise on the Reaping</t>
   </si>
   <si>
     <t>Collins, S: Hunger Games: The Ballad of Songbirds and Snakes</t>
   </si>
   <si>
+    <t>Drews, C: Don't Let The Forest In</t>
+  </si>
+  <si>
+    <t>Drews, C: Hazelthorn</t>
+  </si>
+  <si>
     <t>Garber, S: Ballad of Never After</t>
   </si>
   <si>
     <t>Garber, S: Caraval</t>
   </si>
   <si>
-    <t>Garber, S: Curse For True Love</t>
+    <t>Garber, S: Curse for True Love</t>
+  </si>
+  <si>
+    <t>Garber, S: Finale</t>
   </si>
   <si>
     <t>Garber, S: Legendary</t>
   </si>
   <si>
     <t>Garber, S: Once Upon a Broken Heart</t>
   </si>
   <si>
     <t>Garber, S: Spectacular</t>
   </si>
   <si>
     <t>Glasgow, K: Girl in Pieces</t>
   </si>
   <si>
     <t>Glasgow, K: Glass Girl</t>
   </si>
   <si>
-    <t>Glasgow, K: How to Make Friends with the Dark</t>
-[...1 lines deleted...]
-  <si>
     <t>Glasgow, K: You'd Be Home Now</t>
   </si>
   <si>
+    <t>Gong, C: Coldwire</t>
+  </si>
+  <si>
     <t>Grace, A: Belladonna</t>
   </si>
   <si>
     <t>Grace, A: Foxglove</t>
   </si>
   <si>
     <t>Green, J: Fault in Our Stars</t>
   </si>
   <si>
     <t>Guron, R: Mondays Are Murder</t>
   </si>
   <si>
     <t>Guron, R: This Book Kills</t>
   </si>
   <si>
     <t>Han, J: It's Not Summer Without You</t>
   </si>
   <si>
+    <t>Han, J: Summer I Turned Pretty</t>
+  </si>
+  <si>
     <t>Han, J: We'll Always Have Summer</t>
   </si>
   <si>
     <t>Jackson, H: As Good As Dead</t>
   </si>
   <si>
     <t>Jackson, H: Five Survive</t>
   </si>
   <si>
     <t>Jackson, H: Good Girl, Bad Blood</t>
   </si>
   <si>
     <t>Jackson, H: Good Girl's Guide to Murder</t>
   </si>
   <si>
     <t>Jackson, H: Reappearance of Rachel Price</t>
   </si>
   <si>
     <t>Katouh, Z: As Long As the Lemon Trees Grow</t>
   </si>
   <si>
+    <t>Lippincott, R: She Gets the Girl at Christmas</t>
+  </si>
+  <si>
+    <t>Lockhart, E: Family of Liars</t>
+  </si>
+  <si>
+    <t>Lockhart, E: We Fell Apart</t>
+  </si>
+  <si>
     <t>Lockhart, E: We Were Liars</t>
   </si>
   <si>
     <t>Mafi, T: Defy Me</t>
   </si>
   <si>
-    <t>Mafi, T: Find Me</t>
+    <t>Mafi, T: Every Spiral of Fate</t>
   </si>
   <si>
     <t>Mafi, T: Ignite Me</t>
   </si>
   <si>
     <t>Mafi, T: Imagine Me</t>
   </si>
   <si>
     <t>Mafi, T: Restore Me</t>
   </si>
   <si>
     <t>Mafi, T: Shatter Me</t>
   </si>
   <si>
     <t>Mafi, T: Unite Me</t>
   </si>
   <si>
     <t>Mafi, T: Unravel Me</t>
   </si>
   <si>
+    <t>Mafi, T: Watch Me</t>
+  </si>
+  <si>
     <t>McManus, K: One of Us is Lying</t>
   </si>
   <si>
+    <t>Meyer, M: House Saphir</t>
+  </si>
+  <si>
+    <t>Niven, J: When We Were Monsters</t>
+  </si>
+  <si>
     <t>Nowlin, L: If He Had Been with Me</t>
   </si>
   <si>
     <t>Nowlin, L: If Only I Had Told Her</t>
   </si>
   <si>
     <t>Nowlin, L: This Song Is (Not) For You</t>
   </si>
   <si>
     <t>Oh, A: Girl Who Fell Beneath the Sea</t>
   </si>
   <si>
     <t>Oseman, A: Heartstopper Volume 1</t>
   </si>
   <si>
     <t>Oseman, A: Heartstopper Volume 2</t>
   </si>
   <si>
     <t>Oseman, A: Heartstopper Volume 3</t>
   </si>
   <si>
     <t>Oseman, A: Heartstopper Volume 4</t>
   </si>
   <si>
     <t>Oseman, A: Heartstopper Volume 5</t>
   </si>
   <si>
     <t>Painter, L: Better Than the Movies</t>
   </si>
   <si>
+    <t>Painter, L: Betting on You</t>
+  </si>
+  <si>
     <t>Painter, L: Nothing Like the Movies</t>
   </si>
   <si>
     <t>Pearson, M: Dance of Thieves</t>
   </si>
   <si>
+    <t>Reid, A: Theory of Dreaming</t>
+  </si>
+  <si>
+    <t>Roberts, L: Fearful</t>
+  </si>
+  <si>
+    <t>Roberts, L: Fearless</t>
+  </si>
+  <si>
     <t>Roberts, L: Powerful</t>
   </si>
   <si>
     <t>Roberts, L: Powerless</t>
   </si>
   <si>
     <t>Roberts, L: Reckless</t>
   </si>
   <si>
     <t>Ron, M: My Fault</t>
   </si>
   <si>
     <t>Ron, M: Our Fault</t>
   </si>
   <si>
     <t>Ron, M: Your Fault</t>
   </si>
   <si>
     <t>Ross, R: Divine Rivals</t>
   </si>
   <si>
-    <t>Saenz, B: Aristotle and Dante Discover the Secrets.</t>
+    <t>Saft, A: Wings of Starlight</t>
+  </si>
+  <si>
+    <t>Silvera, A: Survivor Wants to Die at the End</t>
   </si>
   <si>
     <t>Smith, A: Way I Used to Be</t>
   </si>
   <si>
+    <t>Steven, L: Our Infinite Fates</t>
+  </si>
+  <si>
+    <t>Thao, D: You've Found Oliver</t>
+  </si>
+  <si>
     <t>Thomas, A: Hate U Give</t>
   </si>
   <si>
-    <t>Walther, K: Summer of Broken Rules</t>
+    <t>Yun, J: And the River Drags Her Down</t>
   </si>
   <si>
     <t>Zhao, X: Heavenly Tyrant (Iron Widow, Book 2)</t>
   </si>
   <si>
-    <t>Byrne, T: Rebel Hearts</t>
-[...92 lines deleted...]
-    <t>Woods, E: Girls of Dark Divine</t>
+    <t>Barnes, J: Naturals: The Naturals: All In, Book 3</t>
+  </si>
+  <si>
+    <t>Barnes, J: Naturals: The Naturals: Bad Blood, Book 4</t>
+  </si>
+  <si>
+    <t>Brown, E: Better the Devil</t>
+  </si>
+  <si>
+    <t>Ciccarelli, K: Rebel Witch</t>
+  </si>
+  <si>
+    <t>Clark, S: Cruel is the Light</t>
+  </si>
+  <si>
+    <t>De la Cruz, M: Sibylline</t>
+  </si>
+  <si>
+    <t>Kaufman, A: Red Star Rebels</t>
+  </si>
+  <si>
+    <t>Kemmerer, B: Sparking Fire Out of Fate</t>
+  </si>
+  <si>
+    <t>Oh, A: Floating World</t>
+  </si>
+  <si>
+    <t>Painter, L: Fake Skating</t>
+  </si>
+  <si>
+    <t>Pullman, P: Rose Field</t>
+  </si>
+  <si>
+    <t>Ron, M: Tell Me in Secret</t>
+  </si>
+  <si>
+    <t>Wilson, M: Falling Like Leaves</t>
+  </si>
+  <si>
+    <t>Bestandsliste Just the Best YA • 1. Quartal 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -591,113 +588,108 @@
     <xf numFmtId="1" fontId="5" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="1" fontId="7" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="1" fontId="7" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 3" xfId="1" xr:uid="{E5547F80-CBED-4D8B-A4AB-8ADEC00C389C}"/>
   </cellStyles>
   <dxfs count="10">
-    <dxf>
-[...3 lines deleted...]
-    </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="1" formatCode="0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor indexed="9"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="0" tint="-0.24994659260841701"/>
         </left>
         <right/>
         <top/>
         <bottom/>
       </border>
@@ -798,50 +790,55 @@
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="1" formatCode="0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor indexed="9"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="0" tint="-0.24994659260841701"/>
         </left>
         <right style="thin">
           <color theme="0" tint="-0.24994659260841701"/>
         </right>
         <top/>
         <bottom/>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="0"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor rgb="FF243478"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="0"/>
         </left>
@@ -910,60 +907,60 @@
   <colors>
     <mruColors>
       <color rgb="FF243478"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{DB70F4E0-5122-44C9-A069-BAE66F739666}" name="Tabelle5" displayName="Tabelle5" ref="A4:E115" totalsRowShown="0" headerRowDxfId="6" dataDxfId="0">
-[...1 lines deleted...]
-    <sortCondition ref="C5:C115"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{DB70F4E0-5122-44C9-A069-BAE66F739666}" name="Tabelle5" displayName="Tabelle5" ref="A4:E114" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:E114">
+    <sortCondition ref="C5:C114"/>
   </sortState>
   <tableColumns count="5">
-    <tableColumn id="1" xr3:uid="{BE38B0E2-A417-42E3-A815-51EAF3316FCC}" name="EAN" dataDxfId="5" dataCellStyle="Standard 3"/>
-[...3 lines deleted...]
-    <tableColumn id="5" xr3:uid="{4A02480C-E1CF-4756-9D0C-FA32CF235BB9}" name="Warengruppe" dataDxfId="1" dataCellStyle="Standard 3"/>
+    <tableColumn id="1" xr3:uid="{BE38B0E2-A417-42E3-A815-51EAF3316FCC}" name="EAN" dataDxfId="4" dataCellStyle="Standard 3"/>
+    <tableColumn id="2" xr3:uid="{557C5361-75BF-41D0-9BE4-702B2D5D36F3}" name="Libri-Nr." dataDxfId="3" dataCellStyle="Standard 3"/>
+    <tableColumn id="3" xr3:uid="{19984736-2128-4755-94EB-6DA12D7F4405}" name="Titel" dataDxfId="2" dataCellStyle="Standard 3"/>
+    <tableColumn id="4" xr3:uid="{59F95023-B76C-4851-984F-F321023A9EA0}" name="UVP" dataDxfId="1" dataCellStyle="Standard 3"/>
+    <tableColumn id="5" xr3:uid="{4A02480C-E1CF-4756-9D0C-FA32CF235BB9}" name="Warengruppe" dataDxfId="0" dataCellStyle="Standard 3"/>
   </tableColumns>
   <tableStyleInfo name="Libri-Tabellenformat" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022-Design">
   <a:themeElements>
     <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -1229,2022 +1226,2025 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D61CB4B-7791-4ED0-AE80-E77BE2D65B28}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E115"/>
+  <dimension ref="A1:E114"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I21" sqref="I21"/>
+      <selection activeCell="C121" sqref="C121"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="14.88671875" style="2" customWidth="1"/>
     <col min="2" max="2" width="9.88671875" style="2" customWidth="1"/>
     <col min="3" max="3" width="51.109375" style="6" customWidth="1"/>
-    <col min="4" max="4" width="7.44140625" style="25" customWidth="1"/>
+    <col min="4" max="4" width="7.44140625" style="17" customWidth="1"/>
     <col min="5" max="5" width="15.5546875" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A1" s="26" t="s">
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="B1" s="26"/>
       <c r="C1" s="26"/>
       <c r="D1" s="26"/>
       <c r="E1" s="26"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A2" s="27" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="27"/>
       <c r="C2" s="27"/>
       <c r="D2" s="27"/>
       <c r="E2" s="27"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="D4" s="20" t="s">
+      <c r="D4" s="14" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" s="10">
         <v>9781419760877</v>
       </c>
       <c r="B5" s="10">
         <v>2941547</v>
       </c>
       <c r="C5" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="D5" s="21">
+      <c r="D5" s="15">
         <v>13.5</v>
       </c>
       <c r="E5" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="6" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A6" s="7">
-        <v>9781419760914</v>
+        <v>9781780622316</v>
       </c>
       <c r="B6" s="7">
-        <v>3046097</v>
+        <v>2542134</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="D6" s="22">
-        <v>12.5</v>
+      <c r="D6" s="16">
+        <v>13.5</v>
       </c>
       <c r="E6" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A7" s="10">
-        <v>9781780622316</v>
+        <v>9781510105249</v>
       </c>
       <c r="B7" s="10">
-        <v>2542134</v>
+        <v>2241903</v>
       </c>
       <c r="C7" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="D7" s="21">
-        <v>12.5</v>
+      <c r="D7" s="15">
+        <v>11.5</v>
       </c>
       <c r="E7" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A8" s="7">
-        <v>9781510105249</v>
+        <v>9781780622286</v>
       </c>
       <c r="B8" s="7">
-        <v>2241903</v>
+        <v>2414836</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="D8" s="22">
-        <v>12.5</v>
+      <c r="D8" s="16">
+        <v>13.5</v>
       </c>
       <c r="E8" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A9" s="10">
-        <v>9781780622286</v>
+        <v>9780316597111</v>
       </c>
       <c r="B9" s="10">
-        <v>2414836</v>
+        <v>3147415</v>
       </c>
       <c r="C9" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="D9" s="21">
-        <v>13.5</v>
+      <c r="D9" s="15">
+        <v>10.5</v>
       </c>
       <c r="E9" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A10" s="7">
-        <v>9780241684320</v>
+        <v>9780759555402</v>
       </c>
       <c r="B10" s="7">
-        <v>3049326</v>
+        <v>2858432</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="D10" s="22">
-        <v>14.5</v>
+      <c r="D10" s="16">
+        <v>11.5</v>
       </c>
       <c r="E10" s="9">
-        <v>12500</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A11" s="17">
-[...11 lines deleted...]
-      <c r="E11" s="19">
+      <c r="A11" s="10">
+        <v>9781786542229</v>
+      </c>
+      <c r="B11" s="10">
+        <v>2987339</v>
+      </c>
+      <c r="C11" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E11" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A12" s="7">
-        <v>9780241638705</v>
+        <v>9781786542267</v>
       </c>
       <c r="B12" s="7">
-        <v>3098551</v>
+        <v>3057400</v>
       </c>
       <c r="C12" s="8" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>103</v>
+      </c>
+      <c r="D12" s="16">
+        <v>13.5</v>
       </c>
       <c r="E12" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="13" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A13" s="10">
-        <v>9780241476178</v>
+        <v>9781786542281</v>
       </c>
       <c r="B13" s="10">
-        <v>2274591</v>
+        <v>3057404</v>
       </c>
       <c r="C13" s="11" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>104</v>
+      </c>
+      <c r="D13" s="15">
+        <v>13.5</v>
       </c>
       <c r="E13" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A14" s="7">
-        <v>9781786542267</v>
+        <v>9780316597128</v>
       </c>
       <c r="B14" s="7">
-        <v>3057400</v>
+        <v>3147422</v>
       </c>
       <c r="C14" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" s="16">
+        <v>10.5</v>
+      </c>
+      <c r="E14" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="10">
+        <v>9781786542212</v>
+      </c>
+      <c r="B15" s="10">
+        <v>2987337</v>
+      </c>
+      <c r="C15" s="11" t="s">
         <v>14</v>
       </c>
-      <c r="D14" s="22">
-[...16 lines deleted...]
-      <c r="D15" s="21">
+      <c r="D15" s="15">
         <v>13.5</v>
       </c>
       <c r="E15" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A16" s="7">
-        <v>9781786542229</v>
+        <v>9781471407277</v>
       </c>
       <c r="B16" s="7">
-        <v>2987339</v>
+        <v>7222602</v>
       </c>
       <c r="C16" s="8" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>15</v>
+      </c>
+      <c r="D16" s="16">
+        <v>11.5</v>
       </c>
       <c r="E16" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="17" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A17" s="10">
-        <v>9781786542212</v>
+        <v>9780316540810</v>
       </c>
       <c r="B17" s="10">
-        <v>2987337</v>
+        <v>2945152</v>
       </c>
       <c r="C17" s="11" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D17" s="21">
+        <v>16</v>
+      </c>
+      <c r="D17" s="15">
         <v>13.5</v>
       </c>
       <c r="E17" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A18" s="7">
-        <v>9781471407277</v>
+        <v>9781471415227</v>
       </c>
       <c r="B18" s="7">
-        <v>7222602</v>
+        <v>3001761</v>
       </c>
       <c r="C18" s="8" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>17</v>
+      </c>
+      <c r="D18" s="16">
+        <v>11.5</v>
       </c>
       <c r="E18" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="19" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="10">
-        <v>9780316540810</v>
+        <v>9781471407598</v>
       </c>
       <c r="B19" s="10">
-        <v>2945152</v>
+        <v>2165367</v>
       </c>
       <c r="C19" s="11" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>18</v>
+      </c>
+      <c r="D19" s="15">
+        <v>11.5</v>
       </c>
       <c r="E19" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A20" s="7">
-        <v>9781471415227</v>
+        <v>9781471411366</v>
       </c>
       <c r="B20" s="7">
-        <v>3001761</v>
+        <v>3089001</v>
       </c>
       <c r="C20" s="8" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>19</v>
+      </c>
+      <c r="D20" s="16">
+        <v>11.5</v>
       </c>
       <c r="E20" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="21" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A21" s="10">
-        <v>9781471407598</v>
+        <v>9781471407369</v>
       </c>
       <c r="B21" s="10">
-        <v>2165367</v>
+        <v>2676463</v>
       </c>
       <c r="C21" s="11" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>20</v>
+      </c>
+      <c r="D21" s="15">
+        <v>11.5</v>
       </c>
       <c r="E21" s="12">
-        <v>22500</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A22" s="7">
-        <v>9781471411366</v>
+        <v>9781444960167</v>
       </c>
       <c r="B22" s="7">
-        <v>3089001</v>
+        <v>2849140</v>
       </c>
       <c r="C22" s="8" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>21</v>
+      </c>
+      <c r="D22" s="16">
+        <v>13.5</v>
       </c>
       <c r="E22" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A23" s="10">
-[...12 lines deleted...]
-        <v>12500</v>
+      <c r="A23" s="18">
+        <v>9781444973556</v>
+      </c>
+      <c r="B23" s="18">
+        <v>1859307</v>
+      </c>
+      <c r="C23" s="19" t="s">
+        <v>105</v>
+      </c>
+      <c r="D23" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E23" s="21">
+        <v>22500</v>
       </c>
     </row>
     <row r="24" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="7">
-        <v>9781444960167</v>
+        <v>9781847394071</v>
       </c>
       <c r="B24" s="7">
-        <v>2849140</v>
+        <v>6565972</v>
       </c>
       <c r="C24" s="8" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D24" s="22">
+        <v>22</v>
+      </c>
+      <c r="D24" s="16">
         <v>13.5</v>
       </c>
       <c r="E24" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="25" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="17">
-[...8 lines deleted...]
-      <c r="D25" s="24">
+      <c r="A25" s="10">
+        <v>9780008650605</v>
+      </c>
+      <c r="B25" s="10">
+        <v>3106350</v>
+      </c>
+      <c r="C25" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="D25" s="15">
         <v>13.5</v>
       </c>
-      <c r="E25" s="19">
+      <c r="E25" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="26" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="7">
-[...12 lines deleted...]
-        <v>22500</v>
+      <c r="A26" s="22">
+        <v>9780008650650</v>
+      </c>
+      <c r="B26" s="22">
+        <v>1543563</v>
+      </c>
+      <c r="C26" s="23" t="s">
+        <v>106</v>
+      </c>
+      <c r="D26" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E26" s="25">
+        <v>21300</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A27" s="10">
-[...11 lines deleted...]
-      <c r="E27" s="12">
+      <c r="A27" s="18">
+        <v>9780241635315</v>
+      </c>
+      <c r="B27" s="18">
+        <v>1786245</v>
+      </c>
+      <c r="C27" s="19" t="s">
+        <v>107</v>
+      </c>
+      <c r="D27" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E27" s="21">
         <v>22500</v>
       </c>
     </row>
     <row r="28" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A28" s="7">
-        <v>9780008650605</v>
+        <v>9781407132082</v>
       </c>
       <c r="B28" s="7">
-        <v>3106350</v>
+        <v>8819360</v>
       </c>
       <c r="C28" s="8" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>24</v>
+      </c>
+      <c r="D28" s="16">
+        <v>11.5</v>
       </c>
       <c r="E28" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A29" s="10">
-        <v>9781407132082</v>
+        <v>9781407132099</v>
       </c>
       <c r="B29" s="10">
-        <v>8819360</v>
+        <v>8819416</v>
       </c>
       <c r="C29" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="D29" s="21">
-        <v>12.5</v>
+      <c r="D29" s="15">
+        <v>11.5</v>
       </c>
       <c r="E29" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A30" s="7">
-        <v>9781407132099</v>
+        <v>9781407132105</v>
       </c>
       <c r="B30" s="7">
-        <v>8819416</v>
+        <v>8819599</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>26</v>
       </c>
-      <c r="D30" s="22">
-        <v>12.5</v>
+      <c r="D30" s="16">
+        <v>11.5</v>
       </c>
       <c r="E30" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="31" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A31" s="10">
-        <v>9781407132105</v>
+        <v>9780702340574</v>
       </c>
       <c r="B31" s="10">
-        <v>8819599</v>
+        <v>3094787</v>
       </c>
       <c r="C31" s="11" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>27</v>
+      </c>
+      <c r="D31" s="15">
+        <v>25.5</v>
       </c>
       <c r="E31" s="12">
-        <v>22500</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A32" s="7">
-        <v>9780702340574</v>
+        <v>9780702309519</v>
       </c>
       <c r="B32" s="7">
-        <v>3094787</v>
+        <v>2400920</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>26.5</v>
+        <v>28</v>
+      </c>
+      <c r="D32" s="16">
+        <v>11.5</v>
       </c>
       <c r="E32" s="9">
-        <v>12500</v>
-[...15 lines deleted...]
-      <c r="E33" s="12">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="18">
+        <v>9798217238538</v>
+      </c>
+      <c r="B33" s="18">
+        <v>1849522</v>
+      </c>
+      <c r="C33" s="19" t="s">
+        <v>108</v>
+      </c>
+      <c r="D33" s="20">
+        <v>14.5</v>
+      </c>
+      <c r="E33" s="21">
         <v>22500</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A34" s="7">
         <v>9781444978049</v>
       </c>
       <c r="B34" s="7">
         <v>3044839</v>
       </c>
       <c r="C34" s="8" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="D34" s="22">
+        <v>29</v>
+      </c>
+      <c r="D34" s="16">
         <v>13.5</v>
       </c>
       <c r="E34" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A35" s="17">
-[...12 lines deleted...]
-        <v>12500</v>
+      <c r="A35" s="10">
+        <v>9781444983326</v>
+      </c>
+      <c r="B35" s="10">
+        <v>3139436</v>
+      </c>
+      <c r="C35" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D35" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E35" s="12">
+        <v>22500</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A36" s="7">
-        <v>9780241624319</v>
+        <v>9781399633888</v>
       </c>
       <c r="B36" s="7">
-        <v>3098569</v>
+        <v>1814958</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="D36" s="22">
+        <v>31</v>
+      </c>
+      <c r="D36" s="16">
         <v>13.5</v>
       </c>
       <c r="E36" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="37" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A37" s="10">
-        <v>9781529381009</v>
+        <v>9781250095268</v>
       </c>
       <c r="B37" s="10">
-        <v>2893943</v>
+        <v>2283415</v>
       </c>
       <c r="C37" s="11" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>32</v>
+      </c>
+      <c r="D37" s="15">
+        <v>12.5</v>
       </c>
       <c r="E37" s="12">
-        <v>21300</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A38" s="7">
-        <v>9781250095268</v>
+        <v>9781399633895</v>
       </c>
       <c r="B38" s="7">
-        <v>2283415</v>
+        <v>1814966</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D38" s="22">
+        <v>33</v>
+      </c>
+      <c r="D38" s="16">
         <v>13.5</v>
       </c>
       <c r="E38" s="9">
-        <v>12500</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A39" s="10">
-        <v>9781529399325</v>
+        <v>9781250157683</v>
       </c>
       <c r="B39" s="10">
-        <v>2997350</v>
+        <v>2858824</v>
       </c>
       <c r="C39" s="11" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>34</v>
+      </c>
+      <c r="D39" s="15">
+        <v>15.5</v>
       </c>
       <c r="E39" s="12">
-        <v>22500</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="40" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A40" s="7">
-        <v>9781250157683</v>
+        <v>9781250095329</v>
       </c>
       <c r="B40" s="7">
-        <v>2858824</v>
+        <v>2886329</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>16.5</v>
+        <v>35</v>
+      </c>
+      <c r="D40" s="16">
+        <v>15.5</v>
       </c>
       <c r="E40" s="9">
-        <v>12500</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A41" s="10">
-        <v>9781250095329</v>
+        <v>9781399633871</v>
       </c>
       <c r="B41" s="10">
-        <v>2886329</v>
+        <v>1814940</v>
       </c>
       <c r="C41" s="11" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>16.5</v>
+        <v>36</v>
+      </c>
+      <c r="D41" s="15">
+        <v>13.5</v>
       </c>
       <c r="E41" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A42" s="7">
-        <v>9781529380941</v>
+        <v>9781250370990</v>
       </c>
       <c r="B42" s="7">
-        <v>2790751</v>
+        <v>3069654</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="D42" s="22">
+        <v>37</v>
+      </c>
+      <c r="D42" s="16">
         <v>13.5</v>
       </c>
       <c r="E42" s="9">
-        <v>21300</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A43" s="10">
-        <v>9781250370990</v>
+        <v>9781780749457</v>
       </c>
       <c r="B43" s="10">
-        <v>3069654</v>
+        <v>4453522</v>
       </c>
       <c r="C43" s="11" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>38</v>
+      </c>
+      <c r="D43" s="15">
+        <v>11.5</v>
       </c>
       <c r="E43" s="12">
-        <v>22500</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A44" s="7">
-        <v>9781780749457</v>
+        <v>9780861544271</v>
       </c>
       <c r="B44" s="7">
-        <v>4453522</v>
+        <v>3040845</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>39</v>
+      </c>
+      <c r="D44" s="16">
+        <v>11.5</v>
       </c>
       <c r="E44" s="9">
-        <v>12500</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="45" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A45" s="10">
-        <v>9780861544271</v>
+        <v>9781786079695</v>
       </c>
       <c r="B45" s="10">
-        <v>3040845</v>
+        <v>2417409</v>
       </c>
       <c r="C45" s="11" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>40</v>
+      </c>
+      <c r="D45" s="15">
+        <v>11.5</v>
       </c>
       <c r="E45" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A46" s="7">
-        <v>9781786075642</v>
+        <v>9798347102433</v>
       </c>
       <c r="B46" s="7">
-        <v>2884206</v>
+        <v>3155956</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>41</v>
+      </c>
+      <c r="D46" s="16">
+        <v>14.5</v>
       </c>
       <c r="E46" s="9">
-        <v>22500</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A47" s="10">
-        <v>9781786079695</v>
+        <v>9781529367263</v>
       </c>
       <c r="B47" s="10">
-        <v>2417409</v>
+        <v>2973104</v>
       </c>
       <c r="C47" s="11" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>42</v>
+      </c>
+      <c r="D47" s="15">
+        <v>13.5</v>
       </c>
       <c r="E47" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A48" s="7">
-        <v>9781529367263</v>
+        <v>9781399705165</v>
       </c>
       <c r="B48" s="7">
-        <v>2973104</v>
+        <v>3044631</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D48" s="22">
+        <v>43</v>
+      </c>
+      <c r="D48" s="16">
         <v>13.5</v>
       </c>
       <c r="E48" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="49" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A49" s="10">
-        <v>9781399705165</v>
+        <v>9780141345659</v>
       </c>
       <c r="B49" s="10">
-        <v>3044631</v>
+        <v>5154111</v>
       </c>
       <c r="C49" s="11" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>44</v>
+      </c>
+      <c r="D49" s="15">
+        <v>11.5</v>
       </c>
       <c r="E49" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A50" s="7">
-        <v>9780141345659</v>
+        <v>9781805075707</v>
       </c>
       <c r="B50" s="7">
-        <v>5154111</v>
+        <v>3099231</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>45</v>
+      </c>
+      <c r="D50" s="16">
+        <v>11.5</v>
       </c>
       <c r="E50" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A51" s="10">
-        <v>9781805075707</v>
+        <v>9781803705415</v>
       </c>
       <c r="B51" s="10">
-        <v>3099231</v>
+        <v>2893158</v>
       </c>
       <c r="C51" s="11" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>46</v>
+      </c>
+      <c r="D51" s="15">
+        <v>11.5</v>
       </c>
       <c r="E51" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A52" s="7">
-        <v>9781803705415</v>
+        <v>9781416995562</v>
       </c>
       <c r="B52" s="7">
-        <v>2893158</v>
+        <v>9540873</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>47</v>
+      </c>
+      <c r="D52" s="16">
+        <v>13.5</v>
       </c>
       <c r="E52" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A53" s="10">
-        <v>9781416995562</v>
+        <v>9781416968290</v>
       </c>
       <c r="B53" s="10">
-        <v>9540873</v>
+        <v>9540946</v>
       </c>
       <c r="C53" s="11" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>48</v>
+      </c>
+      <c r="D53" s="15">
+        <v>13</v>
       </c>
       <c r="E53" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A54" s="7">
-        <v>9781416968290</v>
+        <v>9781416995593</v>
       </c>
       <c r="B54" s="7">
-        <v>9540946</v>
+        <v>9545158</v>
       </c>
       <c r="C54" s="8" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>49</v>
+      </c>
+      <c r="D54" s="16">
+        <v>13.5</v>
       </c>
       <c r="E54" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="55" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A55" s="10">
-        <v>9781416995593</v>
+        <v>9781405298605</v>
       </c>
       <c r="B55" s="10">
-        <v>9545158</v>
+        <v>2411429</v>
       </c>
       <c r="C55" s="11" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>50</v>
+      </c>
+      <c r="D55" s="15">
+        <v>10.5</v>
       </c>
       <c r="E55" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A56" s="7">
-        <v>9798217027798</v>
+        <v>9780008507237</v>
       </c>
       <c r="B56" s="7">
-        <v>3101295</v>
+        <v>2904162</v>
       </c>
       <c r="C56" s="8" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>51</v>
+      </c>
+      <c r="D56" s="16">
+        <v>10.5</v>
       </c>
       <c r="E56" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A57" s="10">
-        <v>9780702340956</v>
+        <v>9781405297752</v>
       </c>
       <c r="B57" s="10">
-        <v>3099686</v>
+        <v>2162822</v>
       </c>
       <c r="C57" s="11" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>52</v>
+      </c>
+      <c r="D57" s="15">
+        <v>10.5</v>
       </c>
       <c r="E57" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A58" s="7">
-        <v>9781405298605</v>
+        <v>9781405293181</v>
       </c>
       <c r="B58" s="7">
-        <v>2411429</v>
+        <v>2034782</v>
       </c>
       <c r="C58" s="8" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D58" s="22">
+        <v>53</v>
+      </c>
+      <c r="D58" s="16">
         <v>10.5</v>
       </c>
       <c r="E58" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A59" s="10">
-        <v>9780008507237</v>
+        <v>9780593810460</v>
       </c>
       <c r="B59" s="10">
-        <v>2904162</v>
+        <v>2997804</v>
       </c>
       <c r="C59" s="11" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>54</v>
+      </c>
+      <c r="D59" s="15">
+        <v>12.5</v>
       </c>
       <c r="E59" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="60" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A60" s="7">
-        <v>9781405297752</v>
+        <v>9781526648549</v>
       </c>
       <c r="B60" s="7">
-        <v>2162822</v>
+        <v>2899290</v>
       </c>
       <c r="C60" s="8" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>55</v>
+      </c>
+      <c r="D60" s="16">
+        <v>11.5</v>
       </c>
       <c r="E60" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A61" s="10">
-[...28 lines deleted...]
-      <c r="E62" s="9">
+      <c r="A61" s="18">
+        <v>9798217227853</v>
+      </c>
+      <c r="B61" s="18">
+        <v>1861581</v>
+      </c>
+      <c r="C61" s="19" t="s">
+        <v>109</v>
+      </c>
+      <c r="D61" s="20">
+        <v>12.5</v>
+      </c>
+      <c r="E61" s="21">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="22">
+        <v>9781526681003</v>
+      </c>
+      <c r="B62" s="22">
+        <v>1765787</v>
+      </c>
+      <c r="C62" s="23" t="s">
+        <v>110</v>
+      </c>
+      <c r="D62" s="24">
+        <v>11.5</v>
+      </c>
+      <c r="E62" s="25">
         <v>22500</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A63" s="10">
-        <v>9781526648549</v>
+        <v>9781398548244</v>
       </c>
       <c r="B63" s="10">
-        <v>2899290</v>
+        <v>3144792</v>
       </c>
       <c r="C63" s="11" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>56</v>
+      </c>
+      <c r="D63" s="15">
+        <v>10.5</v>
       </c>
       <c r="E63" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="64" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A64" s="14">
-[...11 lines deleted...]
-      <c r="E64" s="16">
+      <c r="A64" s="7">
+        <v>9781471413520</v>
+      </c>
+      <c r="B64" s="7">
+        <v>3167303</v>
+      </c>
+      <c r="C64" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D64" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E64" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="65" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A65" s="10">
-        <v>9781471403989</v>
+        <v>9798217122639</v>
       </c>
       <c r="B65" s="10">
-        <v>7843160</v>
+        <v>3154084</v>
       </c>
       <c r="C65" s="11" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="D65" s="21">
+        <v>58</v>
+      </c>
+      <c r="D65" s="15">
         <v>12.5</v>
       </c>
       <c r="E65" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A66" s="7">
+        <v>9781471403989</v>
+      </c>
+      <c r="B66" s="7">
+        <v>7843160</v>
+      </c>
+      <c r="C66" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="D66" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E66" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="10">
         <v>9781405291798</v>
       </c>
-      <c r="B66" s="7">
+      <c r="B67" s="10">
         <v>2034126</v>
       </c>
-      <c r="C66" s="8" t="s">
-[...22 lines deleted...]
-      <c r="E67" s="19">
+      <c r="C67" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="D67" s="15">
+        <v>11.5</v>
+      </c>
+      <c r="E67" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A68" s="7">
-        <v>9781405297714</v>
+        <v>9780063429826</v>
       </c>
       <c r="B68" s="7">
-        <v>2726545</v>
+        <v>3146026</v>
       </c>
       <c r="C68" s="8" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>61</v>
+      </c>
+      <c r="D68" s="16">
+        <v>13.5</v>
       </c>
       <c r="E68" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A69" s="10">
         <v>9781405291774</v>
       </c>
       <c r="B69" s="10">
         <v>2223179</v>
       </c>
       <c r="C69" s="11" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>62</v>
+      </c>
+      <c r="D69" s="15">
+        <v>11.5</v>
       </c>
       <c r="E69" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A70" s="7">
         <v>9781405297042</v>
       </c>
       <c r="B70" s="7">
         <v>2156256</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>63</v>
+      </c>
+      <c r="D70" s="16">
+        <v>11.5</v>
       </c>
       <c r="E70" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A71" s="10">
         <v>9781405291781</v>
       </c>
       <c r="B71" s="10">
         <v>2227494</v>
       </c>
       <c r="C71" s="11" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>64</v>
+      </c>
+      <c r="D71" s="15">
+        <v>11.5</v>
       </c>
       <c r="E71" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A72" s="7">
         <v>9781405291750</v>
       </c>
       <c r="B72" s="7">
         <v>2220197</v>
       </c>
       <c r="C72" s="8" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>65</v>
+      </c>
+      <c r="D72" s="16">
+        <v>11.5</v>
       </c>
       <c r="E72" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A73" s="10">
         <v>9781405296243</v>
       </c>
       <c r="B73" s="10">
         <v>2726543</v>
       </c>
       <c r="C73" s="11" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>66</v>
+      </c>
+      <c r="D73" s="15">
+        <v>11.5</v>
       </c>
       <c r="E73" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A74" s="7">
         <v>9781405291767</v>
       </c>
       <c r="B74" s="7">
         <v>2222142</v>
       </c>
       <c r="C74" s="8" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>67</v>
+      </c>
+      <c r="D74" s="16">
+        <v>11.5</v>
       </c>
       <c r="E74" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A75" s="10">
         <v>9780063443143</v>
       </c>
       <c r="B75" s="10">
         <v>3098012</v>
       </c>
       <c r="C75" s="11" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>68</v>
+      </c>
+      <c r="D75" s="15">
+        <v>13.5</v>
       </c>
       <c r="E75" s="12">
         <v>12500</v>
       </c>
     </row>
-    <row r="76" spans="1:5" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-        <v>12500</v>
+    <row r="76" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="7">
+        <v>9780141375632</v>
+      </c>
+      <c r="B76" s="7">
+        <v>2067824</v>
+      </c>
+      <c r="C76" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D76" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E76" s="9">
+        <v>22500</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A77" s="10">
-        <v>9780141375632</v>
+        <v>9780571396979</v>
       </c>
       <c r="B77" s="10">
-        <v>2067824</v>
+        <v>3140522</v>
       </c>
       <c r="C77" s="11" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>70</v>
+      </c>
+      <c r="D77" s="15">
+        <v>11.5</v>
       </c>
       <c r="E77" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A78" s="7">
-        <v>9780241681121</v>
+        <v>9798217122813</v>
       </c>
       <c r="B78" s="7">
-        <v>3098627</v>
+        <v>3143933</v>
       </c>
       <c r="C78" s="8" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="D78" s="22">
+        <v>71</v>
+      </c>
+      <c r="D78" s="16">
         <v>13.5</v>
       </c>
       <c r="E78" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A79" s="17">
-[...11 lines deleted...]
-      <c r="E79" s="19">
+      <c r="A79" s="10">
+        <v>9781728205489</v>
+      </c>
+      <c r="B79" s="10">
+        <v>2868780</v>
+      </c>
+      <c r="C79" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="D79" s="15">
+        <v>11.5</v>
+      </c>
+      <c r="E79" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A80" s="7">
-        <v>9781728205489</v>
+        <v>9781728276229</v>
       </c>
       <c r="B80" s="7">
-        <v>2868780</v>
+        <v>2954476</v>
       </c>
       <c r="C80" s="8" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>73</v>
+      </c>
+      <c r="D80" s="16">
+        <v>11.5</v>
       </c>
       <c r="E80" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A81" s="10">
-        <v>9781728276229</v>
+        <v>9781464218781</v>
       </c>
       <c r="B81" s="10">
-        <v>2954476</v>
+        <v>3053450</v>
       </c>
       <c r="C81" s="11" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="D81" s="21">
+        <v>74</v>
+      </c>
+      <c r="D81" s="15">
         <v>11.5</v>
       </c>
       <c r="E81" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A82" s="7">
-[...11 lines deleted...]
-      <c r="E82" s="9">
+      <c r="A82" s="22">
+        <v>9781399718776</v>
+      </c>
+      <c r="B82" s="22">
+        <v>1859757</v>
+      </c>
+      <c r="C82" s="23" t="s">
+        <v>111</v>
+      </c>
+      <c r="D82" s="24">
+        <v>13.5</v>
+      </c>
+      <c r="E82" s="25">
         <v>22500</v>
       </c>
     </row>
     <row r="83" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A83" s="10">
-        <v>9781529507966</v>
+        <v>9781529391732</v>
       </c>
       <c r="B83" s="10">
-        <v>3097950</v>
+        <v>2893934</v>
       </c>
       <c r="C83" s="11" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>22.5</v>
+        <v>75</v>
+      </c>
+      <c r="D83" s="15">
+        <v>13.5</v>
       </c>
       <c r="E83" s="12">
-        <v>12500</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A84" s="7">
-        <v>9781529391732</v>
+        <v>9781444951387</v>
       </c>
       <c r="B84" s="7">
-        <v>2893934</v>
+        <v>2679259</v>
       </c>
       <c r="C84" s="8" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>76</v>
+      </c>
+      <c r="D84" s="16">
+        <v>16.5</v>
       </c>
       <c r="E84" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A85" s="10">
-        <v>9781444951387</v>
+        <v>9781444951400</v>
       </c>
       <c r="B85" s="10">
-        <v>2679259</v>
+        <v>2730769</v>
       </c>
       <c r="C85" s="11" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>17.5</v>
+        <v>77</v>
+      </c>
+      <c r="D85" s="15">
+        <v>16.5</v>
       </c>
       <c r="E85" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A86" s="7">
-        <v>9781444951400</v>
+        <v>9781444952773</v>
       </c>
       <c r="B86" s="7">
-        <v>2730769</v>
+        <v>2034864</v>
       </c>
       <c r="C86" s="8" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>17.5</v>
+        <v>78</v>
+      </c>
+      <c r="D86" s="16">
+        <v>16.5</v>
       </c>
       <c r="E86" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="87" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A87" s="10">
-        <v>9781444952773</v>
+        <v>9781444952797</v>
       </c>
       <c r="B87" s="10">
-        <v>2034864</v>
+        <v>2023457</v>
       </c>
       <c r="C87" s="11" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>17.5</v>
+        <v>79</v>
+      </c>
+      <c r="D87" s="15">
+        <v>16.5</v>
       </c>
       <c r="E87" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A88" s="7">
-        <v>9781444952797</v>
+        <v>9781444957655</v>
       </c>
       <c r="B88" s="7">
-        <v>2023457</v>
+        <v>2940347</v>
       </c>
       <c r="C88" s="8" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>17.5</v>
+        <v>80</v>
+      </c>
+      <c r="D88" s="16">
+        <v>16.5</v>
       </c>
       <c r="E88" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A89" s="10">
-        <v>9781444957655</v>
+        <v>9781398536517</v>
       </c>
       <c r="B89" s="10">
-        <v>2940347</v>
+        <v>3048977</v>
       </c>
       <c r="C89" s="11" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>17.5</v>
+        <v>81</v>
+      </c>
+      <c r="D89" s="15">
+        <v>11.5</v>
       </c>
       <c r="E89" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A90" s="7">
-        <v>9781398536517</v>
+        <v>9781398536470</v>
       </c>
       <c r="B90" s="7">
-        <v>3048977</v>
+        <v>3048979</v>
       </c>
       <c r="C90" s="8" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>82</v>
+      </c>
+      <c r="D90" s="16">
+        <v>11.5</v>
       </c>
       <c r="E90" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A91" s="10">
-        <v>9781398536470</v>
+        <v>9781398537866</v>
       </c>
       <c r="B91" s="10">
-        <v>3048979</v>
+        <v>3142212</v>
       </c>
       <c r="C91" s="11" t="s">
         <v>112</v>
       </c>
-      <c r="D91" s="21">
-        <v>12.5</v>
+      <c r="D91" s="15">
+        <v>11.5</v>
       </c>
       <c r="E91" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A92" s="7">
         <v>9781398536425</v>
       </c>
       <c r="B92" s="7">
         <v>3044035</v>
       </c>
       <c r="C92" s="8" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>83</v>
+      </c>
+      <c r="D92" s="16">
+        <v>11.5</v>
       </c>
       <c r="E92" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A93" s="10">
-        <v>9780241651407</v>
+        <v>9781250308979</v>
       </c>
       <c r="B93" s="10">
-        <v>3098560</v>
+        <v>2730955</v>
       </c>
       <c r="C93" s="11" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>14.5</v>
+        <v>84</v>
+      </c>
+      <c r="D93" s="15">
+        <v>15.5</v>
       </c>
       <c r="E93" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A94" s="7">
-        <v>9781250308979</v>
+        <v>9780241458709</v>
       </c>
       <c r="B94" s="7">
-        <v>2730955</v>
+        <v>3172303</v>
       </c>
       <c r="C94" s="8" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>16.5</v>
+        <v>113</v>
+      </c>
+      <c r="D94" s="16">
+        <v>21.5</v>
       </c>
       <c r="E94" s="9">
-        <v>22500</v>
+        <v>11300</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A95" s="17">
+      <c r="A95" s="10">
         <v>9780063450301</v>
       </c>
-      <c r="B95" s="17">
+      <c r="B95" s="10">
         <v>3131480</v>
       </c>
-      <c r="C95" s="18" t="s">
-[...2 lines deleted...]
-      <c r="D95" s="24">
+      <c r="C95" s="11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D95" s="15">
         <v>13.5</v>
       </c>
-      <c r="E95" s="19">
+      <c r="E95" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A96" s="14">
+      <c r="A96" s="7">
         <v>9781398535763</v>
       </c>
-      <c r="B96" s="14">
+      <c r="B96" s="7">
         <v>3182276</v>
       </c>
-      <c r="C96" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D96" s="23">
+      <c r="C96" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="D96" s="16">
         <v>19.5</v>
       </c>
-      <c r="E96" s="16">
+      <c r="E96" s="9">
         <v>12500</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A97" s="10">
         <v>9781398531277</v>
       </c>
       <c r="B97" s="10">
         <v>3088110</v>
       </c>
       <c r="C97" s="11" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>22.5</v>
+        <v>87</v>
+      </c>
+      <c r="D97" s="15">
+        <v>21.5</v>
       </c>
       <c r="E97" s="12">
         <v>12500</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A98" s="7">
         <v>9781398535732</v>
       </c>
       <c r="B98" s="7">
         <v>3041047</v>
       </c>
       <c r="C98" s="8" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>88</v>
+      </c>
+      <c r="D98" s="16">
+        <v>11.5</v>
       </c>
       <c r="E98" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="99" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A99" s="10">
         <v>9781398529489</v>
       </c>
       <c r="B99" s="10">
         <v>2981537</v>
       </c>
       <c r="C99" s="11" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="D99" s="21">
+        <v>89</v>
+      </c>
+      <c r="D99" s="15">
         <v>13.5</v>
       </c>
       <c r="E99" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A100" s="7">
         <v>9781398530126</v>
       </c>
       <c r="B100" s="7">
         <v>2997702</v>
       </c>
       <c r="C100" s="8" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="D100" s="22">
+        <v>90</v>
+      </c>
+      <c r="D100" s="16">
         <v>13.5</v>
       </c>
       <c r="E100" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A101" s="10">
         <v>9781728291413</v>
       </c>
       <c r="B101" s="10">
         <v>2985906</v>
       </c>
       <c r="C101" s="11" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>91</v>
+      </c>
+      <c r="D101" s="15">
+        <v>11.5</v>
       </c>
       <c r="E101" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A102" s="7">
         <v>9781728291437</v>
       </c>
       <c r="B102" s="7">
         <v>2988219</v>
       </c>
       <c r="C102" s="8" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>92</v>
+      </c>
+      <c r="D102" s="16">
+        <v>11.5</v>
       </c>
       <c r="E102" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A103" s="10">
-[...11 lines deleted...]
-      <c r="E103" s="12">
+      <c r="A103" s="18">
+        <v>9781464242472</v>
+      </c>
+      <c r="B103" s="18">
+        <v>1851055</v>
+      </c>
+      <c r="C103" s="19" t="s">
+        <v>114</v>
+      </c>
+      <c r="D103" s="20">
+        <v>11.5</v>
+      </c>
+      <c r="E103" s="21">
         <v>22500</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A104" s="7">
-        <v>9780008588199</v>
+        <v>9781728291420</v>
       </c>
       <c r="B104" s="7">
-        <v>2990441</v>
+        <v>2988218</v>
       </c>
       <c r="C104" s="8" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>93</v>
+      </c>
+      <c r="D104" s="16">
+        <v>11.5</v>
       </c>
       <c r="E104" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A105" s="10">
-        <v>9781398505247</v>
+        <v>9780008588199</v>
       </c>
       <c r="B105" s="10">
-        <v>2585641</v>
+        <v>2990441</v>
       </c>
       <c r="C105" s="11" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>94</v>
+      </c>
+      <c r="D105" s="15">
+        <v>13.5</v>
       </c>
       <c r="E105" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A106" s="7">
         <v>9781368098458</v>
       </c>
       <c r="B106" s="7">
         <v>3132797</v>
       </c>
       <c r="C106" s="8" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>20.5</v>
+        <v>95</v>
+      </c>
+      <c r="D106" s="16">
+        <v>19.5</v>
       </c>
       <c r="E106" s="9">
         <v>12500</v>
       </c>
     </row>
-    <row r="107" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="107" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A107" s="10">
         <v>9780063458611</v>
       </c>
       <c r="B107" s="10">
         <v>3137675</v>
       </c>
       <c r="C107" s="11" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>15.5</v>
+        <v>96</v>
+      </c>
+      <c r="D107" s="15">
+        <v>14.5</v>
       </c>
       <c r="E107" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="108" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A108" s="7">
         <v>9780861546732</v>
       </c>
       <c r="B108" s="7">
         <v>2923080</v>
       </c>
       <c r="C108" s="8" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>97</v>
+      </c>
+      <c r="D108" s="16">
+        <v>11.5</v>
       </c>
       <c r="E108" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="109" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A109" s="10">
-[...11 lines deleted...]
-      <c r="E109" s="12">
+      <c r="A109" s="18">
+        <v>9780241671115</v>
+      </c>
+      <c r="B109" s="18">
+        <v>1786318</v>
+      </c>
+      <c r="C109" s="19" t="s">
+        <v>98</v>
+      </c>
+      <c r="D109" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E109" s="21">
         <v>22500</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A110" s="7">
-        <v>9780241671108</v>
+        <v>9781035052431</v>
       </c>
       <c r="B110" s="7">
-        <v>3098602</v>
+        <v>3145920</v>
       </c>
       <c r="C110" s="8" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>18.5</v>
+        <v>99</v>
+      </c>
+      <c r="D110" s="16">
+        <v>11.5</v>
       </c>
       <c r="E110" s="9">
-        <v>12500</v>
-[...15 lines deleted...]
-      <c r="E111" s="19">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A111" s="10">
+        <v>9781406372151</v>
+      </c>
+      <c r="B111" s="10">
+        <v>9087974</v>
+      </c>
+      <c r="C111" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D111" s="15">
+        <v>11.5</v>
+      </c>
+      <c r="E111" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="112" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A112" s="7">
-        <v>9781406372151</v>
+        <v>9781398548336</v>
       </c>
       <c r="B112" s="7">
-        <v>9087974</v>
+        <v>3144791</v>
       </c>
       <c r="C112" s="8" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="D112" s="22">
+        <v>115</v>
+      </c>
+      <c r="D112" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E112" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A113" s="10">
+        <v>9781836430520</v>
+      </c>
+      <c r="B113" s="10">
+        <v>3147375</v>
+      </c>
+      <c r="C113" s="11" t="s">
+        <v>101</v>
+      </c>
+      <c r="D113" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E113" s="12">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A114" s="7">
+        <v>9781774883686</v>
+      </c>
+      <c r="B114" s="7">
+        <v>2942038</v>
+      </c>
+      <c r="C114" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="D114" s="16">
         <v>12.5</v>
       </c>
-      <c r="E112" s="9">
-[...50 lines deleted...]
-      <c r="E115" s="12">
+      <c r="E114" s="9">
         <v>22500</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="1.7716535433070868" bottom="1.3779527559055118" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="88" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Fett"&amp;12
 &amp;K243478Libri GmbH&amp;"-,Standard"&amp;11
 &amp;12Hamburg • Bad Hersfeld&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;10&amp;K243478Libri GmbH • Friedensallee 273 • 22763 Hamburg • AG Hamburg HRB 65430
 Geschäftsführung: Alyna Wnukowsky (Sprecherin), Ulrich Vollmer
 Aufsichtsratsvorsitzender: Dr. Markus Conrad&amp;R&amp;K243478&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="504620ad-4a5b-4e98-91c4-34164cb416e2" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c7883763-1633-4a33-844b-a4f27752bb33">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010007E2A28E331B1345B4C54C5E2471F1FA" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="23252ba61a2b42fee7d5f57213e57890">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c7883763-1633-4a33-844b-a4f27752bb33" xmlns:ns3="504620ad-4a5b-4e98-91c4-34164cb416e2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="548f94b230d87df06dce40b2da64a907" ns2:_="" ns3:_="">
     <xsd:import namespace="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <xsd:import namespace="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -3443,111 +3443,91 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{082E264E-1C81-46FE-A111-A8D4264C37BB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996B258D-5A6A-4734-BF2E-505977B0BDE3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC4D9CF9-E2A7-47E5-9512-037AD31ADBFF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="c9f90cda-9d81-4aea-911d-f949aaf4de02"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996B258D-5A6A-4734-BF2E-505977B0BDE3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{082E264E-1C81-46FE-A111-A8D4264C37BB}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
+    <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" enabled="0" method="" siteId="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>