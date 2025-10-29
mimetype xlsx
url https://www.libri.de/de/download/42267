--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -6,281 +6,284 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestandslisten_Quartalsremirückruflisten\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{90E866E2-0AD3-4295-897E-1F0A3B756DFD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DBFD64C2-AEBB-4931-8582-5DA329361E83}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13176" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
   </bookViews>
   <sheets>
     <sheet name="JtB JfK" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'JtB JfK'!$A$1:$E$63</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'JtB JfK'!$A$1:$E$64</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'JtB JfK'!$4:$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="67">
   <si>
     <t>Fett gedruckte Titel sind Neuerscheinungen des kommenden Quartals</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Libri-Nr.</t>
   </si>
   <si>
     <t>Titel</t>
   </si>
   <si>
     <t>Warengruppe</t>
   </si>
   <si>
     <t>UVP €</t>
   </si>
   <si>
-    <t>Bestandsliste Just the Best JfK • 4. Quartal 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Alcott, L: Little Women</t>
   </si>
   <si>
     <t>Amery, H: First Thousand Words in English</t>
   </si>
   <si>
     <t>Baum, L: Wizard of Oz</t>
   </si>
   <si>
+    <t>Bluey: Where's Bluey?</t>
+  </si>
+  <si>
+    <t>Bright, R: Camel Who Had The Hump</t>
+  </si>
+  <si>
+    <t>Bright, R: Lion Inside</t>
+  </si>
+  <si>
+    <t>Bright, R: Pandas Who Promised</t>
+  </si>
+  <si>
+    <t>Burnett, F: Secret Garden</t>
+  </si>
+  <si>
+    <t>Carle, E: The Very Hungry Caterpillar</t>
+  </si>
+  <si>
+    <t>Cawthorn, S: Five Nights at Freddy's: 5NAF Coloring Book</t>
+  </si>
+  <si>
+    <t>Dahl, R: Charlie and the Chocolate Factory</t>
+  </si>
+  <si>
+    <t>Donaldson, J: Gruffalo</t>
+  </si>
+  <si>
+    <t>Gaiman, N: Coraline</t>
+  </si>
+  <si>
+    <t>Green, R: Tales of the Greek Heroes</t>
+  </si>
+  <si>
+    <t>Grimm, J: Grimms' Fairy Tales</t>
+  </si>
+  <si>
+    <t>Hirsch, A: Gravity Falls: Journal 3</t>
+  </si>
+  <si>
+    <t>Jeffers, O: Here We Are</t>
+  </si>
+  <si>
+    <t>Jones, D: Howl's Moving Castle</t>
+  </si>
+  <si>
+    <t>Kinney, J: Diary of a Wimpy Kid 1</t>
+  </si>
+  <si>
+    <t>Kinney, J: Diary of a Wimpy Kid 19: Hot Mess</t>
+  </si>
+  <si>
+    <t>Lang, S: Grumpy Monkey</t>
+  </si>
+  <si>
+    <t>McBratney, S: Guess How Much I Love You</t>
+  </si>
+  <si>
+    <t>Milne, A: Winnie-The-Pooh</t>
+  </si>
+  <si>
+    <t>Montgomery, L: Anne of Green Gables</t>
+  </si>
+  <si>
+    <t>Palacio, R: Wonder</t>
+  </si>
+  <si>
+    <t>Riordan, R: From the World of Percy Jackson/Sun and the Star</t>
+  </si>
+  <si>
+    <t>Riordan, R: Percy Jackson &amp; Lightning Thief</t>
+  </si>
+  <si>
+    <t>Riordan, R: Percy Jackson &amp; Monsters</t>
+  </si>
+  <si>
+    <t>Riordan, R: Percy Jackson/Chalice of the Gods</t>
+  </si>
+  <si>
+    <t>Riordan, R: Percy Jackson/Wrath of the Triple Goddess</t>
+  </si>
+  <si>
+    <t>Rowling, J: Harry Potter 1/Philosopher's Stone</t>
+  </si>
+  <si>
+    <t>Rowling, J: Harry Potter 2/Chamber of Secrets</t>
+  </si>
+  <si>
+    <t>Rowling, J: Harry Potter 3/Prisoner of Azkaban</t>
+  </si>
+  <si>
+    <t>Rowling, J: Harry Potter 4/Goblet of Fire</t>
+  </si>
+  <si>
+    <t>Rowling, J: Harry Potter 5/Order of the Phoenix</t>
+  </si>
+  <si>
+    <t>Rowling, J: Harry Potter 6/Half-Blood Prince</t>
+  </si>
+  <si>
+    <t>Rowling, J: Harry Potter 7/Deathly Hallows</t>
+  </si>
+  <si>
+    <t>Rowling, J: Harry Potter/ Cursed Child Parts I &amp; II</t>
+  </si>
+  <si>
+    <t>Walliams, D: Gangsta Granny</t>
+  </si>
+  <si>
+    <t>Becker, S: One, Two, Grandma Loves You</t>
+  </si>
+  <si>
+    <t>Chainani, S: Coven</t>
+  </si>
+  <si>
+    <t>Dahl, R: Matilda</t>
+  </si>
+  <si>
+    <t>Gray, K: Oi Dinosaurs!</t>
+  </si>
+  <si>
+    <t>Hemming, A: Sun Thief</t>
+  </si>
+  <si>
+    <t>Karber, G: Murdle Jr.: Sleuths on the Loose</t>
+  </si>
+  <si>
+    <t>Lynas, E: Bear and the Hare and the Fair</t>
+  </si>
+  <si>
+    <t>Muncaster, H: Isadora Moon Bumper Activity Book</t>
+  </si>
+  <si>
+    <t>Raúf, O: Girl at the Front of the Class</t>
+  </si>
+  <si>
+    <t>Bestandsliste Just the Best JfK • 3. Quartal 2025</t>
+  </si>
+  <si>
     <t>Birdsall, J: Library of Unruly Treasures</t>
   </si>
   <si>
-    <t>Bluey: Where's Bluey?</t>
-[...22 lines deleted...]
-  <si>
     <t>Carroll, L: Alice's Adventures in Wonderland</t>
   </si>
   <si>
-    <t>Cawthorn, S: Five Nights at Freddy's: 5NAF Coloring Book</t>
-[...10 lines deleted...]
-  <si>
     <t>Fleming, L: Oak, the Littlest Leaf Girl</t>
   </si>
   <si>
-    <t>Gaiman, N: Coraline</t>
-[...1 lines deleted...]
-  <si>
     <t>Gold, H: Turtle Moon</t>
   </si>
   <si>
-    <t>Green, R: Tales of the Greek Heroes</t>
-[...19 lines deleted...]
-  <si>
     <t>Kinney, J:  Diary of a Wimpy Kid 19: Hot Mess</t>
   </si>
   <si>
-    <t>Kinney, J: Diary of a Wimpy Kid 1</t>
-[...10 lines deleted...]
-  <si>
     <t>Latimer, A: Frank is a Butterfly</t>
   </si>
   <si>
-    <t>McBratney, S: Guess How Much I Love You</t>
-[...10 lines deleted...]
-  <si>
     <t>Peppa Pig: Little Library/6 Bde.</t>
   </si>
   <si>
-    <t>Pichon, L: Tom Gates 24: Pesky Pets and Parties</t>
-[...13 lines deleted...]
-  <si>
     <t>Riordan, R: Percy Jackson and the Olympians: Wrath of the Tr</t>
   </si>
   <si>
-    <t>Riordan, R: Percy Jackson/Chalice of the Gods</t>
-[...28 lines deleted...]
-  <si>
     <t>Rowling, J: Pocket Potters: Harry Potter</t>
   </si>
   <si>
     <t>Savage, C: Search for Carmella</t>
   </si>
   <si>
     <t>Scarry, R: Richard Scarry's Great Big Schoolhouse</t>
-  </si>
-[...1 lines deleted...]
-    <t>Walliams, D: Gangsta Granny</t>
   </si>
   <si>
     <t>Zoboli, G: Mr Lepron's Mystery Soup</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -435,108 +438,113 @@
     <xf numFmtId="1" fontId="5" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="2" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...18 lines deleted...]
-    </xf>
     <xf numFmtId="1" fontId="7" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-      <protection locked="0"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="1" fontId="7" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="2" fontId="7" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="7" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 3" xfId="1" xr:uid="{E5547F80-CBED-4D8B-A4AB-8ADEC00C389C}"/>
   </cellStyles>
   <dxfs count="10">
+    <dxf>
+      <font>
+        <b val="0"/>
+      </font>
+    </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="1" formatCode="0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor indexed="9"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="0" tint="-0.24994659260841701"/>
         </left>
         <right/>
         <top/>
         <bottom/>
       </border>
@@ -637,55 +645,50 @@
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="1" formatCode="0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor indexed="9"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="0" tint="-0.24994659260841701"/>
         </left>
         <right style="thin">
           <color theme="0" tint="-0.24994659260841701"/>
         </right>
         <top/>
         <bottom/>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
-      </font>
-[...3 lines deleted...]
-        <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="0"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor rgb="FF243478"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color theme="0"/>
         </left>
@@ -754,60 +757,60 @@
   <colors>
     <mruColors>
       <color rgb="FF243478"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{DB70F4E0-5122-44C9-A069-BAE66F739666}" name="Tabelle5" displayName="Tabelle5" ref="A4:E63" totalsRowShown="0" headerRowDxfId="6" dataDxfId="5">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{DB70F4E0-5122-44C9-A069-BAE66F739666}" name="Tabelle5" displayName="Tabelle5" ref="A4:E64" totalsRowShown="0" headerRowDxfId="6" dataDxfId="0">
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:E63">
     <sortCondition ref="C5:C63"/>
   </sortState>
   <tableColumns count="5">
-    <tableColumn id="1" xr3:uid="{BE38B0E2-A417-42E3-A815-51EAF3316FCC}" name="EAN" dataDxfId="4" dataCellStyle="Standard 3"/>
-[...3 lines deleted...]
-    <tableColumn id="5" xr3:uid="{4A02480C-E1CF-4756-9D0C-FA32CF235BB9}" name="Warengruppe" dataDxfId="0" dataCellStyle="Standard 3"/>
+    <tableColumn id="1" xr3:uid="{BE38B0E2-A417-42E3-A815-51EAF3316FCC}" name="EAN" dataDxfId="5" dataCellStyle="Standard 3"/>
+    <tableColumn id="2" xr3:uid="{557C5361-75BF-41D0-9BE4-702B2D5D36F3}" name="Libri-Nr." dataDxfId="4" dataCellStyle="Standard 3"/>
+    <tableColumn id="3" xr3:uid="{19984736-2128-4755-94EB-6DA12D7F4405}" name="Titel" dataDxfId="3" dataCellStyle="Standard 3"/>
+    <tableColumn id="4" xr3:uid="{59F95023-B76C-4851-984F-F321023A9EA0}" name="UVP €" dataDxfId="2" dataCellStyle="Standard 3"/>
+    <tableColumn id="5" xr3:uid="{4A02480C-E1CF-4756-9D0C-FA32CF235BB9}" name="Warengruppe" dataDxfId="1" dataCellStyle="Standard 3"/>
   </tableColumns>
   <tableStyleInfo name="Libri-Tabellenformat" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022-Design">
   <a:themeElements>
     <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -1073,1149 +1076,1155 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D61CB4B-7791-4ED0-AE80-E77BE2D65B28}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E63"/>
+  <dimension ref="A1:E64"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C13" sqref="C13"/>
+      <selection activeCell="K14" sqref="K14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="14.88671875" style="2" customWidth="1"/>
     <col min="2" max="2" width="9.88671875" style="2" customWidth="1"/>
     <col min="3" max="3" width="44.5546875" style="6" customWidth="1"/>
-    <col min="4" max="4" width="7.44140625" style="17" customWidth="1"/>
+    <col min="4" max="4" width="7.44140625" style="25" customWidth="1"/>
     <col min="5" max="5" width="15.5546875" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A1" s="18" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="18"/>
+      <c r="A1" s="26" t="s">
+        <v>54</v>
+      </c>
+      <c r="B1" s="26"/>
+      <c r="C1" s="26"/>
+      <c r="D1" s="26"/>
+      <c r="E1" s="26"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A2" s="19" t="s">
+      <c r="A2" s="27" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="19"/>
-[...2 lines deleted...]
-      <c r="E2" s="19"/>
+      <c r="B2" s="27"/>
+      <c r="C2" s="27"/>
+      <c r="D2" s="27"/>
+      <c r="E2" s="27"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="14" t="s">
+      <c r="D4" s="20" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" s="7">
         <v>9780099572961</v>
       </c>
       <c r="B5" s="7">
         <v>4215877</v>
       </c>
       <c r="C5" s="8" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D5" s="15">
+        <v>6</v>
+      </c>
+      <c r="D5" s="21">
         <v>9.5</v>
       </c>
       <c r="E5" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6" s="10">
         <v>9781409562894</v>
       </c>
       <c r="B6" s="10">
         <v>5919215</v>
       </c>
       <c r="C6" s="11" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D6" s="16">
+        <v>7</v>
+      </c>
+      <c r="D6" s="22">
         <v>10.5</v>
       </c>
       <c r="E6" s="12">
         <v>22910</v>
       </c>
     </row>
     <row r="7" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="7">
         <v>9780142427507</v>
       </c>
       <c r="B7" s="7">
         <v>4806549</v>
       </c>
       <c r="C7" s="8" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D7" s="15">
+        <v>8</v>
+      </c>
+      <c r="D7" s="21">
         <v>10.5</v>
       </c>
       <c r="E7" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A8" s="10">
+        <v>9781419742194</v>
+      </c>
+      <c r="B8" s="10">
+        <v>3099555</v>
+      </c>
+      <c r="C8" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" s="22">
+        <v>9.5</v>
+      </c>
+      <c r="E8" s="12">
+        <v>12100</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A9" s="17">
         <v>9798217116836</v>
       </c>
-      <c r="B8" s="10">
+      <c r="B9" s="17">
         <v>3143927</v>
       </c>
-      <c r="C8" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D8" s="16">
+      <c r="C9" s="18" t="s">
+        <v>55</v>
+      </c>
+      <c r="D9" s="24">
         <v>13.5</v>
       </c>
-      <c r="E8" s="12">
+      <c r="E9" s="19">
         <v>22500</v>
-      </c>
-[...15 lines deleted...]
-        <v>22100</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A10" s="10">
-        <v>9781408366417</v>
+        <v>9780241558577</v>
       </c>
       <c r="B10" s="10">
-        <v>3098946</v>
+        <v>2848750</v>
       </c>
       <c r="C10" s="11" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D10" s="16">
+        <v>9</v>
+      </c>
+      <c r="D10" s="22">
         <v>10.5</v>
       </c>
       <c r="E10" s="12">
         <v>22100</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A11" s="7">
-        <v>9781408331606</v>
+        <v>9781408366417</v>
       </c>
       <c r="B11" s="7">
-        <v>2414835</v>
+        <v>3098946</v>
       </c>
       <c r="C11" s="8" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D11" s="15">
+        <v>10</v>
+      </c>
+      <c r="D11" s="21">
         <v>10.5</v>
       </c>
       <c r="E11" s="9">
         <v>22100</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A12" s="10">
-        <v>9781408349045</v>
+        <v>9781408331606</v>
       </c>
       <c r="B12" s="10">
-        <v>2602903</v>
+        <v>2414835</v>
       </c>
       <c r="C12" s="11" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D12" s="16">
+        <v>11</v>
+      </c>
+      <c r="D12" s="22">
         <v>10.5</v>
       </c>
       <c r="E12" s="12">
-        <v>12100</v>
+        <v>22100</v>
       </c>
     </row>
     <row r="13" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A13" s="7">
         <v>9781408356104</v>
       </c>
       <c r="B13" s="7">
         <v>2997625</v>
       </c>
       <c r="C13" s="8" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D13" s="15">
+        <v>12</v>
+      </c>
+      <c r="D13" s="21">
         <v>10.5</v>
       </c>
       <c r="E13" s="9">
         <v>22100</v>
       </c>
     </row>
-    <row r="14" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>16</v>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A14" s="10">
+        <v>9780241411162</v>
+      </c>
+      <c r="B14" s="10">
+        <v>2728340</v>
+      </c>
+      <c r="C14" s="11" t="s">
+        <v>13</v>
       </c>
       <c r="D14" s="22">
-        <v>17.5</v>
-[...2 lines deleted...]
-        <v>12100</v>
+        <v>19.5</v>
+      </c>
+      <c r="E14" s="12">
+        <v>12500</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A15" s="7">
-        <v>9780241411162</v>
+        <v>9780241003008</v>
       </c>
       <c r="B15" s="7">
-        <v>2728340</v>
+        <v>4294564</v>
       </c>
       <c r="C15" s="8" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>19.5</v>
+        <v>14</v>
+      </c>
+      <c r="D15" s="21">
+        <v>10.5</v>
       </c>
       <c r="E15" s="9">
-        <v>12500</v>
+        <v>12100</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A16" s="10">
-        <v>9780241003008</v>
+        <v>9781847494078</v>
       </c>
       <c r="B16" s="10">
-        <v>4294564</v>
+        <v>2427969</v>
       </c>
       <c r="C16" s="11" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D16" s="16">
+        <v>56</v>
+      </c>
+      <c r="D16" s="22">
         <v>10.5</v>
       </c>
       <c r="E16" s="12">
-        <v>12100</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+        <v>22600</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" s="13" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A17" s="7">
-        <v>9781847494078</v>
+        <v>9781338741186</v>
       </c>
       <c r="B17" s="7">
-        <v>2427969</v>
+        <v>2354499</v>
       </c>
       <c r="C17" s="8" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>15</v>
+      </c>
+      <c r="D17" s="21">
+        <v>13.5</v>
       </c>
       <c r="E17" s="9">
-        <v>22600</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+        <v>22920</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A18" s="10">
-        <v>9781338741186</v>
+        <v>9780062979681</v>
       </c>
       <c r="B18" s="10">
-        <v>2354499</v>
+        <v>3095793</v>
       </c>
       <c r="C18" s="11" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>46</v>
+      </c>
+      <c r="D18" s="22">
+        <v>16.5</v>
       </c>
       <c r="E18" s="12">
-        <v>22920</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="19" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="7">
         <v>9780142410318</v>
       </c>
       <c r="B19" s="7">
         <v>7157649</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="D19" s="15">
+        <v>16</v>
+      </c>
+      <c r="D19" s="21">
         <v>10.5</v>
       </c>
       <c r="E19" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A20" s="10">
         <v>9780241558317</v>
       </c>
       <c r="B20" s="10">
         <v>2798802</v>
       </c>
       <c r="C20" s="11" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="D20" s="16">
+        <v>47</v>
+      </c>
+      <c r="D20" s="22">
         <v>9.5</v>
       </c>
       <c r="E20" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="21" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A21" s="7">
         <v>9781509804757</v>
       </c>
       <c r="B21" s="7">
         <v>2182653</v>
       </c>
       <c r="C21" s="8" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="D21" s="15">
+        <v>17</v>
+      </c>
+      <c r="D21" s="21">
         <v>10.5</v>
       </c>
       <c r="E21" s="9">
         <v>12100</v>
       </c>
     </row>
     <row r="22" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="10">
+      <c r="A22" s="14">
         <v>9781529523201</v>
       </c>
-      <c r="B22" s="10">
+      <c r="B22" s="14">
         <v>3146838</v>
       </c>
-      <c r="C22" s="11" t="s">
-[...5 lines deleted...]
-      <c r="E22" s="12">
+      <c r="C22" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="D22" s="23">
+        <v>10.5</v>
+      </c>
+      <c r="E22" s="16">
         <v>22100</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A23" s="7">
         <v>9780380807345</v>
       </c>
       <c r="B23" s="7">
         <v>2035910</v>
       </c>
       <c r="C23" s="8" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D23" s="15">
+        <v>18</v>
+      </c>
+      <c r="D23" s="21">
         <v>8.5</v>
       </c>
       <c r="E23" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A24" s="10">
+      <c r="A24" s="14">
         <v>9780008582081</v>
       </c>
-      <c r="B24" s="10">
+      <c r="B24" s="14">
         <v>3138841</v>
       </c>
-      <c r="C24" s="11" t="s">
-[...5 lines deleted...]
-      <c r="E24" s="12">
+      <c r="C24" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="D24" s="23">
+        <v>10.5</v>
+      </c>
+      <c r="E24" s="16">
         <v>22500</v>
       </c>
     </row>
     <row r="25" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A25" s="7">
-        <v>9780241425107</v>
+        <v>9781444971828</v>
       </c>
       <c r="B25" s="7">
-        <v>2848782</v>
+        <v>3098947</v>
       </c>
       <c r="C25" s="8" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>19.5</v>
+        <v>48</v>
+      </c>
+      <c r="D25" s="21">
+        <v>10.5</v>
       </c>
       <c r="E25" s="9">
-        <v>12500</v>
+        <v>22100</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A26" s="10">
-        <v>9780241621196</v>
+        <v>9780241425107</v>
       </c>
       <c r="B26" s="10">
-        <v>2954848</v>
+        <v>2848782</v>
       </c>
       <c r="C26" s="11" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="D26" s="16">
+        <v>19</v>
+      </c>
+      <c r="D26" s="22">
         <v>19.5</v>
       </c>
       <c r="E26" s="12">
-        <v>12600</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A27" s="7">
-        <v>9780702341267</v>
+        <v>9780241621196</v>
       </c>
       <c r="B27" s="7">
-        <v>3099749</v>
+        <v>2954848</v>
       </c>
       <c r="C27" s="8" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>20</v>
+      </c>
+      <c r="D27" s="21">
+        <v>19.5</v>
       </c>
       <c r="E27" s="9">
-        <v>22100</v>
+        <v>12600</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A28" s="10">
-        <v>9781484746691</v>
+        <v>9780702341267</v>
       </c>
       <c r="B28" s="10">
-        <v>2512002</v>
+        <v>3099749</v>
       </c>
       <c r="C28" s="11" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>21.5</v>
+        <v>49</v>
+      </c>
+      <c r="D28" s="22">
+        <v>10.5</v>
       </c>
       <c r="E28" s="12">
-        <v>12500</v>
+        <v>22100</v>
       </c>
     </row>
     <row r="29" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A29" s="7">
-        <v>9780008266172</v>
+        <v>9781484746691</v>
       </c>
       <c r="B29" s="7">
-        <v>2898933</v>
+        <v>2512002</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>21</v>
+      </c>
+      <c r="D29" s="21">
+        <v>21.5</v>
       </c>
       <c r="E29" s="9">
-        <v>22100</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A30" s="10">
-        <v>9780061478789</v>
+        <v>9780008266172</v>
       </c>
       <c r="B30" s="10">
-        <v>2653163</v>
+        <v>2898933</v>
       </c>
       <c r="C30" s="11" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="D30" s="16">
+        <v>22</v>
+      </c>
+      <c r="D30" s="22">
         <v>10.5</v>
       </c>
       <c r="E30" s="12">
-        <v>22500</v>
+        <v>22100</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A31" s="7">
-        <v>9780241725146</v>
+        <v>9780061478789</v>
       </c>
       <c r="B31" s="7">
-        <v>3104025</v>
+        <v>2653163</v>
       </c>
       <c r="C31" s="8" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>16.5</v>
+        <v>23</v>
+      </c>
+      <c r="D31" s="21">
+        <v>10.5</v>
       </c>
       <c r="E31" s="9">
-        <v>12500</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A32" s="10">
+        <v>9780316582254</v>
+      </c>
+      <c r="B32" s="10">
+        <v>3099013</v>
+      </c>
+      <c r="C32" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D32" s="22">
+        <v>17.5</v>
+      </c>
+      <c r="E32" s="12">
+        <v>12930</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A33" s="17">
         <v>9781419782602</v>
       </c>
-      <c r="B32" s="10">
+      <c r="B33" s="17">
         <v>3154555</v>
       </c>
-      <c r="C32" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D32" s="16">
+      <c r="C33" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="D33" s="24">
         <v>9.5</v>
       </c>
-      <c r="E32" s="12">
-[...16 lines deleted...]
-      <c r="E33" s="9">
+      <c r="E33" s="19">
         <v>22500</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A34" s="10">
+        <v>9780141324906</v>
+      </c>
+      <c r="B34" s="10">
+        <v>2106892</v>
+      </c>
+      <c r="C34" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="D34" s="22">
+        <v>8.5</v>
+      </c>
+      <c r="E34" s="12">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="7">
         <v>9780241583166</v>
       </c>
-      <c r="B34" s="10">
+      <c r="B35" s="7">
         <v>3042147</v>
       </c>
-      <c r="C34" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D34" s="16">
+      <c r="C35" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D35" s="21">
         <v>16.5</v>
       </c>
-      <c r="E34" s="12">
-[...16 lines deleted...]
-      <c r="E35" s="27">
+      <c r="E35" s="9">
         <v>12500</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A36" s="10">
         <v>9780593123997</v>
       </c>
       <c r="B36" s="10">
         <v>2763772</v>
       </c>
       <c r="C36" s="11" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D36" s="16">
+        <v>26</v>
+      </c>
+      <c r="D36" s="22">
         <v>10.5</v>
       </c>
       <c r="E36" s="12">
         <v>12100</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A37" s="7">
+      <c r="A37" s="17">
         <v>9781382063753</v>
       </c>
-      <c r="B37" s="7">
+      <c r="B37" s="17">
         <v>3139139</v>
       </c>
-      <c r="C37" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E37" s="9">
+      <c r="C37" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="D37" s="24">
+        <v>10.5</v>
+      </c>
+      <c r="E37" s="19">
         <v>22100</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A38" s="10">
-        <v>9781406358780</v>
+        <v>9781805130260</v>
       </c>
       <c r="B38" s="10">
-        <v>2093373</v>
+        <v>3108380</v>
       </c>
       <c r="C38" s="11" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D38" s="16">
+        <v>51</v>
+      </c>
+      <c r="D38" s="22">
         <v>10.5</v>
       </c>
       <c r="E38" s="12">
-        <v>12100</v>
+        <v>22100</v>
       </c>
     </row>
     <row r="39" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A39" s="7">
-        <v>9780142404676</v>
+        <v>9781406358780</v>
       </c>
       <c r="B39" s="7">
-        <v>2646269</v>
+        <v>2093373</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D39" s="15">
+        <v>27</v>
+      </c>
+      <c r="D39" s="21">
         <v>10.5</v>
       </c>
       <c r="E39" s="9">
-        <v>22500</v>
+        <v>12100</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A40" s="10">
-        <v>9780147514004</v>
+        <v>9780142404676</v>
       </c>
       <c r="B40" s="10">
-        <v>2066479</v>
+        <v>2646269</v>
       </c>
       <c r="C40" s="11" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>18.5</v>
+        <v>28</v>
+      </c>
+      <c r="D40" s="22">
+        <v>10.5</v>
       </c>
       <c r="E40" s="12">
-        <v>12500</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A41" s="7">
-        <v>9780552565974</v>
+        <v>9780147514004</v>
       </c>
       <c r="B41" s="7">
-        <v>5717604</v>
+        <v>2066479</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>29</v>
+      </c>
+      <c r="D41" s="21">
+        <v>18.5</v>
       </c>
       <c r="E41" s="9">
-        <v>22500</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A42" s="10">
-        <v>9781409303183</v>
+        <v>9781382064873</v>
       </c>
       <c r="B42" s="10">
-        <v>5849780</v>
+        <v>3099769</v>
       </c>
       <c r="C42" s="11" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>8.5</v>
+        <v>52</v>
+      </c>
+      <c r="D42" s="22">
+        <v>13.5</v>
       </c>
       <c r="E42" s="12">
-        <v>12100</v>
-[...16 lines deleted...]
-        <v>12500</v>
+        <v>22920</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A43" s="7">
+        <v>9780552565974</v>
+      </c>
+      <c r="B43" s="7">
+        <v>5717604</v>
+      </c>
+      <c r="C43" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="D43" s="21">
+        <v>10.5</v>
+      </c>
+      <c r="E43" s="9">
+        <v>22500</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A44" s="10">
-        <v>9781338896459</v>
+        <v>9781409303183</v>
       </c>
       <c r="B44" s="10">
-        <v>3093640</v>
+        <v>5849780</v>
       </c>
       <c r="C44" s="11" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>16.5</v>
+        <v>61</v>
+      </c>
+      <c r="D44" s="22">
+        <v>8.5</v>
       </c>
       <c r="E44" s="12">
-        <v>12500</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:5" s="13" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+        <v>12100</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A45" s="7">
+        <v>9781526364661</v>
+      </c>
+      <c r="B45" s="7">
+        <v>3098945</v>
+      </c>
+      <c r="C45" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D45" s="21">
+        <v>10.5</v>
+      </c>
+      <c r="E45" s="9">
+        <v>22100</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" s="13" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A46" s="10">
         <v>9780241627709</v>
       </c>
-      <c r="B45" s="7">
+      <c r="B46" s="10">
         <v>2997581</v>
       </c>
-      <c r="C45" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D45" s="15">
+      <c r="C46" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D46" s="22">
         <v>12.5</v>
-      </c>
-[...15 lines deleted...]
-        <v>10.5</v>
       </c>
       <c r="E46" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A47" s="7">
-        <v>9780141346847</v>
+        <v>9780141346809</v>
       </c>
       <c r="B47" s="7">
-        <v>6176453</v>
+        <v>5821703</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>32</v>
+      </c>
+      <c r="D47" s="21">
+        <v>10.5</v>
       </c>
       <c r="E47" s="9">
         <v>22500</v>
       </c>
     </row>
-    <row r="48" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A48" s="10">
-        <v>9780241691717</v>
+        <v>9780141346847</v>
       </c>
       <c r="B48" s="10">
-        <v>3143878</v>
+        <v>6176453</v>
       </c>
       <c r="C48" s="11" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>33</v>
+      </c>
+      <c r="D48" s="22">
+        <v>10</v>
       </c>
       <c r="E48" s="12">
         <v>22500</v>
       </c>
     </row>
-    <row r="49" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:5" s="13" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A49" s="7">
-        <v>9780241647523</v>
+        <v>9780241691717</v>
       </c>
       <c r="B49" s="7">
-        <v>3041602</v>
+        <v>3143878</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>62</v>
+      </c>
+      <c r="D49" s="21">
+        <v>10.5</v>
       </c>
       <c r="E49" s="9">
         <v>22500</v>
       </c>
     </row>
-    <row r="50" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A50" s="10">
+        <v>9780241647523</v>
+      </c>
+      <c r="B50" s="10">
+        <v>3041602</v>
+      </c>
+      <c r="C50" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="D50" s="22">
+        <v>12.5</v>
+      </c>
+      <c r="E50" s="12">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A51" s="7">
         <v>9780241691700</v>
       </c>
-      <c r="B50" s="10">
+      <c r="B51" s="7">
         <v>3042011</v>
       </c>
-      <c r="C50" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D50" s="16">
+      <c r="C51" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D51" s="21">
         <v>14.5</v>
       </c>
-      <c r="E50" s="12">
+      <c r="E51" s="9">
         <v>12500</v>
-      </c>
-[...15 lines deleted...]
-        <v>22500</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A52" s="10">
-        <v>9781408855669</v>
+        <v>9781408855652</v>
       </c>
       <c r="B52" s="10">
-        <v>9842195</v>
+        <v>9842179</v>
       </c>
       <c r="C52" s="11" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D52" s="16">
+        <v>36</v>
+      </c>
+      <c r="D52" s="22">
         <v>12.5</v>
       </c>
       <c r="E52" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A53" s="7">
-        <v>9781408855676</v>
+        <v>9781408855669</v>
       </c>
       <c r="B53" s="7">
-        <v>9842217</v>
+        <v>9842195</v>
       </c>
       <c r="C53" s="8" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D53" s="15">
+        <v>37</v>
+      </c>
+      <c r="D53" s="21">
         <v>12.5</v>
       </c>
       <c r="E53" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="54" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A54" s="10">
-        <v>9781408855683</v>
+        <v>9781408855676</v>
       </c>
       <c r="B54" s="10">
-        <v>9842225</v>
+        <v>9842217</v>
       </c>
       <c r="C54" s="11" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>38</v>
+      </c>
+      <c r="D54" s="22">
+        <v>12.5</v>
       </c>
       <c r="E54" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="55" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A55" s="7">
-        <v>9781408855690</v>
+        <v>9781408855683</v>
       </c>
       <c r="B55" s="7">
-        <v>9842470</v>
+        <v>9842225</v>
       </c>
       <c r="C55" s="8" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D55" s="15">
+        <v>39</v>
+      </c>
+      <c r="D55" s="21">
         <v>13.5</v>
       </c>
       <c r="E55" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="56" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A56" s="10">
-        <v>9781408855706</v>
+        <v>9781408855690</v>
       </c>
       <c r="B56" s="10">
-        <v>9842497</v>
+        <v>9842470</v>
       </c>
       <c r="C56" s="11" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D56" s="16">
+        <v>40</v>
+      </c>
+      <c r="D56" s="22">
         <v>13.5</v>
       </c>
       <c r="E56" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="57" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A57" s="7">
-        <v>9781408855713</v>
+        <v>9781408855706</v>
       </c>
       <c r="B57" s="7">
-        <v>9842500</v>
+        <v>9842497</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="D57" s="15">
+        <v>41</v>
+      </c>
+      <c r="D57" s="21">
         <v>13.5</v>
       </c>
       <c r="E57" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A58" s="10">
-        <v>9780751565362</v>
+        <v>9781408855713</v>
       </c>
       <c r="B58" s="10">
-        <v>3151123</v>
+        <v>9842500</v>
       </c>
       <c r="C58" s="11" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="D58" s="16">
+        <v>42</v>
+      </c>
+      <c r="D58" s="22">
         <v>13.5</v>
       </c>
       <c r="E58" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A59" s="7">
+        <v>9780751565362</v>
+      </c>
+      <c r="B59" s="7">
+        <v>3151123</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D59" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E59" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="14">
         <v>9781526672605</v>
       </c>
-      <c r="B59" s="7">
+      <c r="B60" s="14">
         <v>3140594</v>
       </c>
-      <c r="C59" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D59" s="15">
+      <c r="C60" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="D60" s="23">
         <v>13.5</v>
       </c>
-      <c r="E59" s="9">
+      <c r="E60" s="16">
         <v>12880</v>
       </c>
     </row>
-    <row r="60" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A60" s="10">
+    <row r="61" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A61" s="17">
         <v>9781529523171</v>
       </c>
-      <c r="B60" s="10">
+      <c r="B61" s="17">
         <v>3146841</v>
       </c>
-      <c r="C60" s="11" t="s">
-[...5 lines deleted...]
-      <c r="E60" s="12">
+      <c r="C61" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="D61" s="24">
+        <v>10.5</v>
+      </c>
+      <c r="E61" s="19">
         <v>22100</v>
       </c>
     </row>
-    <row r="61" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A61" s="7">
+    <row r="62" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A62" s="14">
         <v>9780593813614</v>
       </c>
-      <c r="B61" s="7">
+      <c r="B62" s="14">
         <v>3147581</v>
       </c>
-      <c r="C61" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E61" s="9">
+      <c r="C62" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="D62" s="23">
+        <v>19.5</v>
+      </c>
+      <c r="E62" s="16">
         <v>12100</v>
-      </c>
-[...15 lines deleted...]
-        <v>22500</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A63" s="7">
+        <v>9780007371464</v>
+      </c>
+      <c r="B63" s="7">
+        <v>8055939</v>
+      </c>
+      <c r="C63" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D63" s="21">
+        <v>10.5</v>
+      </c>
+      <c r="E63" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A64" s="14">
         <v>9781529519389</v>
       </c>
-      <c r="B63" s="7">
+      <c r="B64" s="14">
         <v>3146845</v>
       </c>
-      <c r="C63" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E63" s="9">
+      <c r="C64" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D64" s="23">
+        <v>10.5</v>
+      </c>
+      <c r="E64" s="16">
         <v>22100</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="1.7716535433070868" bottom="1.3779527559055118" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="95" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Fett"&amp;12
 &amp;K243478Libri GmbH&amp;"-,Standard"&amp;11
 &amp;12Hamburg • Bad Hersfeld&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;10&amp;K243478Libri GmbH • Friedensallee 273 • 22763 Hamburg • AG Hamburg HRB 65430
 Geschäftsführung: Alyna Wnukowsky (Sprecherin), Ulrich Vollmer
 Aufsichtsratsvorsitzender: Dr. Markus Conrad&amp;R&amp;K243478&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010007E2A28E331B1345B4C54C5E2471F1FA" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="23252ba61a2b42fee7d5f57213e57890">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c7883763-1633-4a33-844b-a4f27752bb33" xmlns:ns3="504620ad-4a5b-4e98-91c4-34164cb416e2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="548f94b230d87df06dce40b2da64a907" ns2:_="" ns3:_="">
     <xsd:import namespace="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <xsd:import namespace="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -2414,100 +2423,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="504620ad-4a5b-4e98-91c4-34164cb416e2" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c7883763-1633-4a33-844b-a4f27752bb33">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E9DF857-170E-4DD6-905D-F19A589A82E5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996B258D-5A6A-4734-BF2E-505977B0BDE3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC4D9CF9-E2A7-47E5-9512-037AD31ADBFF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="c9f90cda-9d81-4aea-911d-f949aaf4de02"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
+    <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" enabled="0" method="" siteId="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>