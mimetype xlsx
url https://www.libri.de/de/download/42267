--- v1 (2025-10-29)
+++ v2 (2026-02-04)
@@ -6,287 +6,293 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestandslisten_Quartalsremirückruflisten\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestandslisten_Quartalsremirückruflisten\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DBFD64C2-AEBB-4931-8582-5DA329361E83}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4D4438BD-7839-4D7E-97FF-C11F38DED51E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
   </bookViews>
   <sheets>
     <sheet name="JtB JfK" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'JtB JfK'!$A$1:$E$64</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'JtB JfK'!$A$1:$E$63</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'JtB JfK'!$4:$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
   <si>
     <t>Fett gedruckte Titel sind Neuerscheinungen des kommenden Quartals</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Libri-Nr.</t>
   </si>
   <si>
     <t>Titel</t>
   </si>
   <si>
     <t>Warengruppe</t>
   </si>
   <si>
     <t>UVP €</t>
   </si>
   <si>
     <t>Alcott, L: Little Women</t>
   </si>
   <si>
     <t>Amery, H: First Thousand Words in English</t>
   </si>
   <si>
     <t>Baum, L: Wizard of Oz</t>
   </si>
   <si>
     <t>Bluey: Where's Bluey?</t>
   </si>
   <si>
     <t>Bright, R: Camel Who Had The Hump</t>
   </si>
   <si>
     <t>Bright, R: Lion Inside</t>
   </si>
   <si>
+    <t>Bright, R: Lion Inside Board Book</t>
+  </si>
+  <si>
     <t>Bright, R: Pandas Who Promised</t>
   </si>
   <si>
+    <t>Bright, R: Turtle Who Turned the Tide</t>
+  </si>
+  <si>
     <t>Burnett, F: Secret Garden</t>
   </si>
   <si>
     <t>Carle, E: The Very Hungry Caterpillar</t>
   </si>
   <si>
+    <t>Carroll, L: Alice's Adventures in Wonderland</t>
+  </si>
+  <si>
     <t>Cawthorn, S: Five Nights at Freddy's: 5NAF Coloring Book</t>
   </si>
   <si>
     <t>Dahl, R: Charlie and the Chocolate Factory</t>
   </si>
   <si>
+    <t>Dahl, R: Matilda</t>
+  </si>
+  <si>
     <t>Donaldson, J: Gruffalo</t>
   </si>
   <si>
     <t>Gaiman, N: Coraline</t>
   </si>
   <si>
+    <t>Gold, H: Turtle Moon</t>
+  </si>
+  <si>
     <t>Green, R: Tales of the Greek Heroes</t>
   </si>
   <si>
     <t>Grimm, J: Grimms' Fairy Tales</t>
   </si>
   <si>
+    <t>Hemming, A: Sun Thief</t>
+  </si>
+  <si>
     <t>Hirsch, A: Gravity Falls: Journal 3</t>
   </si>
   <si>
-    <t>Jeffers, O: Here We Are</t>
-[...1 lines deleted...]
-  <si>
     <t>Jones, D: Howl's Moving Castle</t>
   </si>
   <si>
+    <t>Kadono, E: Kiki's Delivery Service</t>
+  </si>
+  <si>
+    <t>Kinney, J:  Diary of a Wimpy Kid 19: Hot Mess</t>
+  </si>
+  <si>
     <t>Kinney, J: Diary of a Wimpy Kid 1</t>
   </si>
   <si>
     <t>Kinney, J: Diary of a Wimpy Kid 19: Hot Mess</t>
   </si>
   <si>
+    <t>Kinney, J: Diary of a Wimpy Kid 20: Partypooper</t>
+  </si>
+  <si>
     <t>Lang, S: Grumpy Monkey</t>
   </si>
   <si>
     <t>McBratney, S: Guess How Much I Love You</t>
   </si>
   <si>
     <t>Milne, A: Winnie-The-Pooh</t>
   </si>
   <si>
     <t>Montgomery, L: Anne of Green Gables</t>
   </si>
   <si>
     <t>Palacio, R: Wonder</t>
   </si>
   <si>
+    <t>Peppa Pig: Little Library/6 Bde.</t>
+  </si>
+  <si>
+    <t>Pichon, L: Tom Gates 24: Pesky Pets and Parties</t>
+  </si>
+  <si>
+    <t>Pilkey, D: Big Jim Begins: A Graphic Novel</t>
+  </si>
+  <si>
     <t>Riordan, R: From the World of Percy Jackson/Sun and the Star</t>
   </si>
   <si>
     <t>Riordan, R: Percy Jackson &amp; Lightning Thief</t>
   </si>
   <si>
     <t>Riordan, R: Percy Jackson &amp; Monsters</t>
   </si>
   <si>
+    <t>Riordan, R: Percy Jackson and the Olympians: Wrath of the Tr</t>
+  </si>
+  <si>
     <t>Riordan, R: Percy Jackson/Chalice of the Gods</t>
   </si>
   <si>
     <t>Riordan, R: Percy Jackson/Wrath of the Triple Goddess</t>
   </si>
   <si>
     <t>Rowling, J: Harry Potter 1/Philosopher's Stone</t>
   </si>
   <si>
     <t>Rowling, J: Harry Potter 2/Chamber of Secrets</t>
   </si>
   <si>
     <t>Rowling, J: Harry Potter 3/Prisoner of Azkaban</t>
   </si>
   <si>
     <t>Rowling, J: Harry Potter 4/Goblet of Fire</t>
   </si>
   <si>
     <t>Rowling, J: Harry Potter 5/Order of the Phoenix</t>
   </si>
   <si>
     <t>Rowling, J: Harry Potter 6/Half-Blood Prince</t>
   </si>
   <si>
     <t>Rowling, J: Harry Potter 7/Deathly Hallows</t>
   </si>
   <si>
     <t>Rowling, J: Harry Potter/ Cursed Child Parts I &amp; II</t>
   </si>
   <si>
+    <t>Rowling, J: Pocket Potters: Harry Potter</t>
+  </si>
+  <si>
     <t>Walliams, D: Gangsta Granny</t>
   </si>
   <si>
-    <t>Becker, S: One, Two, Grandma Loves You</t>
-[...62 lines deleted...]
-    <t>Zoboli, G: Mr Lepron's Mystery Soup</t>
+    <t>Bestandsliste Just the Best JfK • 1. Quartal 2026</t>
+  </si>
+  <si>
+    <t>Bright, R: Whale Who Wanted More Board Book</t>
+  </si>
+  <si>
+    <t>Lagercrantz, R: My Happy Life</t>
+  </si>
+  <si>
+    <t>Lang, S: Grumpy Monkey Party Time!</t>
+  </si>
+  <si>
+    <t>Larson, G: Matisse and the Runaway Rabbit</t>
+  </si>
+  <si>
+    <t>Lees, J: Whisperwicks: The Impossible Trials</t>
+  </si>
+  <si>
+    <t>Rachel: Ms Rachel: Hide and Seek with Herbie</t>
+  </si>
+  <si>
+    <t>Riordan, R: World of Percy Jackson/Court of the Dead</t>
+  </si>
+  <si>
+    <t>Rosen, M: We're Going on a Bear Hunt</t>
+  </si>
+  <si>
+    <t>Teckentrup, B: What If?</t>
+  </si>
+  <si>
+    <t>Walliams, D: Super Sleuth</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -438,95 +444,95 @@
     <xf numFmtId="1" fontId="5" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="2" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="1" fontId="7" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="7" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...17 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="7" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="1" fontId="7" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 3" xfId="1" xr:uid="{E5547F80-CBED-4D8B-A4AB-8ADEC00C389C}"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <font>
         <b val="0"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
@@ -757,51 +763,51 @@
   <colors>
     <mruColors>
       <color rgb="FF243478"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{DB70F4E0-5122-44C9-A069-BAE66F739666}" name="Tabelle5" displayName="Tabelle5" ref="A4:E64" totalsRowShown="0" headerRowDxfId="6" dataDxfId="0">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{DB70F4E0-5122-44C9-A069-BAE66F739666}" name="Tabelle5" displayName="Tabelle5" ref="A4:E66" totalsRowShown="0" headerRowDxfId="6" dataDxfId="0">
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:E63">
     <sortCondition ref="C5:C63"/>
   </sortState>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{BE38B0E2-A417-42E3-A815-51EAF3316FCC}" name="EAN" dataDxfId="5" dataCellStyle="Standard 3"/>
     <tableColumn id="2" xr3:uid="{557C5361-75BF-41D0-9BE4-702B2D5D36F3}" name="Libri-Nr." dataDxfId="4" dataCellStyle="Standard 3"/>
     <tableColumn id="3" xr3:uid="{19984736-2128-4755-94EB-6DA12D7F4405}" name="Titel" dataDxfId="3" dataCellStyle="Standard 3"/>
     <tableColumn id="4" xr3:uid="{59F95023-B76C-4851-984F-F321023A9EA0}" name="UVP €" dataDxfId="2" dataCellStyle="Standard 3"/>
     <tableColumn id="5" xr3:uid="{4A02480C-E1CF-4756-9D0C-FA32CF235BB9}" name="Warengruppe" dataDxfId="1" dataCellStyle="Standard 3"/>
   </tableColumns>
   <tableStyleInfo name="Libri-Tabellenformat" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022-Design">
   <a:themeElements>
     <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1076,1118 +1082,1152 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D61CB4B-7791-4ED0-AE80-E77BE2D65B28}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E64"/>
+  <dimension ref="A1:E66"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="K14" sqref="K14"/>
+      <selection activeCell="F1" sqref="F1:F1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="14.88671875" style="2" customWidth="1"/>
     <col min="2" max="2" width="9.88671875" style="2" customWidth="1"/>
     <col min="3" max="3" width="44.5546875" style="6" customWidth="1"/>
-    <col min="4" max="4" width="7.44140625" style="25" customWidth="1"/>
+    <col min="4" max="4" width="7.44140625" style="17" customWidth="1"/>
     <col min="5" max="5" width="15.5546875" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A1" s="26" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B1" s="26"/>
       <c r="C1" s="26"/>
       <c r="D1" s="26"/>
       <c r="E1" s="26"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A2" s="27" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="27"/>
       <c r="C2" s="27"/>
       <c r="D2" s="27"/>
       <c r="E2" s="27"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="20" t="s">
+      <c r="D4" s="14" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" s="7">
         <v>9780099572961</v>
       </c>
       <c r="B5" s="7">
         <v>4215877</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="D5" s="21">
+      <c r="D5" s="15">
         <v>9.5</v>
       </c>
       <c r="E5" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6" s="10">
         <v>9781409562894</v>
       </c>
       <c r="B6" s="10">
         <v>5919215</v>
       </c>
       <c r="C6" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="D6" s="22">
+      <c r="D6" s="16">
         <v>10.5</v>
       </c>
       <c r="E6" s="12">
         <v>22910</v>
       </c>
     </row>
     <row r="7" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="7">
         <v>9780142427507</v>
       </c>
       <c r="B7" s="7">
         <v>4806549</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="D7" s="21">
-        <v>10.5</v>
+      <c r="D7" s="15">
+        <v>9.5</v>
       </c>
       <c r="E7" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A8" s="10">
-        <v>9781419742194</v>
+        <v>9780241558577</v>
       </c>
       <c r="B8" s="10">
-        <v>3099555</v>
+        <v>2848750</v>
       </c>
       <c r="C8" s="11" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>9.5</v>
+        <v>9</v>
+      </c>
+      <c r="D8" s="16">
+        <v>10</v>
       </c>
       <c r="E8" s="12">
-        <v>12100</v>
+        <v>22100</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A9" s="17">
-[...12 lines deleted...]
-        <v>22500</v>
+      <c r="A9" s="7">
+        <v>9781408366417</v>
+      </c>
+      <c r="B9" s="7">
+        <v>3098946</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" s="15">
+        <v>10.5</v>
+      </c>
+      <c r="E9" s="9">
+        <v>22100</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A10" s="10">
-        <v>9780241558577</v>
+        <v>9781408331606</v>
       </c>
       <c r="B10" s="10">
-        <v>2848750</v>
+        <v>2414835</v>
       </c>
       <c r="C10" s="11" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D10" s="22">
+        <v>11</v>
+      </c>
+      <c r="D10" s="16">
         <v>10.5</v>
       </c>
       <c r="E10" s="12">
         <v>22100</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A11" s="7">
-        <v>9781408366417</v>
+        <v>9781408349045</v>
       </c>
       <c r="B11" s="7">
-        <v>3098946</v>
+        <v>2602903</v>
       </c>
       <c r="C11" s="8" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D11" s="21">
+        <v>12</v>
+      </c>
+      <c r="D11" s="15">
         <v>10.5</v>
       </c>
       <c r="E11" s="9">
-        <v>22100</v>
+        <v>12100</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A12" s="10">
-        <v>9781408331606</v>
+        <v>9781408356104</v>
       </c>
       <c r="B12" s="10">
-        <v>2414835</v>
+        <v>2997625</v>
       </c>
       <c r="C12" s="11" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D12" s="22">
+        <v>13</v>
+      </c>
+      <c r="D12" s="16">
         <v>10.5</v>
       </c>
       <c r="E12" s="12">
         <v>22100</v>
       </c>
     </row>
     <row r="13" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A13" s="7">
-        <v>9781408356104</v>
+        <v>9781408366448</v>
       </c>
       <c r="B13" s="7">
-        <v>2997625</v>
+        <v>3139435</v>
       </c>
       <c r="C13" s="8" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D13" s="21">
+        <v>14</v>
+      </c>
+      <c r="D13" s="15">
+        <v>16.5</v>
+      </c>
+      <c r="E13" s="9">
+        <v>12100</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="10">
+        <v>9781408364062</v>
+      </c>
+      <c r="B14" s="10">
+        <v>3097174</v>
+      </c>
+      <c r="C14" s="11" t="s">
+        <v>59</v>
+      </c>
+      <c r="D14" s="16">
         <v>10.5</v>
       </c>
-      <c r="E13" s="9">
-[...15 lines deleted...]
-      </c>
       <c r="E14" s="12">
-        <v>12500</v>
+        <v>12100</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A15" s="7">
-        <v>9780241003008</v>
+        <v>9780241411162</v>
       </c>
       <c r="B15" s="7">
-        <v>4294564</v>
+        <v>2728340</v>
       </c>
       <c r="C15" s="8" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>15</v>
+      </c>
+      <c r="D15" s="15">
+        <v>19.5</v>
       </c>
       <c r="E15" s="9">
-        <v>12100</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A16" s="10">
+        <v>9780241003008</v>
+      </c>
+      <c r="B16" s="10">
+        <v>4294564</v>
+      </c>
+      <c r="C16" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="D16" s="16">
+        <v>10.5</v>
+      </c>
+      <c r="E16" s="12">
+        <v>12100</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="7">
         <v>9781847494078</v>
       </c>
-      <c r="B16" s="10">
+      <c r="B17" s="7">
         <v>2427969</v>
       </c>
-      <c r="C16" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D16" s="22">
+      <c r="C17" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D17" s="15">
         <v>10.5</v>
       </c>
-      <c r="E16" s="12">
+      <c r="E17" s="9">
         <v>22600</v>
       </c>
     </row>
-    <row r="17" spans="1:5" s="13" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="A17" s="7">
+    <row r="18" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A18" s="10">
         <v>9781338741186</v>
       </c>
-      <c r="B17" s="7">
+      <c r="B18" s="10">
         <v>2354499</v>
       </c>
-      <c r="C17" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D17" s="21">
+      <c r="C18" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" s="16">
         <v>13.5</v>
       </c>
-      <c r="E17" s="9">
+      <c r="E18" s="12">
         <v>22920</v>
-      </c>
-[...15 lines deleted...]
-        <v>22500</v>
       </c>
     </row>
     <row r="19" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="7">
         <v>9780142410318</v>
       </c>
       <c r="B19" s="7">
         <v>7157649</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>19</v>
+      </c>
+      <c r="D19" s="15">
+        <v>9.5</v>
       </c>
       <c r="E19" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A20" s="10">
         <v>9780241558317</v>
       </c>
       <c r="B20" s="10">
         <v>2798802</v>
       </c>
       <c r="C20" s="11" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="D20" s="22">
+        <v>20</v>
+      </c>
+      <c r="D20" s="16">
         <v>9.5</v>
       </c>
       <c r="E20" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="21" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A21" s="7">
         <v>9781509804757</v>
       </c>
       <c r="B21" s="7">
         <v>2182653</v>
       </c>
       <c r="C21" s="8" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D21" s="21">
+        <v>21</v>
+      </c>
+      <c r="D21" s="15">
         <v>10.5</v>
       </c>
       <c r="E21" s="9">
         <v>12100</v>
       </c>
     </row>
     <row r="22" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="14">
-[...12 lines deleted...]
-        <v>22100</v>
+      <c r="A22" s="10">
+        <v>9780380807345</v>
+      </c>
+      <c r="B22" s="10">
+        <v>2035910</v>
+      </c>
+      <c r="C22" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="D22" s="16">
+        <v>8.5</v>
+      </c>
+      <c r="E22" s="12">
+        <v>22500</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A23" s="7">
-        <v>9780380807345</v>
+        <v>9780008582081</v>
       </c>
       <c r="B23" s="7">
-        <v>2035910</v>
+        <v>3138841</v>
       </c>
       <c r="C23" s="8" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>8.5</v>
+        <v>23</v>
+      </c>
+      <c r="D23" s="15">
+        <v>10.5</v>
       </c>
       <c r="E23" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A24" s="14">
-[...12 lines deleted...]
-        <v>22500</v>
+      <c r="A24" s="10">
+        <v>9780241425107</v>
+      </c>
+      <c r="B24" s="10">
+        <v>2848782</v>
+      </c>
+      <c r="C24" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="D24" s="16">
+        <v>19.5</v>
+      </c>
+      <c r="E24" s="12">
+        <v>12500</v>
       </c>
     </row>
     <row r="25" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A25" s="7">
-        <v>9781444971828</v>
+        <v>9780241621196</v>
       </c>
       <c r="B25" s="7">
-        <v>3098947</v>
+        <v>2954848</v>
       </c>
       <c r="C25" s="8" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>25</v>
+      </c>
+      <c r="D25" s="15">
+        <v>19.5</v>
       </c>
       <c r="E25" s="9">
-        <v>22100</v>
+        <v>12600</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A26" s="10">
-        <v>9780241425107</v>
+        <v>9780702341267</v>
       </c>
       <c r="B26" s="10">
-        <v>2848782</v>
+        <v>3099749</v>
       </c>
       <c r="C26" s="11" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>19.5</v>
+        <v>26</v>
+      </c>
+      <c r="D26" s="16">
+        <v>10.5</v>
       </c>
       <c r="E26" s="12">
-        <v>12500</v>
+        <v>22100</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A27" s="7">
-        <v>9780241621196</v>
+        <v>9781484746691</v>
       </c>
       <c r="B27" s="7">
-        <v>2954848</v>
+        <v>2512002</v>
       </c>
       <c r="C27" s="8" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>19.5</v>
+        <v>27</v>
+      </c>
+      <c r="D27" s="15">
+        <v>20.5</v>
       </c>
       <c r="E27" s="9">
-        <v>12600</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A28" s="10">
-        <v>9780702341267</v>
+        <v>9780061478789</v>
       </c>
       <c r="B28" s="10">
-        <v>3099749</v>
+        <v>2653163</v>
       </c>
       <c r="C28" s="11" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="D28" s="22">
+        <v>28</v>
+      </c>
+      <c r="D28" s="16">
         <v>10.5</v>
       </c>
       <c r="E28" s="12">
-        <v>22100</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="29" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A29" s="7">
-        <v>9781484746691</v>
+        <v>9780241725146</v>
       </c>
       <c r="B29" s="7">
-        <v>2512002</v>
+        <v>3104025</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>21.5</v>
+        <v>29</v>
+      </c>
+      <c r="D29" s="15">
+        <v>19.5</v>
       </c>
       <c r="E29" s="9">
         <v>12500</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A30" s="10">
-        <v>9780008266172</v>
+        <v>9781419782602</v>
       </c>
       <c r="B30" s="10">
-        <v>2898933</v>
+        <v>3154555</v>
       </c>
       <c r="C30" s="11" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>30</v>
+      </c>
+      <c r="D30" s="16">
+        <v>8.5</v>
       </c>
       <c r="E30" s="12">
-        <v>22100</v>
+        <v>22500</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A31" s="7">
-        <v>9780061478789</v>
+        <v>9780141324906</v>
       </c>
       <c r="B31" s="7">
-        <v>2653163</v>
+        <v>2106892</v>
       </c>
       <c r="C31" s="8" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>31</v>
+      </c>
+      <c r="D31" s="15">
+        <v>8.5</v>
       </c>
       <c r="E31" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A32" s="10">
-        <v>9780316582254</v>
+        <v>9780241583166</v>
       </c>
       <c r="B32" s="10">
-        <v>3099013</v>
+        <v>3042147</v>
       </c>
       <c r="C32" s="11" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>17.5</v>
+        <v>32</v>
+      </c>
+      <c r="D32" s="16">
+        <v>15.5</v>
       </c>
       <c r="E32" s="12">
-        <v>12930</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A33" s="17">
-[...12 lines deleted...]
-        <v>22500</v>
+      <c r="A33" s="7">
+        <v>9780241745168</v>
+      </c>
+      <c r="B33" s="7">
+        <v>3148880</v>
+      </c>
+      <c r="C33" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="D33" s="15">
+        <v>15.5</v>
+      </c>
+      <c r="E33" s="9">
+        <v>12500</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A34" s="10">
-[...12 lines deleted...]
-        <v>22500</v>
+      <c r="A34" s="18">
+        <v>9798348030353</v>
+      </c>
+      <c r="B34" s="18">
+        <v>1850431</v>
+      </c>
+      <c r="C34" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="D34" s="20">
+        <v>10.5</v>
+      </c>
+      <c r="E34" s="21">
+        <v>22400</v>
       </c>
     </row>
     <row r="35" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A35" s="7">
-        <v>9780241583166</v>
+        <v>9780593123997</v>
       </c>
       <c r="B35" s="7">
-        <v>3042147</v>
+        <v>2763772</v>
       </c>
       <c r="C35" s="8" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>16.5</v>
+        <v>34</v>
+      </c>
+      <c r="D35" s="15">
+        <v>9.5</v>
       </c>
       <c r="E35" s="9">
+        <v>12100</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A36" s="18">
+        <v>9780593306208</v>
+      </c>
+      <c r="B36" s="18">
+        <v>1860852</v>
+      </c>
+      <c r="C36" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="D36" s="20">
+        <v>10.5</v>
+      </c>
+      <c r="E36" s="21">
         <v>12500</v>
       </c>
     </row>
-    <row r="36" spans="1:5" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-    </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A37" s="17">
-[...6 lines deleted...]
-        <v>60</v>
+      <c r="A37" s="22">
+        <v>9781915751546</v>
+      </c>
+      <c r="B37" s="22">
+        <v>2003200</v>
+      </c>
+      <c r="C37" s="23" t="s">
+        <v>62</v>
       </c>
       <c r="D37" s="24">
         <v>10.5</v>
       </c>
-      <c r="E37" s="19">
+      <c r="E37" s="25">
         <v>22100</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A38" s="10">
-[...12 lines deleted...]
-        <v>22100</v>
+      <c r="A38" s="18">
+        <v>9780241625088</v>
+      </c>
+      <c r="B38" s="18">
+        <v>1786792</v>
+      </c>
+      <c r="C38" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="D38" s="20">
+        <v>11.5</v>
+      </c>
+      <c r="E38" s="21">
+        <v>22500</v>
       </c>
     </row>
     <row r="39" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A39" s="7">
         <v>9781406358780</v>
       </c>
       <c r="B39" s="7">
         <v>2093373</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D39" s="21">
+        <v>35</v>
+      </c>
+      <c r="D39" s="15">
         <v>10.5</v>
       </c>
       <c r="E39" s="9">
         <v>12100</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A40" s="10">
         <v>9780142404676</v>
       </c>
       <c r="B40" s="10">
         <v>2646269</v>
       </c>
       <c r="C40" s="11" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>36</v>
+      </c>
+      <c r="D40" s="16">
+        <v>9.5</v>
       </c>
       <c r="E40" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A41" s="7">
         <v>9780147514004</v>
       </c>
       <c r="B41" s="7">
         <v>2066479</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="D41" s="21">
+        <v>37</v>
+      </c>
+      <c r="D41" s="15">
         <v>18.5</v>
       </c>
       <c r="E41" s="9">
         <v>12500</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A42" s="10">
-        <v>9781382064873</v>
+        <v>9780552565974</v>
       </c>
       <c r="B42" s="10">
-        <v>3099769</v>
+        <v>5717604</v>
       </c>
       <c r="C42" s="11" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>38</v>
+      </c>
+      <c r="D42" s="16">
+        <v>10</v>
       </c>
       <c r="E42" s="12">
-        <v>22920</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:5" x14ac:dyDescent="0.3">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A43" s="7">
-        <v>9780552565974</v>
+        <v>9781409303183</v>
       </c>
       <c r="B43" s="7">
-        <v>5717604</v>
+        <v>5849780</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>39</v>
+      </c>
+      <c r="D43" s="15">
+        <v>8.5</v>
       </c>
       <c r="E43" s="9">
-        <v>22500</v>
+        <v>12100</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A44" s="10">
-        <v>9781409303183</v>
+        <v>9780702313448</v>
       </c>
       <c r="B44" s="10">
-        <v>5849780</v>
+        <v>3145302</v>
       </c>
       <c r="C44" s="11" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>8.5</v>
+        <v>40</v>
+      </c>
+      <c r="D44" s="16">
+        <v>16.5</v>
       </c>
       <c r="E44" s="12">
-        <v>12100</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="45" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A45" s="7">
-        <v>9781526364661</v>
+        <v>9781338896459</v>
       </c>
       <c r="B45" s="7">
-        <v>3098945</v>
+        <v>3093640</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="D45" s="21">
+        <v>41</v>
+      </c>
+      <c r="D45" s="15">
+        <v>16.5</v>
+      </c>
+      <c r="E45" s="9">
+        <v>12500</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="10">
+        <v>9780241766897</v>
+      </c>
+      <c r="B46" s="10">
+        <v>3152923</v>
+      </c>
+      <c r="C46" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D46" s="16">
         <v>10.5</v>
       </c>
-      <c r="E45" s="9">
-[...4 lines deleted...]
-      <c r="A46" s="10">
+      <c r="E46" s="12">
+        <v>12100</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A47" s="7">
         <v>9780241627709</v>
       </c>
-      <c r="B46" s="10">
+      <c r="B47" s="7">
         <v>2997581</v>
       </c>
-      <c r="C46" s="11" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="C47" s="8" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>10.5</v>
+        <v>42</v>
+      </c>
+      <c r="D47" s="15">
+        <v>11.5</v>
       </c>
       <c r="E47" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A48" s="10">
+        <v>9780141346809</v>
+      </c>
+      <c r="B48" s="10">
+        <v>5821703</v>
+      </c>
+      <c r="C48" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="D48" s="16">
+        <v>10.5</v>
+      </c>
+      <c r="E48" s="12">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="7">
         <v>9780141346847</v>
       </c>
-      <c r="B48" s="10">
+      <c r="B49" s="7">
         <v>6176453</v>
       </c>
-      <c r="C48" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D48" s="22">
+      <c r="C49" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D49" s="15">
         <v>10</v>
       </c>
-      <c r="E48" s="12">
-[...4 lines deleted...]
-      <c r="A49" s="7">
+      <c r="E49" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A50" s="10">
         <v>9780241691717</v>
       </c>
-      <c r="B49" s="7">
+      <c r="B50" s="10">
         <v>3143878</v>
       </c>
-      <c r="C49" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D49" s="21">
+      <c r="C50" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="D50" s="16">
         <v>10.5</v>
       </c>
-      <c r="E49" s="9">
-[...4 lines deleted...]
-      <c r="A50" s="10">
+      <c r="E50" s="12">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A51" s="7">
         <v>9780241647523</v>
       </c>
-      <c r="B50" s="10">
+      <c r="B51" s="7">
         <v>3041602</v>
       </c>
-      <c r="C50" s="11" t="s">
-[...10 lines deleted...]
-      <c r="A51" s="7">
+      <c r="C51" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D51" s="15">
+        <v>11.5</v>
+      </c>
+      <c r="E51" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A52" s="10">
         <v>9780241691700</v>
       </c>
-      <c r="B51" s="7">
+      <c r="B52" s="10">
         <v>3042011</v>
       </c>
-      <c r="C51" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D51" s="21">
+      <c r="C52" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="D52" s="16">
         <v>14.5</v>
       </c>
-      <c r="E51" s="9">
+      <c r="E52" s="12">
         <v>12500</v>
       </c>
     </row>
-    <row r="52" spans="1:5" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-    <row r="53" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:5" ht="19.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="7">
-        <v>9781408855669</v>
+        <v>9780241731413</v>
       </c>
       <c r="B53" s="7">
-        <v>9842195</v>
+        <v>3148652</v>
       </c>
       <c r="C53" s="8" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>65</v>
+      </c>
+      <c r="D53" s="15">
+        <v>14.5</v>
       </c>
       <c r="E53" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="54" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A54" s="10">
-        <v>9781408855676</v>
+        <v>9781406363074</v>
       </c>
       <c r="B54" s="10">
-        <v>9842217</v>
+        <v>2454962</v>
       </c>
       <c r="C54" s="11" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>12.5</v>
+        <v>66</v>
+      </c>
+      <c r="D54" s="16">
+        <v>10.5</v>
       </c>
       <c r="E54" s="12">
-        <v>22500</v>
+        <v>12100</v>
       </c>
     </row>
     <row r="55" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A55" s="7">
-        <v>9781408855683</v>
+        <v>9781408855652</v>
       </c>
       <c r="B55" s="7">
-        <v>9842225</v>
+        <v>9842179</v>
       </c>
       <c r="C55" s="8" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>48</v>
+      </c>
+      <c r="D55" s="15">
+        <v>11.5</v>
       </c>
       <c r="E55" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="56" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A56" s="10">
-        <v>9781408855690</v>
+        <v>9781408855669</v>
       </c>
       <c r="B56" s="10">
-        <v>9842470</v>
+        <v>9842195</v>
       </c>
       <c r="C56" s="11" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>49</v>
+      </c>
+      <c r="D56" s="16">
+        <v>11.5</v>
       </c>
       <c r="E56" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="57" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A57" s="7">
-        <v>9781408855706</v>
+        <v>9781408855676</v>
       </c>
       <c r="B57" s="7">
-        <v>9842497</v>
+        <v>9842217</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>50</v>
+      </c>
+      <c r="D57" s="15">
+        <v>11.5</v>
       </c>
       <c r="E57" s="9">
         <v>22500</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A58" s="10">
-        <v>9781408855713</v>
+        <v>9781408855683</v>
       </c>
       <c r="B58" s="10">
-        <v>9842500</v>
+        <v>9842225</v>
       </c>
       <c r="C58" s="11" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D58" s="22">
+        <v>51</v>
+      </c>
+      <c r="D58" s="16">
         <v>13.5</v>
       </c>
       <c r="E58" s="12">
         <v>22500</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A59" s="7">
+        <v>9781408855690</v>
+      </c>
+      <c r="B59" s="7">
+        <v>9842470</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D59" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E59" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="10">
+        <v>9781408855706</v>
+      </c>
+      <c r="B60" s="10">
+        <v>9842497</v>
+      </c>
+      <c r="C60" s="11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D60" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E60" s="12">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A61" s="7">
+        <v>9781408855713</v>
+      </c>
+      <c r="B61" s="7">
+        <v>9842500</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D61" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E61" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A62" s="10">
         <v>9780751565362</v>
       </c>
-      <c r="B59" s="7">
+      <c r="B62" s="10">
         <v>3151123</v>
       </c>
-      <c r="C59" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D59" s="21">
+      <c r="C62" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="D62" s="16">
         <v>13.5</v>
       </c>
-      <c r="E59" s="9">
-[...51 lines deleted...]
-        <v>12100</v>
+      <c r="E62" s="12">
+        <v>22500</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A63" s="7">
+        <v>9781526672605</v>
+      </c>
+      <c r="B63" s="7">
+        <v>3140594</v>
+      </c>
+      <c r="C63" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="D63" s="15">
+        <v>13.5</v>
+      </c>
+      <c r="E63" s="9">
+        <v>12880</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A64" s="18">
+        <v>9781408359730</v>
+      </c>
+      <c r="B64" s="18">
+        <v>2005194</v>
+      </c>
+      <c r="C64" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="D64" s="20">
+        <v>16.5</v>
+      </c>
+      <c r="E64" s="21">
+        <v>12100</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A65" s="7">
         <v>9780007371464</v>
       </c>
-      <c r="B63" s="7">
+      <c r="B65" s="7">
         <v>8055939</v>
       </c>
-      <c r="C63" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D63" s="21">
+      <c r="C65" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D65" s="15">
         <v>10.5</v>
       </c>
-      <c r="E63" s="9">
-[...17 lines deleted...]
-        <v>22100</v>
+      <c r="E65" s="9">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A66" s="18">
+        <v>9780008588878</v>
+      </c>
+      <c r="B66" s="18">
+        <v>3138848</v>
+      </c>
+      <c r="C66" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="D66" s="20">
+        <v>10</v>
+      </c>
+      <c r="E66" s="21">
+        <v>22500</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="1.7716535433070868" bottom="1.3779527559055118" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="95" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Fett"&amp;12
 &amp;K243478Libri GmbH&amp;"-,Standard"&amp;11
 &amp;12Hamburg • Bad Hersfeld&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;10&amp;K243478Libri GmbH • Friedensallee 273 • 22763 Hamburg • AG Hamburg HRB 65430
 Geschäftsführung: Alyna Wnukowsky (Sprecherin), Ulrich Vollmer
 Aufsichtsratsvorsitzender: Dr. Markus Conrad&amp;R&amp;K243478&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -2424,110 +2464,110 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="504620ad-4a5b-4e98-91c4-34164cb416e2" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c7883763-1633-4a33-844b-a4f27752bb33">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E9DF857-170E-4DD6-905D-F19A589A82E5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996B258D-5A6A-4734-BF2E-505977B0BDE3}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC4D9CF9-E2A7-47E5-9512-037AD31ADBFF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="c9f90cda-9d81-4aea-911d-f949aaf4de02"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996B258D-5A6A-4734-BF2E-505977B0BDE3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" enabled="0" method="" siteId="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>