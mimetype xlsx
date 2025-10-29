--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -6,620 +6,704 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestandslisten_Quartalsremirückruflisten\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E971D0AA-F45B-4438-93EA-28443E8D0A1E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{958192A4-C2B4-4F87-B243-0EC760AE30F8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13176" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
+    <workbookView xWindow="-23148" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
   </bookViews>
   <sheets>
     <sheet name="JtB International" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'JtB International'!$A$1:$E$176</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'JtB International'!$A$1:$E$199</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'JtB International'!$4:$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="179" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="395" uniqueCount="207">
   <si>
     <t>Französisch</t>
   </si>
   <si>
     <t>Fett gedruckte Titel sind Neuerscheinungen des kommenden Quartals</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Libri-Nr.</t>
   </si>
   <si>
     <t>Titel</t>
   </si>
   <si>
     <t>UVP</t>
   </si>
   <si>
     <t>Warengruppe</t>
   </si>
   <si>
-    <t>Bestandsliste Just the Best International • 4. Quartal 2025</t>
+    <t>Autissier, I: Soudains, seuls</t>
+  </si>
+  <si>
+    <t>Berest, A: Carte postale</t>
+  </si>
+  <si>
+    <t>Besson, P: Arrête avec tes mensonges</t>
+  </si>
+  <si>
+    <t>Bussi, M: Code 612 : qui a tué le Petit Prince ?</t>
+  </si>
+  <si>
+    <t>Bussi, M: Mon coeur a déménagé</t>
+  </si>
+  <si>
+    <t>Bussi, M: Trois Vies Par Semaine</t>
+  </si>
+  <si>
+    <t>Camus, A: L'etranger</t>
+  </si>
+  <si>
+    <t>Camus, A: Peste</t>
+  </si>
+  <si>
+    <t>Carère, E: V13</t>
+  </si>
+  <si>
+    <t>Chacour, E: Ce que je sais de toi</t>
+  </si>
+  <si>
+    <t>Chalandon, S: L'enragé</t>
+  </si>
+  <si>
+    <t>Claudel, P: Petite fille de Monsieur Linh</t>
+  </si>
+  <si>
+    <t>Colombani, L: Le cerf-volant</t>
+  </si>
+  <si>
+    <t>Colombani, L: Tresse</t>
+  </si>
+  <si>
+    <t>Colombani, L: Victorieuses</t>
+  </si>
+  <si>
+    <t>Combes, B: Existera toujours un chemin</t>
+  </si>
+  <si>
+    <t>Costa, M: Douleurs fantômes</t>
+  </si>
+  <si>
+    <t>Cusset, C: Definition Du Bonheur</t>
+  </si>
+  <si>
+    <t>Da Costa, M: Femmes Du Bout Du Monde</t>
+  </si>
+  <si>
+    <t>Daas, F: Petite dernière</t>
+  </si>
+  <si>
+    <t>Delacourt, G: La liste de mes envies</t>
+  </si>
+  <si>
+    <t>Despentes, V: Cher connard</t>
+  </si>
+  <si>
+    <t>Dicker, J: L'affaire Alaska Sanders</t>
+  </si>
+  <si>
+    <t>Dicker, J: L'Enigme de la chambre 622</t>
+  </si>
+  <si>
+    <t>Dieudonné, A: Vraie vie</t>
+  </si>
+  <si>
+    <t>Djaili, A: Impatientes</t>
+  </si>
+  <si>
+    <t>Dupont-Monod, C: S'adapter</t>
+  </si>
+  <si>
+    <t>Empoli, G: Mage du Kremlin</t>
+  </si>
+  <si>
+    <t>Ernaux, A: L'autre fille</t>
+  </si>
+  <si>
+    <t>Faye, G: Petit pays</t>
+  </si>
+  <si>
+    <t>Foenkinos, D: mystère Henri Pick</t>
+  </si>
+  <si>
+    <t>Foenkinos, D: Numero Deux</t>
+  </si>
+  <si>
+    <t>Foenkinos, D: Vers la beauté</t>
+  </si>
+  <si>
+    <t>Gavalda, A: Quelqu un m attende</t>
+  </si>
+  <si>
+    <t>Gavalda: Je l'aimais</t>
+  </si>
+  <si>
+    <t>Giebel, K: Glen Affric</t>
+  </si>
+  <si>
+    <t>Giordano, R: Heureux les fêlés car ils laissent passer la lu</t>
+  </si>
+  <si>
+    <t>Giraud, B: Vivre Vite</t>
+  </si>
+  <si>
+    <t>Gounelle, L: Homme qui voulait être heureux</t>
+  </si>
+  <si>
+    <t>Grimaldi, V: Il est grand temps de rallumer les étoiles</t>
+  </si>
+  <si>
+    <t>Houellebecq, M: Aneantir</t>
+  </si>
+  <si>
+    <t>Houellebecq, M: Sérotonine</t>
+  </si>
+  <si>
+    <t>Houellebecq, M: Soumission</t>
+  </si>
+  <si>
+    <t>Khadra, Y: L'attentat</t>
+  </si>
+  <si>
+    <t>Koenig, G: Humus</t>
+  </si>
+  <si>
+    <t>Lafon, M: Histoire Du Fils</t>
+  </si>
+  <si>
+    <t>Le Tellier, H: L'anomalie</t>
+  </si>
+  <si>
+    <t>Ledig, A: Abri de fortune</t>
+  </si>
+  <si>
+    <t>Ledig, A: Juste avant le bonheur</t>
+  </si>
+  <si>
+    <t>Lelord, F: Voyage d'Hector</t>
+  </si>
+  <si>
+    <t>Lemaître, P: Au revoir là-haut</t>
+  </si>
+  <si>
+    <t>Lemaitre, P: Grand Monde</t>
+  </si>
+  <si>
+    <t>Lemaitre, P: Silence et la colère</t>
+  </si>
+  <si>
+    <t>Levy, M: C'est arrivé la nuit</t>
+  </si>
+  <si>
+    <t>Levy, M: Symphonie des monstres</t>
+  </si>
+  <si>
+    <t>Mathieu, N: Leurs enfants après eux</t>
+  </si>
+  <si>
+    <t>Modiano, P: Chevreuse</t>
+  </si>
+  <si>
+    <t>Musso, G: Angélique</t>
+  </si>
+  <si>
+    <t>Musso, G: Appartement à Paris</t>
+  </si>
+  <si>
+    <t>Musso, G: La Jeune Fille et la nuit</t>
+  </si>
+  <si>
+    <t>Musso, G: L'Inconnue de la Seine</t>
+  </si>
+  <si>
+    <t>Norton, C: Par la force des choses</t>
+  </si>
+  <si>
+    <t>Nothomb, A: Premier Sang</t>
+  </si>
+  <si>
+    <t>Nothomb, A: Soif</t>
+  </si>
+  <si>
+    <t>Nothomb: Stupeur</t>
+  </si>
+  <si>
+    <t>Perrin, V: Oubliés du dimanche</t>
+  </si>
+  <si>
+    <t>Reza, Y: Serge</t>
+  </si>
+  <si>
+    <t>Rosnay, T: Elle s'appelait Sarah</t>
+  </si>
+  <si>
+    <t>Rosnay, T: Nous Irons Mieux Demain</t>
+  </si>
+  <si>
+    <t>Rufin, J: Flammes de pierre</t>
+  </si>
+  <si>
+    <t>Saint-Exupery, A: Petit Prince</t>
+  </si>
+  <si>
+    <t>Saint-Exupery, A: Terre des hommes</t>
+  </si>
+  <si>
+    <t>Saint-Exupery, A: Vol de nuit</t>
+  </si>
+  <si>
+    <t>Sarr, M: Plus secrète mémoire des hommes</t>
+  </si>
+  <si>
+    <t>Schmitt, E: Monsieur Ibrahim et les fleurs du Coran</t>
+  </si>
+  <si>
+    <t>Schmitt, E: Traversée des temps T1 - Paradis perdus</t>
+  </si>
+  <si>
+    <t>Scott, A: Insolents</t>
+  </si>
+  <si>
+    <t>Sempe, J: petit Nicolas</t>
+  </si>
+  <si>
+    <t>Sempe, J: petit Nicolas a des ennuis</t>
+  </si>
+  <si>
+    <t>Sempe, J: petit Nicolas/copains</t>
+  </si>
+  <si>
+    <t>Sempe, J: petit Nicolas/vacances</t>
+  </si>
+  <si>
+    <t>Slimani, L: Chanson douce</t>
+  </si>
+  <si>
+    <t>Slimani, L: Parfum des fleurs la nuit</t>
+  </si>
+  <si>
+    <t>Slimani, L: pays des autres</t>
+  </si>
+  <si>
+    <t>Slimani, L: Regardez-Nous Danser</t>
+  </si>
+  <si>
+    <t>Thilliez, F: Faille</t>
+  </si>
+  <si>
+    <t>Vargas, F: Quand sort la recluse</t>
+  </si>
+  <si>
+    <t>Vargas, F: Sur la dalle</t>
+  </si>
+  <si>
+    <t>Verne, J: Tour du monde</t>
+  </si>
+  <si>
+    <t>Vigan, D: Après une histoire vraie</t>
+  </si>
+  <si>
+    <t>Vigan, D: Enfants sont rois</t>
+  </si>
+  <si>
+    <t>Vigan, D: Les gratitudes</t>
+  </si>
+  <si>
+    <t>Vigan, D: No et moi</t>
+  </si>
+  <si>
+    <t>Vigan, D: Rien ne s'oppose à la nuit</t>
+  </si>
+  <si>
+    <t>Werber, B: Temps des chimères</t>
+  </si>
+  <si>
+    <t>Zeniter, A: L'art de perdre</t>
+  </si>
+  <si>
+    <t>Spanisch</t>
+  </si>
+  <si>
+    <t>Allende, I : Casa de los espiritus</t>
+  </si>
+  <si>
+    <t>Allende, I: Ciudad de las Bestias</t>
+  </si>
+  <si>
+    <t>Allende, I: Eva Luna</t>
+  </si>
+  <si>
+    <t>Allende, I: Largo petalo de mar</t>
+  </si>
+  <si>
+    <t>Allende, I: Mas alla del invierno</t>
+  </si>
+  <si>
+    <t>Allende, I: Mujeres del alma mia</t>
+  </si>
+  <si>
+    <t>Allende, I: Viento conoce mi nombre</t>
+  </si>
+  <si>
+    <t>Allende, I: Violeta</t>
+  </si>
+  <si>
+    <t>Aramburu, F: Hijos de la fabula</t>
+  </si>
+  <si>
+    <t>Aramburu, F: Patria</t>
+  </si>
+  <si>
+    <t>Aramburu, F: Vencejos</t>
+  </si>
+  <si>
+    <t>Arbol, V: Nadie en esta tierra</t>
+  </si>
+  <si>
+    <t>Barcelo, E: Muerte en Santa Rita</t>
+  </si>
+  <si>
+    <t>Benavent, E: Como no escribi nuestra historia</t>
+  </si>
+  <si>
+    <t>Benavent, E: Cuento perfecto</t>
+  </si>
+  <si>
+    <t>Benavent, E: Toda la verdad de mis mentiras</t>
+  </si>
+  <si>
+    <t>Benavent, E: Todas esas cosas que te dire mañana</t>
+  </si>
+  <si>
+    <t>Campos, C: Historias de mujeres casadas</t>
+  </si>
+  <si>
+    <t>Campos, C: Pan de limón con semillas de amapola</t>
+  </si>
+  <si>
+    <t>Carrasco, J: Llevame a casa</t>
+  </si>
+  <si>
+    <t>Castillo, J: Cuco de cristal</t>
+  </si>
+  <si>
+    <t>Castillo, J: Juego del alma</t>
+  </si>
+  <si>
+    <t>Espinosa, A: Que te dire cuando te vuelva a ver</t>
+  </si>
+  <si>
+    <t>Falcones, I: Esclava de la libertad</t>
+  </si>
+  <si>
+    <t>Falcones, I: Pintor de almas</t>
+  </si>
+  <si>
+    <t>Gabas, L: Lejos de Luisiana</t>
+  </si>
+  <si>
+    <t>Garcia Marquez, G: Cien anos</t>
+  </si>
+  <si>
+    <t>Garcia Marquez, G: Tiempos del colera</t>
+  </si>
+  <si>
+    <t>Garcia Marquez: Relato de un náufrago</t>
+  </si>
+  <si>
+    <t>Garcia Saenz de Urturi, E: Angel de la ciudad</t>
+  </si>
+  <si>
+    <t>Garcia Saenz de Urturi, E: Libro negro de las horas</t>
+  </si>
+  <si>
+    <t>Gomez-Jurado, J: Todo arde</t>
+  </si>
+  <si>
+    <t>Gomez-Jurado, J: Todo vuelve</t>
+  </si>
+  <si>
+    <t>Grandes, A: Besos en el pan</t>
+  </si>
+  <si>
+    <t>Grandes, A: Todo va a mejorar</t>
+  </si>
+  <si>
+    <t>Marías, J: Enamoramientos</t>
+  </si>
+  <si>
+    <t>Mola, C: Infierno</t>
+  </si>
+  <si>
+    <t>Montfort, V: Hermandad de las malas hijas</t>
+  </si>
+  <si>
+    <t>Moreno-Garcia, S: Gotico</t>
+  </si>
+  <si>
+    <t>Navarro, J: Dime quién soy</t>
+  </si>
+  <si>
+    <t>Navarro, J: Ninguna parte</t>
+  </si>
+  <si>
+    <t>Oruña, M: Inocentes</t>
+  </si>
+  <si>
+    <t>Padura, L: Personas decentes</t>
+  </si>
+  <si>
+    <t>Perez Reverte, A: Revolucion</t>
+  </si>
+  <si>
+    <t>Redondo, D: Esperando al diluvio</t>
+  </si>
+  <si>
+    <t>Redondo, D: Todo esto te dare</t>
+  </si>
+  <si>
+    <t>Ruiz Zafon, C: Ciudad de vapor</t>
+  </si>
+  <si>
+    <t>Ruiz Zafón, C: Luces de septiembre</t>
+  </si>
+  <si>
+    <t>Ruiz Zafon, C: Palacio de la medianoche</t>
+  </si>
+  <si>
+    <t>Ruiz Zafon, C: Principe de la niebla</t>
+  </si>
+  <si>
+    <t>Sainz Borgo, K: Hija de la española</t>
+  </si>
+  <si>
+    <t>Santos, C: Loco de los pajaros</t>
+  </si>
+  <si>
+    <t>Simon, A: Feria</t>
+  </si>
+  <si>
+    <t>Vargas Llosa, M: Cinco esquinas</t>
+  </si>
+  <si>
+    <t>Vargas Llosa, M: Dedico mi silencio</t>
+  </si>
+  <si>
+    <t>Venturini, A: Primas</t>
   </si>
   <si>
     <t>Ankaoua, M: Plus jamais sans moi</t>
   </si>
   <si>
     <t>Barberis, D: Facon d'aimer</t>
   </si>
   <si>
-    <t>Berest, A: Carte postale</t>
-[...5 lines deleted...]
-    <t>Beuglet, N: L'ultime avertissement</t>
+    <t>Gavalda: Ensemble, c'est tout</t>
+  </si>
+  <si>
+    <t>Hassaine, L: Panorama</t>
+  </si>
+  <si>
+    <t>Houellebecq, M: carte et le territoire</t>
+  </si>
+  <si>
+    <t>Laurain, A: chapeau de Mitterrand</t>
+  </si>
+  <si>
+    <t>Laurain, A: Femme au carnet rouge</t>
+  </si>
+  <si>
+    <t>Manel, L: Cinq coeurs en sursis</t>
+  </si>
+  <si>
+    <t>Martin-Lugand, A: L'Homme des mille détours</t>
+  </si>
+  <si>
+    <t>Rufin, J: Notre otage à Acapulco</t>
+  </si>
+  <si>
+    <t>Sandrel, J: Beaucoup d'amour et quelques cendres</t>
+  </si>
+  <si>
+    <t>Vargas, F: homme aux cercles bleus</t>
+  </si>
+  <si>
+    <t>Vargas, F: L'armée furieuse</t>
+  </si>
+  <si>
+    <t>Vargas, F: Lieu incertain</t>
+  </si>
+  <si>
+    <t>Vargas, F: Pars vite et reviens tard</t>
+  </si>
+  <si>
+    <t>Vargas, F: Temps Glaciaires</t>
+  </si>
+  <si>
+    <t>Cercas, J: Terra alta</t>
+  </si>
+  <si>
+    <t>Falcones, I: Reina Descalza</t>
+  </si>
+  <si>
+    <t>Perez Gellida, C: Bajo tierra seca</t>
+  </si>
+  <si>
+    <t>Perez-Reverte, A: Problema final</t>
+  </si>
+  <si>
+    <t>Ron, M: 10,000 millas para encontrarte</t>
+  </si>
+  <si>
+    <t>Ron, M: 30 sunsets para enamorarte</t>
+  </si>
+  <si>
+    <t>Bestandsliste Just the Best International • 3. Quartal 2025</t>
+  </si>
+  <si>
+    <t>Fiction</t>
   </si>
   <si>
     <t>Bussi, M: Assassins de l'aube</t>
   </si>
   <si>
-    <t>Bussi, M: Mon coeur a déménagé</t>
-[...38 lines deleted...]
-    <t>Da Costa, M: Femmes Du Bout Du Monde</t>
+    <t>Crime Stories</t>
   </si>
   <si>
     <t>Da Costa, M: Tenir debout</t>
   </si>
   <si>
-    <t>Daas, F: Petite dernière</t>
-[...34 lines deleted...]
-  <si>
     <t>Foenkinos, D: vie heureuse</t>
   </si>
   <si>
-    <t>Gavalda, A: Quelqu un m attende</t>
-[...25 lines deleted...]
-  <si>
     <t>Houellebecq, M: Les Particules</t>
   </si>
   <si>
-    <t>Houellebecq, M: Sérotonine</t>
-[...64 lines deleted...]
-  <si>
     <t>Norek, O: Guerriers de l'hiver</t>
   </si>
   <si>
-    <t>Nothomb, A: Premier Sang</t>
-[...26 lines deleted...]
-    <t>Sarr, M: Plus secrète mémoire des hommes</t>
+    <t>Fairy-tales/Legends</t>
   </si>
   <si>
     <t>Schlesser, T: Yeux de Mona</t>
   </si>
   <si>
-    <t>Schmitt, E: Monsieur Ibrahim et les fleurs du Coran</t>
-[...14 lines deleted...]
-    <t>Sempe, J: petit Nicolas/vacances</t>
+    <t>Childrens Books/Fiction</t>
   </si>
   <si>
     <t>Sinno, N: Triste tigre</t>
   </si>
   <si>
-    <t>Slimani, L: Chanson douce</t>
-[...10 lines deleted...]
-  <si>
     <t>Tesson, S: Avec les fées</t>
   </si>
   <si>
     <t>Thilliez, F: Norferville</t>
   </si>
   <si>
-    <t>Vargas, F: homme aux cercles bleus</t>
-[...41 lines deleted...]
-    <t>Allende, I: Ciudad de las Bestias</t>
+    <t>Vargas,F.: Debout les morts</t>
   </si>
   <si>
     <t>Allende, I: De amor y de sombra</t>
   </si>
   <si>
-    <t>Allende, I: Eva Luna</t>
-[...17 lines deleted...]
-    <t>Aramburu, F: Hijos de la fabula</t>
+    <t>Lyrics/Poetry/Essays/Speeches</t>
   </si>
   <si>
     <t>Aramburu, F: Niño</t>
   </si>
   <si>
-    <t>Aramburu, F: Patria</t>
-[...37 lines deleted...]
-  <si>
     <t>Diaz, S: Nueve reinos</t>
   </si>
   <si>
     <t>Dueñas, M: Sira</t>
   </si>
   <si>
-    <t>Espinosa, A: Que te dire cuando te vuelva a ver</t>
-[...10 lines deleted...]
-  <si>
     <t>Garcia Marquez, G: En Agosto nos vemos</t>
   </si>
   <si>
-    <t>Garcia Marquez, G: Tiempos del colera</t>
-[...35 lines deleted...]
-    <t>Navarro, J: Ninguna parte</t>
+    <t>Mendoza, E: Tres enigmas para la organizacion</t>
   </si>
   <si>
     <t>Onega, S: Hijas de la criada</t>
   </si>
   <si>
-    <t>Oruña, M: Inocentes</t>
-[...22 lines deleted...]
-  <si>
     <t>Rivera, A: Nina del sombrero azul</t>
-  </si>
-[...34 lines deleted...]
-    <t>Venturini, A: Primas</t>
   </si>
   <si>
     <t>Venturini, A: Rieles</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -632,58 +716,58 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF243478"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -733,141 +817,140 @@
     <border>
       <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="29">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="1" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="6" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="7" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="2" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="7" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="6" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="7" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="6" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...16 lines deleted...]
-    <xf numFmtId="1" fontId="6" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="7" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 3" xfId="1" xr:uid="{E5547F80-CBED-4D8B-A4AB-8ADEC00C389C}"/>
   </cellStyles>
   <dxfs count="9">
     <dxf>
       <font>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="1" formatCode="0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor rgb="FFD9DADB"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
@@ -1092,51 +1175,51 @@
   <colors>
     <mruColors>
       <color rgb="FF243478"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{DB70F4E0-5122-44C9-A069-BAE66F739666}" name="Tabelle5" displayName="Tabelle5" ref="A4:E176" totalsRowShown="0" headerRowDxfId="5">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{DB70F4E0-5122-44C9-A069-BAE66F739666}" name="Tabelle5" displayName="Tabelle5" ref="A4:E128" totalsRowShown="0" headerRowDxfId="5">
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{BE38B0E2-A417-42E3-A815-51EAF3316FCC}" name="EAN" dataDxfId="4" dataCellStyle="Standard 3"/>
     <tableColumn id="2" xr3:uid="{557C5361-75BF-41D0-9BE4-702B2D5D36F3}" name="Libri-Nr." dataDxfId="3" dataCellStyle="Standard 3"/>
     <tableColumn id="3" xr3:uid="{19984736-2128-4755-94EB-6DA12D7F4405}" name="Titel" dataDxfId="2" dataCellStyle="Standard 3"/>
     <tableColumn id="4" xr3:uid="{59F95023-B76C-4851-984F-F321023A9EA0}" name="UVP" dataDxfId="1" dataCellStyle="Standard 3"/>
     <tableColumn id="5" xr3:uid="{4A02480C-E1CF-4756-9D0C-FA32CF235BB9}" name="Warengruppe" dataDxfId="0" dataCellStyle="Standard 3"/>
   </tableColumns>
   <tableStyleInfo name="Libri-Tabellenformat" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022-Design">
   <a:themeElements>
     <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -1408,3043 +1491,3450 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D61CB4B-7791-4ED0-AE80-E77BE2D65B28}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E176"/>
+  <dimension ref="A1:E200"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C12" sqref="C12"/>
+    <sheetView tabSelected="1" topLeftCell="A184" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E199" sqref="A1:E199"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="14.88671875" style="2" customWidth="1"/>
     <col min="2" max="2" width="9.88671875" style="2" customWidth="1"/>
     <col min="3" max="3" width="43.33203125" style="6" customWidth="1"/>
-    <col min="4" max="4" width="7.44140625" style="17" customWidth="1"/>
+    <col min="4" max="4" width="7.44140625" style="22" customWidth="1"/>
     <col min="5" max="5" width="15.5546875" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A1" s="19" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="19"/>
+      <c r="A1" s="23" t="s">
+        <v>182</v>
+      </c>
+      <c r="B1" s="23"/>
+      <c r="C1" s="23"/>
+      <c r="D1" s="23"/>
+      <c r="E1" s="23"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A2" s="20" t="s">
+      <c r="A2" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="20"/>
-[...2 lines deleted...]
-      <c r="E2" s="20"/>
+      <c r="B2" s="24"/>
+      <c r="C2" s="24"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="24"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="15" t="s">
+      <c r="D4" s="19" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A5" s="14" t="s">
+      <c r="A5" s="15" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" s="8"/>
       <c r="D5" s="9"/>
       <c r="E5" s="10"/>
     </row>
-    <row r="6" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6" s="11">
         <v>9782290412312</v>
       </c>
       <c r="B6" s="11">
         <v>3115835</v>
       </c>
       <c r="C6" s="12" t="s">
+        <v>160</v>
+      </c>
+      <c r="D6" s="20">
+        <v>13</v>
+      </c>
+      <c r="E6" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A7" s="7">
+        <v>9782253098997</v>
+      </c>
+      <c r="B7" s="7">
+        <v>5911699</v>
+      </c>
+      <c r="C7" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="D7" s="10">
+        <v>11.5</v>
+      </c>
+      <c r="E7" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A8" s="11">
+        <v>9782073095503</v>
+      </c>
+      <c r="B8" s="11">
+        <v>3115867</v>
+      </c>
+      <c r="C8" s="12" t="s">
+        <v>161</v>
+      </c>
+      <c r="D8" s="20">
+        <v>12.5</v>
+      </c>
+      <c r="E8" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A9" s="7">
+        <v>9782253937708</v>
+      </c>
+      <c r="B9" s="7">
+        <v>2866758</v>
+      </c>
+      <c r="C9" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="D6" s="16">
+      <c r="D9" s="10">
+        <v>14.5</v>
+      </c>
+      <c r="E9" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A10" s="11">
+        <v>9782266306423</v>
+      </c>
+      <c r="B10" s="11">
+        <v>2208570</v>
+      </c>
+      <c r="C10" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="20">
+        <v>10.5</v>
+      </c>
+      <c r="E10" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="15">
+        <v>9782266353267</v>
+      </c>
+      <c r="B11" s="15">
+        <v>3167644</v>
+      </c>
+      <c r="C11" s="25" t="s">
+        <v>184</v>
+      </c>
+      <c r="D11" s="26">
         <v>13</v>
       </c>
-      <c r="E6" s="13">
-[...13 lines deleted...]
-      <c r="D7" s="10">
+      <c r="E11" s="27" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A12" s="11">
+        <v>9782266328210</v>
+      </c>
+      <c r="B12" s="11">
+        <v>2866525</v>
+      </c>
+      <c r="C12" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" s="20">
+        <v>12</v>
+      </c>
+      <c r="E12" s="13" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A13" s="7">
+        <v>9782266347105</v>
+      </c>
+      <c r="B13" s="7">
+        <v>3115845</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" s="10">
+        <v>13.5</v>
+      </c>
+      <c r="E13" s="9" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A14" s="11">
+        <v>9782266339001</v>
+      </c>
+      <c r="B14" s="11">
+        <v>3014098</v>
+      </c>
+      <c r="C14" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E14" s="13" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A15" s="7">
+        <v>9782070360024</v>
+      </c>
+      <c r="B15" s="7">
+        <v>5071763</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" s="10">
+        <v>11</v>
+      </c>
+      <c r="E15" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="11">
+        <v>9782070360420</v>
+      </c>
+      <c r="B16" s="11">
+        <v>5071798</v>
+      </c>
+      <c r="C16" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="D16" s="20">
         <v>12.5</v>
       </c>
-      <c r="E7" s="9">
-[...13 lines deleted...]
-      <c r="D8" s="16">
+      <c r="E16" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="7">
+        <v>9782073045331</v>
+      </c>
+      <c r="B17" s="7">
+        <v>3014107</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D17" s="10">
+        <v>13</v>
+      </c>
+      <c r="E17" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A18" s="11">
+        <v>9782073034809</v>
+      </c>
+      <c r="B18" s="11">
+        <v>3115829</v>
+      </c>
+      <c r="C18" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="D18" s="20">
+        <v>14</v>
+      </c>
+      <c r="E18" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A19" s="7">
+        <v>9782253249146</v>
+      </c>
+      <c r="B19" s="7">
+        <v>3115807</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D19" s="10">
         <v>14.5</v>
       </c>
-      <c r="E8" s="13">
-[...27 lines deleted...]
-      <c r="C10" s="12" t="s">
+      <c r="E19" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A20" s="11">
+        <v>9782253115540</v>
+      </c>
+      <c r="B20" s="11">
+        <v>4507312</v>
+      </c>
+      <c r="C20" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" s="20">
+        <v>11.5</v>
+      </c>
+      <c r="E20" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A21" s="7">
+        <v>9782253262848</v>
+      </c>
+      <c r="B21" s="7">
+        <v>2810653</v>
+      </c>
+      <c r="C21" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D21" s="10">
+        <v>12.5</v>
+      </c>
+      <c r="E21" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A22" s="11">
+        <v>9782253906568</v>
+      </c>
+      <c r="B22" s="11">
+        <v>9380175</v>
+      </c>
+      <c r="C22" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" s="20">
         <v>12</v>
       </c>
-      <c r="D10" s="16">
+      <c r="E22" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A23" s="7">
+        <v>9782253934639</v>
+      </c>
+      <c r="B23" s="7">
+        <v>2760698</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D23" s="10">
+        <v>11.5</v>
+      </c>
+      <c r="E23" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="11">
+        <v>9782290398166</v>
+      </c>
+      <c r="B24" s="11">
+        <v>3014113</v>
+      </c>
+      <c r="C24" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="D24" s="20">
         <v>12.5</v>
       </c>
-      <c r="E10" s="13">
-[...10 lines deleted...]
-      <c r="C11" s="8" t="s">
+      <c r="E24" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A25" s="7">
+        <v>9782253941705</v>
+      </c>
+      <c r="B25" s="7">
+        <v>2917644</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D25" s="10">
+        <v>14.5</v>
+      </c>
+      <c r="E25" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="11">
+        <v>9782073003461</v>
+      </c>
+      <c r="B26" s="11">
+        <v>2917704</v>
+      </c>
+      <c r="C26" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="D26" s="20">
         <v>13</v>
       </c>
-      <c r="D11" s="10">
+      <c r="E26" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A27" s="7">
+        <v>9782253249016</v>
+      </c>
+      <c r="B27" s="7">
+        <v>3014081</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D27" s="10">
+        <v>14</v>
+      </c>
+      <c r="E27" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A28" s="16">
+        <v>9782253251712</v>
+      </c>
+      <c r="B28" s="16">
+        <v>3167670</v>
+      </c>
+      <c r="C28" s="17" t="s">
+        <v>186</v>
+      </c>
+      <c r="D28" s="21">
+        <v>17.5</v>
+      </c>
+      <c r="E28" s="18" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A29" s="7">
+        <v>9782253080084</v>
+      </c>
+      <c r="B29" s="7">
+        <v>2778247</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="D29" s="10">
+        <v>11.5</v>
+      </c>
+      <c r="E29" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A30" s="11">
+        <v>9782253168539</v>
+      </c>
+      <c r="B30" s="11">
+        <v>4130944</v>
+      </c>
+      <c r="C30" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="D30" s="20">
+        <v>11.5</v>
+      </c>
+      <c r="E30" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="7">
+        <v>9782253079699</v>
+      </c>
+      <c r="B31" s="7">
+        <v>2973241</v>
+      </c>
+      <c r="C31" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="10">
         <v>13</v>
       </c>
-      <c r="E11" s="9">
-[...115 lines deleted...]
-      <c r="D18" s="16">
+      <c r="E31" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A32" s="11">
+        <v>9782889730490</v>
+      </c>
+      <c r="B32" s="11">
+        <v>3031099</v>
+      </c>
+      <c r="C32" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="D32" s="20">
         <v>14.5</v>
       </c>
-      <c r="E18" s="13">
-[...13 lines deleted...]
-      <c r="D19" s="10">
+      <c r="E32" s="13" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A33" s="7">
+        <v>9782889730025</v>
+      </c>
+      <c r="B33" s="7">
+        <v>2838733</v>
+      </c>
+      <c r="C33" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="D33" s="10">
+        <v>14.5</v>
+      </c>
+      <c r="E33" s="9" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A34" s="11">
+        <v>9782253100782</v>
+      </c>
+      <c r="B34" s="11">
+        <v>2486262</v>
+      </c>
+      <c r="C34" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D34" s="20">
         <v>11.5</v>
       </c>
-      <c r="E19" s="9">
-[...30 lines deleted...]
-      <c r="D21" s="10">
+      <c r="E34" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A35" s="7">
+        <v>9782290252949</v>
+      </c>
+      <c r="B35" s="7">
+        <v>2810439</v>
+      </c>
+      <c r="C35" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D35" s="10">
         <v>12</v>
       </c>
-      <c r="E21" s="9">
-[...13 lines deleted...]
-      <c r="D22" s="16">
+      <c r="E35" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A36" s="11">
+        <v>9782253936718</v>
+      </c>
+      <c r="B36" s="11">
+        <v>2866756</v>
+      </c>
+      <c r="C36" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D36" s="20">
         <v>11.5</v>
       </c>
-      <c r="E22" s="13">
-[...163 lines deleted...]
-      <c r="C32" s="12" t="s">
+      <c r="E36" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A37" s="7">
+        <v>9782073003911</v>
+      </c>
+      <c r="B37" s="7">
+        <v>2917708</v>
+      </c>
+      <c r="C37" s="8" t="s">
         <v>34</v>
-      </c>
-[...83 lines deleted...]
-        <v>39</v>
       </c>
       <c r="D37" s="10">
         <v>13</v>
       </c>
-      <c r="E37" s="9">
-[...3 lines deleted...]
-    <row r="38" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="E37" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A38" s="11">
+        <v>9782073016843</v>
+      </c>
+      <c r="B38" s="11">
+        <v>2973482</v>
+      </c>
+      <c r="C38" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="D38" s="20">
+        <v>11.5</v>
+      </c>
+      <c r="E38" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A39" s="7">
+        <v>9782253070443</v>
+      </c>
+      <c r="B39" s="7">
+        <v>4724704</v>
+      </c>
+      <c r="C39" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D39" s="10">
+        <v>11.5</v>
+      </c>
+      <c r="E39" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A40" s="11">
+        <v>9782072762031</v>
+      </c>
+      <c r="B40" s="11">
+        <v>2514095</v>
+      </c>
+      <c r="C40" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="D40" s="20">
+        <v>13</v>
+      </c>
+      <c r="E40" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A41" s="7">
+        <v>9782073001962</v>
+      </c>
+      <c r="B41" s="7">
+        <v>2917676</v>
+      </c>
+      <c r="C41" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D41" s="10">
+        <v>13</v>
+      </c>
+      <c r="E41" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A42" s="11">
         <v>9782072824425</v>
       </c>
-      <c r="B38" s="11">
+      <c r="B42" s="11">
         <v>2242317</v>
       </c>
-      <c r="C38" s="12" t="s">
+      <c r="C42" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="D42" s="20">
+        <v>12.5</v>
+      </c>
+      <c r="E42" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A43" s="7">
+        <v>9782073096203</v>
+      </c>
+      <c r="B43" s="7">
+        <v>3115868</v>
+      </c>
+      <c r="C43" s="8" t="s">
+        <v>187</v>
+      </c>
+      <c r="D43" s="10">
+        <v>14</v>
+      </c>
+      <c r="E43" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A44" s="11">
+        <v>9782290311783</v>
+      </c>
+      <c r="B44" s="11">
+        <v>5411041</v>
+      </c>
+      <c r="C44" s="12" t="s">
         <v>40</v>
       </c>
-      <c r="D38" s="16">
-[...13 lines deleted...]
-      <c r="C39" s="8" t="s">
+      <c r="D44" s="20">
+        <v>10</v>
+      </c>
+      <c r="E44" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A45" s="7">
+        <v>9782290343715</v>
+      </c>
+      <c r="B45" s="7">
+        <v>6814069</v>
+      </c>
+      <c r="C45" s="8" t="s">
+        <v>162</v>
+      </c>
+      <c r="D45" s="10">
+        <v>13.5</v>
+      </c>
+      <c r="E45" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A46" s="11">
+        <v>9782290340783</v>
+      </c>
+      <c r="B46" s="11">
+        <v>3529606</v>
+      </c>
+      <c r="C46" s="12" t="s">
         <v>41</v>
       </c>
-      <c r="D39" s="10">
-[...13 lines deleted...]
-      <c r="C40" s="12" t="s">
+      <c r="D46" s="20">
+        <v>11.5</v>
+      </c>
+      <c r="E46" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A47" s="7">
+        <v>9791033917526</v>
+      </c>
+      <c r="B47" s="7">
+        <v>3045321</v>
+      </c>
+      <c r="C47" s="8" t="s">
         <v>42</v>
-      </c>
-[...117 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D47" s="10">
         <v>15.5</v>
       </c>
-      <c r="E47" s="9">
-[...3 lines deleted...]
-    <row r="48" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="E47" s="9" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A48" s="11">
-        <v>9782290032039</v>
+        <v>9782266344685</v>
       </c>
       <c r="B48" s="11">
-        <v>8682631</v>
+        <v>3073245</v>
       </c>
       <c r="C48" s="12" t="s">
-        <v>50</v>
-[...8 lines deleted...]
-    <row r="49" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+        <v>43</v>
+      </c>
+      <c r="D48" s="20">
+        <v>12.5</v>
+      </c>
+      <c r="E48" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A49" s="7">
-        <v>9782290028599</v>
+        <v>9782290388389</v>
       </c>
       <c r="B49" s="7">
-        <v>8633550</v>
+        <v>3014112</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="D49" s="10">
-        <v>13</v>
-[...5 lines deleted...]
-    <row r="50" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+        <v>11.5</v>
+      </c>
+      <c r="E49" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A50" s="11">
-        <v>9782290212196</v>
+        <v>9782266186674</v>
       </c>
       <c r="B50" s="11">
-        <v>2757662</v>
+        <v>6395716</v>
       </c>
       <c r="C50" s="12" t="s">
-        <v>52</v>
-[...8 lines deleted...]
-    <row r="51" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+        <v>45</v>
+      </c>
+      <c r="D50" s="20">
+        <v>10.5</v>
+      </c>
+      <c r="E50" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" s="14" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A51" s="7">
-        <v>9782290113615</v>
+        <v>9782253100492</v>
       </c>
       <c r="B51" s="7">
-        <v>2555308</v>
+        <v>2242325</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="D51" s="10">
         <v>13</v>
       </c>
-      <c r="E51" s="9">
-[...3 lines deleted...]
-    <row r="52" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="E51" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A52" s="11">
+        <v>9782073095282</v>
+      </c>
+      <c r="B52" s="11">
+        <v>3115831</v>
+      </c>
+      <c r="C52" s="12" t="s">
+        <v>163</v>
+      </c>
+      <c r="D52" s="20">
+        <v>12.5</v>
+      </c>
+      <c r="E52" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A53" s="7">
+        <v>9782290404331</v>
+      </c>
+      <c r="B53" s="7">
+        <v>3014111</v>
+      </c>
+      <c r="C53" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D53" s="10">
+        <v>15.5</v>
+      </c>
+      <c r="E53" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A54" s="11">
+        <v>9782290032039</v>
+      </c>
+      <c r="B54" s="11">
+        <v>8682631</v>
+      </c>
+      <c r="C54" s="12" t="s">
+        <v>164</v>
+      </c>
+      <c r="D54" s="20">
+        <v>13</v>
+      </c>
+      <c r="E54" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A55" s="7">
+        <v>9782290028599</v>
+      </c>
+      <c r="B55" s="7">
+        <v>8633550</v>
+      </c>
+      <c r="C55" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="D55" s="10">
+        <v>12.5</v>
+      </c>
+      <c r="E55" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A56" s="11">
+        <v>9782290212196</v>
+      </c>
+      <c r="B56" s="11">
+        <v>2757662</v>
+      </c>
+      <c r="C56" s="12" t="s">
+        <v>48</v>
+      </c>
+      <c r="D56" s="20">
+        <v>13</v>
+      </c>
+      <c r="E56" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A57" s="7">
+        <v>9782290113615</v>
+      </c>
+      <c r="B57" s="7">
+        <v>2555308</v>
+      </c>
+      <c r="C57" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D57" s="10">
+        <v>13</v>
+      </c>
+      <c r="E57" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A58" s="11">
         <v>9782266204972</v>
       </c>
-      <c r="B52" s="11">
+      <c r="B58" s="11">
         <v>1895680</v>
       </c>
-      <c r="C52" s="12" t="s">
+      <c r="C58" s="12" t="s">
+        <v>50</v>
+      </c>
+      <c r="D58" s="20">
+        <v>12.5</v>
+      </c>
+      <c r="E58" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A59" s="7">
+        <v>9782290397060</v>
+      </c>
+      <c r="B59" s="7">
+        <v>3073382</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="D59" s="10">
+        <v>14</v>
+      </c>
+      <c r="E59" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A60" s="11">
+        <v>9782072935695</v>
+      </c>
+      <c r="B60" s="11">
+        <v>2810424</v>
+      </c>
+      <c r="C60" s="12" t="s">
+        <v>52</v>
+      </c>
+      <c r="D60" s="20">
+        <v>12.5</v>
+      </c>
+      <c r="E60" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A61" s="7">
+        <v>9782290057261</v>
+      </c>
+      <c r="B61" s="7">
+        <v>3756378</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>165</v>
+      </c>
+      <c r="D61" s="10">
+        <v>11.5</v>
+      </c>
+      <c r="E61" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="11">
+        <v>9782290104637</v>
+      </c>
+      <c r="B62" s="11">
+        <v>2215711</v>
+      </c>
+      <c r="C62" s="12" t="s">
+        <v>166</v>
+      </c>
+      <c r="D62" s="20">
+        <v>11.5</v>
+      </c>
+      <c r="E62" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A63" s="7">
+        <v>9782072965821</v>
+      </c>
+      <c r="B63" s="7">
+        <v>2810427</v>
+      </c>
+      <c r="C63" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D63" s="10">
+        <v>13.5</v>
+      </c>
+      <c r="E63" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A64" s="11">
+        <v>9782253248460</v>
+      </c>
+      <c r="B64" s="11">
+        <v>3014091</v>
+      </c>
+      <c r="C64" s="12" t="s">
         <v>54</v>
       </c>
-      <c r="D52" s="16">
-[...13 lines deleted...]
-      <c r="C53" s="8" t="s">
+      <c r="D64" s="20">
+        <v>13</v>
+      </c>
+      <c r="E64" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="7">
+        <v>9782253248316</v>
+      </c>
+      <c r="B65" s="7">
+        <v>2973229</v>
+      </c>
+      <c r="C65" s="8" t="s">
         <v>55</v>
-      </c>
-[...202 lines deleted...]
-        <v>67</v>
       </c>
       <c r="D65" s="10">
         <v>13.5</v>
       </c>
-      <c r="E65" s="9">
-[...3 lines deleted...]
-    <row r="66" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="E65" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A66" s="11">
+        <v>9782738113979</v>
+      </c>
+      <c r="B66" s="11">
+        <v>3436837</v>
+      </c>
+      <c r="C66" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="D66" s="20">
+        <v>13</v>
+      </c>
+      <c r="E66" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A67" s="7">
+        <v>9782253194613</v>
+      </c>
+      <c r="B67" s="7">
+        <v>2181365</v>
+      </c>
+      <c r="C67" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D67" s="10">
+        <v>14.5</v>
+      </c>
+      <c r="E67" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A68" s="11">
+        <v>9782253940845</v>
+      </c>
+      <c r="B68" s="11">
+        <v>2917643</v>
+      </c>
+      <c r="C68" s="12" t="s">
+        <v>58</v>
+      </c>
+      <c r="D68" s="20">
+        <v>15.5</v>
+      </c>
+      <c r="E68" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A69" s="7">
+        <v>9782253247272</v>
+      </c>
+      <c r="B69" s="7">
+        <v>3014088</v>
+      </c>
+      <c r="C69" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="D69" s="10">
+        <v>15.5</v>
+      </c>
+      <c r="E69" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A70" s="11">
+        <v>9782266315890</v>
+      </c>
+      <c r="B70" s="11">
+        <v>2494105</v>
+      </c>
+      <c r="C70" s="12" t="s">
+        <v>60</v>
+      </c>
+      <c r="D70" s="20">
+        <v>12.5</v>
+      </c>
+      <c r="E70" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A71" s="7">
+        <v>9782266325318</v>
+      </c>
+      <c r="B71" s="7">
+        <v>3073247</v>
+      </c>
+      <c r="C71" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="D71" s="10">
+        <v>13</v>
+      </c>
+      <c r="E71" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A72" s="11">
+        <v>9782253251125</v>
+      </c>
+      <c r="B72" s="11">
+        <v>3115818</v>
+      </c>
+      <c r="C72" s="12" t="s">
+        <v>167</v>
+      </c>
+      <c r="D72" s="20">
+        <v>14.5</v>
+      </c>
+      <c r="E72" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A73" s="7">
+        <v>9782266333207</v>
+      </c>
+      <c r="B73" s="7">
+        <v>3115848</v>
+      </c>
+      <c r="C73" s="8" t="s">
+        <v>168</v>
+      </c>
+      <c r="D73" s="10">
+        <v>13.5</v>
+      </c>
+      <c r="E73" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A74" s="11">
         <v>9782330139179</v>
       </c>
-      <c r="B66" s="11">
+      <c r="B74" s="11">
         <v>2129806</v>
       </c>
-      <c r="C66" s="12" t="s">
+      <c r="C74" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="D74" s="20">
+        <v>15.5</v>
+      </c>
+      <c r="E74" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A75" s="7">
+        <v>9782073017796</v>
+      </c>
+      <c r="B75" s="7">
+        <v>2973489</v>
+      </c>
+      <c r="C75" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="D75" s="10">
+        <v>11.5</v>
+      </c>
+      <c r="E75" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A76" s="11">
+        <v>9782253106647</v>
+      </c>
+      <c r="B76" s="11">
+        <v>3029934</v>
+      </c>
+      <c r="C76" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="D76" s="20">
+        <v>13</v>
+      </c>
+      <c r="E76" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A77" s="7">
+        <v>9782266285025</v>
+      </c>
+      <c r="B77" s="7">
+        <v>2522608</v>
+      </c>
+      <c r="C77" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="D77" s="10">
+        <v>14.5</v>
+      </c>
+      <c r="E77" s="9" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A78" s="11">
+        <v>9782253237624</v>
+      </c>
+      <c r="B78" s="11">
+        <v>2242326</v>
+      </c>
+      <c r="C78" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="D78" s="20">
+        <v>14.5</v>
+      </c>
+      <c r="E78" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A79" s="7">
+        <v>9782253106630</v>
+      </c>
+      <c r="B79" s="7">
+        <v>2882627</v>
+      </c>
+      <c r="C79" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D79" s="10">
+        <v>14.5</v>
+      </c>
+      <c r="E79" s="9" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="16">
+        <v>9782266335225</v>
+      </c>
+      <c r="B80" s="16">
+        <v>3167649</v>
+      </c>
+      <c r="C80" s="17" t="s">
+        <v>189</v>
+      </c>
+      <c r="D80" s="21">
+        <v>13.5</v>
+      </c>
+      <c r="E80" s="18" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A81" s="7">
+        <v>9782266342995</v>
+      </c>
+      <c r="B81" s="7">
+        <v>3073268</v>
+      </c>
+      <c r="C81" s="8" t="s">
         <v>68</v>
       </c>
-      <c r="D66" s="16">
-[...13 lines deleted...]
-      <c r="C67" s="8" t="s">
+      <c r="D81" s="10">
+        <v>14</v>
+      </c>
+      <c r="E81" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A82" s="11">
+        <v>9782253937579</v>
+      </c>
+      <c r="B82" s="11">
+        <v>2917640</v>
+      </c>
+      <c r="C82" s="12" t="s">
         <v>69</v>
       </c>
-      <c r="D67" s="10">
+      <c r="D82" s="20">
         <v>11.5</v>
       </c>
-      <c r="E67" s="9">
-[...10 lines deleted...]
-      <c r="C68" s="12" t="s">
+      <c r="E82" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A83" s="7">
+        <v>9782253242185</v>
+      </c>
+      <c r="B83" s="7">
+        <v>2190074</v>
+      </c>
+      <c r="C83" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="D68" s="16">
+      <c r="D83" s="10">
+        <v>10</v>
+      </c>
+      <c r="E83" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A84" s="11">
+        <v>9782253150718</v>
+      </c>
+      <c r="B84" s="11">
+        <v>5628342</v>
+      </c>
+      <c r="C84" s="12" t="s">
+        <v>71</v>
+      </c>
+      <c r="D84" s="20">
+        <v>11.5</v>
+      </c>
+      <c r="E84" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A85" s="7">
+        <v>9782253071167</v>
+      </c>
+      <c r="B85" s="7">
+        <v>2102435</v>
+      </c>
+      <c r="C85" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="D85" s="10">
+        <v>13.5</v>
+      </c>
+      <c r="E85" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A86" s="11">
+        <v>9782072968297</v>
+      </c>
+      <c r="B86" s="11">
+        <v>2866391</v>
+      </c>
+      <c r="C86" s="12" t="s">
+        <v>73</v>
+      </c>
+      <c r="D86" s="20">
+        <v>12.5</v>
+      </c>
+      <c r="E86" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A87" s="7">
+        <v>9782253157526</v>
+      </c>
+      <c r="B87" s="7">
+        <v>3235866</v>
+      </c>
+      <c r="C87" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D87" s="10">
+        <v>14</v>
+      </c>
+      <c r="E87" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A88" s="11">
+        <v>9782266317634</v>
+      </c>
+      <c r="B88" s="11">
+        <v>2973217</v>
+      </c>
+      <c r="C88" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="D88" s="20">
+        <v>12.5</v>
+      </c>
+      <c r="E88" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A89" s="7">
+        <v>9782073045232</v>
+      </c>
+      <c r="B89" s="7">
+        <v>3014108</v>
+      </c>
+      <c r="C89" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D89" s="10">
+        <v>14</v>
+      </c>
+      <c r="E89" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A90" s="11">
+        <v>9782073058973</v>
+      </c>
+      <c r="B90" s="11">
+        <v>3115866</v>
+      </c>
+      <c r="C90" s="12" t="s">
+        <v>169</v>
+      </c>
+      <c r="D90" s="20">
+        <v>14</v>
+      </c>
+      <c r="E90" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A91" s="7">
+        <v>9782070612758</v>
+      </c>
+      <c r="B91" s="7">
+        <v>4564316</v>
+      </c>
+      <c r="C91" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D91" s="10">
+        <v>11</v>
+      </c>
+      <c r="E91" s="9" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A92" s="11">
+        <v>9782070360215</v>
+      </c>
+      <c r="B92" s="11">
+        <v>5222117</v>
+      </c>
+      <c r="C92" s="12" t="s">
+        <v>78</v>
+      </c>
+      <c r="D92" s="20">
+        <v>11</v>
+      </c>
+      <c r="E92" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A93" s="7">
+        <v>9782070360048</v>
+      </c>
+      <c r="B93" s="7">
+        <v>5222753</v>
+      </c>
+      <c r="C93" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D93" s="10">
+        <v>11</v>
+      </c>
+      <c r="E93" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A94" s="11">
+        <v>9782253251910</v>
+      </c>
+      <c r="B94" s="11">
+        <v>3115817</v>
+      </c>
+      <c r="C94" s="12" t="s">
+        <v>170</v>
+      </c>
+      <c r="D94" s="20">
         <v>13</v>
       </c>
-      <c r="E68" s="13">
-[...13 lines deleted...]
-      <c r="D69" s="10">
+      <c r="E94" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A95" s="7">
+        <v>9782253937715</v>
+      </c>
+      <c r="B95" s="7">
+        <v>2917641</v>
+      </c>
+      <c r="C95" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="D95" s="10">
         <v>14.5</v>
       </c>
-      <c r="E69" s="9">
-[...13 lines deleted...]
-      <c r="D70" s="16">
+      <c r="E95" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A96" s="11">
+        <v>9782253907947</v>
+      </c>
+      <c r="B96" s="11">
+        <v>3155079</v>
+      </c>
+      <c r="C96" s="12" t="s">
+        <v>191</v>
+      </c>
+      <c r="D96" s="20">
+        <v>16</v>
+      </c>
+      <c r="E96" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A97" s="7">
+        <v>9782253166634</v>
+      </c>
+      <c r="B97" s="7">
+        <v>7172893</v>
+      </c>
+      <c r="C97" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="D97" s="10">
+        <v>10</v>
+      </c>
+      <c r="E97" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A98" s="11">
+        <v>9782253106746</v>
+      </c>
+      <c r="B98" s="11">
+        <v>2810436</v>
+      </c>
+      <c r="C98" s="12" t="s">
+        <v>82</v>
+      </c>
+      <c r="D98" s="20">
         <v>14.5</v>
       </c>
-      <c r="E70" s="13">
-[...13 lines deleted...]
-      <c r="D71" s="10">
+      <c r="E98" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A99" s="7">
+        <v>9782290404232</v>
+      </c>
+      <c r="B99" s="7">
+        <v>3073388</v>
+      </c>
+      <c r="C99" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="D99" s="10">
+        <v>11.5</v>
+      </c>
+      <c r="E99" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A100" s="11">
+        <v>9782070364237</v>
+      </c>
+      <c r="B100" s="11">
+        <v>5224292</v>
+      </c>
+      <c r="C100" s="12" t="s">
+        <v>84</v>
+      </c>
+      <c r="D100" s="20">
+        <v>12.5</v>
+      </c>
+      <c r="E100" s="13" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A101" s="7">
+        <v>9782070392612</v>
+      </c>
+      <c r="B101" s="7">
+        <v>4156986</v>
+      </c>
+      <c r="C101" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="D101" s="10">
+        <v>11.5</v>
+      </c>
+      <c r="E101" s="9" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A102" s="11">
+        <v>9782070392605</v>
+      </c>
+      <c r="B102" s="11">
+        <v>5224144</v>
+      </c>
+      <c r="C102" s="12" t="s">
+        <v>86</v>
+      </c>
+      <c r="D102" s="20">
+        <v>11.5</v>
+      </c>
+      <c r="E102" s="13" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A103" s="7">
+        <v>9782070392629</v>
+      </c>
+      <c r="B103" s="7">
+        <v>5224330</v>
+      </c>
+      <c r="C103" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="D103" s="10">
+        <v>11.5</v>
+      </c>
+      <c r="E103" s="9" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A104" s="16">
+        <v>9782073115799</v>
+      </c>
+      <c r="B104" s="16">
+        <v>3167742</v>
+      </c>
+      <c r="C104" s="17" t="s">
+        <v>193</v>
+      </c>
+      <c r="D104" s="21">
+        <v>13</v>
+      </c>
+      <c r="E104" s="18" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A105" s="7">
+        <v>9782072764929</v>
+      </c>
+      <c r="B105" s="7">
+        <v>2515551</v>
+      </c>
+      <c r="C105" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="D105" s="10">
+        <v>12.5</v>
+      </c>
+      <c r="E105" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A106" s="11">
+        <v>9782072945717</v>
+      </c>
+      <c r="B106" s="11">
+        <v>2834700</v>
+      </c>
+      <c r="C106" s="12" t="s">
+        <v>89</v>
+      </c>
+      <c r="D106" s="20">
+        <v>11.5</v>
+      </c>
+      <c r="E106" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A107" s="7">
+        <v>9782072923470</v>
+      </c>
+      <c r="B107" s="7">
+        <v>2190511</v>
+      </c>
+      <c r="C107" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="D107" s="10">
+        <v>14</v>
+      </c>
+      <c r="E107" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A108" s="11">
+        <v>9782073003713</v>
+      </c>
+      <c r="B108" s="11">
+        <v>2917702</v>
+      </c>
+      <c r="C108" s="12" t="s">
+        <v>91</v>
+      </c>
+      <c r="D108" s="20">
+        <v>14</v>
+      </c>
+      <c r="E108" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A109" s="7">
+        <v>9782073073051</v>
+      </c>
+      <c r="B109" s="7">
+        <v>3115869</v>
+      </c>
+      <c r="C109" s="8" t="s">
+        <v>194</v>
+      </c>
+      <c r="D109" s="10">
+        <v>13</v>
+      </c>
+      <c r="E109" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A110" s="11">
+        <v>9782266339582</v>
+      </c>
+      <c r="B110" s="11">
+        <v>3014101</v>
+      </c>
+      <c r="C110" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="D110" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E110" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A111" s="7">
+        <v>9782266349024</v>
+      </c>
+      <c r="B111" s="7">
+        <v>3115850</v>
+      </c>
+      <c r="C111" s="8" t="s">
+        <v>195</v>
+      </c>
+      <c r="D111" s="10">
+        <v>14</v>
+      </c>
+      <c r="E111" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A112" s="11">
+        <v>9782290349229</v>
+      </c>
+      <c r="B112" s="11">
+        <v>6850120</v>
+      </c>
+      <c r="C112" s="12" t="s">
+        <v>171</v>
+      </c>
+      <c r="D112" s="20">
+        <v>12.5</v>
+      </c>
+      <c r="E112" s="13" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A113" s="7">
+        <v>9782290041000</v>
+      </c>
+      <c r="B113" s="7">
+        <v>6911536</v>
+      </c>
+      <c r="C113" s="8" t="s">
+        <v>172</v>
+      </c>
+      <c r="D113" s="10">
+        <v>13.5</v>
+      </c>
+      <c r="E113" s="9" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A114" s="11">
+        <v>9782290023501</v>
+      </c>
+      <c r="B114" s="11">
+        <v>5802253</v>
+      </c>
+      <c r="C114" s="12" t="s">
+        <v>173</v>
+      </c>
+      <c r="D114" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E114" s="13" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="115" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A115" s="7">
+        <v>9782290349311</v>
+      </c>
+      <c r="B115" s="7">
+        <v>8445478</v>
+      </c>
+      <c r="C115" s="8" t="s">
+        <v>174</v>
+      </c>
+      <c r="D115" s="10">
+        <v>13</v>
+      </c>
+      <c r="E115" s="9" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A116" s="11">
+        <v>9782290156063</v>
+      </c>
+      <c r="B116" s="11">
+        <v>2518984</v>
+      </c>
+      <c r="C116" s="12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D116" s="20">
+        <v>13.5</v>
+      </c>
+      <c r="E116" s="13" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A117" s="7">
+        <v>9782290397848</v>
+      </c>
+      <c r="B117" s="7">
+        <v>3014114</v>
+      </c>
+      <c r="C117" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="D117" s="10">
+        <v>14</v>
+      </c>
+      <c r="E117" s="9" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A118" s="11">
+        <v>9782290120330</v>
+      </c>
+      <c r="B118" s="11">
+        <v>2454578</v>
+      </c>
+      <c r="C118" s="12" t="s">
+        <v>175</v>
+      </c>
+      <c r="D118" s="20">
+        <v>14</v>
+      </c>
+      <c r="E118" s="13" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="119" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A119" s="7">
+        <v>9782290351307</v>
+      </c>
+      <c r="B119" s="7">
+        <v>8445184</v>
+      </c>
+      <c r="C119" s="8" t="s">
+        <v>196</v>
+      </c>
+      <c r="D119" s="10">
+        <v>13</v>
+      </c>
+      <c r="E119" s="9" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="120" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A120" s="11">
+        <v>9782253012696</v>
+      </c>
+      <c r="B120" s="11">
+        <v>4964330</v>
+      </c>
+      <c r="C120" s="12" t="s">
+        <v>95</v>
+      </c>
+      <c r="D120" s="20">
+        <v>7.5</v>
+      </c>
+      <c r="E120" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="121" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A121" s="7">
+        <v>9782253068631</v>
+      </c>
+      <c r="B121" s="7">
+        <v>2555282</v>
+      </c>
+      <c r="C121" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="D121" s="10">
+        <v>13</v>
+      </c>
+      <c r="E121" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A122" s="11">
+        <v>9782072977374</v>
+      </c>
+      <c r="B122" s="11">
+        <v>2866389</v>
+      </c>
+      <c r="C122" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="D122" s="20">
+        <v>13</v>
+      </c>
+      <c r="E122" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A123" s="7">
+        <v>9782253934288</v>
+      </c>
+      <c r="B123" s="7">
+        <v>2757641</v>
+      </c>
+      <c r="C123" s="8" t="s">
+        <v>98</v>
+      </c>
+      <c r="D123" s="10">
+        <v>11.5</v>
+      </c>
+      <c r="E123" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A124" s="11">
+        <v>9782253124801</v>
+      </c>
+      <c r="B124" s="11">
+        <v>7384998</v>
+      </c>
+      <c r="C124" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="D124" s="20">
+        <v>11</v>
+      </c>
+      <c r="E124" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A125" s="7">
+        <v>9782253164265</v>
+      </c>
+      <c r="B125" s="7">
+        <v>6902685</v>
+      </c>
+      <c r="C125" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="D125" s="10">
+        <v>13.5</v>
+      </c>
+      <c r="E125" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="126" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A126" s="11">
+        <v>9782253250784</v>
+      </c>
+      <c r="B126" s="11">
+        <v>3073352</v>
+      </c>
+      <c r="C126" s="12" t="s">
+        <v>101</v>
+      </c>
+      <c r="D126" s="20">
         <v>14.5</v>
       </c>
-      <c r="E71" s="9">
-[...81 lines deleted...]
-      <c r="D76" s="16">
+      <c r="E126" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A127" s="7">
+        <v>9782290155158</v>
+      </c>
+      <c r="B127" s="7">
+        <v>2618723</v>
+      </c>
+      <c r="C127" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="D127" s="10">
         <v>14</v>
       </c>
-      <c r="E76" s="13">
-[...418 lines deleted...]
-      <c r="C101" s="8" t="s">
+      <c r="E127" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A128" s="11" t="s">
         <v>103</v>
       </c>
-      <c r="D101" s="10">
-[...13 lines deleted...]
-      <c r="C102" s="12" t="s">
+      <c r="B128" s="11"/>
+      <c r="C128" s="12"/>
+      <c r="D128" s="20"/>
+      <c r="E128" s="13"/>
+    </row>
+    <row r="129" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A129" s="7">
+        <v>9788483462034</v>
+      </c>
+      <c r="B129" s="7">
+        <v>7120699</v>
+      </c>
+      <c r="C129" s="8" t="s">
         <v>104</v>
       </c>
-      <c r="D102" s="16">
-[...13 lines deleted...]
-      <c r="C103" s="8" t="s">
+      <c r="D129" s="10">
+        <v>17.5</v>
+      </c>
+      <c r="E129" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A130" s="11">
+        <v>9788497935692</v>
+      </c>
+      <c r="B130" s="11">
+        <v>8127620</v>
+      </c>
+      <c r="C130" s="12" t="s">
         <v>105</v>
       </c>
-      <c r="D103" s="10">
-[...13 lines deleted...]
-      <c r="C104" s="12" t="s">
+      <c r="D130" s="20">
+        <v>17.5</v>
+      </c>
+      <c r="E130" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A131" s="7">
+        <v>9788497592543</v>
+      </c>
+      <c r="B131" s="7">
+        <v>8770301</v>
+      </c>
+      <c r="C131" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="D131" s="10">
+        <v>21</v>
+      </c>
+      <c r="E131" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A132" s="11">
+        <v>9788497592512</v>
+      </c>
+      <c r="B132" s="11">
+        <v>3014266</v>
+      </c>
+      <c r="C132" s="12" t="s">
         <v>106</v>
       </c>
-      <c r="D104" s="16">
-[...13 lines deleted...]
-      <c r="C105" s="8" t="s">
+      <c r="D132" s="20">
+        <v>17.5</v>
+      </c>
+      <c r="E132" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A133" s="7">
+        <v>9788466359627</v>
+      </c>
+      <c r="B133" s="7">
+        <v>2821872</v>
+      </c>
+      <c r="C133" s="8" t="s">
         <v>107</v>
       </c>
-      <c r="D105" s="10">
-[...13 lines deleted...]
-      <c r="C106" s="12" t="s">
+      <c r="D133" s="10">
+        <v>22.5</v>
+      </c>
+      <c r="E133" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A134" s="11">
+        <v>9788466356800</v>
+      </c>
+      <c r="B134" s="11">
+        <v>2480781</v>
+      </c>
+      <c r="C134" s="12" t="s">
         <v>108</v>
       </c>
-      <c r="D106" s="16">
-[...13 lines deleted...]
-      <c r="C107" s="8" t="s">
+      <c r="D134" s="20">
+        <v>22.5</v>
+      </c>
+      <c r="E134" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A135" s="7">
+        <v>9788466359634</v>
+      </c>
+      <c r="B135" s="7">
+        <v>2827622</v>
+      </c>
+      <c r="C135" s="8" t="s">
         <v>109</v>
       </c>
-      <c r="D107" s="10">
-[...13 lines deleted...]
-      <c r="C108" s="12" t="s">
+      <c r="D135" s="10">
+        <v>17.5</v>
+      </c>
+      <c r="E135" s="9" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A136" s="11">
+        <v>9788466374613</v>
+      </c>
+      <c r="B136" s="11">
+        <v>3063890</v>
+      </c>
+      <c r="C136" s="12" t="s">
         <v>110</v>
       </c>
-      <c r="D108" s="16">
-[...7 lines deleted...]
-      <c r="A109" s="14" t="s">
+      <c r="D136" s="20">
+        <v>22.5</v>
+      </c>
+      <c r="E136" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A137" s="7">
+        <v>9788466362887</v>
+      </c>
+      <c r="B137" s="7">
+        <v>2916424</v>
+      </c>
+      <c r="C137" s="8" t="s">
         <v>111</v>
-      </c>
-[...472 lines deleted...]
-        <v>139</v>
       </c>
       <c r="D137" s="10">
         <v>21</v>
       </c>
-      <c r="E137" s="9">
-[...3 lines deleted...]
-    <row r="138" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="E137" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A138" s="11">
-        <v>9788490624029</v>
+        <v>9788411075015</v>
       </c>
       <c r="B138" s="11">
-        <v>2178548</v>
+        <v>3095420</v>
       </c>
       <c r="C138" s="12" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="D138" s="16">
+        <v>112</v>
+      </c>
+      <c r="D138" s="20">
         <v>22.5</v>
       </c>
-      <c r="E138" s="13">
-[...3 lines deleted...]
-    <row r="139" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="E138" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A139" s="7">
-        <v>9788497592208</v>
+        <v>9788411075817</v>
       </c>
       <c r="B139" s="7">
-        <v>7858973</v>
+        <v>3159348</v>
       </c>
       <c r="C139" s="8" t="s">
-        <v>141</v>
+        <v>199</v>
       </c>
       <c r="D139" s="10">
-        <v>21</v>
-[...5 lines deleted...]
-    <row r="140" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+        <v>24</v>
+      </c>
+      <c r="E139" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A140" s="11">
-        <v>9788466378420</v>
+        <v>9788490667316</v>
       </c>
       <c r="B140" s="11">
-        <v>3173095</v>
+        <v>2726786</v>
       </c>
       <c r="C140" s="12" t="s">
-        <v>142</v>
-[...8 lines deleted...]
-    <row r="141" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+        <v>113</v>
+      </c>
+      <c r="D140" s="20">
+        <v>22.5</v>
+      </c>
+      <c r="E140" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A141" s="7">
-        <v>9788497592451</v>
+        <v>9788411072229</v>
       </c>
       <c r="B141" s="7">
-        <v>2124513</v>
+        <v>2916483</v>
       </c>
       <c r="C141" s="8" t="s">
-        <v>143</v>
+        <v>114</v>
       </c>
       <c r="D141" s="10">
-        <v>21</v>
-[...5 lines deleted...]
-    <row r="142" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+        <v>22.5</v>
+      </c>
+      <c r="E141" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A142" s="11">
-        <v>9788490323762</v>
+        <v>9788423364817</v>
       </c>
       <c r="B142" s="11">
-        <v>2350327</v>
+        <v>3045494</v>
       </c>
       <c r="C142" s="12" t="s">
-        <v>144</v>
-[...8 lines deleted...]
-    <row r="143" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+        <v>115</v>
+      </c>
+      <c r="D142" s="20">
+        <v>17.5</v>
+      </c>
+      <c r="E142" s="13" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A143" s="7">
-        <v>9788408285137</v>
+        <v>9788418850714</v>
       </c>
       <c r="B143" s="7">
-        <v>3045505</v>
+        <v>2942167</v>
       </c>
       <c r="C143" s="8" t="s">
-        <v>145</v>
+        <v>116</v>
       </c>
       <c r="D143" s="10">
         <v>21</v>
       </c>
-      <c r="E143" s="9">
-[...3 lines deleted...]
-    <row r="144" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="E143" s="9" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A144" s="11">
-        <v>9788408269649</v>
+        <v>9788466374040</v>
       </c>
       <c r="B144" s="11">
-        <v>2942061</v>
+        <v>3045483</v>
       </c>
       <c r="C144" s="12" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="D144" s="16">
+        <v>117</v>
+      </c>
+      <c r="D144" s="20">
+        <v>17.5</v>
+      </c>
+      <c r="E144" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A145" s="7">
+        <v>9788466354813</v>
+      </c>
+      <c r="B145" s="7">
+        <v>2161938</v>
+      </c>
+      <c r="C145" s="8" t="s">
+        <v>118</v>
+      </c>
+      <c r="D145" s="10">
+        <v>19</v>
+      </c>
+      <c r="E145" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A146" s="11">
+        <v>9788466349864</v>
+      </c>
+      <c r="B146" s="11">
+        <v>2160648</v>
+      </c>
+      <c r="C146" s="12" t="s">
+        <v>119</v>
+      </c>
+      <c r="D146" s="20">
+        <v>19</v>
+      </c>
+      <c r="E146" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="147" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A147" s="7">
+        <v>9788466370554</v>
+      </c>
+      <c r="B147" s="7">
+        <v>2942080</v>
+      </c>
+      <c r="C147" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="D147" s="10">
+        <v>17.5</v>
+      </c>
+      <c r="E147" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A148" s="11">
+        <v>9788408293743</v>
+      </c>
+      <c r="B148" s="11">
+        <v>3099995</v>
+      </c>
+      <c r="C148" s="12" t="s">
+        <v>121</v>
+      </c>
+      <c r="D148" s="20">
+        <v>19</v>
+      </c>
+      <c r="E148" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A149" s="7">
+        <v>9788408170396</v>
+      </c>
+      <c r="B149" s="7">
+        <v>9395431</v>
+      </c>
+      <c r="C149" s="8" t="s">
+        <v>122</v>
+      </c>
+      <c r="D149" s="10">
+        <v>19</v>
+      </c>
+      <c r="E149" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="150" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A150" s="11">
+        <v>9788432241277</v>
+      </c>
+      <c r="B150" s="11">
+        <v>2896008</v>
+      </c>
+      <c r="C150" s="12" t="s">
+        <v>123</v>
+      </c>
+      <c r="D150" s="20">
+        <v>19</v>
+      </c>
+      <c r="E150" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="151" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A151" s="7">
+        <v>9788466374637</v>
+      </c>
+      <c r="B151" s="7">
+        <v>3018391</v>
+      </c>
+      <c r="C151" s="8" t="s">
+        <v>124</v>
+      </c>
+      <c r="D151" s="10">
+        <v>20.5</v>
+      </c>
+      <c r="E151" s="9" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A152" s="11">
+        <v>9788466359184</v>
+      </c>
+      <c r="B152" s="11">
+        <v>2916408</v>
+      </c>
+      <c r="C152" s="12" t="s">
+        <v>125</v>
+      </c>
+      <c r="D152" s="20">
         <v>21</v>
       </c>
-      <c r="E144" s="13">
-[...139 lines deleted...]
-    <row r="153" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="E152" s="13" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A153" s="7">
-        <v>9788466358774</v>
+        <v>9788408237969</v>
       </c>
       <c r="B153" s="7">
-        <v>2942078</v>
+        <v>2379433</v>
       </c>
       <c r="C153" s="8" t="s">
-        <v>155</v>
+        <v>176</v>
       </c>
       <c r="D153" s="10">
         <v>21</v>
       </c>
-      <c r="E153" s="9">
-[...3 lines deleted...]
-    <row r="154" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="E153" s="9" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="154" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A154" s="11">
-        <v>9788408299745</v>
+        <v>9788466381642</v>
       </c>
       <c r="B154" s="11">
-        <v>3159386</v>
+        <v>3182141</v>
       </c>
       <c r="C154" s="12" t="s">
-        <v>156</v>
-[...8 lines deleted...]
-    <row r="155" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+        <v>200</v>
+      </c>
+      <c r="D154" s="20">
+        <v>21</v>
+      </c>
+      <c r="E154" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="155" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A155" s="7">
-        <v>9788423365937</v>
+        <v>9788408260561</v>
       </c>
       <c r="B155" s="7">
-        <v>3095467</v>
+        <v>2870101</v>
       </c>
       <c r="C155" s="8" t="s">
-        <v>157</v>
+        <v>201</v>
       </c>
       <c r="D155" s="10">
-        <v>19</v>
-[...5 lines deleted...]
-    <row r="156" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+        <v>22.5</v>
+      </c>
+      <c r="E155" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="156" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A156" s="11">
-        <v>9788411076692</v>
+        <v>9788466346375</v>
       </c>
       <c r="B156" s="11">
-        <v>1676628</v>
+        <v>2669101</v>
       </c>
       <c r="C156" s="12" t="s">
-        <v>158</v>
-[...8 lines deleted...]
-    <row r="157" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+        <v>126</v>
+      </c>
+      <c r="D156" s="20">
+        <v>17.5</v>
+      </c>
+      <c r="E156" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="157" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A157" s="7">
-        <v>9788411073509</v>
+        <v>9788466373661</v>
       </c>
       <c r="B157" s="7">
-        <v>3001498</v>
+        <v>3052854</v>
       </c>
       <c r="C157" s="8" t="s">
-        <v>159</v>
+        <v>127</v>
       </c>
       <c r="D157" s="10">
-        <v>17.5</v>
-[...5 lines deleted...]
-    <row r="158" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+        <v>21</v>
+      </c>
+      <c r="E157" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="158" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A158" s="11">
-        <v>9788423366958</v>
+        <v>9788466361118</v>
       </c>
       <c r="B158" s="11">
-        <v>3145452</v>
+        <v>2867959</v>
       </c>
       <c r="C158" s="12" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="D158" s="16">
+        <v>128</v>
+      </c>
+      <c r="D158" s="20">
         <v>21</v>
       </c>
-      <c r="E158" s="13">
-[...3 lines deleted...]
-    <row r="159" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="E158" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="159" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A159" s="7">
-        <v>9788466371520</v>
+        <v>9788490624029</v>
       </c>
       <c r="B159" s="7">
-        <v>3018414</v>
+        <v>2178548</v>
       </c>
       <c r="C159" s="8" t="s">
-        <v>161</v>
+        <v>177</v>
       </c>
       <c r="D159" s="10">
         <v>22.5</v>
       </c>
-      <c r="E159" s="9">
-[...3 lines deleted...]
-    <row r="160" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="E159" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="160" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A160" s="11">
-        <v>9788466355278</v>
+        <v>9788408277286</v>
       </c>
       <c r="B160" s="11">
-        <v>3133655</v>
+        <v>2992354</v>
       </c>
       <c r="C160" s="12" t="s">
-        <v>162</v>
-[...8 lines deleted...]
-    <row r="161" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+        <v>129</v>
+      </c>
+      <c r="D160" s="20">
+        <v>22.5</v>
+      </c>
+      <c r="E160" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A161" s="7">
-        <v>9788423363797</v>
+        <v>9788497592208</v>
       </c>
       <c r="B161" s="7">
-        <v>3018420</v>
+        <v>7858973</v>
       </c>
       <c r="C161" s="8" t="s">
-        <v>163</v>
+        <v>130</v>
       </c>
       <c r="D161" s="10">
-        <v>22.5</v>
-[...15 lines deleted...]
-      <c r="D162" s="16">
         <v>21</v>
       </c>
-      <c r="E162" s="13">
-[...3 lines deleted...]
-    <row r="163" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="E161" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A162" s="16">
+        <v>9788466378420</v>
+      </c>
+      <c r="B162" s="16">
+        <v>3173095</v>
+      </c>
+      <c r="C162" s="17" t="s">
+        <v>202</v>
+      </c>
+      <c r="D162" s="21">
+        <v>19</v>
+      </c>
+      <c r="E162" s="18" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A163" s="7">
-        <v>9788466379403</v>
+        <v>9788497592451</v>
       </c>
       <c r="B163" s="7">
-        <v>3173103</v>
+        <v>2124513</v>
       </c>
       <c r="C163" s="8" t="s">
-        <v>165</v>
+        <v>131</v>
       </c>
       <c r="D163" s="10">
+        <v>21</v>
+      </c>
+      <c r="E163" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A164" s="11">
+        <v>9788490323762</v>
+      </c>
+      <c r="B164" s="11">
+        <v>2350327</v>
+      </c>
+      <c r="C164" s="12" t="s">
+        <v>132</v>
+      </c>
+      <c r="D164" s="20">
         <v>19</v>
       </c>
-      <c r="E163" s="9">
-[...20 lines deleted...]
-    <row r="165" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="E164" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="165" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A165" s="7">
-        <v>9788413148328</v>
+        <v>9788408285137</v>
       </c>
       <c r="B165" s="7">
-        <v>3145444</v>
+        <v>3045505</v>
       </c>
       <c r="C165" s="8" t="s">
-        <v>167</v>
+        <v>133</v>
       </c>
       <c r="D165" s="10">
-        <v>17.5</v>
-[...5 lines deleted...]
-    <row r="166" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+        <v>21</v>
+      </c>
+      <c r="E165" s="9" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="166" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A166" s="11">
-        <v>9788408254959</v>
+        <v>9788408269649</v>
       </c>
       <c r="B166" s="11">
-        <v>2837646</v>
+        <v>2942061</v>
       </c>
       <c r="C166" s="12" t="s">
-        <v>168</v>
-[...8 lines deleted...]
-    <row r="167" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+        <v>134</v>
+      </c>
+      <c r="D166" s="20">
+        <v>21</v>
+      </c>
+      <c r="E166" s="13" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="167" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A167" s="7">
-        <v>9788408080794</v>
+        <v>9788410381100</v>
       </c>
       <c r="B167" s="7">
-        <v>5390737</v>
+        <v>3118957</v>
       </c>
       <c r="C167" s="8" t="s">
-        <v>169</v>
+        <v>135</v>
       </c>
       <c r="D167" s="10">
-        <v>19</v>
-[...5 lines deleted...]
-    <row r="168" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+        <v>21</v>
+      </c>
+      <c r="E167" s="9" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="168" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A168" s="11">
-        <v>9788408072799</v>
+        <v>9788410381117</v>
       </c>
       <c r="B168" s="11">
-        <v>6577474</v>
+        <v>3118958</v>
       </c>
       <c r="C168" s="12" t="s">
-        <v>170</v>
-[...8 lines deleted...]
-    <row r="169" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+        <v>136</v>
+      </c>
+      <c r="D168" s="20">
+        <v>21</v>
+      </c>
+      <c r="E168" s="13" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="169" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A169" s="7">
-        <v>9788408072805</v>
+        <v>9788490664186</v>
       </c>
       <c r="B169" s="7">
-        <v>6577423</v>
+        <v>3992756</v>
       </c>
       <c r="C169" s="8" t="s">
-        <v>171</v>
+        <v>137</v>
       </c>
       <c r="D169" s="10">
         <v>19</v>
       </c>
-      <c r="E169" s="9">
-[...3 lines deleted...]
-    <row r="170" spans="1:5" s="18" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="E169" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="170" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A170" s="11">
+        <v>9788411073929</v>
+      </c>
+      <c r="B170" s="11">
+        <v>3035905</v>
+      </c>
+      <c r="C170" s="12" t="s">
+        <v>138</v>
+      </c>
+      <c r="D170" s="20">
+        <v>21</v>
+      </c>
+      <c r="E170" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="171" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A171" s="7">
+        <v>9788499899718</v>
+      </c>
+      <c r="B171" s="7">
+        <v>2464950</v>
+      </c>
+      <c r="C171" s="8" t="s">
+        <v>139</v>
+      </c>
+      <c r="D171" s="10">
+        <v>21</v>
+      </c>
+      <c r="E171" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="172" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A172" s="11">
+        <v>9788432244865</v>
+      </c>
+      <c r="B172" s="11">
+        <v>3173454</v>
+      </c>
+      <c r="C172" s="12" t="s">
+        <v>203</v>
+      </c>
+      <c r="D172" s="20">
+        <v>24</v>
+      </c>
+      <c r="E172" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="173" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A173" s="7">
+        <v>9788408290247</v>
+      </c>
+      <c r="B173" s="7">
+        <v>3073967</v>
+      </c>
+      <c r="C173" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="D173" s="10">
+        <v>22.5</v>
+      </c>
+      <c r="E173" s="9" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="174" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A174" s="11">
+        <v>9788466375306</v>
+      </c>
+      <c r="B174" s="11">
+        <v>3099985</v>
+      </c>
+      <c r="C174" s="12" t="s">
+        <v>141</v>
+      </c>
+      <c r="D174" s="20">
+        <v>21</v>
+      </c>
+      <c r="E174" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="175" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A175" s="7">
+        <v>9788445014318</v>
+      </c>
+      <c r="B175" s="7">
+        <v>2902650</v>
+      </c>
+      <c r="C175" s="8" t="s">
+        <v>142</v>
+      </c>
+      <c r="D175" s="10">
+        <v>16</v>
+      </c>
+      <c r="E175" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="176" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A176" s="11">
+        <v>9788490322222</v>
+      </c>
+      <c r="B176" s="11">
+        <v>2350831</v>
+      </c>
+      <c r="C176" s="12" t="s">
+        <v>143</v>
+      </c>
+      <c r="D176" s="20">
+        <v>21</v>
+      </c>
+      <c r="E176" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="177" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A177" s="7">
+        <v>9788466358774</v>
+      </c>
+      <c r="B177" s="7">
+        <v>2942078</v>
+      </c>
+      <c r="C177" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="D177" s="10">
+        <v>21</v>
+      </c>
+      <c r="E177" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="178" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A178" s="11">
+        <v>9788408299745</v>
+      </c>
+      <c r="B178" s="11">
+        <v>3159386</v>
+      </c>
+      <c r="C178" s="12" t="s">
+        <v>204</v>
+      </c>
+      <c r="D178" s="20">
+        <v>24</v>
+      </c>
+      <c r="E178" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="179" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A179" s="7">
+        <v>9788423365937</v>
+      </c>
+      <c r="B179" s="7">
+        <v>3095467</v>
+      </c>
+      <c r="C179" s="8" t="s">
+        <v>145</v>
+      </c>
+      <c r="D179" s="10">
+        <v>19</v>
+      </c>
+      <c r="E179" s="9" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="180" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A180" s="11">
+        <v>9788411073509</v>
+      </c>
+      <c r="B180" s="11">
+        <v>3001498</v>
+      </c>
+      <c r="C180" s="12" t="s">
+        <v>146</v>
+      </c>
+      <c r="D180" s="20">
+        <v>17.5</v>
+      </c>
+      <c r="E180" s="13" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="181" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A181" s="7">
+        <v>9788423366958</v>
+      </c>
+      <c r="B181" s="7">
+        <v>3145452</v>
+      </c>
+      <c r="C181" s="8" t="s">
+        <v>178</v>
+      </c>
+      <c r="D181" s="10">
+        <v>21</v>
+      </c>
+      <c r="E181" s="9" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="182" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A182" s="11">
+        <v>9788466371520</v>
+      </c>
+      <c r="B182" s="11">
+        <v>3018414</v>
+      </c>
+      <c r="C182" s="12" t="s">
+        <v>147</v>
+      </c>
+      <c r="D182" s="20">
+        <v>22.5</v>
+      </c>
+      <c r="E182" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="183" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A183" s="7">
+        <v>9788466355278</v>
+      </c>
+      <c r="B183" s="7">
+        <v>3133655</v>
+      </c>
+      <c r="C183" s="8" t="s">
+        <v>179</v>
+      </c>
+      <c r="D183" s="10">
+        <v>24</v>
+      </c>
+      <c r="E183" s="9" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="184" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A184" s="11">
+        <v>9788423363797</v>
+      </c>
+      <c r="B184" s="11">
+        <v>3018420</v>
+      </c>
+      <c r="C184" s="12" t="s">
+        <v>148</v>
+      </c>
+      <c r="D184" s="20">
+        <v>22.5</v>
+      </c>
+      <c r="E184" s="13" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="185" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A185" s="7">
+        <v>9788408196440</v>
+      </c>
+      <c r="B185" s="7">
+        <v>2114057</v>
+      </c>
+      <c r="C185" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="D185" s="10">
+        <v>21</v>
+      </c>
+      <c r="E185" s="9" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="186" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A186" s="16">
+        <v>9788466379403</v>
+      </c>
+      <c r="B186" s="16">
+        <v>3173103</v>
+      </c>
+      <c r="C186" s="17" t="s">
+        <v>205</v>
+      </c>
+      <c r="D186" s="21">
+        <v>19</v>
+      </c>
+      <c r="E186" s="18" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="187" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A187" s="7">
+        <v>9788410381476</v>
+      </c>
+      <c r="B187" s="7">
+        <v>3145443</v>
+      </c>
+      <c r="C187" s="8" t="s">
+        <v>180</v>
+      </c>
+      <c r="D187" s="10">
+        <v>17.5</v>
+      </c>
+      <c r="E187" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="188" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A188" s="11">
+        <v>9788413148328</v>
+      </c>
+      <c r="B188" s="11">
+        <v>3145444</v>
+      </c>
+      <c r="C188" s="12" t="s">
+        <v>181</v>
+      </c>
+      <c r="D188" s="20">
+        <v>17.5</v>
+      </c>
+      <c r="E188" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="189" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A189" s="7">
+        <v>9788408254959</v>
+      </c>
+      <c r="B189" s="7">
+        <v>2837646</v>
+      </c>
+      <c r="C189" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="D189" s="10">
+        <v>19</v>
+      </c>
+      <c r="E189" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="190" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A190" s="11">
+        <v>9788408080794</v>
+      </c>
+      <c r="B190" s="11">
+        <v>5390737</v>
+      </c>
+      <c r="C190" s="12" t="s">
+        <v>151</v>
+      </c>
+      <c r="D190" s="20">
+        <v>16</v>
+      </c>
+      <c r="E190" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="191" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A191" s="7">
+        <v>9788408072799</v>
+      </c>
+      <c r="B191" s="7">
+        <v>6577474</v>
+      </c>
+      <c r="C191" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="D191" s="10">
+        <v>19</v>
+      </c>
+      <c r="E191" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="192" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A192" s="11">
+        <v>9788408072805</v>
+      </c>
+      <c r="B192" s="11">
+        <v>6577423</v>
+      </c>
+      <c r="C192" s="12" t="s">
+        <v>153</v>
+      </c>
+      <c r="D192" s="20">
+        <v>14.5</v>
+      </c>
+      <c r="E192" s="13" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="193" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A193" s="7">
         <v>9788466350426</v>
       </c>
-      <c r="B170" s="11">
+      <c r="B193" s="7">
         <v>2160763</v>
       </c>
-      <c r="C170" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D170" s="16">
+      <c r="C193" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="D193" s="10">
         <v>16</v>
       </c>
-      <c r="E170" s="13">
-[...4 lines deleted...]
-      <c r="A171" s="7">
+      <c r="E193" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="194" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A194" s="11">
         <v>9788423365555</v>
       </c>
-      <c r="B171" s="7">
+      <c r="B194" s="11">
         <v>3084631</v>
       </c>
-      <c r="C171" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D171" s="10">
+      <c r="C194" s="12" t="s">
+        <v>155</v>
+      </c>
+      <c r="D194" s="20">
         <v>16</v>
       </c>
-      <c r="E171" s="9">
-[...4 lines deleted...]
-      <c r="A172" s="11">
+      <c r="E194" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="195" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A195" s="7">
         <v>9788466367134</v>
       </c>
-      <c r="B172" s="11">
+      <c r="B195" s="7">
         <v>2896505</v>
       </c>
-      <c r="C172" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D172" s="16">
+      <c r="C195" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="D195" s="10">
         <v>19</v>
       </c>
-      <c r="E172" s="13">
-[...13 lines deleted...]
-      <c r="D173" s="22">
+      <c r="E195" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="196" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A196" s="11">
+        <v>9788466343121</v>
+      </c>
+      <c r="B196" s="11">
+        <v>2654903</v>
+      </c>
+      <c r="C196" s="12" t="s">
+        <v>157</v>
+      </c>
+      <c r="D196" s="20">
+        <v>21</v>
+      </c>
+      <c r="E196" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="197" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A197" s="7">
+        <v>9788466379779</v>
+      </c>
+      <c r="B197" s="7">
+        <v>3118941</v>
+      </c>
+      <c r="C197" s="8" t="s">
+        <v>158</v>
+      </c>
+      <c r="D197" s="10">
+        <v>21</v>
+      </c>
+      <c r="E197" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="198" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A198" s="11">
+        <v>9788411073936</v>
+      </c>
+      <c r="B198" s="11">
+        <v>3035904</v>
+      </c>
+      <c r="C198" s="12" t="s">
+        <v>159</v>
+      </c>
+      <c r="D198" s="20">
+        <v>16</v>
+      </c>
+      <c r="E198" s="13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="199" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A199" s="7">
+        <v>9788411075626</v>
+      </c>
+      <c r="B199" s="7">
+        <v>3173444</v>
+      </c>
+      <c r="C199" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="D199" s="10">
         <v>17.5</v>
       </c>
-      <c r="E173" s="23">
-[...52 lines deleted...]
-      </c>
+      <c r="E199" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="200" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A200" s="7"/>
+      <c r="B200" s="7"/>
+      <c r="C200" s="8"/>
+      <c r="D200" s="10"/>
+      <c r="E200" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="1.7716535433070868" bottom="1.3779527559055118" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="96" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Fett"&amp;12
 &amp;K243478Libri GmbH&amp;"-,Standard"&amp;11
 &amp;12Hamburg • Bad Hersfeld&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;10&amp;K243478Libri GmbH • Friedensallee 273 • 22763 Hamburg • AG Hamburg HRB 65430
 Geschäftsführung: Alyna Wnukowsky (Sprecherin), Ulrich Vollmer
 Aufsichtsratsvorsitzender: Dr. Markus Conrad&amp;R&amp;K243478&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010007E2A28E331B1345B4C54C5E2471F1FA" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="23252ba61a2b42fee7d5f57213e57890">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c7883763-1633-4a33-844b-a4f27752bb33" xmlns:ns3="504620ad-4a5b-4e98-91c4-34164cb416e2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="548f94b230d87df06dce40b2da64a907" ns2:_="" ns3:_="">
     <xsd:import namespace="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <xsd:import namespace="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -4643,111 +5133,102 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="504620ad-4a5b-4e98-91c4-34164cb416e2" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c7883763-1633-4a33-844b-a4f27752bb33">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996B258D-5A6A-4734-BF2E-505977B0BDE3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D3A0488-D8F8-417F-A695-73E4D53C15F4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC4D9CF9-E2A7-47E5-9512-037AD31ADBFF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="c9f90cda-9d81-4aea-911d-f949aaf4de02"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" enabled="0" method="" siteId="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>