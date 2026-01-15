--- v1 (2025-10-29)
+++ v2 (2026-01-15)
@@ -6,707 +6,602 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestandslisten_Quartalsremirückruflisten\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\CM\Import\PM Just the Best\Bestandslisten_Quartalsremirückruflisten\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{958192A4-C2B4-4F87-B243-0EC760AE30F8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9D69B0F7-8B14-464E-8701-7D0B20B116A9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-23148" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{090D3EB2-7819-44A4-A0ED-E064AB1048C0}"/>
   </bookViews>
   <sheets>
     <sheet name="JtB International" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'JtB International'!$A$1:$E$199</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'JtB International'!$A$1:$E$169</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'JtB International'!$4:$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="395" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="172">
   <si>
     <t>Französisch</t>
   </si>
   <si>
     <t>Fett gedruckte Titel sind Neuerscheinungen des kommenden Quartals</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Libri-Nr.</t>
   </si>
   <si>
     <t>Titel</t>
   </si>
   <si>
     <t>UVP</t>
   </si>
   <si>
     <t>Warengruppe</t>
   </si>
   <si>
-    <t>Autissier, I: Soudains, seuls</t>
+    <t>Ankaoua, M: Plus jamais sans moi</t>
+  </si>
+  <si>
+    <t>Barberis, D: Facon d'aimer</t>
   </si>
   <si>
     <t>Berest, A: Carte postale</t>
   </si>
   <si>
     <t>Besson, P: Arrête avec tes mensonges</t>
   </si>
   <si>
-    <t>Bussi, M: Code 612 : qui a tué le Petit Prince ?</t>
+    <t>Beuglet, N: L'ultime avertissement</t>
+  </si>
+  <si>
+    <t>Bussi, M: Assassins de l'aube</t>
   </si>
   <si>
     <t>Bussi, M: Mon coeur a déménagé</t>
   </si>
   <si>
-    <t>Bussi, M: Trois Vies Par Semaine</t>
-[...1 lines deleted...]
-  <si>
     <t>Camus, A: L'etranger</t>
   </si>
   <si>
     <t>Camus, A: Peste</t>
   </si>
   <si>
     <t>Carère, E: V13</t>
   </si>
   <si>
     <t>Chacour, E: Ce que je sais de toi</t>
   </si>
   <si>
     <t>Chalandon, S: L'enragé</t>
   </si>
   <si>
     <t>Claudel, P: Petite fille de Monsieur Linh</t>
   </si>
   <si>
     <t>Colombani, L: Le cerf-volant</t>
   </si>
   <si>
     <t>Colombani, L: Tresse</t>
   </si>
   <si>
     <t>Colombani, L: Victorieuses</t>
   </si>
   <si>
     <t>Combes, B: Existera toujours un chemin</t>
   </si>
   <si>
     <t>Costa, M: Douleurs fantômes</t>
   </si>
   <si>
-    <t>Cusset, C: Definition Du Bonheur</t>
-[...1 lines deleted...]
-  <si>
     <t>Da Costa, M: Femmes Du Bout Du Monde</t>
   </si>
   <si>
+    <t>Da Costa, M: Tenir debout</t>
+  </si>
+  <si>
     <t>Daas, F: Petite dernière</t>
   </si>
   <si>
     <t>Delacourt, G: La liste de mes envies</t>
   </si>
   <si>
     <t>Despentes, V: Cher connard</t>
   </si>
   <si>
     <t>Dicker, J: L'affaire Alaska Sanders</t>
   </si>
   <si>
     <t>Dicker, J: L'Enigme de la chambre 622</t>
   </si>
   <si>
-    <t>Dieudonné, A: Vraie vie</t>
-[...1 lines deleted...]
-  <si>
     <t>Djaili, A: Impatientes</t>
   </si>
   <si>
-    <t>Dupont-Monod, C: S'adapter</t>
-[...1 lines deleted...]
-  <si>
     <t>Empoli, G: Mage du Kremlin</t>
   </si>
   <si>
-    <t>Ernaux, A: L'autre fille</t>
+    <t>Faye, G: Jacaranda</t>
   </si>
   <si>
     <t>Faye, G: Petit pays</t>
   </si>
   <si>
-    <t>Foenkinos, D: mystère Henri Pick</t>
-[...1 lines deleted...]
-  <si>
     <t>Foenkinos, D: Numero Deux</t>
   </si>
   <si>
     <t>Foenkinos, D: Vers la beauté</t>
   </si>
   <si>
+    <t>Foenkinos, D: vie heureuse</t>
+  </si>
+  <si>
     <t>Gavalda, A: Quelqu un m attende</t>
   </si>
   <si>
+    <t>Gavalda: Ensemble, c'est tout</t>
+  </si>
+  <si>
     <t>Gavalda: Je l'aimais</t>
   </si>
   <si>
-    <t>Giebel, K: Glen Affric</t>
-[...10 lines deleted...]
-  <si>
     <t>Grimaldi, V: Il est grand temps de rallumer les étoiles</t>
   </si>
   <si>
+    <t>Hassaine, L: Panorama</t>
+  </si>
+  <si>
     <t>Houellebecq, M: Aneantir</t>
   </si>
   <si>
-    <t>Houellebecq, M: Sérotonine</t>
+    <t>Houellebecq, M: carte et le territoire</t>
+  </si>
+  <si>
+    <t>Houellebecq, M: Les Particules</t>
   </si>
   <si>
     <t>Houellebecq, M: Soumission</t>
   </si>
   <si>
     <t>Khadra, Y: L'attentat</t>
   </si>
   <si>
     <t>Koenig, G: Humus</t>
   </si>
   <si>
     <t>Lafon, M: Histoire Du Fils</t>
   </si>
   <si>
+    <t>Laurain, A: chapeau de Mitterrand</t>
+  </si>
+  <si>
+    <t>Laurain, A: Femme au carnet rouge</t>
+  </si>
+  <si>
     <t>Le Tellier, H: L'anomalie</t>
   </si>
   <si>
     <t>Ledig, A: Abri de fortune</t>
   </si>
   <si>
-    <t>Ledig, A: Juste avant le bonheur</t>
-[...7 lines deleted...]
-  <si>
     <t>Lemaitre, P: Grand Monde</t>
   </si>
   <si>
     <t>Lemaitre, P: Silence et la colère</t>
   </si>
   <si>
-    <t>Levy, M: C'est arrivé la nuit</t>
+    <t>Levy, M: Librairie des livres interdits</t>
   </si>
   <si>
     <t>Levy, M: Symphonie des monstres</t>
   </si>
   <si>
+    <t>Manel, L: Cinq coeurs en sursis</t>
+  </si>
+  <si>
+    <t>Martin-Lugand, A: L'Homme des mille détours</t>
+  </si>
+  <si>
     <t>Mathieu, N: Leurs enfants après eux</t>
   </si>
   <si>
     <t>Modiano, P: Chevreuse</t>
   </si>
   <si>
     <t>Musso, G: Angélique</t>
   </si>
   <si>
     <t>Musso, G: Appartement à Paris</t>
   </si>
   <si>
     <t>Musso, G: La Jeune Fille et la nuit</t>
   </si>
   <si>
     <t>Musso, G: L'Inconnue de la Seine</t>
   </si>
   <si>
-    <t>Norton, C: Par la force des choses</t>
+    <t>Norek, O: Guerriers de l'hiver</t>
   </si>
   <si>
     <t>Nothomb, A: Premier Sang</t>
   </si>
   <si>
-    <t>Nothomb, A: Soif</t>
-[...1 lines deleted...]
-  <si>
     <t>Nothomb: Stupeur</t>
   </si>
   <si>
     <t>Perrin, V: Oubliés du dimanche</t>
   </si>
   <si>
-    <t>Reza, Y: Serge</t>
-[...1 lines deleted...]
-  <si>
     <t>Rosnay, T: Elle s'appelait Sarah</t>
   </si>
   <si>
-    <t>Rosnay, T: Nous Irons Mieux Demain</t>
-[...2 lines deleted...]
-    <t>Rufin, J: Flammes de pierre</t>
+    <t>Rufin, J: Notre otage à Acapulco</t>
   </si>
   <si>
     <t>Saint-Exupery, A: Petit Prince</t>
   </si>
   <si>
     <t>Saint-Exupery, A: Terre des hommes</t>
   </si>
   <si>
     <t>Saint-Exupery, A: Vol de nuit</t>
   </si>
   <si>
+    <t>Sandrel, J: Beaucoup d'amour et quelques cendres</t>
+  </si>
+  <si>
     <t>Sarr, M: Plus secrète mémoire des hommes</t>
   </si>
   <si>
+    <t>Schlesser, T: Yeux de Mona</t>
+  </si>
+  <si>
     <t>Schmitt, E: Monsieur Ibrahim et les fleurs du Coran</t>
   </si>
   <si>
     <t>Schmitt, E: Traversée des temps T1 - Paradis perdus</t>
   </si>
   <si>
-    <t>Scott, A: Insolents</t>
-[...1 lines deleted...]
-  <si>
     <t>Sempe, J: petit Nicolas</t>
   </si>
   <si>
     <t>Sempe, J: petit Nicolas a des ennuis</t>
   </si>
   <si>
     <t>Sempe, J: petit Nicolas/copains</t>
   </si>
   <si>
     <t>Sempe, J: petit Nicolas/vacances</t>
   </si>
   <si>
+    <t>Sinno, N: Triste tigre</t>
+  </si>
+  <si>
     <t>Slimani, L: Chanson douce</t>
   </si>
   <si>
     <t>Slimani, L: Parfum des fleurs la nuit</t>
   </si>
   <si>
     <t>Slimani, L: pays des autres</t>
   </si>
   <si>
     <t>Slimani, L: Regardez-Nous Danser</t>
   </si>
   <si>
-    <t>Thilliez, F: Faille</t>
+    <t>Tesson, S: Avec les fées</t>
+  </si>
+  <si>
+    <t>Thilliez, F: Norferville</t>
+  </si>
+  <si>
+    <t>Vargas, F: homme aux cercles bleus</t>
+  </si>
+  <si>
+    <t>Vargas, F: Lieu incertain</t>
+  </si>
+  <si>
+    <t>Vargas, F: Pars vite et reviens tard</t>
   </si>
   <si>
     <t>Vargas, F: Quand sort la recluse</t>
   </si>
   <si>
     <t>Vargas, F: Sur la dalle</t>
   </si>
   <si>
     <t>Verne, J: Tour du monde</t>
   </si>
   <si>
     <t>Vigan, D: Après une histoire vraie</t>
   </si>
   <si>
     <t>Vigan, D: Enfants sont rois</t>
   </si>
   <si>
     <t>Vigan, D: Les gratitudes</t>
   </si>
   <si>
     <t>Vigan, D: No et moi</t>
   </si>
   <si>
-    <t>Vigan, D: Rien ne s'oppose à la nuit</t>
-[...4 lines deleted...]
-  <si>
     <t>Zeniter, A: L'art de perdre</t>
   </si>
   <si>
     <t>Spanisch</t>
   </si>
   <si>
     <t>Allende, I : Casa de los espiritus</t>
   </si>
   <si>
     <t>Allende, I: Ciudad de las Bestias</t>
   </si>
   <si>
+    <t>Allende, I: De amor y de sombra</t>
+  </si>
+  <si>
     <t>Allende, I: Eva Luna</t>
   </si>
   <si>
     <t>Allende, I: Largo petalo de mar</t>
   </si>
   <si>
     <t>Allende, I: Mas alla del invierno</t>
   </si>
   <si>
     <t>Allende, I: Mujeres del alma mia</t>
   </si>
   <si>
     <t>Allende, I: Viento conoce mi nombre</t>
   </si>
   <si>
     <t>Allende, I: Violeta</t>
   </si>
   <si>
-    <t>Aramburu, F: Hijos de la fabula</t>
+    <t>Aramburu, F: Niño</t>
   </si>
   <si>
     <t>Aramburu, F: Patria</t>
   </si>
   <si>
     <t>Aramburu, F: Vencejos</t>
   </si>
   <si>
-    <t>Arbol, V: Nadie en esta tierra</t>
-[...4 lines deleted...]
-  <si>
     <t>Benavent, E: Como no escribi nuestra historia</t>
   </si>
   <si>
     <t>Benavent, E: Cuento perfecto</t>
   </si>
   <si>
     <t>Benavent, E: Toda la verdad de mis mentiras</t>
   </si>
   <si>
     <t>Benavent, E: Todas esas cosas que te dire mañana</t>
   </si>
   <si>
     <t>Campos, C: Historias de mujeres casadas</t>
   </si>
   <si>
     <t>Campos, C: Pan de limón con semillas de amapola</t>
   </si>
   <si>
-    <t>Carrasco, J: Llevame a casa</t>
+    <t>Carrasco, J: Elogio de las manos</t>
   </si>
   <si>
     <t>Castillo, J: Cuco de cristal</t>
   </si>
   <si>
     <t>Castillo, J: Juego del alma</t>
   </si>
   <si>
+    <t>Dueñas, M: Sira</t>
+  </si>
+  <si>
     <t>Espinosa, A: Que te dire cuando te vuelva a ver</t>
   </si>
   <si>
     <t>Falcones, I: Esclava de la libertad</t>
   </si>
   <si>
-    <t>Falcones, I: Pintor de almas</t>
-[...2 lines deleted...]
-    <t>Gabas, L: Lejos de Luisiana</t>
+    <t>Falcones, I: Reina Descalza</t>
   </si>
   <si>
     <t>Garcia Marquez, G: Cien anos</t>
   </si>
   <si>
+    <t>Garcia Marquez, G: En Agosto nos vemos</t>
+  </si>
+  <si>
     <t>Garcia Marquez, G: Tiempos del colera</t>
   </si>
   <si>
     <t>Garcia Marquez: Relato de un náufrago</t>
   </si>
   <si>
-    <t>Garcia Saenz de Urturi, E: Angel de la ciudad</t>
-[...1 lines deleted...]
-  <si>
     <t>Garcia Saenz de Urturi, E: Libro negro de las horas</t>
   </si>
   <si>
     <t>Gomez-Jurado, J: Todo arde</t>
   </si>
   <si>
-    <t>Gomez-Jurado, J: Todo vuelve</t>
+    <t>Gomez-Jurado, J: Todo Muere</t>
   </si>
   <si>
     <t>Grandes, A: Besos en el pan</t>
   </si>
   <si>
     <t>Grandes, A: Todo va a mejorar</t>
   </si>
   <si>
-    <t>Marías, J: Enamoramientos</t>
-[...5 lines deleted...]
-    <t>Montfort, V: Hermandad de las malas hijas</t>
+    <t>Landero, L: Ultima funcion</t>
+  </si>
+  <si>
+    <t>Mola, C: Clan</t>
+  </si>
+  <si>
+    <t>Navarro, J: Dime quién soy</t>
+  </si>
+  <si>
+    <t>Onega, S: Hijas de la criada</t>
+  </si>
+  <si>
+    <t>Oruña, M: Inocentes</t>
+  </si>
+  <si>
+    <t>Padura, L: Ir a La Habana</t>
+  </si>
+  <si>
+    <t>Padura, L: Personas decentes</t>
+  </si>
+  <si>
+    <t>Perez Gellida, C: Bajo tierra seca</t>
+  </si>
+  <si>
+    <t>Perez Reverte, A: Revolucion</t>
+  </si>
+  <si>
+    <t>Perez-Reverte, A: Problema final</t>
+  </si>
+  <si>
+    <t>Redondo, D: Esperando al diluvio</t>
+  </si>
+  <si>
+    <t>Redondo, D: Todo esto te dare</t>
+  </si>
+  <si>
+    <t>Rivera, A: Nina del sombrero azul</t>
+  </si>
+  <si>
+    <t>Ron, M: 10,000 millas para encontrarte</t>
+  </si>
+  <si>
+    <t>Ron, M: 30 sunsets para enamorarte</t>
+  </si>
+  <si>
+    <t>Ruiz Zafon, C: Ciudad de vapor</t>
+  </si>
+  <si>
+    <t>Ruiz Zafón, C: Luces de septiembre</t>
+  </si>
+  <si>
+    <t>Ruiz Zafon, C: Palacio de la medianoche</t>
+  </si>
+  <si>
+    <t>Ruiz Zafon, C: Principe de la niebla</t>
+  </si>
+  <si>
+    <t>Sainz Borgo, K: Hija de la española</t>
+  </si>
+  <si>
+    <t>Santos, C: Loco de los pajaros</t>
+  </si>
+  <si>
+    <t>Simon, P: Siguientes</t>
+  </si>
+  <si>
+    <t>Vargas Llosa, M: Dedico mi silencio</t>
+  </si>
+  <si>
+    <t>Bestandsliste Just the Best International • 1. Quartal 2026</t>
+  </si>
+  <si>
+    <t>Besson, P: Vous parler de mon fils</t>
+  </si>
+  <si>
+    <t>Bonnefoy, M: Rêve du jaguar</t>
+  </si>
+  <si>
+    <t>Collette, S: Madelaine avant l'aube</t>
+  </si>
+  <si>
+    <t>Collin, P: Barman du Ritz</t>
+  </si>
+  <si>
+    <t>Vargas,F.: Debout les morts</t>
+  </si>
+  <si>
+    <t>Arbol, V: Tiempo de las fieras</t>
+  </si>
+  <si>
+    <t>Cercas, J: Terra alta</t>
+  </si>
+  <si>
+    <t>Mendoza, E: Tres enigmas para la organizacion</t>
   </si>
   <si>
     <t>Moreno-Garcia, S: Gotico</t>
   </si>
   <si>
-    <t>Navarro, J: Dime quién soy</t>
-[...188 lines deleted...]
-    <t>Venturini, A: Rieles</t>
+    <t>Perez-Reverte, A: Isla de la mujer dormida</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -716,58 +611,58 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF243478"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -861,98 +756,98 @@
     </xf>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...12 lines deleted...]
-    <xf numFmtId="1" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="6" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="7" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="1" fontId="6" fillId="3" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="6" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="6" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...10 lines deleted...]
-      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 3" xfId="1" xr:uid="{E5547F80-CBED-4D8B-A4AB-8ADEC00C389C}"/>
   </cellStyles>
   <dxfs count="9">
     <dxf>
       <font>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="1" formatCode="0"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor rgb="FFD9DADB"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
@@ -1175,51 +1070,51 @@
   <colors>
     <mruColors>
       <color rgb="FF243478"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{DB70F4E0-5122-44C9-A069-BAE66F739666}" name="Tabelle5" displayName="Tabelle5" ref="A4:E128" totalsRowShown="0" headerRowDxfId="5">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{DB70F4E0-5122-44C9-A069-BAE66F739666}" name="Tabelle5" displayName="Tabelle5" ref="A4:E169" totalsRowShown="0" headerRowDxfId="5">
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{BE38B0E2-A417-42E3-A815-51EAF3316FCC}" name="EAN" dataDxfId="4" dataCellStyle="Standard 3"/>
     <tableColumn id="2" xr3:uid="{557C5361-75BF-41D0-9BE4-702B2D5D36F3}" name="Libri-Nr." dataDxfId="3" dataCellStyle="Standard 3"/>
     <tableColumn id="3" xr3:uid="{19984736-2128-4755-94EB-6DA12D7F4405}" name="Titel" dataDxfId="2" dataCellStyle="Standard 3"/>
     <tableColumn id="4" xr3:uid="{59F95023-B76C-4851-984F-F321023A9EA0}" name="UVP" dataDxfId="1" dataCellStyle="Standard 3"/>
     <tableColumn id="5" xr3:uid="{4A02480C-E1CF-4756-9D0C-FA32CF235BB9}" name="Warengruppe" dataDxfId="0" dataCellStyle="Standard 3"/>
   </tableColumns>
   <tableStyleInfo name="Libri-Tabellenformat" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022-Design">
   <a:themeElements>
     <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -1491,3450 +1386,2944 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D61CB4B-7791-4ED0-AE80-E77BE2D65B28}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E200"/>
+  <dimension ref="A1:E169"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A184" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E199" sqref="A1:E199"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="F149" sqref="F1:F1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="14.88671875" style="2" customWidth="1"/>
     <col min="2" max="2" width="9.88671875" style="2" customWidth="1"/>
     <col min="3" max="3" width="43.33203125" style="6" customWidth="1"/>
-    <col min="4" max="4" width="7.44140625" style="22" customWidth="1"/>
+    <col min="4" max="4" width="7.44140625" style="17" customWidth="1"/>
     <col min="5" max="5" width="15.5546875" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A1" s="23" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="23"/>
+      <c r="A1" s="26" t="s">
+        <v>161</v>
+      </c>
+      <c r="B1" s="26"/>
+      <c r="C1" s="26"/>
+      <c r="D1" s="26"/>
+      <c r="E1" s="26"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A2" s="24" t="s">
+      <c r="A2" s="27" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="24"/>
-[...2 lines deleted...]
-      <c r="E2" s="24"/>
+      <c r="B2" s="27"/>
+      <c r="C2" s="27"/>
+      <c r="D2" s="27"/>
+      <c r="E2" s="27"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="19" t="s">
+      <c r="D4" s="15" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A5" s="15" t="s">
+      <c r="A5" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" s="8"/>
       <c r="D5" s="9"/>
       <c r="E5" s="10"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6" s="11">
         <v>9782290412312</v>
       </c>
       <c r="B6" s="11">
         <v>3115835</v>
       </c>
       <c r="C6" s="12" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="D6" s="20">
+        <v>7</v>
+      </c>
+      <c r="D6" s="16">
         <v>13</v>
       </c>
-      <c r="E6" s="13" t="s">
-        <v>183</v>
+      <c r="E6" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A7" s="7">
-        <v>9782253098997</v>
+        <v>9782073095503</v>
       </c>
       <c r="B7" s="7">
-        <v>5911699</v>
+        <v>3115867</v>
       </c>
       <c r="C7" s="8" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D7" s="10">
-        <v>11.5</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>12.5</v>
+      </c>
+      <c r="E7" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A8" s="11">
-        <v>9782073095503</v>
+        <v>9782253937708</v>
       </c>
       <c r="B8" s="11">
-        <v>3115867</v>
+        <v>2866758</v>
       </c>
       <c r="C8" s="12" t="s">
-        <v>161</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>9</v>
+      </c>
+      <c r="D8" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E8" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A9" s="7">
-        <v>9782253937708</v>
+        <v>9782266306423</v>
       </c>
       <c r="B9" s="7">
-        <v>2866758</v>
+        <v>2208570</v>
       </c>
       <c r="C9" s="8" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D9" s="10">
-        <v>14.5</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>10.5</v>
+      </c>
+      <c r="E9" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A10" s="11">
-[...25 lines deleted...]
-      <c r="D11" s="26">
+      <c r="A10" s="22">
+        <v>9782266353588</v>
+      </c>
+      <c r="B10" s="22">
+        <v>2028529</v>
+      </c>
+      <c r="C10" s="23" t="s">
+        <v>162</v>
+      </c>
+      <c r="D10" s="24">
+        <v>11</v>
+      </c>
+      <c r="E10" s="25">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A11" s="7">
+        <v>9782266352833</v>
+      </c>
+      <c r="B11" s="7">
+        <v>3167643</v>
+      </c>
+      <c r="C11" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" s="10">
         <v>13</v>
       </c>
-      <c r="E11" s="27" t="s">
-        <v>185</v>
+      <c r="E11" s="9">
+        <v>21200</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A12" s="11">
-        <v>9782266328210</v>
+        <v>9782743667900</v>
       </c>
       <c r="B12" s="11">
-        <v>2866525</v>
+        <v>2034456</v>
       </c>
       <c r="C12" s="12" t="s">
-        <v>10</v>
-[...5 lines deleted...]
-        <v>185</v>
+        <v>163</v>
+      </c>
+      <c r="D12" s="16">
+        <v>15</v>
+      </c>
+      <c r="E12" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A13" s="7">
-        <v>9782266347105</v>
+        <v>9782266353267</v>
       </c>
       <c r="B13" s="7">
-        <v>3115845</v>
+        <v>3167644</v>
       </c>
       <c r="C13" s="8" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D13" s="10">
         <v>13.5</v>
       </c>
-      <c r="E13" s="9" t="s">
-        <v>185</v>
+      <c r="E13" s="9">
+        <v>21200</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A14" s="11">
-        <v>9782266339001</v>
+        <v>9782266347105</v>
       </c>
       <c r="B14" s="11">
-        <v>3014098</v>
+        <v>3115845</v>
       </c>
       <c r="C14" s="12" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D14" s="20">
+        <v>13</v>
+      </c>
+      <c r="D14" s="16">
         <v>13.5</v>
       </c>
-      <c r="E14" s="13" t="s">
-        <v>185</v>
+      <c r="E14" s="13">
+        <v>21200</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A15" s="7">
         <v>9782070360024</v>
       </c>
       <c r="B15" s="7">
         <v>5071763</v>
       </c>
       <c r="C15" s="8" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D15" s="10">
         <v>11</v>
       </c>
-      <c r="E15" s="9" t="s">
-[...3 lines deleted...]
-    <row r="16" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="E15" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A16" s="11">
         <v>9782070360420</v>
       </c>
       <c r="B16" s="11">
         <v>5071798</v>
       </c>
       <c r="C16" s="12" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D16" s="20">
+        <v>15</v>
+      </c>
+      <c r="D16" s="16">
         <v>12.5</v>
       </c>
-      <c r="E16" s="13" t="s">
-[...3 lines deleted...]
-    <row r="17" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="E16" s="13">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A17" s="7">
         <v>9782073045331</v>
       </c>
       <c r="B17" s="7">
         <v>3014107</v>
       </c>
       <c r="C17" s="8" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D17" s="10">
         <v>13</v>
       </c>
-      <c r="E17" s="9" t="s">
-        <v>183</v>
+      <c r="E17" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A18" s="11">
         <v>9782073034809</v>
       </c>
       <c r="B18" s="11">
         <v>3115829</v>
       </c>
       <c r="C18" s="12" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D18" s="20">
+        <v>17</v>
+      </c>
+      <c r="D18" s="16">
         <v>14</v>
       </c>
-      <c r="E18" s="13" t="s">
-        <v>183</v>
+      <c r="E18" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A19" s="7">
         <v>9782253249146</v>
       </c>
       <c r="B19" s="7">
         <v>3115807</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D19" s="10">
         <v>14.5</v>
       </c>
-      <c r="E19" s="9" t="s">
-        <v>183</v>
+      <c r="E19" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A20" s="11">
         <v>9782253115540</v>
       </c>
       <c r="B20" s="11">
         <v>4507312</v>
       </c>
       <c r="C20" s="12" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D20" s="20">
+        <v>19</v>
+      </c>
+      <c r="D20" s="16">
         <v>11.5</v>
       </c>
-      <c r="E20" s="13" t="s">
-        <v>183</v>
+      <c r="E20" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A21" s="7">
-[...8 lines deleted...]
-      <c r="D21" s="10">
+      <c r="A21" s="14">
+        <v>9782253251972</v>
+      </c>
+      <c r="B21" s="14">
+        <v>2028649</v>
+      </c>
+      <c r="C21" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="D21" s="19">
         <v>12.5</v>
       </c>
-      <c r="E21" s="9" t="s">
-        <v>183</v>
+      <c r="E21" s="20">
+        <v>21110</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A22" s="11">
-[...12 lines deleted...]
-        <v>183</v>
+      <c r="A22" s="22">
+        <v>9782253251828</v>
+      </c>
+      <c r="B22" s="22">
+        <v>3167678</v>
+      </c>
+      <c r="C22" s="23" t="s">
+        <v>165</v>
+      </c>
+      <c r="D22" s="24">
+        <v>14.5</v>
+      </c>
+      <c r="E22" s="25">
+        <v>21110</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A23" s="7">
-        <v>9782253934639</v>
+        <v>9782253262848</v>
       </c>
       <c r="B23" s="7">
-        <v>2760698</v>
+        <v>2810653</v>
       </c>
       <c r="C23" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" s="10">
+        <v>12.5</v>
+      </c>
+      <c r="E23" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A24" s="11">
+        <v>9782253906568</v>
+      </c>
+      <c r="B24" s="11">
+        <v>9380175</v>
+      </c>
+      <c r="C24" s="12" t="s">
         <v>21</v>
       </c>
-      <c r="D23" s="10">
-[...20 lines deleted...]
-        <v>183</v>
+      <c r="D24" s="16">
+        <v>13</v>
+      </c>
+      <c r="E24" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A25" s="7">
-        <v>9782253941705</v>
+        <v>9782253934639</v>
       </c>
       <c r="B25" s="7">
-        <v>2917644</v>
+        <v>2760698</v>
       </c>
       <c r="C25" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D25" s="10">
+        <v>12.5</v>
+      </c>
+      <c r="E25" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A26" s="11">
+        <v>9782290398166</v>
+      </c>
+      <c r="B26" s="11">
+        <v>3014113</v>
+      </c>
+      <c r="C26" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="D25" s="10">
-[...20 lines deleted...]
-        <v>183</v>
+      <c r="D26" s="16">
+        <v>12.5</v>
+      </c>
+      <c r="E26" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A27" s="7">
+        <v>9782253941705</v>
+      </c>
+      <c r="B27" s="7">
+        <v>2917644</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D27" s="10">
+        <v>14.5</v>
+      </c>
+      <c r="E27" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A28" s="11">
         <v>9782253249016</v>
       </c>
-      <c r="B27" s="7">
+      <c r="B28" s="11">
         <v>3014081</v>
       </c>
-      <c r="C27" s="8" t="s">
+      <c r="C28" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="D27" s="10">
-[...20 lines deleted...]
-        <v>183</v>
+      <c r="D28" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E28" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A29" s="7">
-        <v>9782253080084</v>
+        <v>9782253251712</v>
       </c>
       <c r="B29" s="7">
-        <v>2778247</v>
+        <v>3167670</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>26</v>
       </c>
       <c r="D29" s="10">
-        <v>11.5</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>16</v>
+      </c>
+      <c r="E29" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A30" s="11">
-        <v>9782253168539</v>
+        <v>9782253080084</v>
       </c>
       <c r="B30" s="11">
-        <v>4130944</v>
+        <v>2778247</v>
       </c>
       <c r="C30" s="12" t="s">
         <v>27</v>
       </c>
-      <c r="D30" s="20">
-[...6 lines deleted...]
-    <row r="31" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="D30" s="16">
+        <v>12.5</v>
+      </c>
+      <c r="E30" s="13">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A31" s="7">
-        <v>9782253079699</v>
+        <v>9782253168539</v>
       </c>
       <c r="B31" s="7">
-        <v>2973241</v>
+        <v>4130944</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>28</v>
       </c>
       <c r="D31" s="10">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>11.5</v>
+      </c>
+      <c r="E31" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A32" s="11">
-        <v>9782889730490</v>
+        <v>9782253079699</v>
       </c>
       <c r="B32" s="11">
-        <v>3031099</v>
+        <v>2973241</v>
       </c>
       <c r="C32" s="12" t="s">
         <v>29</v>
       </c>
-      <c r="D32" s="20">
-[...3 lines deleted...]
-        <v>185</v>
+      <c r="D32" s="16">
+        <v>13</v>
+      </c>
+      <c r="E32" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A33" s="7">
-        <v>9782889730025</v>
+        <v>9782889730490</v>
       </c>
       <c r="B33" s="7">
-        <v>2838733</v>
+        <v>3031099</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>30</v>
       </c>
       <c r="D33" s="10">
         <v>14.5</v>
       </c>
-      <c r="E33" s="9" t="s">
-        <v>185</v>
+      <c r="E33" s="9">
+        <v>21200</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A34" s="11">
-        <v>9782253100782</v>
+        <v>9782889730025</v>
       </c>
       <c r="B34" s="11">
-        <v>2486262</v>
+        <v>2838733</v>
       </c>
       <c r="C34" s="12" t="s">
         <v>31</v>
       </c>
-      <c r="D34" s="20">
-[...6 lines deleted...]
-    <row r="35" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="D34" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E34" s="13">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" s="21" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A35" s="7">
         <v>9782290252949</v>
       </c>
       <c r="B35" s="7">
         <v>2810439</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>32</v>
       </c>
       <c r="D35" s="10">
         <v>12</v>
       </c>
-      <c r="E35" s="9" t="s">
-        <v>183</v>
+      <c r="E35" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A36" s="11">
-        <v>9782253936718</v>
+        <v>9782073003911</v>
       </c>
       <c r="B36" s="11">
-        <v>2866756</v>
+        <v>2917708</v>
       </c>
       <c r="C36" s="12" t="s">
         <v>33</v>
       </c>
-      <c r="D36" s="20">
-[...3 lines deleted...]
-        <v>183</v>
+      <c r="D36" s="16">
+        <v>13</v>
+      </c>
+      <c r="E36" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A37" s="7">
-        <v>9782073003911</v>
+        <v>9782253252030</v>
       </c>
       <c r="B37" s="7">
-        <v>2917708</v>
+        <v>3167673</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>34</v>
       </c>
       <c r="D37" s="10">
         <v>13</v>
       </c>
-      <c r="E37" s="9" t="s">
-        <v>183</v>
+      <c r="E37" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A38" s="11">
-        <v>9782073016843</v>
+        <v>9782253070443</v>
       </c>
       <c r="B38" s="11">
-        <v>2973482</v>
+        <v>4724704</v>
       </c>
       <c r="C38" s="12" t="s">
         <v>35</v>
       </c>
-      <c r="D38" s="20">
-[...3 lines deleted...]
-        <v>183</v>
+      <c r="D38" s="16">
+        <v>12.5</v>
+      </c>
+      <c r="E38" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A39" s="7">
-        <v>9782253070443</v>
+        <v>9782073001962</v>
       </c>
       <c r="B39" s="7">
-        <v>4724704</v>
+        <v>2917676</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>36</v>
       </c>
       <c r="D39" s="10">
-        <v>11.5</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>13</v>
+      </c>
+      <c r="E39" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A40" s="11">
-        <v>9782072762031</v>
+        <v>9782072824425</v>
       </c>
       <c r="B40" s="11">
-        <v>2514095</v>
+        <v>2242317</v>
       </c>
       <c r="C40" s="12" t="s">
         <v>37</v>
       </c>
-      <c r="D40" s="20">
-[...3 lines deleted...]
-        <v>183</v>
+      <c r="D40" s="16">
+        <v>12.5</v>
+      </c>
+      <c r="E40" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A41" s="7">
-        <v>9782073001962</v>
+        <v>9782073096203</v>
       </c>
       <c r="B41" s="7">
-        <v>2917676</v>
+        <v>3115868</v>
       </c>
       <c r="C41" s="8" t="s">
         <v>38</v>
       </c>
       <c r="D41" s="10">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>14</v>
+      </c>
+      <c r="E41" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A42" s="11">
-        <v>9782072824425</v>
+        <v>9782290311783</v>
       </c>
       <c r="B42" s="11">
-        <v>2242317</v>
+        <v>5411041</v>
       </c>
       <c r="C42" s="12" t="s">
         <v>39</v>
       </c>
-      <c r="D42" s="20">
-[...3 lines deleted...]
-        <v>183</v>
+      <c r="D42" s="16">
+        <v>10</v>
+      </c>
+      <c r="E42" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A43" s="7">
-        <v>9782073096203</v>
+        <v>9782290343715</v>
       </c>
       <c r="B43" s="7">
-        <v>3115868</v>
+        <v>6814069</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>187</v>
+        <v>40</v>
       </c>
       <c r="D43" s="10">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>13.5</v>
+      </c>
+      <c r="E43" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A44" s="11">
-        <v>9782290311783</v>
+        <v>9782290340783</v>
       </c>
       <c r="B44" s="11">
-        <v>5411041</v>
+        <v>3529606</v>
       </c>
       <c r="C44" s="12" t="s">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="45" spans="1:5" x14ac:dyDescent="0.3">
+        <v>41</v>
+      </c>
+      <c r="D44" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E44" s="13">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="7">
-        <v>9782290343715</v>
+        <v>9782253100492</v>
       </c>
       <c r="B45" s="7">
-        <v>6814069</v>
+        <v>2242325</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>162</v>
+        <v>42</v>
       </c>
       <c r="D45" s="10">
-        <v>13.5</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>13</v>
+      </c>
+      <c r="E45" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A46" s="11">
-        <v>9782290340783</v>
+        <v>9782073095282</v>
       </c>
       <c r="B46" s="11">
-        <v>3529606</v>
+        <v>3115831</v>
       </c>
       <c r="C46" s="12" t="s">
-        <v>41</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>43</v>
+      </c>
+      <c r="D46" s="16">
+        <v>12.5</v>
+      </c>
+      <c r="E46" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A47" s="7">
-        <v>9791033917526</v>
+        <v>9782290404331</v>
       </c>
       <c r="B47" s="7">
-        <v>3045321</v>
+        <v>3014111</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D47" s="10">
         <v>15.5</v>
       </c>
-      <c r="E47" s="9" t="s">
-[...3 lines deleted...]
-    <row r="48" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="E47" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A48" s="11">
-        <v>9782266344685</v>
+        <v>9782290032039</v>
       </c>
       <c r="B48" s="11">
-        <v>3073245</v>
+        <v>8682631</v>
       </c>
       <c r="C48" s="12" t="s">
-        <v>43</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>45</v>
+      </c>
+      <c r="D48" s="16">
+        <v>13</v>
+      </c>
+      <c r="E48" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A49" s="7">
-        <v>9782290388389</v>
+        <v>9782290028599</v>
       </c>
       <c r="B49" s="7">
-        <v>3014112</v>
+        <v>8633550</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D49" s="10">
-        <v>11.5</v>
-[...5 lines deleted...]
-    <row r="50" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+        <v>13</v>
+      </c>
+      <c r="E49" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A50" s="11">
-        <v>9782266186674</v>
+        <v>9782290113615</v>
       </c>
       <c r="B50" s="11">
-        <v>6395716</v>
+        <v>2555308</v>
       </c>
       <c r="C50" s="12" t="s">
-        <v>45</v>
-[...8 lines deleted...]
-    <row r="51" spans="1:5" s="14" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+        <v>47</v>
+      </c>
+      <c r="D50" s="16">
+        <v>13</v>
+      </c>
+      <c r="E50" s="13">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A51" s="7">
-        <v>9782253100492</v>
+        <v>9782266204972</v>
       </c>
       <c r="B51" s="7">
-        <v>2242325</v>
+        <v>1895680</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D51" s="10">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>12.5</v>
+      </c>
+      <c r="E51" s="9">
+        <v>11110</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A52" s="11">
-        <v>9782073095282</v>
+        <v>9782290397060</v>
       </c>
       <c r="B52" s="11">
-        <v>3115831</v>
+        <v>3073382</v>
       </c>
       <c r="C52" s="12" t="s">
-        <v>163</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>49</v>
+      </c>
+      <c r="D52" s="16">
+        <v>14</v>
+      </c>
+      <c r="E52" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A53" s="7">
-        <v>9782290404331</v>
+        <v>9782072935695</v>
       </c>
       <c r="B53" s="7">
-        <v>3014111</v>
+        <v>2810424</v>
       </c>
       <c r="C53" s="8" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D53" s="10">
-        <v>15.5</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>12.5</v>
+      </c>
+      <c r="E53" s="9">
+        <v>11110</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A54" s="11">
-        <v>9782290032039</v>
+        <v>9782290057261</v>
       </c>
       <c r="B54" s="11">
-        <v>8682631</v>
+        <v>3756378</v>
       </c>
       <c r="C54" s="12" t="s">
-        <v>164</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>51</v>
+      </c>
+      <c r="D54" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E54" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A55" s="7">
-        <v>9782290028599</v>
+        <v>9782290104637</v>
       </c>
       <c r="B55" s="7">
-        <v>8633550</v>
+        <v>2215711</v>
       </c>
       <c r="C55" s="8" t="s">
-        <v>188</v>
+        <v>52</v>
       </c>
       <c r="D55" s="10">
-        <v>12.5</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>12</v>
+      </c>
+      <c r="E55" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A56" s="11">
-        <v>9782290212196</v>
+        <v>9782072965821</v>
       </c>
       <c r="B56" s="11">
-        <v>2757662</v>
+        <v>2810427</v>
       </c>
       <c r="C56" s="12" t="s">
-        <v>48</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>53</v>
+      </c>
+      <c r="D56" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E56" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A57" s="7">
-        <v>9782290113615</v>
+        <v>9782253248460</v>
       </c>
       <c r="B57" s="7">
-        <v>2555308</v>
+        <v>3014091</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="D57" s="10">
         <v>13</v>
       </c>
-      <c r="E57" s="9" t="s">
-        <v>183</v>
+      <c r="E57" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A58" s="11">
-        <v>9782266204972</v>
+        <v>9782253940845</v>
       </c>
       <c r="B58" s="11">
-        <v>1895680</v>
+        <v>2917643</v>
       </c>
       <c r="C58" s="12" t="s">
-        <v>50</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>55</v>
+      </c>
+      <c r="D58" s="16">
+        <v>15.5</v>
+      </c>
+      <c r="E58" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A59" s="7">
-        <v>9782290397060</v>
+        <v>9782253247272</v>
       </c>
       <c r="B59" s="7">
-        <v>3073382</v>
+        <v>3014088</v>
       </c>
       <c r="C59" s="8" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="D59" s="10">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>15.5</v>
+      </c>
+      <c r="E59" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A60" s="11">
-        <v>9782072935695</v>
+        <v>9782266325325</v>
       </c>
       <c r="B60" s="11">
-        <v>2810424</v>
+        <v>3167648</v>
       </c>
       <c r="C60" s="12" t="s">
-        <v>52</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>57</v>
+      </c>
+      <c r="D60" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E60" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A61" s="7">
-        <v>9782290057261</v>
+        <v>9782266325318</v>
       </c>
       <c r="B61" s="7">
-        <v>3756378</v>
+        <v>3073247</v>
       </c>
       <c r="C61" s="8" t="s">
-        <v>165</v>
+        <v>58</v>
       </c>
       <c r="D61" s="10">
-        <v>11.5</v>
-[...5 lines deleted...]
-    <row r="62" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+        <v>13</v>
+      </c>
+      <c r="E61" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" s="21" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A62" s="11">
-        <v>9782290104637</v>
+        <v>9782253251125</v>
       </c>
       <c r="B62" s="11">
-        <v>2215711</v>
+        <v>3115818</v>
       </c>
       <c r="C62" s="12" t="s">
-        <v>166</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>59</v>
+      </c>
+      <c r="D62" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E62" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A63" s="7">
-        <v>9782072965821</v>
+        <v>9782266333207</v>
       </c>
       <c r="B63" s="7">
-        <v>2810427</v>
+        <v>3115848</v>
       </c>
       <c r="C63" s="8" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="D63" s="10">
         <v>13.5</v>
       </c>
-      <c r="E63" s="9" t="s">
-        <v>183</v>
+      <c r="E63" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A64" s="11">
-        <v>9782253248460</v>
+        <v>9782330139179</v>
       </c>
       <c r="B64" s="11">
-        <v>3014091</v>
+        <v>2129806</v>
       </c>
       <c r="C64" s="12" t="s">
-        <v>54</v>
-[...8 lines deleted...]
-    <row r="65" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+        <v>61</v>
+      </c>
+      <c r="D64" s="16">
+        <v>15.5</v>
+      </c>
+      <c r="E64" s="13">
+        <v>11110</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A65" s="7">
-        <v>9782253248316</v>
+        <v>9782073017796</v>
       </c>
       <c r="B65" s="7">
-        <v>2973229</v>
+        <v>2973489</v>
       </c>
       <c r="C65" s="8" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="D65" s="10">
-        <v>13.5</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>11.5</v>
+      </c>
+      <c r="E65" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A66" s="11">
-        <v>9782738113979</v>
+        <v>9782253106647</v>
       </c>
       <c r="B66" s="11">
-        <v>3436837</v>
+        <v>3029934</v>
       </c>
       <c r="C66" s="12" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D66" s="20">
+        <v>63</v>
+      </c>
+      <c r="D66" s="16">
         <v>13</v>
       </c>
-      <c r="E66" s="13" t="s">
-        <v>183</v>
+      <c r="E66" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A67" s="7">
-        <v>9782253194613</v>
+        <v>9782266285025</v>
       </c>
       <c r="B67" s="7">
-        <v>2181365</v>
+        <v>2522608</v>
       </c>
       <c r="C67" s="8" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="D67" s="10">
         <v>14.5</v>
       </c>
-      <c r="E67" s="9" t="s">
-        <v>183</v>
+      <c r="E67" s="9">
+        <v>21200</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A68" s="11">
-        <v>9782253940845</v>
+        <v>9782253237624</v>
       </c>
       <c r="B68" s="11">
-        <v>2917643</v>
+        <v>2242326</v>
       </c>
       <c r="C68" s="12" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>65</v>
+      </c>
+      <c r="D68" s="16">
+        <v>14.5</v>
+      </c>
+      <c r="E68" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A69" s="7">
-        <v>9782253247272</v>
+        <v>9782253106630</v>
       </c>
       <c r="B69" s="7">
-        <v>3014088</v>
+        <v>2882627</v>
       </c>
       <c r="C69" s="8" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="D69" s="10">
-        <v>15.5</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>14.5</v>
+      </c>
+      <c r="E69" s="9">
+        <v>21200</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A70" s="11">
-        <v>9782266315890</v>
+        <v>9782266335225</v>
       </c>
       <c r="B70" s="11">
-        <v>2494105</v>
+        <v>3167649</v>
       </c>
       <c r="C70" s="12" t="s">
-        <v>60</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>67</v>
+      </c>
+      <c r="D70" s="16">
+        <v>14</v>
+      </c>
+      <c r="E70" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A71" s="7">
-        <v>9782266325318</v>
+        <v>9782253937579</v>
       </c>
       <c r="B71" s="7">
-        <v>3073247</v>
+        <v>2917640</v>
       </c>
       <c r="C71" s="8" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="D71" s="10">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>11.5</v>
+      </c>
+      <c r="E71" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A72" s="11">
-        <v>9782253251125</v>
+        <v>9782253150718</v>
       </c>
       <c r="B72" s="11">
-        <v>3115818</v>
+        <v>5628342</v>
       </c>
       <c r="C72" s="12" t="s">
-        <v>167</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>69</v>
+      </c>
+      <c r="D72" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E72" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A73" s="7">
-        <v>9782266333207</v>
+        <v>9782253071167</v>
       </c>
       <c r="B73" s="7">
-        <v>3115848</v>
+        <v>2102435</v>
       </c>
       <c r="C73" s="8" t="s">
-        <v>168</v>
+        <v>70</v>
       </c>
       <c r="D73" s="10">
-        <v>13.5</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>14</v>
+      </c>
+      <c r="E73" s="9">
+        <v>11110</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A74" s="11">
-        <v>9782330139179</v>
+        <v>9782253157526</v>
       </c>
       <c r="B74" s="11">
-        <v>2129806</v>
+        <v>3235866</v>
       </c>
       <c r="C74" s="12" t="s">
-        <v>62</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>71</v>
+      </c>
+      <c r="D74" s="16">
+        <v>14</v>
+      </c>
+      <c r="E74" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A75" s="7">
-        <v>9782073017796</v>
+        <v>9782073058973</v>
       </c>
       <c r="B75" s="7">
-        <v>2973489</v>
+        <v>3115866</v>
       </c>
       <c r="C75" s="8" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="D75" s="10">
-        <v>11.5</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>14</v>
+      </c>
+      <c r="E75" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A76" s="11">
-        <v>9782253106647</v>
+        <v>9782070612758</v>
       </c>
       <c r="B76" s="11">
-        <v>3029934</v>
+        <v>4564316</v>
       </c>
       <c r="C76" s="12" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>73</v>
+      </c>
+      <c r="D76" s="16">
+        <v>11</v>
+      </c>
+      <c r="E76" s="13">
+        <v>21400</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A77" s="7">
-        <v>9782266285025</v>
+        <v>9782070360215</v>
       </c>
       <c r="B77" s="7">
-        <v>2522608</v>
+        <v>5222117</v>
       </c>
       <c r="C77" s="8" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="D77" s="10">
-        <v>14.5</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>11</v>
+      </c>
+      <c r="E77" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A78" s="11">
-        <v>9782253237624</v>
+        <v>9782070360048</v>
       </c>
       <c r="B78" s="11">
-        <v>2242326</v>
+        <v>5222753</v>
       </c>
       <c r="C78" s="12" t="s">
-        <v>66</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>75</v>
+      </c>
+      <c r="D78" s="16">
+        <v>11</v>
+      </c>
+      <c r="E78" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A79" s="7">
-        <v>9782253106630</v>
+        <v>9782253251910</v>
       </c>
       <c r="B79" s="7">
-        <v>2882627</v>
+        <v>3115817</v>
       </c>
       <c r="C79" s="8" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="D79" s="10">
+        <v>13</v>
+      </c>
+      <c r="E79" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A80" s="11">
+        <v>9782253937715</v>
+      </c>
+      <c r="B80" s="11">
+        <v>2917641</v>
+      </c>
+      <c r="C80" s="12" t="s">
+        <v>77</v>
+      </c>
+      <c r="D80" s="16">
         <v>14.5</v>
       </c>
-      <c r="E79" s="9" t="s">
-[...17 lines deleted...]
-        <v>183</v>
+      <c r="E80" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A81" s="7">
-        <v>9782266342995</v>
+        <v>9782253907947</v>
       </c>
       <c r="B81" s="7">
-        <v>3073268</v>
+        <v>3155079</v>
       </c>
       <c r="C81" s="8" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="D81" s="10">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>16</v>
+      </c>
+      <c r="E81" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A82" s="11">
-        <v>9782253937579</v>
+        <v>9782253166634</v>
       </c>
       <c r="B82" s="11">
-        <v>2917640</v>
+        <v>7172893</v>
       </c>
       <c r="C82" s="12" t="s">
-        <v>69</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>79</v>
+      </c>
+      <c r="D82" s="16">
+        <v>10</v>
+      </c>
+      <c r="E82" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A83" s="7">
-        <v>9782253242185</v>
+        <v>9782253106746</v>
       </c>
       <c r="B83" s="7">
-        <v>2190074</v>
+        <v>2810436</v>
       </c>
       <c r="C83" s="8" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="D83" s="10">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>14.5</v>
+      </c>
+      <c r="E83" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A84" s="11">
-        <v>9782253150718</v>
+        <v>9782070364237</v>
       </c>
       <c r="B84" s="11">
-        <v>5628342</v>
+        <v>5224292</v>
       </c>
       <c r="C84" s="12" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>81</v>
+      </c>
+      <c r="D84" s="16">
+        <v>12.5</v>
+      </c>
+      <c r="E84" s="13">
+        <v>22500</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A85" s="7">
-        <v>9782253071167</v>
+        <v>9782070392612</v>
       </c>
       <c r="B85" s="7">
-        <v>2102435</v>
+        <v>4156986</v>
       </c>
       <c r="C85" s="8" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="D85" s="10">
-        <v>13.5</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>11.5</v>
+      </c>
+      <c r="E85" s="9">
+        <v>22500</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A86" s="11">
-        <v>9782072968297</v>
+        <v>9782070392605</v>
       </c>
       <c r="B86" s="11">
-        <v>2866391</v>
+        <v>5224144</v>
       </c>
       <c r="C86" s="12" t="s">
-        <v>73</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>83</v>
+      </c>
+      <c r="D86" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E86" s="13">
+        <v>22500</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A87" s="7">
-        <v>9782253157526</v>
+        <v>9782070392629</v>
       </c>
       <c r="B87" s="7">
-        <v>3235866</v>
+        <v>5224330</v>
       </c>
       <c r="C87" s="8" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="D87" s="10">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>11.5</v>
+      </c>
+      <c r="E87" s="9">
+        <v>22500</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A88" s="11">
-        <v>9782266317634</v>
+        <v>9782073115799</v>
       </c>
       <c r="B88" s="11">
-        <v>2973217</v>
+        <v>3167742</v>
       </c>
       <c r="C88" s="12" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>85</v>
+      </c>
+      <c r="D88" s="16">
+        <v>13</v>
+      </c>
+      <c r="E88" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A89" s="7">
-        <v>9782073045232</v>
+        <v>9782072764929</v>
       </c>
       <c r="B89" s="7">
-        <v>3014108</v>
+        <v>2515551</v>
       </c>
       <c r="C89" s="8" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D89" s="10">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>12.5</v>
+      </c>
+      <c r="E89" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A90" s="11">
-        <v>9782073058973</v>
+        <v>9782072945717</v>
       </c>
       <c r="B90" s="11">
-        <v>3115866</v>
+        <v>2834700</v>
       </c>
       <c r="C90" s="12" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="D90" s="20">
+        <v>87</v>
+      </c>
+      <c r="D90" s="16">
+        <v>11.5</v>
+      </c>
+      <c r="E90" s="13">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A91" s="7">
+        <v>9782072923470</v>
+      </c>
+      <c r="B91" s="7">
+        <v>2190511</v>
+      </c>
+      <c r="C91" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="D91" s="10">
         <v>14</v>
       </c>
-      <c r="E90" s="13" t="s">
-[...17 lines deleted...]
-        <v>190</v>
+      <c r="E91" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A92" s="11">
-        <v>9782070360215</v>
+        <v>9782073003713</v>
       </c>
       <c r="B92" s="11">
-        <v>5222117</v>
+        <v>2917702</v>
       </c>
       <c r="C92" s="12" t="s">
-        <v>78</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>89</v>
+      </c>
+      <c r="D92" s="16">
+        <v>14</v>
+      </c>
+      <c r="E92" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A93" s="7">
-        <v>9782070360048</v>
+        <v>9782073073051</v>
       </c>
       <c r="B93" s="7">
-        <v>5222753</v>
+        <v>3115869</v>
       </c>
       <c r="C93" s="8" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="D93" s="10">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>13</v>
+      </c>
+      <c r="E93" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A94" s="11">
-        <v>9782253251910</v>
+        <v>9782266349024</v>
       </c>
       <c r="B94" s="11">
-        <v>3115817</v>
+        <v>3115850</v>
       </c>
       <c r="C94" s="12" t="s">
-        <v>170</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>91</v>
+      </c>
+      <c r="D94" s="16">
+        <v>14</v>
+      </c>
+      <c r="E94" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A95" s="7">
-        <v>9782253937715</v>
+        <v>9782290349229</v>
       </c>
       <c r="B95" s="7">
-        <v>2917641</v>
+        <v>6850120</v>
       </c>
       <c r="C95" s="8" t="s">
-        <v>80</v>
+        <v>92</v>
       </c>
       <c r="D95" s="10">
-        <v>14.5</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>12.5</v>
+      </c>
+      <c r="E95" s="9">
+        <v>21200</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A96" s="11">
-        <v>9782253907947</v>
+        <v>9782290023501</v>
       </c>
       <c r="B96" s="11">
-        <v>3155079</v>
+        <v>5802253</v>
       </c>
       <c r="C96" s="12" t="s">
-        <v>191</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>93</v>
+      </c>
+      <c r="D96" s="16">
+        <v>14</v>
+      </c>
+      <c r="E96" s="13">
+        <v>21200</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A97" s="7">
-        <v>9782253166634</v>
+        <v>9782290349311</v>
       </c>
       <c r="B97" s="7">
-        <v>7172893</v>
+        <v>8445478</v>
       </c>
       <c r="C97" s="8" t="s">
-        <v>81</v>
+        <v>94</v>
       </c>
       <c r="D97" s="10">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>13</v>
+      </c>
+      <c r="E97" s="9">
+        <v>21200</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A98" s="11">
-        <v>9782253106746</v>
+        <v>9782290156063</v>
       </c>
       <c r="B98" s="11">
-        <v>2810436</v>
+        <v>2518984</v>
       </c>
       <c r="C98" s="12" t="s">
-        <v>82</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>95</v>
+      </c>
+      <c r="D98" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E98" s="13">
+        <v>21200</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A99" s="7">
-        <v>9782290404232</v>
+        <v>9782290397848</v>
       </c>
       <c r="B99" s="7">
-        <v>3073388</v>
+        <v>3014114</v>
       </c>
       <c r="C99" s="8" t="s">
-        <v>83</v>
+        <v>96</v>
       </c>
       <c r="D99" s="10">
+        <v>14</v>
+      </c>
+      <c r="E99" s="9">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A100" s="11">
+        <v>9782290351307</v>
+      </c>
+      <c r="B100" s="11">
+        <v>8445184</v>
+      </c>
+      <c r="C100" s="12" t="s">
+        <v>166</v>
+      </c>
+      <c r="D100" s="16">
+        <v>13</v>
+      </c>
+      <c r="E100" s="13">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A101" s="7">
+        <v>9782253012696</v>
+      </c>
+      <c r="B101" s="7">
+        <v>4964330</v>
+      </c>
+      <c r="C101" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="D101" s="10">
+        <v>8.5</v>
+      </c>
+      <c r="E101" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A102" s="11">
+        <v>9782253068631</v>
+      </c>
+      <c r="B102" s="11">
+        <v>2555282</v>
+      </c>
+      <c r="C102" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D102" s="16">
+        <v>13.5</v>
+      </c>
+      <c r="E102" s="13">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A103" s="7">
+        <v>9782072977374</v>
+      </c>
+      <c r="B103" s="7">
+        <v>2866389</v>
+      </c>
+      <c r="C103" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="D103" s="10">
+        <v>13</v>
+      </c>
+      <c r="E103" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A104" s="11">
+        <v>9782253934288</v>
+      </c>
+      <c r="B104" s="11">
+        <v>2757641</v>
+      </c>
+      <c r="C104" s="12" t="s">
+        <v>100</v>
+      </c>
+      <c r="D104" s="16">
         <v>11.5</v>
       </c>
-      <c r="E99" s="9" t="s">
-[...85 lines deleted...]
-        <v>183</v>
+      <c r="E104" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A105" s="7">
-        <v>9782072764929</v>
+        <v>9782253124801</v>
       </c>
       <c r="B105" s="7">
-        <v>2515551</v>
+        <v>7384998</v>
       </c>
       <c r="C105" s="8" t="s">
-        <v>88</v>
+        <v>101</v>
       </c>
       <c r="D105" s="10">
-        <v>12.5</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>11</v>
+      </c>
+      <c r="E105" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A106" s="11">
-        <v>9782072945717</v>
+        <v>9782290155158</v>
       </c>
       <c r="B106" s="11">
-        <v>2834700</v>
+        <v>2618723</v>
       </c>
       <c r="C106" s="12" t="s">
-        <v>89</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>102</v>
+      </c>
+      <c r="D106" s="16">
+        <v>14</v>
+      </c>
+      <c r="E106" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A107" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="A107" s="14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B107" s="7"/>
+      <c r="C107" s="8"/>
+      <c r="D107" s="10"/>
+      <c r="E107" s="9"/>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A108" s="11">
-        <v>9782073003713</v>
+        <v>9788483462034</v>
       </c>
       <c r="B108" s="11">
-        <v>2917702</v>
+        <v>7120699</v>
       </c>
       <c r="C108" s="12" t="s">
-        <v>91</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>104</v>
+      </c>
+      <c r="D108" s="16">
+        <v>17.5</v>
+      </c>
+      <c r="E108" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A109" s="7">
-        <v>9782073073051</v>
+        <v>9788497935692</v>
       </c>
       <c r="B109" s="7">
-        <v>3115869</v>
+        <v>8127620</v>
       </c>
       <c r="C109" s="8" t="s">
-        <v>194</v>
+        <v>105</v>
       </c>
       <c r="D109" s="10">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>19</v>
+      </c>
+      <c r="E109" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A110" s="11">
-        <v>9782266339582</v>
+        <v>9788497592543</v>
       </c>
       <c r="B110" s="11">
-        <v>3014101</v>
+        <v>8770301</v>
       </c>
       <c r="C110" s="12" t="s">
-        <v>92</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>106</v>
+      </c>
+      <c r="D110" s="16">
+        <v>21</v>
+      </c>
+      <c r="E110" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A111" s="7">
-        <v>9782266349024</v>
+        <v>9788497592512</v>
       </c>
       <c r="B111" s="7">
-        <v>3115850</v>
+        <v>3014266</v>
       </c>
       <c r="C111" s="8" t="s">
-        <v>195</v>
+        <v>107</v>
       </c>
       <c r="D111" s="10">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>17.5</v>
+      </c>
+      <c r="E111" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A112" s="11">
-        <v>9782290349229</v>
+        <v>9788466359627</v>
       </c>
       <c r="B112" s="11">
-        <v>6850120</v>
+        <v>2821872</v>
       </c>
       <c r="C112" s="12" t="s">
-        <v>171</v>
-[...5 lines deleted...]
-        <v>185</v>
+        <v>108</v>
+      </c>
+      <c r="D112" s="16">
+        <v>22.5</v>
+      </c>
+      <c r="E112" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A113" s="7">
-        <v>9782290041000</v>
+        <v>9788466356800</v>
       </c>
       <c r="B113" s="7">
-        <v>6911536</v>
+        <v>2480781</v>
       </c>
       <c r="C113" s="8" t="s">
-        <v>172</v>
+        <v>109</v>
       </c>
       <c r="D113" s="10">
-        <v>13.5</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>22.5</v>
+      </c>
+      <c r="E113" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A114" s="11">
-        <v>9782290023501</v>
+        <v>9788466359634</v>
       </c>
       <c r="B114" s="11">
-        <v>5802253</v>
+        <v>2827622</v>
       </c>
       <c r="C114" s="12" t="s">
-        <v>173</v>
-[...5 lines deleted...]
-        <v>185</v>
+        <v>110</v>
+      </c>
+      <c r="D114" s="16">
+        <v>21</v>
+      </c>
+      <c r="E114" s="13">
+        <v>21500</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A115" s="7">
-        <v>9782290349311</v>
+        <v>9788466374613</v>
       </c>
       <c r="B115" s="7">
-        <v>8445478</v>
+        <v>3063890</v>
       </c>
       <c r="C115" s="8" t="s">
-        <v>174</v>
+        <v>111</v>
       </c>
       <c r="D115" s="10">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>22.5</v>
+      </c>
+      <c r="E115" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A116" s="11">
-        <v>9782290156063</v>
+        <v>9788466362887</v>
       </c>
       <c r="B116" s="11">
-        <v>2518984</v>
+        <v>2916424</v>
       </c>
       <c r="C116" s="12" t="s">
-        <v>93</v>
-[...5 lines deleted...]
-        <v>185</v>
+        <v>112</v>
+      </c>
+      <c r="D116" s="16">
+        <v>21</v>
+      </c>
+      <c r="E116" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A117" s="7">
-        <v>9782290397848</v>
+        <v>9788411075817</v>
       </c>
       <c r="B117" s="7">
-        <v>3014114</v>
+        <v>3159348</v>
       </c>
       <c r="C117" s="8" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="D117" s="10">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>24</v>
+      </c>
+      <c r="E117" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A118" s="11">
-        <v>9782290120330</v>
+        <v>9788490667316</v>
       </c>
       <c r="B118" s="11">
-        <v>2454578</v>
+        <v>2726786</v>
       </c>
       <c r="C118" s="12" t="s">
-        <v>175</v>
-[...5 lines deleted...]
-        <v>185</v>
+        <v>114</v>
+      </c>
+      <c r="D118" s="16">
+        <v>22.5</v>
+      </c>
+      <c r="E118" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A119" s="7">
-        <v>9782290351307</v>
+        <v>9788411072229</v>
       </c>
       <c r="B119" s="7">
-        <v>8445184</v>
+        <v>2916483</v>
       </c>
       <c r="C119" s="8" t="s">
-        <v>196</v>
+        <v>115</v>
       </c>
       <c r="D119" s="10">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>22.5</v>
+      </c>
+      <c r="E119" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A120" s="11">
-        <v>9782253012696</v>
+        <v>9788423368396</v>
       </c>
       <c r="B120" s="11">
-        <v>4964330</v>
+        <v>1676687</v>
       </c>
       <c r="C120" s="12" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>167</v>
+      </c>
+      <c r="D120" s="16">
+        <v>19</v>
+      </c>
+      <c r="E120" s="13">
+        <v>21200</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A121" s="7">
-        <v>9782253068631</v>
+        <v>9788466374040</v>
       </c>
       <c r="B121" s="7">
-        <v>2555282</v>
+        <v>3045483</v>
       </c>
       <c r="C121" s="8" t="s">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c r="D121" s="10">
-        <v>13</v>
-[...5 lines deleted...]
-    <row r="122" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+        <v>17.5</v>
+      </c>
+      <c r="E121" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A122" s="11">
-        <v>9782072977374</v>
+        <v>9788466354813</v>
       </c>
       <c r="B122" s="11">
-        <v>2866389</v>
+        <v>2161938</v>
       </c>
       <c r="C122" s="12" t="s">
-        <v>97</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>117</v>
+      </c>
+      <c r="D122" s="16">
+        <v>19</v>
+      </c>
+      <c r="E122" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A123" s="7">
-        <v>9782253934288</v>
+        <v>9788466349864</v>
       </c>
       <c r="B123" s="7">
-        <v>2757641</v>
+        <v>2160648</v>
       </c>
       <c r="C123" s="8" t="s">
-        <v>98</v>
+        <v>118</v>
       </c>
       <c r="D123" s="10">
-        <v>11.5</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>19</v>
+      </c>
+      <c r="E123" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A124" s="11">
-        <v>9782253124801</v>
+        <v>9788466370554</v>
       </c>
       <c r="B124" s="11">
-        <v>7384998</v>
+        <v>2942080</v>
       </c>
       <c r="C124" s="12" t="s">
-        <v>99</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>119</v>
+      </c>
+      <c r="D124" s="16">
+        <v>17.5</v>
+      </c>
+      <c r="E124" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A125" s="7">
-        <v>9782253164265</v>
+        <v>9788408293743</v>
       </c>
       <c r="B125" s="7">
-        <v>6902685</v>
+        <v>3099995</v>
       </c>
       <c r="C125" s="8" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="D125" s="10">
-        <v>13.5</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>19</v>
+      </c>
+      <c r="E125" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A126" s="11">
-        <v>9782253250784</v>
+        <v>9788408170396</v>
       </c>
       <c r="B126" s="11">
-        <v>3073352</v>
+        <v>9395431</v>
       </c>
       <c r="C126" s="12" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>121</v>
+      </c>
+      <c r="D126" s="16">
+        <v>19</v>
+      </c>
+      <c r="E126" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A127" s="7">
-        <v>9782290155158</v>
+        <v>9788432249013</v>
       </c>
       <c r="B127" s="7">
-        <v>2618723</v>
+        <v>1835424</v>
       </c>
       <c r="C127" s="8" t="s">
-        <v>102</v>
+        <v>122</v>
       </c>
       <c r="D127" s="10">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>17.5</v>
+      </c>
+      <c r="E127" s="9">
+        <v>11110</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A128" s="11" t="s">
-[...5 lines deleted...]
-      <c r="E128" s="13"/>
+      <c r="A128" s="11">
+        <v>9788466374637</v>
+      </c>
+      <c r="B128" s="11">
+        <v>3018391</v>
+      </c>
+      <c r="C128" s="12" t="s">
+        <v>123</v>
+      </c>
+      <c r="D128" s="16">
+        <v>20.5</v>
+      </c>
+      <c r="E128" s="13">
+        <v>21200</v>
+      </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A129" s="7">
-        <v>9788483462034</v>
+        <v>9788466359184</v>
       </c>
       <c r="B129" s="7">
-        <v>7120699</v>
+        <v>2916408</v>
       </c>
       <c r="C129" s="8" t="s">
-        <v>104</v>
+        <v>124</v>
       </c>
       <c r="D129" s="10">
-        <v>17.5</v>
-[...5 lines deleted...]
-    <row r="130" spans="1:5" x14ac:dyDescent="0.3">
+        <v>21</v>
+      </c>
+      <c r="E129" s="9">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" s="21" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A130" s="11">
-        <v>9788497935692</v>
+        <v>9788408237969</v>
       </c>
       <c r="B130" s="11">
-        <v>8127620</v>
+        <v>2379433</v>
       </c>
       <c r="C130" s="12" t="s">
-        <v>105</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>168</v>
+      </c>
+      <c r="D130" s="16">
+        <v>21</v>
+      </c>
+      <c r="E130" s="13">
+        <v>21200</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A131" s="7">
-        <v>9788497592543</v>
+        <v>9788408260561</v>
       </c>
       <c r="B131" s="7">
-        <v>8770301</v>
+        <v>2870101</v>
       </c>
       <c r="C131" s="8" t="s">
-        <v>197</v>
+        <v>125</v>
       </c>
       <c r="D131" s="10">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>22.5</v>
+      </c>
+      <c r="E131" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A132" s="11">
-        <v>9788497592512</v>
+        <v>9788466346375</v>
       </c>
       <c r="B132" s="11">
-        <v>3014266</v>
+        <v>2669101</v>
       </c>
       <c r="C132" s="12" t="s">
-        <v>106</v>
-[...8 lines deleted...]
-    <row r="133" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+        <v>126</v>
+      </c>
+      <c r="D132" s="16">
+        <v>21</v>
+      </c>
+      <c r="E132" s="13">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A133" s="7">
-        <v>9788466359627</v>
+        <v>9788466373661</v>
       </c>
       <c r="B133" s="7">
-        <v>2821872</v>
+        <v>3052854</v>
       </c>
       <c r="C133" s="8" t="s">
-        <v>107</v>
+        <v>127</v>
       </c>
       <c r="D133" s="10">
-        <v>22.5</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>21</v>
+      </c>
+      <c r="E133" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A134" s="11">
-        <v>9788466356800</v>
+        <v>9788490624029</v>
       </c>
       <c r="B134" s="11">
-        <v>2480781</v>
+        <v>2178548</v>
       </c>
       <c r="C134" s="12" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D134" s="20">
+        <v>128</v>
+      </c>
+      <c r="D134" s="16">
         <v>22.5</v>
       </c>
-      <c r="E134" s="13" t="s">
-[...3 lines deleted...]
-    <row r="135" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="E134" s="13">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A135" s="7">
-        <v>9788466359634</v>
+        <v>9788497592208</v>
       </c>
       <c r="B135" s="7">
-        <v>2827622</v>
+        <v>7858973</v>
       </c>
       <c r="C135" s="8" t="s">
-        <v>109</v>
+        <v>129</v>
       </c>
       <c r="D135" s="10">
-        <v>17.5</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>21</v>
+      </c>
+      <c r="E135" s="9">
+        <v>11110</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A136" s="11">
-        <v>9788466374613</v>
+        <v>9788466378420</v>
       </c>
       <c r="B136" s="11">
-        <v>3063890</v>
+        <v>3173095</v>
       </c>
       <c r="C136" s="12" t="s">
-        <v>110</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>130</v>
+      </c>
+      <c r="D136" s="16">
+        <v>19</v>
+      </c>
+      <c r="E136" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A137" s="7">
-        <v>9788466362887</v>
+        <v>9788497592451</v>
       </c>
       <c r="B137" s="7">
-        <v>2916424</v>
+        <v>2124513</v>
       </c>
       <c r="C137" s="8" t="s">
-        <v>111</v>
+        <v>131</v>
       </c>
       <c r="D137" s="10">
         <v>21</v>
       </c>
-      <c r="E137" s="9" t="s">
-[...3 lines deleted...]
-    <row r="138" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="E137" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A138" s="11">
-        <v>9788411075015</v>
+        <v>9788490323762</v>
       </c>
       <c r="B138" s="11">
-        <v>3095420</v>
+        <v>2350327</v>
       </c>
       <c r="C138" s="12" t="s">
-        <v>112</v>
-[...8 lines deleted...]
-    <row r="139" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+        <v>132</v>
+      </c>
+      <c r="D138" s="16">
+        <v>19</v>
+      </c>
+      <c r="E138" s="13">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A139" s="7">
-        <v>9788411075817</v>
+        <v>9788408269649</v>
       </c>
       <c r="B139" s="7">
-        <v>3159348</v>
+        <v>2942061</v>
       </c>
       <c r="C139" s="8" t="s">
-        <v>199</v>
+        <v>133</v>
       </c>
       <c r="D139" s="10">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>21</v>
+      </c>
+      <c r="E139" s="9">
+        <v>21200</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A140" s="11">
-        <v>9788490667316</v>
+        <v>9788410381100</v>
       </c>
       <c r="B140" s="11">
-        <v>2726786</v>
+        <v>3118957</v>
       </c>
       <c r="C140" s="12" t="s">
-        <v>113</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>134</v>
+      </c>
+      <c r="D140" s="16">
+        <v>21</v>
+      </c>
+      <c r="E140" s="13">
+        <v>21200</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A141" s="7">
-        <v>9788411072229</v>
+        <v>9791387652234</v>
       </c>
       <c r="B141" s="7">
-        <v>2916483</v>
+        <v>1835416</v>
       </c>
       <c r="C141" s="8" t="s">
-        <v>114</v>
+        <v>135</v>
       </c>
       <c r="D141" s="10">
-        <v>22.5</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>21</v>
+      </c>
+      <c r="E141" s="9">
+        <v>11200</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A142" s="11">
-        <v>9788423364817</v>
+        <v>9788490664186</v>
       </c>
       <c r="B142" s="11">
-        <v>3045494</v>
+        <v>3992756</v>
       </c>
       <c r="C142" s="12" t="s">
-        <v>115</v>
-[...5 lines deleted...]
-        <v>185</v>
+        <v>136</v>
+      </c>
+      <c r="D142" s="16">
+        <v>19</v>
+      </c>
+      <c r="E142" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A143" s="7">
-        <v>9788418850714</v>
+        <v>9788411073929</v>
       </c>
       <c r="B143" s="7">
-        <v>2942167</v>
+        <v>3035905</v>
       </c>
       <c r="C143" s="8" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="D143" s="10">
         <v>21</v>
       </c>
-      <c r="E143" s="9" t="s">
-        <v>185</v>
+      <c r="E143" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A144" s="11">
-        <v>9788466374040</v>
+        <v>9788411076654</v>
       </c>
       <c r="B144" s="11">
-        <v>3045483</v>
+        <v>1676610</v>
       </c>
       <c r="C144" s="12" t="s">
-        <v>117</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>138</v>
+      </c>
+      <c r="D144" s="16">
+        <v>19</v>
+      </c>
+      <c r="E144" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A145" s="7">
-        <v>9788466354813</v>
+        <v>9788432244865</v>
       </c>
       <c r="B145" s="7">
-        <v>2161938</v>
+        <v>3173454</v>
       </c>
       <c r="C145" s="8" t="s">
-        <v>118</v>
+        <v>169</v>
       </c>
       <c r="D145" s="10">
-        <v>19</v>
-[...5 lines deleted...]
-    <row r="146" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+        <v>24</v>
+      </c>
+      <c r="E145" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5" s="21" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A146" s="11">
-        <v>9788466349864</v>
+        <v>9788408308010</v>
       </c>
       <c r="B146" s="11">
-        <v>2160648</v>
+        <v>1676725</v>
       </c>
       <c r="C146" s="12" t="s">
-        <v>119</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>139</v>
+      </c>
+      <c r="D146" s="16">
+        <v>22.5</v>
+      </c>
+      <c r="E146" s="13">
+        <v>21200</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A147" s="7">
-        <v>9788466370554</v>
+        <v>9788445014318</v>
       </c>
       <c r="B147" s="7">
-        <v>2942080</v>
+        <v>2902650</v>
       </c>
       <c r="C147" s="8" t="s">
-        <v>120</v>
+        <v>170</v>
       </c>
       <c r="D147" s="10">
-        <v>17.5</v>
-[...5 lines deleted...]
-    <row r="148" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+        <v>16</v>
+      </c>
+      <c r="E147" s="9">
+        <v>21110</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A148" s="11">
-        <v>9788408293743</v>
+        <v>9788490322222</v>
       </c>
       <c r="B148" s="11">
-        <v>3099995</v>
+        <v>2350831</v>
       </c>
       <c r="C148" s="12" t="s">
-        <v>121</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>140</v>
+      </c>
+      <c r="D148" s="16">
+        <v>21</v>
+      </c>
+      <c r="E148" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A149" s="7">
-        <v>9788408170396</v>
+        <v>9788408299745</v>
       </c>
       <c r="B149" s="7">
-        <v>9395431</v>
+        <v>3159386</v>
       </c>
       <c r="C149" s="8" t="s">
-        <v>122</v>
+        <v>141</v>
       </c>
       <c r="D149" s="10">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>24</v>
+      </c>
+      <c r="E149" s="9">
+        <v>11110</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A150" s="11">
-        <v>9788432241277</v>
+        <v>9788423365937</v>
       </c>
       <c r="B150" s="11">
-        <v>2896008</v>
+        <v>3095467</v>
       </c>
       <c r="C150" s="12" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="D150" s="20">
+        <v>142</v>
+      </c>
+      <c r="D150" s="16">
         <v>19</v>
       </c>
-      <c r="E150" s="13" t="s">
-        <v>183</v>
+      <c r="E150" s="13">
+        <v>21200</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A151" s="7">
-        <v>9788466374637</v>
+        <v>9788411076692</v>
       </c>
       <c r="B151" s="7">
-        <v>3018391</v>
+        <v>1676628</v>
       </c>
       <c r="C151" s="8" t="s">
-        <v>124</v>
+        <v>143</v>
       </c>
       <c r="D151" s="10">
-        <v>20.5</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>19</v>
+      </c>
+      <c r="E151" s="9">
+        <v>21600</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A152" s="11">
-        <v>9788466359184</v>
+        <v>9788411073509</v>
       </c>
       <c r="B152" s="11">
-        <v>2916408</v>
+        <v>3001498</v>
       </c>
       <c r="C152" s="12" t="s">
-        <v>125</v>
-[...8 lines deleted...]
-    <row r="153" spans="1:5" s="14" customFormat="1" x14ac:dyDescent="0.3">
+        <v>144</v>
+      </c>
+      <c r="D152" s="16">
+        <v>17.5</v>
+      </c>
+      <c r="E152" s="13">
+        <v>21200</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A153" s="7">
-        <v>9788408237969</v>
+        <v>9788423366958</v>
       </c>
       <c r="B153" s="7">
-        <v>2379433</v>
+        <v>3145452</v>
       </c>
       <c r="C153" s="8" t="s">
-        <v>176</v>
+        <v>145</v>
       </c>
       <c r="D153" s="10">
         <v>21</v>
       </c>
-      <c r="E153" s="9" t="s">
-        <v>185</v>
+      <c r="E153" s="9">
+        <v>21200</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A154" s="11">
-        <v>9788466381642</v>
+        <v>9788466371520</v>
       </c>
       <c r="B154" s="11">
-        <v>3182141</v>
+        <v>3018414</v>
       </c>
       <c r="C154" s="12" t="s">
-        <v>200</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>146</v>
+      </c>
+      <c r="D154" s="16">
+        <v>22.5</v>
+      </c>
+      <c r="E154" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A155" s="7">
-[...8 lines deleted...]
-      <c r="D155" s="10">
+      <c r="A155" s="14">
+        <v>9788466390323</v>
+      </c>
+      <c r="B155" s="14">
+        <v>2029524</v>
+      </c>
+      <c r="C155" s="18" t="s">
+        <v>171</v>
+      </c>
+      <c r="D155" s="19">
         <v>22.5</v>
       </c>
-      <c r="E155" s="9" t="s">
-        <v>183</v>
+      <c r="E155" s="20">
+        <v>21110</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A156" s="11">
-        <v>9788466346375</v>
+        <v>9788466355278</v>
       </c>
       <c r="B156" s="11">
-        <v>2669101</v>
+        <v>3133655</v>
       </c>
       <c r="C156" s="12" t="s">
-        <v>126</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>147</v>
+      </c>
+      <c r="D156" s="16">
+        <v>24</v>
+      </c>
+      <c r="E156" s="13">
+        <v>11200</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A157" s="7">
-        <v>9788466373661</v>
+        <v>9788423363797</v>
       </c>
       <c r="B157" s="7">
-        <v>3052854</v>
+        <v>3018420</v>
       </c>
       <c r="C157" s="8" t="s">
-        <v>127</v>
+        <v>148</v>
       </c>
       <c r="D157" s="10">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>22.5</v>
+      </c>
+      <c r="E157" s="9">
+        <v>21200</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A158" s="11">
-        <v>9788466361118</v>
+        <v>9788408196440</v>
       </c>
       <c r="B158" s="11">
-        <v>2867959</v>
+        <v>2114057</v>
       </c>
       <c r="C158" s="12" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="D158" s="20">
+        <v>149</v>
+      </c>
+      <c r="D158" s="16">
         <v>21</v>
       </c>
-      <c r="E158" s="13" t="s">
-        <v>183</v>
+      <c r="E158" s="13">
+        <v>21200</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A159" s="7">
-        <v>9788490624029</v>
+        <v>9788466379403</v>
       </c>
       <c r="B159" s="7">
-        <v>2178548</v>
+        <v>3173103</v>
       </c>
       <c r="C159" s="8" t="s">
-        <v>177</v>
+        <v>150</v>
       </c>
       <c r="D159" s="10">
-        <v>22.5</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>19</v>
+      </c>
+      <c r="E159" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A160" s="11">
-        <v>9788408277286</v>
+        <v>9788410381476</v>
       </c>
       <c r="B160" s="11">
-        <v>2992354</v>
+        <v>3145443</v>
       </c>
       <c r="C160" s="12" t="s">
-        <v>129</v>
-[...5 lines deleted...]
-        <v>183</v>
+        <v>151</v>
+      </c>
+      <c r="D160" s="16">
+        <v>17.5</v>
+      </c>
+      <c r="E160" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A161" s="7">
-        <v>9788497592208</v>
+        <v>9788413148328</v>
       </c>
       <c r="B161" s="7">
-        <v>7858973</v>
+        <v>3145444</v>
       </c>
       <c r="C161" s="8" t="s">
-        <v>130</v>
+        <v>152</v>
       </c>
       <c r="D161" s="10">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>17.5</v>
+      </c>
+      <c r="E161" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A162" s="16">
-[...8 lines deleted...]
-      <c r="D162" s="21">
+      <c r="A162" s="11">
+        <v>9788408254959</v>
+      </c>
+      <c r="B162" s="11">
+        <v>2837646</v>
+      </c>
+      <c r="C162" s="12" t="s">
+        <v>153</v>
+      </c>
+      <c r="D162" s="16">
         <v>19</v>
       </c>
-      <c r="E162" s="18" t="s">
-        <v>183</v>
+      <c r="E162" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A163" s="7">
-        <v>9788497592451</v>
+        <v>9788408080794</v>
       </c>
       <c r="B163" s="7">
-        <v>2124513</v>
+        <v>5390737</v>
       </c>
       <c r="C163" s="8" t="s">
-        <v>131</v>
+        <v>154</v>
       </c>
       <c r="D163" s="10">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>19</v>
+      </c>
+      <c r="E163" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A164" s="11">
-        <v>9788490323762</v>
+        <v>9788408072799</v>
       </c>
       <c r="B164" s="11">
-        <v>2350327</v>
+        <v>6577474</v>
       </c>
       <c r="C164" s="12" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="D164" s="20">
+        <v>155</v>
+      </c>
+      <c r="D164" s="16">
         <v>19</v>
       </c>
-      <c r="E164" s="13" t="s">
-        <v>183</v>
+      <c r="E164" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A165" s="7">
-        <v>9788408285137</v>
+        <v>9788408072805</v>
       </c>
       <c r="B165" s="7">
-        <v>3045505</v>
+        <v>6577423</v>
       </c>
       <c r="C165" s="8" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="D165" s="10">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>19</v>
+      </c>
+      <c r="E165" s="9">
+        <v>22500</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A166" s="11">
-        <v>9788408269649</v>
+        <v>9788466350426</v>
       </c>
       <c r="B166" s="11">
-        <v>2942061</v>
+        <v>2160763</v>
       </c>
       <c r="C166" s="12" t="s">
-        <v>134</v>
-[...5 lines deleted...]
-        <v>185</v>
+        <v>157</v>
+      </c>
+      <c r="D166" s="16">
+        <v>19</v>
+      </c>
+      <c r="E166" s="13">
+        <v>21110</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A167" s="7">
-        <v>9788410381100</v>
+        <v>9788423365555</v>
       </c>
       <c r="B167" s="7">
-        <v>3118957</v>
+        <v>3084631</v>
       </c>
       <c r="C167" s="8" t="s">
-        <v>135</v>
+        <v>158</v>
       </c>
       <c r="D167" s="10">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>16</v>
+      </c>
+      <c r="E167" s="9">
+        <v>21110</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A168" s="11">
-        <v>9788410381117</v>
+        <v>9788467078978</v>
       </c>
       <c r="B168" s="11">
-        <v>3118958</v>
+        <v>1835408</v>
       </c>
       <c r="C168" s="12" t="s">
-        <v>136</v>
-[...5 lines deleted...]
-        <v>185</v>
+        <v>159</v>
+      </c>
+      <c r="D168" s="16">
+        <v>17.5</v>
+      </c>
+      <c r="E168" s="13">
+        <v>11110</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A169" s="7">
-        <v>9788490664186</v>
+        <v>9788466379779</v>
       </c>
       <c r="B169" s="7">
-        <v>3992756</v>
+        <v>3118941</v>
       </c>
       <c r="C169" s="8" t="s">
-        <v>137</v>
+        <v>160</v>
       </c>
       <c r="D169" s="10">
-        <v>19</v>
-[...15 lines deleted...]
-      <c r="D170" s="20">
         <v>21</v>
       </c>
-      <c r="E170" s="13" t="s">
-[...501 lines deleted...]
-      <c r="E200" s="9"/>
+      <c r="E169" s="9">
+        <v>21110</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.59055118110236227" top="1.7716535433070868" bottom="1.3779527559055118" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="96" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Fett"&amp;12
 &amp;K243478Libri GmbH&amp;"-,Standard"&amp;11
 &amp;12Hamburg • Bad Hersfeld&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;10&amp;K243478Libri GmbH • Friedensallee 273 • 22763 Hamburg • AG Hamburg HRB 65430
 Geschäftsführung: Alyna Wnukowsky (Sprecherin), Ulrich Vollmer
 Aufsichtsratsvorsitzender: Dr. Markus Conrad&amp;R&amp;K243478&amp;P</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="504620ad-4a5b-4e98-91c4-34164cb416e2" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c7883763-1633-4a33-844b-a4f27752bb33">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010007E2A28E331B1345B4C54C5E2471F1FA" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="23252ba61a2b42fee7d5f57213e57890">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c7883763-1633-4a33-844b-a4f27752bb33" xmlns:ns3="504620ad-4a5b-4e98-91c4-34164cb416e2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="548f94b230d87df06dce40b2da64a907" ns2:_="" ns3:_="">
     <xsd:import namespace="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <xsd:import namespace="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -5133,102 +4522,91 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996B258D-5A6A-4734-BF2E-505977B0BDE3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC4D9CF9-E2A7-47E5-9512-037AD31ADBFF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="c9f90cda-9d81-4aea-911d-f949aaf4de02"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
+    <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D3A0488-D8F8-417F-A695-73E4D53C15F4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
     <ds:schemaRef ds:uri="504620ad-4a5b-4e98-91c4-34164cb416e2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...16 lines deleted...]
-    <ds:schemaRef ds:uri="c7883763-1633-4a33-844b-a4f27752bb33"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" enabled="0" method="" siteId="{a659c75f-dc7a-47c4-ad6e-fa3205c4d177}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>